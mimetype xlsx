--- v0 (2025-10-09)
+++ v1 (2025-11-05)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Balls" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -73,501 +73,522 @@
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Balls</t>
   </si>
   <si>
     <t xml:space="preserve">45E0001-12 </t>
   </si>
   <si>
     <t>Bouncy Balls Party Favors - 45mm Bouncing Balls - Large Hi Bounce Ball - Rubber Ball Gifts for Kids - 12Pcs</t>
   </si>
   <si>
     <t>$17.37</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
-    <t xml:space="preserve">SB2161 </t>
-[...2 lines deleted...]
-    <t>Stretch Ball Mold Ball Fidget Ball Squeeze Toy Fun Toy</t>
+    <t xml:space="preserve">CS4149 </t>
+  </si>
+  <si>
+    <t>Reebok Volleyball Outdoor Game Ball Training Equipment</t>
+  </si>
+  <si>
+    <t>$145.80</t>
+  </si>
+  <si>
+    <t>Box</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV0185 </t>
+  </si>
+  <si>
+    <t>Pet Toy Bandy Ball Tossing Game Fetch Toy</t>
+  </si>
+  <si>
+    <t>$72.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-BASTRTO-50 </t>
+  </si>
+  <si>
+    <t>1.25" Stretch Tongue Silly Face Ball - 50 Pcs …</t>
+  </si>
+  <si>
+    <t>$22.39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI1640 </t>
+  </si>
+  <si>
+    <t>Plastic Baseball Bat Kids Toy Training Bat Ball Set</t>
+  </si>
+  <si>
+    <t>$197.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-60MMB </t>
+  </si>
+  <si>
+    <t>60mm 2.4" Ball Mix 25 pcs</t>
+  </si>
+  <si>
+    <t>$16.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOTUB </t>
+  </si>
+  <si>
+    <t>100 Tongue Tuggerz Playtime Bulk Bag Gift - Wacky Faces Plastic Ball Sensory Tug Toy Collection</t>
+  </si>
+  <si>
+    <t>$22.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CBR15B </t>
+  </si>
+  <si>
+    <t>Inflatable Knobby Ball Care Bears Toy Bounce Game Gift</t>
+  </si>
+  <si>
+    <t>$157.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STBAB28 </t>
+  </si>
+  <si>
+    <t>Splatterz Balls Sticky Squishy Toys Fun Splat Reshape Throwing Outdoor Play</t>
+  </si>
+  <si>
+    <t>$16.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CBR18B </t>
+  </si>
+  <si>
+    <t>Knobby Balls Inflatable Toys Care Bears Character Balls</t>
+  </si>
+  <si>
+    <t>$171.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-BASTRTO-25 </t>
+  </si>
+  <si>
+    <t>1.25" Stretch Tongue Silly Face Ball - 25 Pcs …</t>
+  </si>
+  <si>
+    <t>$13.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2091 </t>
+  </si>
+  <si>
+    <t>Disco Party Light Spins Rotates Music Dance Lighting Decoration</t>
+  </si>
+  <si>
+    <t>$180.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-ICB45 </t>
+  </si>
+  <si>
+    <t>Icy Hi-Bounce Ball 45 mm 12 pcs</t>
+  </si>
+  <si>
+    <t>$5.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1037 </t>
+  </si>
+  <si>
+    <t>Light Up Silicone Wheel Toy Bouncy Ball LED Kids Gift Party</t>
+  </si>
+  <si>
+    <t>$22.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-GLI27 </t>
+  </si>
+  <si>
+    <t>Glitter Ball 27 mm</t>
+  </si>
+  <si>
+    <t>$9.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-FRO60 </t>
+  </si>
+  <si>
+    <t>Frosty Hi-Bounce Ball 60 mm</t>
+  </si>
+  <si>
+    <t>$9.45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-45MMB </t>
+  </si>
+  <si>
+    <t>Hi Bounce Ball Mix 45 mm</t>
+  </si>
+  <si>
+    <t>$15.93</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SB2173 </t>
+  </si>
+  <si>
+    <t>Mystic Squeeze Ball Fortune Game Magic Answer Toy Desk</t>
+  </si>
+  <si>
+    <t>$23.77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-ICE27 </t>
+  </si>
+  <si>
+    <t>Icy Ball 27 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-SGL27 </t>
+  </si>
+  <si>
+    <t>Glow In Dark Smile Face Ball 27 mm</t>
+  </si>
+  <si>
+    <t>$10.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZS-ICE32-X17205 </t>
+  </si>
+  <si>
+    <t>ICY BALL 32mm</t>
+  </si>
+  <si>
+    <t>$10.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-ICE75 </t>
+  </si>
+  <si>
+    <t>Icy Hi-Bounce Ball 3in</t>
+  </si>
+  <si>
+    <t>$26.33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCSQB </t>
+  </si>
+  <si>
+    <t>Color Change Squooshers Sensory Stress Balls - Hidden Reveal for Fidget Fun and Tactile Play - Pack of 50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16MESHFB </t>
+  </si>
+  <si>
+    <t>Mesh Bladder Football Fun: Vending Machine Prize, Collectible Toy, Sporting Party Game, Inflatable Sports Gift</t>
+  </si>
+  <si>
+    <t>$306.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16PLB2 </t>
+  </si>
+  <si>
+    <t>Animal Bladder Ball 16in Durable Outdoor Playtime Companion</t>
+  </si>
+  <si>
+    <t>$570.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3FOAMB2 </t>
+  </si>
+  <si>
+    <t>3in Foam Ball Bundle for Stress Relief and Play - 360 Count Interactive Therapy and Recreational Use</t>
+  </si>
+  <si>
+    <t>$226.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40PLB1 </t>
+  </si>
+  <si>
+    <t>40in Beach Ball Durable Bladder Fun</t>
+  </si>
+  <si>
+    <t>$240.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BBNET </t>
+  </si>
+  <si>
+    <t>Mini Hoop Basketball Net Set with Suction Cups - Indoor Sports Toy, Soft Foam Ball, Easy Setup, Portable Play Set for Office and Home</t>
+  </si>
+  <si>
+    <t>$29.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS1084 </t>
+  </si>
+  <si>
+    <t>Mystic Basketball with Pro-Width Channels &amp; Pump – Durable Indoor/Outdoor Play Fun!</t>
+  </si>
+  <si>
+    <t>$183.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS1086 </t>
+  </si>
+  <si>
+    <t>Franklin Beach Blast Volleyball - Unleash Superior Ball Control and Precision for Outdoor Enthusiasts</t>
+  </si>
+  <si>
+    <t>$140.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS1087 </t>
+  </si>
+  <si>
+    <t>Franklin Mystic Soccer Ball Training Precision for Youth - Official Size 4 High Gloss PVC Cover with Stitched Pentagon Panels Enhanced Abrasion Resistance</t>
+  </si>
+  <si>
+    <t>$178.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS4101 </t>
+  </si>
+  <si>
+    <t>Backyard Baseball Game Set: Bat, Balls &amp; Bases for Family Fun and Training</t>
+  </si>
+  <si>
+    <t>$193.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS4129 </t>
+  </si>
+  <si>
+    <t>Reebok VR-1500 Basketball for Courts Playgrounds Rec Use and Competitive Matches</t>
+  </si>
+  <si>
+    <t>$116.55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS4130 </t>
+  </si>
+  <si>
+    <t>Reebok VR-1500 Outdoor Football: Master Ball Control, Enhance Field Play, Tacky Feel for Pass Accuracy, Durable Sports Equipment, Perfect for Scoring Touchdowns!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS4131 </t>
+  </si>
+  <si>
+    <t>Reebok VR-1500 Soccer Ball for Indoor and Outdoor, Perfect for Recreation Centers and Playground Fun</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB17453 </t>
+  </si>
+  <si>
+    <t>Dragon Ball Z Collectible Tins with Star Candy - Unique Anime Collectibles for Fans</t>
+  </si>
+  <si>
+    <t>$51.48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FFOOTBALL </t>
+  </si>
+  <si>
+    <t>Finger Football Set: Split the Uprights with Flick Football Fun - The Ultimate Indoor Party Game for Sports Fans</t>
+  </si>
+  <si>
+    <t>$270.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FL0002 </t>
+  </si>
+  <si>
+    <t>Crystal Bounce Ball with Light-Up Spikes - 12 Count Playtime Fun Set</t>
+  </si>
+  <si>
+    <t>$14.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FL0022 </t>
+  </si>
+  <si>
+    <t>Light-Up Flashing Meteor Ball with Impact Activation - Interactive Toy for Kids - Sensory Play and Party Favor</t>
+  </si>
+  <si>
+    <t>$13.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRBSKTBL </t>
+  </si>
+  <si>
+    <t>Franklin Grip-Rite Basketball with Exceptional Game Equipment for Ultimate Pick-Up Game Experience, Perfect Ball Handling and Consistent Rebound Performance!</t>
+  </si>
+  <si>
+    <t>$151.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRFTBLPT </t>
+  </si>
+  <si>
+    <t>Franklin Grip-Rite Football Set: Official Size, Enhanced Ball Control, Game Day Ready, Includes Pump &amp; Tee</t>
+  </si>
+  <si>
+    <t>$189.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KICK2A </t>
+  </si>
+  <si>
+    <t>Woven Kickball Set: Outdoor Group Game for Fun, Kick &amp; Catch Your Way to Better Coordination &amp; Skills</t>
+  </si>
+  <si>
+    <t>$11.34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV2493 </t>
+  </si>
+  <si>
+    <t>Axolotl Squeeze Toy Set - Stress Relief and Anxiety Aid with Sensory Therapy - Perfect Gift and Party Favors</t>
+  </si>
+  <si>
+    <t>$21.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SB2126 </t>
+  </si>
+  <si>
+    <t>Light-Up Sticky Ball Collectible Set - 12 Pack of Glitter and Glowing Interactive Sensory Toys</t>
+  </si>
+  <si>
+    <t>$19.44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SB2137 </t>
+  </si>
+  <si>
+    <t>Stress Relief Squeeze Balls: Ultimate Tension Busters for Anxiety, Hand Therapy, Sensory Toy, and Office Play</t>
+  </si>
+  <si>
+    <t>$12.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SB2148 </t>
+  </si>
+  <si>
+    <t>Rainbow Liquid Fill Mesh Ball Stress Relief Squeeze Toy Pack - Anxiety Relief Desk Fidget Aid</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SB2150 </t>
+  </si>
+  <si>
+    <t>12-Piece Sensory Glitter Ball Set for Stress Relief and Ultimate Squeeze Fun!</t>
+  </si>
+  <si>
+    <t>$18.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SB2153 </t>
+  </si>
+  <si>
+    <t>Rainbow Mesh Ball Collection: Squeeze, Relieve Stress, Enhance Focus, Therapy Tool, Sensory Play Fun</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SB2157 </t>
+  </si>
+  <si>
+    <t>Rainbow Squeeze Balls - Stress Relief Therapy, Anxiety Toys, Sensory Fun, Hand Exercise, Perfect Gifts</t>
+  </si>
+  <si>
+    <t>$25.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SB2162 </t>
+  </si>
+  <si>
+    <t>Alien Sugar Ball Set: Silicone Stress Relief Toy Perfect To Stretch, Squeeze &amp; Pull For Tactile Fun &amp; Stress Management</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SON5 </t>
+  </si>
+  <si>
+    <t>Sonic Hedgehog Puffer Balls Assortment: Collectible Stress Relievers Featuring Sonic, Tails, Knuckles, and Shadow - Fun for Tossing, Squeezing, and Display.</t>
+  </si>
+  <si>
+    <t>$20.16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SP1065 </t>
+  </si>
+  <si>
+    <t>Sticky Splat DNA Ball Sensory Toy Set with Color Beads for Tactile Satisfaction and Anxiety Relief</t>
+  </si>
+  <si>
+    <t>$15.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SP1073 </t>
+  </si>
+  <si>
+    <t>Alien Splat Balls - Ultimate Sticky Sensory Toy for Kids, Squishy Play, Fun Indoor Games, Tactile Stress Relief</t>
+  </si>
+  <si>
+    <t>$13.11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TY0047 </t>
+  </si>
+  <si>
+    <t>Mini Bandy Ball Stress Relief Set: Ultimate Silicone Sensory Fidget Toy for Kids &amp; Adults</t>
+  </si>
+  <si>
+    <t>$31.86</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS4148 </t>
+  </si>
+  <si>
+    <t>Reebok Soccer Ball Boxed Football Training Outdoor Match</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SB2176 </t>
+  </si>
+  <si>
+    <t>Space Ball Moon Ball Bouncy Toy High Bounce Ball</t>
   </si>
   <si>
     <t>$27.00</t>
-  </si>
-[...442 lines deleted...]
-    <t>Space Ball Moon Ball Bouncy Toy High Bounce Ball</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -636,51 +657,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c65a24833ce0ec1ee57196996a521f4a3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_33e5bfdcdb82477fa88390228cca2a814.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c1c02a0dacdb67ee5e8f7216432da5775.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc1d56d929bcfa80fe3241fe08d31d107.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ccf4c11aee020688adb23d6731e8ab1e8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad19.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d74cab1772e58bb6159eb757520c2b7d10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a6391ff3607fcaf7d75fc5b2500b299c11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d1a93fb67a9dcf3918cb13591e9c8f4212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfec937dfe3085e429be3e331fc6c18914.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc47115.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f916.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d2524c9d334014f0f05ae355b95c2d418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b9519.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00320.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3029084abef501682c6a7f51e4cf273c23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a29b034ae9b899807cc2c5fc7a61590424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca01ff3c3d9f8a21d25a0e263e55cc0b25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05edd7d17a8c21e01bd5df3d197d8c7d26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd974549966e067c5db1db682bca78a627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e273b035f765640233e23f4b0573012128.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27bace8774e0144467af7bc9704004ae29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_07f1b80e0bce906275750cef499f5f6b30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12ba380b84851677318dcc0f31c7ff2a31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2bd73fb1d35b2f4a7ce8c98bb5df06432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f5e4bed4f48a94424c39055acdaef5133.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb3c481f7961b22cd36c675b5243c6b534.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_36beeb72497d8244438ecebcbce5f49835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da2c29464ec66f30d555de782816885336.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4575ed7640a42cbabee2cd6814de206937.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2177e918c1638c02f76112ac174713a838.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2c8b73539df0e79772a0150b6b87d49b39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6a90677ec982410a3dac9d8589b17c0240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24944a90a1de44fdf5dc7270eb5c819441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8dd7f6898a75ac1b6c54b44f08aafe542.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e30354e32ebb63511c44b472c40e9a943.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8189301c816bbc1574cf6627e7263d2944.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_998fa4a1e53c8f833ce5600d377e487945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_685ab2fbc92a926ffec58bd067c7aee246.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a54d58c686168dc279caf3178bc551c047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ace337f14fe2a300905056785cb5461b48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_916ba15252a70108550f0a407aa013d249.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2935c22f7738f94cdb98be99676f733350.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12d8de1dffa5960f959d008c781e497451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_46cfe75141edf6daac7d36096b8b35c952.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6bc24332bd9fd24f973f536251ef279353.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_caea52d76c97ea4908c5427f2801a78354.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc1d56d929bcfa80fe3241fe08d31d103.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ccf4c11aee020688adb23d6731e8ab1e4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_33e5bfdcdb82477fa88390228cca2a815.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c1c02a0dacdb67ee5e8f7216432da5776.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_287e0db81d9e69064409e8f3221de0f68.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d74cab1772e58bb6159eb757520c2b7d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d1a93fb67a9dcf3918cb13591e9c8f4211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a6391ff3607fcaf7d75fc5b2500b299c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfec937dfe3085e429be3e331fc6c18913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d2524c9d334014f0f05ae355b95c2d415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc47116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f917.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a29b034ae9b899807cc2c5fc7a61590419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b9520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3029084abef501682c6a7f51e4cf273c25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca01ff3c3d9f8a21d25a0e263e55cc0b26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05edd7d17a8c21e01bd5df3d197d8c7d27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd974549966e067c5db1db682bca78a628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e273b035f765640233e23f4b0573012129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27bace8774e0144467af7bc9704004ae30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_07f1b80e0bce906275750cef499f5f6b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12ba380b84851677318dcc0f31c7ff2a32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2bd73fb1d35b2f4a7ce8c98bb5df06433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f5e4bed4f48a94424c39055acdaef5134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb3c481f7961b22cd36c675b5243c6b535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_36beeb72497d8244438ecebcbce5f49836.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da2c29464ec66f30d555de782816885337.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4575ed7640a42cbabee2cd6814de206938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2177e918c1638c02f76112ac174713a839.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2c8b73539df0e79772a0150b6b87d49b40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6a90677ec982410a3dac9d8589b17c0241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24944a90a1de44fdf5dc7270eb5c819442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8dd7f6898a75ac1b6c54b44f08aafe543.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a39d09d515687acb0b802528e2bc56244.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e30354e32ebb63511c44b472c40e9a945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_48f6f439e1b0946bc9edb61477fc627946.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8189301c816bbc1574cf6627e7263d2947.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_998fa4a1e53c8f833ce5600d377e487948.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b3440fd6017e46d9de0f4c8afb0416749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_685ab2fbc92a926ffec58bd067c7aee250.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a54d58c686168dc279caf3178bc551c051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ace337f14fe2a300905056785cb5461b52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_916ba15252a70108550f0a407aa013d253.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2935c22f7738f94cdb98be99676f733354.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12d8de1dffa5960f959d008c781e497455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6bc24332bd9fd24f973f536251ef279356.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_caea52d76c97ea4908c5427f2801a78357.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -738,83 +759,83 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
@@ -1128,83 +1149,83 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="523875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>26</xdr:row>
@@ -2248,50 +2269,140 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>61</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2558,54 +2669,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J62"/>
+  <dimension ref="A1:J65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J62" sqref="J62"/>
+      <selection activeCell="J65" sqref="J65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -2683,1439 +2794,1520 @@
       <c r="G10" s="7">
         <v>0.54399793722329</v>
       </c>
       <c r="H10" s="7">
         <v>0.00177662</v>
       </c>
       <c r="I10" s="7">
         <v>12</v>
       </c>
       <c r="J10" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G11" s="7">
-        <v>1.2</v>
+        <v>3.2</v>
       </c>
       <c r="H11" s="7">
-        <v>0.01258527</v>
+        <v>1.53628726</v>
       </c>
       <c r="I11" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J11" s="7">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="44">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E12" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>0.37900006207135</v>
+        <v>0</v>
       </c>
       <c r="H12" s="7">
-        <v>0.00478304</v>
+        <v>0</v>
       </c>
       <c r="I12" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J12" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:10" customHeight="1" ht="55">
+    <row r="13" spans="1:10" customHeight="1" ht="44">
       <c r="B13" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E13" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F13" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>0</v>
+        <v>0.37900006207135</v>
       </c>
       <c r="H13" s="7">
-        <v>0</v>
+        <v>0.00478304</v>
       </c>
       <c r="I13" s="7">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="J13" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G14" s="7">
-        <v>3.401942775</v>
+        <v>0</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00433438</v>
+        <v>0</v>
       </c>
       <c r="I14" s="7">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="J14" s="7">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>3.2</v>
+        <v>3.401942775</v>
       </c>
       <c r="H15" s="7">
-        <v>1.53628726</v>
+        <v>0.00433438</v>
       </c>
       <c r="I15" s="7">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="J15" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>36</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0</v>
+        <v>0.544310844</v>
       </c>
       <c r="H16" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I16" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J16" s="7">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.45359237</v>
+        <v>0</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00235974</v>
+        <v>0</v>
       </c>
       <c r="I17" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J17" s="7">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>0</v>
+        <v>0.45359237</v>
       </c>
       <c r="H18" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I18" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J18" s="7">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0.1859728963</v>
+        <v>0</v>
       </c>
       <c r="H19" s="7">
-        <v>0.00120445</v>
+        <v>0</v>
       </c>
       <c r="I19" s="7">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>48</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0</v>
+        <v>0.1859728963</v>
       </c>
       <c r="H20" s="7">
-        <v>0</v>
+        <v>0.00120445</v>
       </c>
       <c r="I20" s="7">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>51</v>
       </c>
       <c r="F21" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G21" s="7">
-        <v>0.4309127515</v>
+        <v>0</v>
       </c>
       <c r="H21" s="7">
-        <v>0.00141584</v>
+        <v>0</v>
       </c>
       <c r="I21" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J21" s="7">
-        <v>144</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>54</v>
       </c>
       <c r="F22" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0</v>
+        <v>0.4309127515</v>
       </c>
       <c r="H22" s="7">
-        <v>0</v>
+        <v>0.00141584</v>
       </c>
       <c r="I22" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J22" s="7">
-        <v>24</v>
+        <v>144</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>1.0523342984</v>
+        <v>0</v>
       </c>
       <c r="H23" s="7">
         <v>0</v>
       </c>
       <c r="I23" s="7">
-        <v>144</v>
+        <v>12</v>
       </c>
       <c r="J23" s="7">
-        <v>1728</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>1.088621688</v>
+        <v>1.0523342984</v>
       </c>
       <c r="H24" s="7">
-        <v>0.008754629999999999</v>
+        <v>0</v>
       </c>
       <c r="I24" s="7">
-        <v>12</v>
+        <v>144</v>
       </c>
       <c r="J24" s="7">
-        <v>144</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>0.42184095989999</v>
+        <v>1.088621688</v>
       </c>
       <c r="H25" s="7">
-        <v>0</v>
+        <v>0.008754629999999999</v>
       </c>
       <c r="I25" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J25" s="7">
-        <v>300</v>
+        <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>64</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>66</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>0</v>
+        <v>0.42184095989999</v>
       </c>
       <c r="H26" s="7">
         <v>0</v>
       </c>
       <c r="I26" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J26" s="7">
-        <v>0</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>67</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>1.0523342984</v>
+        <v>0</v>
       </c>
       <c r="H27" s="7">
         <v>0</v>
       </c>
       <c r="I27" s="7">
-        <v>144</v>
+        <v>12</v>
       </c>
       <c r="J27" s="7">
-        <v>1728</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
         <v>1.0523342984</v>
       </c>
       <c r="H28" s="7">
-        <v>0.01573158</v>
+        <v>0</v>
       </c>
       <c r="I28" s="7">
         <v>144</v>
       </c>
       <c r="J28" s="7">
-        <v>864</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>72</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>74</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
-        <v>0.181436948</v>
+        <v>1.0523342984</v>
       </c>
       <c r="H29" s="7">
-        <v>0.00060837</v>
+        <v>0.01573158</v>
       </c>
       <c r="I29" s="7">
-        <v>24</v>
+        <v>144</v>
       </c>
       <c r="J29" s="7">
         <v>864</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>77</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>2.1228122916</v>
+        <v>0.181436948</v>
       </c>
       <c r="H30" s="7">
-        <v>0.008979060000000001</v>
+        <v>0.00060837</v>
       </c>
       <c r="I30" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J30" s="7">
-        <v>60</v>
+        <v>864</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
         <v>78</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>80</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G31" s="7">
-        <v>8</v>
+        <v>2.1228122916</v>
       </c>
       <c r="H31" s="7">
-        <v>3.24463869</v>
+        <v>0.008979060000000001</v>
       </c>
       <c r="I31" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J31" s="7">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
         <v>81</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
         <v>82</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>83</v>
+        <v>57</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
-        <v>0</v>
+        <v>2.6</v>
       </c>
       <c r="H32" s="7">
-        <v>0</v>
+        <v>0.00471947</v>
       </c>
       <c r="I32" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J32" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="E33" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="E33" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F33" s="7" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G33" s="7">
         <v>8</v>
       </c>
       <c r="H33" s="7">
         <v>3.24463869</v>
       </c>
       <c r="I33" s="7">
         <v>1</v>
       </c>
       <c r="J33" s="7">
         <v>40</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="E34" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="E34" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G34" s="7">
-        <v>7.25747792</v>
+        <v>8</v>
       </c>
       <c r="H34" s="7">
-        <v>0.08495054</v>
+        <v>3.24463869</v>
       </c>
       <c r="I34" s="7">
-        <v>360</v>
+        <v>1</v>
       </c>
       <c r="J34" s="7">
-        <v>0</v>
+        <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="E35" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="E35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G35" s="7">
-        <v>8</v>
+        <v>7.25747792</v>
       </c>
       <c r="H35" s="7">
-        <v>0.52438605</v>
+        <v>0.08495054</v>
       </c>
       <c r="I35" s="7">
-        <v>1</v>
+        <v>360</v>
       </c>
       <c r="J35" s="7">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="E36" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="E36" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G36" s="7">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H36" s="7">
-        <v>0</v>
+        <v>0.52438605</v>
       </c>
       <c r="I36" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J36" s="7">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="E37" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="E37" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G37" s="7">
-        <v>4.2</v>
+        <v>0</v>
       </c>
       <c r="H37" s="7">
-        <v>2.65470438</v>
+        <v>0</v>
       </c>
       <c r="I37" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J37" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="E38" s="7" t="s">
         <v>100</v>
       </c>
-      <c r="E38" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F38" s="7" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G38" s="7">
-        <v>3.2</v>
+        <v>4.2</v>
       </c>
       <c r="H38" s="7">
-        <v>1.53628726</v>
+        <v>2.65470438</v>
       </c>
       <c r="I38" s="7">
         <v>1</v>
       </c>
       <c r="J38" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="E39" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="E39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="7" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G39" s="7">
         <v>3.2</v>
       </c>
       <c r="H39" s="7">
         <v>1.53628726</v>
       </c>
       <c r="I39" s="7">
         <v>1</v>
       </c>
       <c r="J39" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="E40" s="7" t="s">
         <v>106</v>
       </c>
-      <c r="E40" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F40" s="7" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G40" s="7">
-        <v>0</v>
+        <v>3.2</v>
       </c>
       <c r="H40" s="7">
-        <v>0</v>
+        <v>1.53628726</v>
       </c>
       <c r="I40" s="7">
         <v>1</v>
       </c>
       <c r="J40" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="E41" s="7" t="s">
         <v>109</v>
       </c>
-      <c r="E41" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F41" s="7" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G41" s="7">
-        <v>4.2</v>
+        <v>0</v>
       </c>
       <c r="H41" s="7">
-        <v>2.65470438</v>
+        <v>0</v>
       </c>
       <c r="I41" s="7">
         <v>1</v>
       </c>
       <c r="J41" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="E42" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="E42" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F42" s="7" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G42" s="7">
         <v>4.2</v>
       </c>
       <c r="H42" s="7">
-        <v>0.07079212</v>
+        <v>2.65470438</v>
       </c>
       <c r="I42" s="7">
         <v>1</v>
       </c>
       <c r="J42" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>113</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
         <v>114</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G43" s="7">
-        <v>3.2</v>
+        <v>4.2</v>
       </c>
       <c r="H43" s="7">
-        <v>1.53628726</v>
+        <v>0.07079212</v>
       </c>
       <c r="I43" s="7">
         <v>1</v>
       </c>
       <c r="J43" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
         <v>115</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
         <v>116</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G44" s="7">
-        <v>0</v>
+        <v>3.2</v>
       </c>
       <c r="H44" s="7">
-        <v>0</v>
+        <v>1.53628726</v>
       </c>
       <c r="I44" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J44" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E45" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="E45" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G45" s="7">
         <v>0</v>
       </c>
       <c r="H45" s="7">
         <v>0</v>
       </c>
       <c r="I45" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J45" s="7">
-        <v>144</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="E46" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="E46" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G46" s="7">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="H46" s="7">
-        <v>0.00371659</v>
+        <v>0</v>
       </c>
       <c r="I46" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J46" s="7">
-        <v>0</v>
+        <v>144</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="E47" s="7" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
-        <v>0</v>
+        <v>0.6</v>
       </c>
       <c r="H47" s="7">
-        <v>0</v>
+        <v>0.00371659</v>
       </c>
       <c r="I47" s="7">
         <v>12</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="E48" s="7" t="s">
         <v>128</v>
       </c>
-      <c r="E48" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G48" s="7">
-        <v>4.2</v>
+        <v>0</v>
       </c>
       <c r="H48" s="7">
-        <v>2.65470438</v>
+        <v>0</v>
       </c>
       <c r="I48" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J48" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="E49" s="7" t="s">
         <v>131</v>
       </c>
-      <c r="E49" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F49" s="7" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G49" s="7">
         <v>4.2</v>
       </c>
       <c r="H49" s="7">
-        <v>0.07079212</v>
+        <v>2.65470438</v>
       </c>
       <c r="I49" s="7">
         <v>1</v>
       </c>
       <c r="J49" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="E50" s="7" t="s">
         <v>134</v>
       </c>
-      <c r="E50" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G50" s="7">
-        <v>0</v>
+        <v>4.2</v>
       </c>
       <c r="H50" s="7">
-        <v>0</v>
+        <v>0.07079212</v>
       </c>
       <c r="I50" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J50" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="E51" s="7" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="7">
-        <v>1.2</v>
+        <v>0</v>
       </c>
       <c r="H51" s="7">
-        <v>0.01465659</v>
+        <v>0</v>
       </c>
       <c r="I51" s="7">
         <v>12</v>
       </c>
       <c r="J51" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="E52" s="7" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
-        <v>0</v>
+        <v>0.4</v>
       </c>
       <c r="H52" s="7">
-        <v>0</v>
+        <v>0.00196645</v>
       </c>
       <c r="I52" s="7">
         <v>12</v>
       </c>
       <c r="J52" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="E53" s="7" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
         <v>1.2</v>
       </c>
       <c r="H53" s="7">
         <v>0.01465659</v>
       </c>
       <c r="I53" s="7">
         <v>12</v>
       </c>
       <c r="J53" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E54" s="7" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="H54" s="7">
-        <v>0.01465659</v>
+        <v>0</v>
       </c>
       <c r="I54" s="7">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J54" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
         <v>0</v>
       </c>
       <c r="H55" s="7">
         <v>0</v>
       </c>
       <c r="I55" s="7">
         <v>12</v>
       </c>
       <c r="J55" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="E56" s="7" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="7">
         <v>1.2</v>
       </c>
       <c r="H56" s="7">
-        <v>0.01258527</v>
+        <v>0.01465659</v>
       </c>
       <c r="I56" s="7">
         <v>12</v>
       </c>
       <c r="J56" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>155</v>
+        <v>125</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
-        <v>1.2</v>
+        <v>0</v>
       </c>
       <c r="H57" s="7">
-        <v>0.01258527</v>
+        <v>0</v>
       </c>
       <c r="I57" s="7">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
-        <v>0</v>
+        <v>0.6</v>
       </c>
       <c r="H58" s="7">
-        <v>0</v>
+        <v>0.01465659</v>
       </c>
       <c r="I58" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>161</v>
+        <v>140</v>
       </c>
       <c r="F59" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G59" s="7">
         <v>0</v>
       </c>
       <c r="H59" s="7">
         <v>0</v>
       </c>
       <c r="I59" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J59" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="7">
-        <v>0</v>
+        <v>1.2</v>
       </c>
       <c r="H60" s="7">
-        <v>0</v>
+        <v>0.01258527</v>
       </c>
       <c r="I60" s="7">
         <v>12</v>
       </c>
       <c r="J60" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>33</v>
+        <v>164</v>
       </c>
       <c r="F61" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G61" s="7">
-        <v>3.2</v>
+        <v>1.2</v>
       </c>
       <c r="H61" s="7">
-        <v>1.53628726</v>
+        <v>0.01258527</v>
       </c>
       <c r="I61" s="7">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J61" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>20</v>
+        <v>167</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="7">
         <v>0</v>
       </c>
       <c r="H62" s="7">
         <v>0</v>
       </c>
       <c r="I62" s="7">
         <v>12</v>
       </c>
       <c r="J62" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" customHeight="1" ht="55">
+      <c r="B63" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C63" s="6"/>
+      <c r="D63" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" s="7">
+        <v>0</v>
+      </c>
+      <c r="H63" s="7">
+        <v>0</v>
+      </c>
+      <c r="I63" s="7">
+        <v>1</v>
+      </c>
+      <c r="J63" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" customHeight="1" ht="55">
+      <c r="B64" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="C64" s="6"/>
+      <c r="D64" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" s="7">
+        <v>3.2</v>
+      </c>
+      <c r="H64" s="7">
+        <v>1.53628726</v>
+      </c>
+      <c r="I64" s="7">
+        <v>1</v>
+      </c>
+      <c r="J64" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" customHeight="1" ht="55">
+      <c r="B65" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="C65" s="6"/>
+      <c r="D65" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>175</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G65" s="7">
+        <v>0</v>
+      </c>
+      <c r="H65" s="7">
+        <v>0</v>
+      </c>
+      <c r="I65" s="7">
+        <v>12</v>
+      </c>
+      <c r="J65" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">