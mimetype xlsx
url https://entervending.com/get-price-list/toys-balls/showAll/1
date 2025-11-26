--- v1 (2025-11-05)
+++ v2 (2025-11-26)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Balls" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -283,51 +283,51 @@
   <si>
     <t>$26.33</t>
   </si>
   <si>
     <t xml:space="preserve">CCSQB </t>
   </si>
   <si>
     <t>Color Change Squooshers Sensory Stress Balls - Hidden Reveal for Fidget Fun and Tactile Play - Pack of 50</t>
   </si>
   <si>
     <t xml:space="preserve">16MESHFB </t>
   </si>
   <si>
     <t>Mesh Bladder Football Fun: Vending Machine Prize, Collectible Toy, Sporting Party Game, Inflatable Sports Gift</t>
   </si>
   <si>
     <t>$306.00</t>
   </si>
   <si>
     <t xml:space="preserve">16PLB2 </t>
   </si>
   <si>
     <t>Animal Bladder Ball 16in Durable Outdoor Playtime Companion</t>
   </si>
   <si>
-    <t>$570.00</t>
+    <t>$480.00</t>
   </si>
   <si>
     <t xml:space="preserve">3FOAMB2 </t>
   </si>
   <si>
     <t>3in Foam Ball Bundle for Stress Relief and Play - 360 Count Interactive Therapy and Recreational Use</t>
   </si>
   <si>
     <t>$226.80</t>
   </si>
   <si>
     <t xml:space="preserve">40PLB1 </t>
   </si>
   <si>
     <t>40in Beach Ball Durable Bladder Fun</t>
   </si>
   <si>
     <t>$240.00</t>
   </si>
   <si>
     <t xml:space="preserve">BBNET </t>
   </si>
   <si>
     <t>Mini Hoop Basketball Net Set with Suction Cups - Indoor Sports Toy, Soft Foam Ball, Easy Setup, Portable Play Set for Office and Home</t>
   </si>
@@ -451,111 +451,84 @@
   <si>
     <t>Woven Kickball Set: Outdoor Group Game for Fun, Kick &amp; Catch Your Way to Better Coordination &amp; Skills</t>
   </si>
   <si>
     <t>$11.34</t>
   </si>
   <si>
     <t xml:space="preserve">NV2493 </t>
   </si>
   <si>
     <t>Axolotl Squeeze Toy Set - Stress Relief and Anxiety Aid with Sensory Therapy - Perfect Gift and Party Favors</t>
   </si>
   <si>
     <t>$21.60</t>
   </si>
   <si>
     <t xml:space="preserve">SB2126 </t>
   </si>
   <si>
     <t>Light-Up Sticky Ball Collectible Set - 12 Pack of Glitter and Glowing Interactive Sensory Toys</t>
   </si>
   <si>
     <t>$19.44</t>
   </si>
   <si>
-    <t xml:space="preserve">SB2137 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">SB2148 </t>
   </si>
   <si>
     <t>Rainbow Liquid Fill Mesh Ball Stress Relief Squeeze Toy Pack - Anxiety Relief Desk Fidget Aid</t>
   </si>
   <si>
-    <t xml:space="preserve">SB2150 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">SB2153 </t>
   </si>
   <si>
     <t>Rainbow Mesh Ball Collection: Squeeze, Relieve Stress, Enhance Focus, Therapy Tool, Sensory Play Fun</t>
   </si>
   <si>
     <t xml:space="preserve">SB2157 </t>
   </si>
   <si>
     <t>Rainbow Squeeze Balls - Stress Relief Therapy, Anxiety Toys, Sensory Fun, Hand Exercise, Perfect Gifts</t>
   </si>
   <si>
     <t>$25.20</t>
   </si>
   <si>
     <t xml:space="preserve">SB2162 </t>
   </si>
   <si>
     <t>Alien Sugar Ball Set: Silicone Stress Relief Toy Perfect To Stretch, Squeeze &amp; Pull For Tactile Fun &amp; Stress Management</t>
   </si>
   <si>
     <t xml:space="preserve">SON5 </t>
   </si>
   <si>
     <t>Sonic Hedgehog Puffer Balls Assortment: Collectible Stress Relievers Featuring Sonic, Tails, Knuckles, and Shadow - Fun for Tossing, Squeezing, and Display.</t>
   </si>
   <si>
     <t>$20.16</t>
-  </si>
-[...7 lines deleted...]
-    <t>$15.60</t>
   </si>
   <si>
     <t xml:space="preserve">SP1073 </t>
   </si>
   <si>
     <t>Alien Splat Balls - Ultimate Sticky Sensory Toy for Kids, Squishy Play, Fun Indoor Games, Tactile Stress Relief</t>
   </si>
   <si>
     <t>$13.11</t>
   </si>
   <si>
     <t xml:space="preserve">TY0047 </t>
   </si>
   <si>
     <t>Mini Bandy Ball Stress Relief Set: Ultimate Silicone Sensory Fidget Toy for Kids &amp; Adults</t>
   </si>
   <si>
     <t>$31.86</t>
   </si>
   <si>
     <t xml:space="preserve">CS4148 </t>
   </si>
   <si>
     <t>Reebok Soccer Ball Boxed Football Training Outdoor Match</t>
   </si>
@@ -657,51 +630,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc1d56d929bcfa80fe3241fe08d31d103.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ccf4c11aee020688adb23d6731e8ab1e4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_33e5bfdcdb82477fa88390228cca2a815.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c1c02a0dacdb67ee5e8f7216432da5776.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_287e0db81d9e69064409e8f3221de0f68.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d74cab1772e58bb6159eb757520c2b7d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d1a93fb67a9dcf3918cb13591e9c8f4211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a6391ff3607fcaf7d75fc5b2500b299c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfec937dfe3085e429be3e331fc6c18913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d2524c9d334014f0f05ae355b95c2d415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc47116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f917.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a29b034ae9b899807cc2c5fc7a61590419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b9520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3029084abef501682c6a7f51e4cf273c25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca01ff3c3d9f8a21d25a0e263e55cc0b26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05edd7d17a8c21e01bd5df3d197d8c7d27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd974549966e067c5db1db682bca78a628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e273b035f765640233e23f4b0573012129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27bace8774e0144467af7bc9704004ae30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_07f1b80e0bce906275750cef499f5f6b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12ba380b84851677318dcc0f31c7ff2a32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2bd73fb1d35b2f4a7ce8c98bb5df06433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f5e4bed4f48a94424c39055acdaef5134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb3c481f7961b22cd36c675b5243c6b535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_36beeb72497d8244438ecebcbce5f49836.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da2c29464ec66f30d555de782816885337.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4575ed7640a42cbabee2cd6814de206938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2177e918c1638c02f76112ac174713a839.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2c8b73539df0e79772a0150b6b87d49b40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6a90677ec982410a3dac9d8589b17c0241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24944a90a1de44fdf5dc7270eb5c819442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8dd7f6898a75ac1b6c54b44f08aafe543.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a39d09d515687acb0b802528e2bc56244.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e30354e32ebb63511c44b472c40e9a945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_48f6f439e1b0946bc9edb61477fc627946.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8189301c816bbc1574cf6627e7263d2947.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_998fa4a1e53c8f833ce5600d377e487948.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b3440fd6017e46d9de0f4c8afb0416749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_685ab2fbc92a926ffec58bd067c7aee250.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a54d58c686168dc279caf3178bc551c051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ace337f14fe2a300905056785cb5461b52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_916ba15252a70108550f0a407aa013d253.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2935c22f7738f94cdb98be99676f733354.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12d8de1dffa5960f959d008c781e497455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6bc24332bd9fd24f973f536251ef279356.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_caea52d76c97ea4908c5427f2801a78357.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc1d56d929bcfa80fe3241fe08d31d103.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ccf4c11aee020688adb23d6731e8ab1e4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_33e5bfdcdb82477fa88390228cca2a815.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c1c02a0dacdb67ee5e8f7216432da5776.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_287e0db81d9e69064409e8f3221de0f68.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d74cab1772e58bb6159eb757520c2b7d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d1a93fb67a9dcf3918cb13591e9c8f4211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a6391ff3607fcaf7d75fc5b2500b299c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfec937dfe3085e429be3e331fc6c18913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d2524c9d334014f0f05ae355b95c2d415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc47116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f917.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a29b034ae9b899807cc2c5fc7a61590419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b9520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3029084abef501682c6a7f51e4cf273c25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca01ff3c3d9f8a21d25a0e263e55cc0b26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05edd7d17a8c21e01bd5df3d197d8c7d27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd974549966e067c5db1db682bca78a628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e273b035f765640233e23f4b0573012129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27bace8774e0144467af7bc9704004ae30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_07f1b80e0bce906275750cef499f5f6b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12ba380b84851677318dcc0f31c7ff2a32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2bd73fb1d35b2f4a7ce8c98bb5df06433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f5e4bed4f48a94424c39055acdaef5134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb3c481f7961b22cd36c675b5243c6b535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_36beeb72497d8244438ecebcbce5f49836.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da2c29464ec66f30d555de782816885337.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4575ed7640a42cbabee2cd6814de206938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2177e918c1638c02f76112ac174713a839.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2c8b73539df0e79772a0150b6b87d49b40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6a90677ec982410a3dac9d8589b17c0241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24944a90a1de44fdf5dc7270eb5c819442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8dd7f6898a75ac1b6c54b44f08aafe543.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a39d09d515687acb0b802528e2bc56244.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e30354e32ebb63511c44b472c40e9a945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8189301c816bbc1574cf6627e7263d2946.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b3440fd6017e46d9de0f4c8afb0416747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_685ab2fbc92a926ffec58bd067c7aee248.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a54d58c686168dc279caf3178bc551c049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ace337f14fe2a300905056785cb5461b50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2935c22f7738f94cdb98be99676f733351.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12d8de1dffa5960f959d008c781e497452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6bc24332bd9fd24f973f536251ef279353.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_caea52d76c97ea4908c5427f2801a78354.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2269,140 +2242,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>61</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2669,54 +2552,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J65"/>
+  <dimension ref="A1:J62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J65" sqref="J65"/>
+      <selection activeCell="J62" sqref="J62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -3952,362 +3835,281 @@
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
         <v>1.2</v>
       </c>
       <c r="H53" s="7">
         <v>0.01465659</v>
       </c>
       <c r="I53" s="7">
         <v>12</v>
       </c>
       <c r="J53" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
         <v>144</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
         <v>145</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
         <v>0</v>
       </c>
       <c r="H54" s="7">
         <v>0</v>
       </c>
       <c r="I54" s="7">
         <v>12</v>
       </c>
       <c r="J54" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>140</v>
+        <v>125</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
         <v>0</v>
       </c>
       <c r="H55" s="7">
         <v>0</v>
       </c>
       <c r="I55" s="7">
         <v>12</v>
       </c>
       <c r="J55" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="E56" s="7" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="7">
-        <v>1.2</v>
+        <v>0.6</v>
       </c>
       <c r="H56" s="7">
         <v>0.01465659</v>
       </c>
       <c r="I56" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J56" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
         <v>0</v>
       </c>
       <c r="H57" s="7">
         <v>0</v>
       </c>
       <c r="I57" s="7">
         <v>12</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="E58" s="7" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
-        <v>0.6</v>
+        <v>1.2</v>
       </c>
       <c r="H58" s="7">
-        <v>0.01465659</v>
+        <v>0.01258527</v>
       </c>
       <c r="I58" s="7">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="E59" s="7" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="7">
         <v>0</v>
       </c>
       <c r="H59" s="7">
         <v>0</v>
       </c>
       <c r="I59" s="7">
         <v>12</v>
       </c>
       <c r="J59" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
         <v>159</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
         <v>160</v>
       </c>
       <c r="E60" s="7" t="s">
         <v>161</v>
       </c>
       <c r="F60" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G60" s="7">
-        <v>1.2</v>
+        <v>0</v>
       </c>
       <c r="H60" s="7">
-        <v>0.01258527</v>
+        <v>0</v>
       </c>
       <c r="I60" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J60" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
         <v>162</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
         <v>163</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>164</v>
+        <v>20</v>
       </c>
       <c r="F61" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G61" s="7">
-        <v>1.2</v>
+        <v>3.2</v>
       </c>
       <c r="H61" s="7">
-        <v>0.01258527</v>
+        <v>1.53628726</v>
       </c>
       <c r="I61" s="7">
+        <v>1</v>
+      </c>
+      <c r="J61" s="7">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="E62" s="7" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="7">
         <v>0</v>
       </c>
       <c r="H62" s="7">
         <v>0</v>
       </c>
       <c r="I62" s="7">
         <v>12</v>
       </c>
       <c r="J62" s="7">
-        <v>0</v>
-[...79 lines deleted...]
-      <c r="J65" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">