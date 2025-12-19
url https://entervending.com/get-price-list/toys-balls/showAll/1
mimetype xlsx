--- v2 (2025-11-26)
+++ v3 (2025-12-19)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Balls" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -79,335 +79,338 @@
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Balls</t>
   </si>
   <si>
     <t xml:space="preserve">45E0001-12 </t>
   </si>
   <si>
     <t>Bouncy Balls Party Favors - 45mm Bouncing Balls - Large Hi Bounce Ball - Rubber Ball Gifts for Kids - 12Pcs</t>
   </si>
   <si>
     <t>$17.37</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">CS4149 </t>
   </si>
   <si>
     <t>Reebok Volleyball Outdoor Game Ball Training Equipment</t>
   </si>
   <si>
+    <t>$94.50</t>
+  </si>
+  <si>
+    <t>Box</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV0185 </t>
+  </si>
+  <si>
+    <t>Pet Toy Bandy Ball Tossing Game Fetch Toy</t>
+  </si>
+  <si>
+    <t>$72.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-BASTRTO-50 </t>
+  </si>
+  <si>
+    <t>1.25" Stretch Tongue Silly Face Ball - 50 Pcs …</t>
+  </si>
+  <si>
+    <t>$22.39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI1640 </t>
+  </si>
+  <si>
+    <t>Plastic Baseball Bat Kids Toy Training Bat Ball Set</t>
+  </si>
+  <si>
+    <t>$197.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-60MMB </t>
+  </si>
+  <si>
+    <t>60mm 2.4" Ball Mix 25 pcs</t>
+  </si>
+  <si>
+    <t>$16.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOTUB </t>
+  </si>
+  <si>
+    <t>100 Tongue Tuggerz Playtime Bulk Bag Gift - Wacky Faces Plastic Ball Sensory Tug Toy Collection</t>
+  </si>
+  <si>
+    <t>$22.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CBR15B </t>
+  </si>
+  <si>
+    <t>Inflatable Knobby Ball Care Bears Toy Bounce Game Gift</t>
+  </si>
+  <si>
+    <t>$157.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STBAB28 </t>
+  </si>
+  <si>
+    <t>Splatterz Balls Sticky Squishy Toys Fun Splat Reshape Throwing Outdoor Play</t>
+  </si>
+  <si>
+    <t>$16.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CBR18B </t>
+  </si>
+  <si>
+    <t>Knobby Balls Inflatable Toys Care Bears Character Balls</t>
+  </si>
+  <si>
+    <t>$171.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-BASTRTO-25 </t>
+  </si>
+  <si>
+    <t>1.25" Stretch Tongue Silly Face Ball - 25 Pcs …</t>
+  </si>
+  <si>
+    <t>$13.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2091 </t>
+  </si>
+  <si>
+    <t>Disco Party Light Spins Rotates Music Dance Lighting Decoration</t>
+  </si>
+  <si>
+    <t>$180.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-ICB45 </t>
+  </si>
+  <si>
+    <t>Icy Hi-Bounce Ball 45 mm 12 pcs</t>
+  </si>
+  <si>
+    <t>$5.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1037 </t>
+  </si>
+  <si>
+    <t>Light Up Silicone Wheel Toy Bouncy Ball LED Kids Gift Party</t>
+  </si>
+  <si>
+    <t>$22.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-GLI27 </t>
+  </si>
+  <si>
+    <t>Glitter Ball 27 mm</t>
+  </si>
+  <si>
+    <t>$9.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-FRO60 </t>
+  </si>
+  <si>
+    <t>Frosty Hi-Bounce Ball 60 mm</t>
+  </si>
+  <si>
+    <t>$9.45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-45MMB </t>
+  </si>
+  <si>
+    <t>Hi Bounce Ball Mix 45 mm</t>
+  </si>
+  <si>
+    <t>$15.93</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SB2173 </t>
+  </si>
+  <si>
+    <t>Mystic Squeeze Ball Fortune Game Magic Answer Toy Desk</t>
+  </si>
+  <si>
+    <t>$23.77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-ICE27 </t>
+  </si>
+  <si>
+    <t>Icy Ball 27 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-SGL27 </t>
+  </si>
+  <si>
+    <t>Glow In Dark Smile Face Ball 27 mm</t>
+  </si>
+  <si>
+    <t>$10.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZS-ICE32-X17205 </t>
+  </si>
+  <si>
+    <t>ICY BALL 32mm</t>
+  </si>
+  <si>
+    <t>$10.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-ICE75 </t>
+  </si>
+  <si>
+    <t>Icy Hi-Bounce Ball 3in</t>
+  </si>
+  <si>
+    <t>$26.33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCSQB </t>
+  </si>
+  <si>
+    <t>Color Change Squooshers Sensory Stress Balls - Hidden Reveal for Fidget Fun and Tactile Play - Pack of 50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16MESHFB </t>
+  </si>
+  <si>
+    <t>Mesh Bladder Football Fun: Vending Machine Prize, Collectible Toy, Sporting Party Game, Inflatable Sports Gift</t>
+  </si>
+  <si>
+    <t>$306.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16PLB2 </t>
+  </si>
+  <si>
+    <t>Animal Bladder Ball 16in Durable Outdoor Playtime Companion</t>
+  </si>
+  <si>
+    <t>$480.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3FOAMB2 </t>
+  </si>
+  <si>
+    <t>3in Foam Ball Bundle for Stress Relief and Play - 360 Count Interactive Therapy and Recreational Use</t>
+  </si>
+  <si>
+    <t>$226.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40PLB1 </t>
+  </si>
+  <si>
+    <t>40in Beach Ball Durable Bladder Fun</t>
+  </si>
+  <si>
+    <t>$240.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BBNET </t>
+  </si>
+  <si>
+    <t>Mini Hoop Basketball Net Set with Suction Cups - Indoor Sports Toy, Soft Foam Ball, Easy Setup, Portable Play Set for Office and Home</t>
+  </si>
+  <si>
+    <t>$29.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS1084 </t>
+  </si>
+  <si>
+    <t>Mystic Basketball with Pro-Width Channels &amp; Pump – Durable Indoor/Outdoor Play Fun!</t>
+  </si>
+  <si>
+    <t>$183.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS1086 </t>
+  </si>
+  <si>
+    <t>Franklin Beach Blast Volleyball - Unleash Superior Ball Control and Precision for Outdoor Enthusiasts</t>
+  </si>
+  <si>
+    <t>$140.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS1087 </t>
+  </si>
+  <si>
+    <t>Franklin Mystic Soccer Ball Training Precision for Youth - Official Size 4 High Gloss PVC Cover with Stitched Pentagon Panels Enhanced Abrasion Resistance</t>
+  </si>
+  <si>
+    <t>$178.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS4101 </t>
+  </si>
+  <si>
+    <t>Backyard Baseball Game Set: Bat, Balls &amp; Bases for Family Fun and Training</t>
+  </si>
+  <si>
+    <t>$193.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS4129 </t>
+  </si>
+  <si>
+    <t>Reebok VR-1500 Basketball for Courts Playgrounds Rec Use and Competitive Matches</t>
+  </si>
+  <si>
+    <t>$116.55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS4130 </t>
+  </si>
+  <si>
+    <t>Reebok VR-1500 Outdoor Football: Master Ball Control, Enhance Field Play, Tacky Feel for Pass Accuracy, Durable Sports Equipment, Perfect for Scoring Touchdowns!</t>
+  </si>
+  <si>
     <t>$145.80</t>
   </si>
   <si>
-    <t>Box</t>
-[...280 lines deleted...]
-  <si>
     <t xml:space="preserve">CS4131 </t>
   </si>
   <si>
     <t>Reebok VR-1500 Soccer Ball for Indoor and Outdoor, Perfect for Recreation Centers and Playground Fun</t>
   </si>
   <si>
     <t xml:space="preserve">DB17453 </t>
   </si>
   <si>
     <t>Dragon Ball Z Collectible Tins with Star Candy - Unique Anime Collectibles for Fans</t>
   </si>
   <si>
     <t>$51.48</t>
   </si>
   <si>
     <t xml:space="preserve">FFOOTBALL </t>
   </si>
   <si>
     <t>Finger Football Set: Split the Uprights with Flick Football Fun - The Ultimate Indoor Party Game for Sports Fans</t>
   </si>
   <si>
     <t>$270.00</t>
   </si>
   <si>
     <t xml:space="preserve">FL0002 </t>
@@ -449,56 +452,50 @@
     <t xml:space="preserve">KICK2A </t>
   </si>
   <si>
     <t>Woven Kickball Set: Outdoor Group Game for Fun, Kick &amp; Catch Your Way to Better Coordination &amp; Skills</t>
   </si>
   <si>
     <t>$11.34</t>
   </si>
   <si>
     <t xml:space="preserve">NV2493 </t>
   </si>
   <si>
     <t>Axolotl Squeeze Toy Set - Stress Relief and Anxiety Aid with Sensory Therapy - Perfect Gift and Party Favors</t>
   </si>
   <si>
     <t>$21.60</t>
   </si>
   <si>
     <t xml:space="preserve">SB2126 </t>
   </si>
   <si>
     <t>Light-Up Sticky Ball Collectible Set - 12 Pack of Glitter and Glowing Interactive Sensory Toys</t>
   </si>
   <si>
     <t>$19.44</t>
-  </si>
-[...4 lines deleted...]
-    <t>Rainbow Liquid Fill Mesh Ball Stress Relief Squeeze Toy Pack - Anxiety Relief Desk Fidget Aid</t>
   </si>
   <si>
     <t xml:space="preserve">SB2153 </t>
   </si>
   <si>
     <t>Rainbow Mesh Ball Collection: Squeeze, Relieve Stress, Enhance Focus, Therapy Tool, Sensory Play Fun</t>
   </si>
   <si>
     <t xml:space="preserve">SB2157 </t>
   </si>
   <si>
     <t>Rainbow Squeeze Balls - Stress Relief Therapy, Anxiety Toys, Sensory Fun, Hand Exercise, Perfect Gifts</t>
   </si>
   <si>
     <t>$25.20</t>
   </si>
   <si>
     <t xml:space="preserve">SB2162 </t>
   </si>
   <si>
     <t>Alien Sugar Ball Set: Silicone Stress Relief Toy Perfect To Stretch, Squeeze &amp; Pull For Tactile Fun &amp; Stress Management</t>
   </si>
   <si>
     <t xml:space="preserve">SON5 </t>
   </si>
@@ -630,51 +627,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc1d56d929bcfa80fe3241fe08d31d103.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ccf4c11aee020688adb23d6731e8ab1e4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_33e5bfdcdb82477fa88390228cca2a815.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c1c02a0dacdb67ee5e8f7216432da5776.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_287e0db81d9e69064409e8f3221de0f68.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d74cab1772e58bb6159eb757520c2b7d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d1a93fb67a9dcf3918cb13591e9c8f4211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a6391ff3607fcaf7d75fc5b2500b299c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfec937dfe3085e429be3e331fc6c18913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d2524c9d334014f0f05ae355b95c2d415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc47116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f917.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a29b034ae9b899807cc2c5fc7a61590419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b9520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3029084abef501682c6a7f51e4cf273c25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca01ff3c3d9f8a21d25a0e263e55cc0b26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05edd7d17a8c21e01bd5df3d197d8c7d27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd974549966e067c5db1db682bca78a628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e273b035f765640233e23f4b0573012129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27bace8774e0144467af7bc9704004ae30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_07f1b80e0bce906275750cef499f5f6b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12ba380b84851677318dcc0f31c7ff2a32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2bd73fb1d35b2f4a7ce8c98bb5df06433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f5e4bed4f48a94424c39055acdaef5134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb3c481f7961b22cd36c675b5243c6b535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_36beeb72497d8244438ecebcbce5f49836.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da2c29464ec66f30d555de782816885337.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4575ed7640a42cbabee2cd6814de206938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2177e918c1638c02f76112ac174713a839.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2c8b73539df0e79772a0150b6b87d49b40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6a90677ec982410a3dac9d8589b17c0241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24944a90a1de44fdf5dc7270eb5c819442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8dd7f6898a75ac1b6c54b44f08aafe543.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a39d09d515687acb0b802528e2bc56244.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e30354e32ebb63511c44b472c40e9a945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8189301c816bbc1574cf6627e7263d2946.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b3440fd6017e46d9de0f4c8afb0416747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_685ab2fbc92a926ffec58bd067c7aee248.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a54d58c686168dc279caf3178bc551c049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ace337f14fe2a300905056785cb5461b50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2935c22f7738f94cdb98be99676f733351.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12d8de1dffa5960f959d008c781e497452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6bc24332bd9fd24f973f536251ef279353.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_caea52d76c97ea4908c5427f2801a78354.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc1d56d929bcfa80fe3241fe08d31d103.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ccf4c11aee020688adb23d6731e8ab1e4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_33e5bfdcdb82477fa88390228cca2a815.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c1c02a0dacdb67ee5e8f7216432da5776.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_287e0db81d9e69064409e8f3221de0f68.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d74cab1772e58bb6159eb757520c2b7d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d1a93fb67a9dcf3918cb13591e9c8f4211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a6391ff3607fcaf7d75fc5b2500b299c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfec937dfe3085e429be3e331fc6c18913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d2524c9d334014f0f05ae355b95c2d415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc47116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f917.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a29b034ae9b899807cc2c5fc7a61590419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b9520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3029084abef501682c6a7f51e4cf273c25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca01ff3c3d9f8a21d25a0e263e55cc0b26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05edd7d17a8c21e01bd5df3d197d8c7d27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd974549966e067c5db1db682bca78a628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e273b035f765640233e23f4b0573012129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27bace8774e0144467af7bc9704004ae30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_07f1b80e0bce906275750cef499f5f6b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12ba380b84851677318dcc0f31c7ff2a32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2bd73fb1d35b2f4a7ce8c98bb5df06433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f5e4bed4f48a94424c39055acdaef5134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb3c481f7961b22cd36c675b5243c6b535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_36beeb72497d8244438ecebcbce5f49836.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da2c29464ec66f30d555de782816885337.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4575ed7640a42cbabee2cd6814de206938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2177e918c1638c02f76112ac174713a839.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2c8b73539df0e79772a0150b6b87d49b40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6a90677ec982410a3dac9d8589b17c0241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24944a90a1de44fdf5dc7270eb5c819442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8dd7f6898a75ac1b6c54b44f08aafe543.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a39d09d515687acb0b802528e2bc56244.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e30354e32ebb63511c44b472c40e9a945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b3440fd6017e46d9de0f4c8afb0416746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_685ab2fbc92a926ffec58bd067c7aee247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a54d58c686168dc279caf3178bc551c048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ace337f14fe2a300905056785cb5461b49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2935c22f7738f94cdb98be99676f733350.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12d8de1dffa5960f959d008c781e497451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6bc24332bd9fd24f973f536251ef279352.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_caea52d76c97ea4908c5427f2801a78353.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2212,80 +2209,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2552,54 +2519,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J62"/>
+  <dimension ref="A1:J61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J62" sqref="J62"/>
+      <selection activeCell="J61" sqref="J61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -3538,578 +3505,551 @@
       <c r="F42" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G42" s="7">
         <v>4.2</v>
       </c>
       <c r="H42" s="7">
         <v>2.65470438</v>
       </c>
       <c r="I42" s="7">
         <v>1</v>
       </c>
       <c r="J42" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>113</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
         <v>114</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>20</v>
+        <v>115</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G43" s="7">
         <v>4.2</v>
       </c>
       <c r="H43" s="7">
         <v>0.07079212</v>
       </c>
       <c r="I43" s="7">
         <v>1</v>
       </c>
       <c r="J43" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>20</v>
+        <v>115</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G44" s="7">
         <v>3.2</v>
       </c>
       <c r="H44" s="7">
         <v>1.53628726</v>
       </c>
       <c r="I44" s="7">
         <v>1</v>
       </c>
       <c r="J44" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
         <v>0</v>
       </c>
       <c r="H45" s="7">
         <v>0</v>
       </c>
       <c r="I45" s="7">
         <v>12</v>
       </c>
       <c r="J45" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G46" s="7">
         <v>0</v>
       </c>
       <c r="H46" s="7">
         <v>0</v>
       </c>
       <c r="I46" s="7">
         <v>1</v>
       </c>
       <c r="J46" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
         <v>0.6</v>
       </c>
       <c r="H47" s="7">
         <v>0.00371659</v>
       </c>
       <c r="I47" s="7">
         <v>12</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
         <v>0</v>
       </c>
       <c r="H48" s="7">
         <v>0</v>
       </c>
       <c r="I48" s="7">
         <v>12</v>
       </c>
       <c r="J48" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G49" s="7">
         <v>4.2</v>
       </c>
       <c r="H49" s="7">
         <v>2.65470438</v>
       </c>
       <c r="I49" s="7">
         <v>1</v>
       </c>
       <c r="J49" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G50" s="7">
         <v>4.2</v>
       </c>
       <c r="H50" s="7">
         <v>0.07079212</v>
       </c>
       <c r="I50" s="7">
         <v>1</v>
       </c>
       <c r="J50" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="7">
         <v>0</v>
       </c>
       <c r="H51" s="7">
         <v>0</v>
       </c>
       <c r="I51" s="7">
         <v>12</v>
       </c>
       <c r="J51" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
         <v>0.4</v>
       </c>
       <c r="H52" s="7">
         <v>0.00196645</v>
       </c>
       <c r="I52" s="7">
         <v>12</v>
       </c>
       <c r="J52" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
         <v>1.2</v>
       </c>
       <c r="H53" s="7">
         <v>0.01465659</v>
       </c>
       <c r="I53" s="7">
         <v>12</v>
       </c>
       <c r="J53" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>140</v>
+        <v>126</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
         <v>0</v>
       </c>
       <c r="H54" s="7">
         <v>0</v>
       </c>
       <c r="I54" s="7">
         <v>12</v>
       </c>
       <c r="J54" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>125</v>
+        <v>149</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
-        <v>0</v>
+        <v>0.6</v>
       </c>
       <c r="H55" s="7">
-        <v>0</v>
+        <v>0.01465659</v>
       </c>
       <c r="I55" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J55" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="7">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="H56" s="7">
-        <v>0.01465659</v>
+        <v>0</v>
       </c>
       <c r="I56" s="7">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J56" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>140</v>
+        <v>154</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
-        <v>0</v>
+        <v>1.2</v>
       </c>
       <c r="H57" s="7">
-        <v>0</v>
+        <v>0.01258527</v>
       </c>
       <c r="I57" s="7">
         <v>12</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
-        <v>1.2</v>
+        <v>0</v>
       </c>
       <c r="H58" s="7">
-        <v>0.01258527</v>
+        <v>0</v>
       </c>
       <c r="I58" s="7">
         <v>12</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="F59" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G59" s="7">
         <v>0</v>
       </c>
       <c r="H59" s="7">
         <v>0</v>
       </c>
       <c r="I59" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J59" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>161</v>
+        <v>115</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G60" s="7">
-        <v>0</v>
+        <v>3.2</v>
       </c>
       <c r="H60" s="7">
-        <v>0</v>
+        <v>1.53628726</v>
       </c>
       <c r="I60" s="7">
         <v>1</v>
       </c>
       <c r="J60" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>20</v>
+        <v>165</v>
       </c>
       <c r="F61" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G61" s="7">
-        <v>3.2</v>
+        <v>0</v>
       </c>
       <c r="H61" s="7">
-        <v>1.53628726</v>
+        <v>0</v>
       </c>
       <c r="I61" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J61" s="7">
-        <v>6</v>
-[...25 lines deleted...]
-      <c r="J62" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">