--- v3 (2025-12-19)
+++ v4 (2026-01-09)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Balls" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -103,320 +103,314 @@
   <si>
     <t>$94.50</t>
   </si>
   <si>
     <t>Box</t>
   </si>
   <si>
     <t xml:space="preserve">NV0185 </t>
   </si>
   <si>
     <t>Pet Toy Bandy Ball Tossing Game Fetch Toy</t>
   </si>
   <si>
     <t>$72.00</t>
   </si>
   <si>
     <t xml:space="preserve">BT-BASTRTO-50 </t>
   </si>
   <si>
     <t>1.25" Stretch Tongue Silly Face Ball - 50 Pcs …</t>
   </si>
   <si>
     <t>$22.39</t>
   </si>
   <si>
+    <t xml:space="preserve">40PLB1 </t>
+  </si>
+  <si>
+    <t>Beach Ball Fabric Bladder Volleyball Pool Accessory Fun Game</t>
+  </si>
+  <si>
+    <t>$240.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-60MMB </t>
+  </si>
+  <si>
+    <t>60mm 2.4" Ball Mix 25 pcs</t>
+  </si>
+  <si>
+    <t>$16.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOTUB </t>
+  </si>
+  <si>
+    <t>100 Tongue Tuggerz Playtime Bulk Bag Gift - Wacky Faces Plastic Ball Sensory Tug Toy Collection</t>
+  </si>
+  <si>
+    <t>$22.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS4129 </t>
+  </si>
+  <si>
+    <t>Reebok VR&amp;#45;1500 Basketball Outdoor Boxed Indoor Play Channel</t>
+  </si>
+  <si>
+    <t>$116.55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STBAB28 </t>
+  </si>
+  <si>
+    <t>Splatterz Balls Sticky Squishy Toys Fun Splat Reshape Throwing Outdoor Play</t>
+  </si>
+  <si>
+    <t>$16.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SB2126 </t>
+  </si>
+  <si>
+    <t>Sticky Ball Display Box Light&amp;#45;Up Glitter Ball Toy Set Fun</t>
+  </si>
+  <si>
+    <t>$8.93</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-BASTRTO-25 </t>
+  </si>
+  <si>
+    <t>1.25" Stretch Tongue Silly Face Ball - 25 Pcs …</t>
+  </si>
+  <si>
+    <t>$13.99</t>
+  </si>
+  <si>
     <t xml:space="preserve">LI1640 </t>
   </si>
   <si>
     <t>Plastic Baseball Bat Kids Toy Training Bat Ball Set</t>
   </si>
   <si>
     <t>$197.10</t>
   </si>
   <si>
-    <t xml:space="preserve">BA-60MMB </t>
-[...14 lines deleted...]
-    <t>$22.05</t>
+    <t xml:space="preserve">BA-ICB45 </t>
+  </si>
+  <si>
+    <t>Icy Hi-Bounce Ball 45 mm 12 pcs</t>
+  </si>
+  <si>
+    <t>$5.25</t>
   </si>
   <si>
     <t xml:space="preserve">CBR15B </t>
   </si>
   <si>
     <t>Inflatable Knobby Ball Care Bears Toy Bounce Game Gift</t>
   </si>
   <si>
     <t>$157.50</t>
   </si>
   <si>
-    <t xml:space="preserve">STBAB28 </t>
-[...5 lines deleted...]
-    <t>$16.20</t>
+    <t xml:space="preserve">BA-GLI27 </t>
+  </si>
+  <si>
+    <t>Glitter Ball 27 mm</t>
+  </si>
+  <si>
+    <t>$9.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-FRO60 </t>
+  </si>
+  <si>
+    <t>Frosty Hi-Bounce Ball 60 mm</t>
+  </si>
+  <si>
+    <t>$9.45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-45MMB </t>
+  </si>
+  <si>
+    <t>Hi Bounce Ball Mix 45 mm</t>
+  </si>
+  <si>
+    <t>$15.93</t>
   </si>
   <si>
     <t xml:space="preserve">CBR18B </t>
   </si>
   <si>
     <t>Knobby Balls Inflatable Toys Care Bears Character Balls</t>
   </si>
   <si>
     <t>$171.00</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-BASTRTO-25 </t>
-[...5 lines deleted...]
-    <t>$13.99</t>
+    <t xml:space="preserve">BA-ICE27 </t>
+  </si>
+  <si>
+    <t>Icy Ball 27 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-SGL27 </t>
+  </si>
+  <si>
+    <t>Glow In Dark Smile Face Ball 27 mm</t>
+  </si>
+  <si>
+    <t>$10.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZS-ICE32-X17205 </t>
+  </si>
+  <si>
+    <t>ICY BALL 32mm</t>
+  </si>
+  <si>
+    <t>$10.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-ICE75 </t>
+  </si>
+  <si>
+    <t>Icy Hi-Bounce Ball 3in</t>
+  </si>
+  <si>
+    <t>$26.33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCSQB </t>
+  </si>
+  <si>
+    <t>Color Change Squooshers Sensory Stress Balls - Hidden Reveal for Fidget Fun and Tactile Play - Pack of 50</t>
+  </si>
+  <si>
+    <t>$22.50</t>
   </si>
   <si>
     <t xml:space="preserve">LP2091 </t>
   </si>
   <si>
     <t>Disco Party Light Spins Rotates Music Dance Lighting Decoration</t>
   </si>
   <si>
     <t>$180.00</t>
   </si>
   <si>
-    <t xml:space="preserve">BA-ICB45 </t>
-[...5 lines deleted...]
-    <t>$5.25</t>
+    <t xml:space="preserve">16MESHFB </t>
+  </si>
+  <si>
+    <t>Mesh Bladder Football Fun: Vending Machine Prize, Collectible Toy, Sporting Party Game, Inflatable Sports Gift</t>
+  </si>
+  <si>
+    <t>$306.00</t>
   </si>
   <si>
     <t xml:space="preserve">LU1037 </t>
   </si>
   <si>
     <t>Light Up Silicone Wheel Toy Bouncy Ball LED Kids Gift Party</t>
   </si>
   <si>
-    <t>$22.50</t>
-[...26 lines deleted...]
-    <t>$15.93</t>
+    <t xml:space="preserve">16PLB2 </t>
+  </si>
+  <si>
+    <t>Animal Bladder Ball 16in Durable Outdoor Playtime Companion</t>
+  </si>
+  <si>
+    <t>$480.00</t>
   </si>
   <si>
     <t xml:space="preserve">SB2173 </t>
   </si>
   <si>
     <t>Mystic Squeeze Ball Fortune Game Magic Answer Toy Desk</t>
   </si>
   <si>
     <t>$23.77</t>
   </si>
   <si>
-    <t xml:space="preserve">BA-ICE27 </t>
-[...55 lines deleted...]
-  <si>
     <t xml:space="preserve">3FOAMB2 </t>
   </si>
   <si>
     <t>3in Foam Ball Bundle for Stress Relief and Play - 360 Count Interactive Therapy and Recreational Use</t>
   </si>
   <si>
     <t>$226.80</t>
   </si>
   <si>
-    <t xml:space="preserve">40PLB1 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">BBNET </t>
   </si>
   <si>
     <t>Mini Hoop Basketball Net Set with Suction Cups - Indoor Sports Toy, Soft Foam Ball, Easy Setup, Portable Play Set for Office and Home</t>
   </si>
   <si>
     <t>$29.70</t>
   </si>
   <si>
-    <t xml:space="preserve">CS1084 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">CS1086 </t>
   </si>
   <si>
     <t>Franklin Beach Blast Volleyball - Unleash Superior Ball Control and Precision for Outdoor Enthusiasts</t>
   </si>
   <si>
     <t>$140.40</t>
   </si>
   <si>
     <t xml:space="preserve">CS1087 </t>
   </si>
   <si>
     <t>Franklin Mystic Soccer Ball Training Precision for Youth - Official Size 4 High Gloss PVC Cover with Stitched Pentagon Panels Enhanced Abrasion Resistance</t>
   </si>
   <si>
     <t>$178.20</t>
   </si>
   <si>
     <t xml:space="preserve">CS4101 </t>
   </si>
   <si>
     <t>Backyard Baseball Game Set: Bat, Balls &amp; Bases for Family Fun and Training</t>
   </si>
   <si>
     <t>$193.50</t>
   </si>
   <si>
-    <t xml:space="preserve">CS4129 </t>
-[...11 lines deleted...]
-    <t>Reebok VR-1500 Outdoor Football: Master Ball Control, Enhance Field Play, Tacky Feel for Pass Accuracy, Durable Sports Equipment, Perfect for Scoring Touchdowns!</t>
+    <t xml:space="preserve">CS4131 </t>
+  </si>
+  <si>
+    <t>Reebok VR-1500 Soccer Ball for Indoor and Outdoor, Perfect for Recreation Centers and Playground Fun</t>
   </si>
   <si>
     <t>$145.80</t>
   </si>
   <si>
-    <t xml:space="preserve">CS4131 </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">DB17453 </t>
   </si>
   <si>
     <t>Dragon Ball Z Collectible Tins with Star Candy - Unique Anime Collectibles for Fans</t>
   </si>
   <si>
     <t>$51.48</t>
   </si>
   <si>
     <t xml:space="preserve">FFOOTBALL </t>
   </si>
   <si>
     <t>Finger Football Set: Split the Uprights with Flick Football Fun - The Ultimate Indoor Party Game for Sports Fans</t>
   </si>
   <si>
     <t>$270.00</t>
   </si>
   <si>
     <t xml:space="preserve">FL0002 </t>
   </si>
   <si>
     <t>Crystal Bounce Ball with Light-Up Spikes - 12 Count Playtime Fun Set</t>
   </si>
   <si>
     <t>$14.40</t>
@@ -445,72 +439,54 @@
   <si>
     <t>Franklin Grip-Rite Football Set: Official Size, Enhanced Ball Control, Game Day Ready, Includes Pump &amp; Tee</t>
   </si>
   <si>
     <t>$189.00</t>
   </si>
   <si>
     <t xml:space="preserve">KICK2A </t>
   </si>
   <si>
     <t>Woven Kickball Set: Outdoor Group Game for Fun, Kick &amp; Catch Your Way to Better Coordination &amp; Skills</t>
   </si>
   <si>
     <t>$11.34</t>
   </si>
   <si>
     <t xml:space="preserve">NV2493 </t>
   </si>
   <si>
     <t>Axolotl Squeeze Toy Set - Stress Relief and Anxiety Aid with Sensory Therapy - Perfect Gift and Party Favors</t>
   </si>
   <si>
     <t>$21.60</t>
   </si>
   <si>
-    <t xml:space="preserve">SB2126 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">SB2153 </t>
   </si>
   <si>
     <t>Rainbow Mesh Ball Collection: Squeeze, Relieve Stress, Enhance Focus, Therapy Tool, Sensory Play Fun</t>
-  </si>
-[...7 lines deleted...]
-    <t>$25.20</t>
   </si>
   <si>
     <t xml:space="preserve">SB2162 </t>
   </si>
   <si>
     <t>Alien Sugar Ball Set: Silicone Stress Relief Toy Perfect To Stretch, Squeeze &amp; Pull For Tactile Fun &amp; Stress Management</t>
   </si>
   <si>
     <t xml:space="preserve">SON5 </t>
   </si>
   <si>
     <t>Sonic Hedgehog Puffer Balls Assortment: Collectible Stress Relievers Featuring Sonic, Tails, Knuckles, and Shadow - Fun for Tossing, Squeezing, and Display.</t>
   </si>
   <si>
     <t>$20.16</t>
   </si>
   <si>
     <t xml:space="preserve">SP1073 </t>
   </si>
   <si>
     <t>Alien Splat Balls - Ultimate Sticky Sensory Toy for Kids, Squishy Play, Fun Indoor Games, Tactile Stress Relief</t>
   </si>
   <si>
     <t>$13.11</t>
   </si>
@@ -627,51 +603,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc1d56d929bcfa80fe3241fe08d31d103.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ccf4c11aee020688adb23d6731e8ab1e4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_33e5bfdcdb82477fa88390228cca2a815.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c1c02a0dacdb67ee5e8f7216432da5776.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_287e0db81d9e69064409e8f3221de0f68.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d74cab1772e58bb6159eb757520c2b7d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d1a93fb67a9dcf3918cb13591e9c8f4211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a6391ff3607fcaf7d75fc5b2500b299c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfec937dfe3085e429be3e331fc6c18913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d2524c9d334014f0f05ae355b95c2d415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc47116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f917.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a29b034ae9b899807cc2c5fc7a61590419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b9520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3029084abef501682c6a7f51e4cf273c25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca01ff3c3d9f8a21d25a0e263e55cc0b26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05edd7d17a8c21e01bd5df3d197d8c7d27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd974549966e067c5db1db682bca78a628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e273b035f765640233e23f4b0573012129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27bace8774e0144467af7bc9704004ae30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_07f1b80e0bce906275750cef499f5f6b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12ba380b84851677318dcc0f31c7ff2a32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2bd73fb1d35b2f4a7ce8c98bb5df06433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f5e4bed4f48a94424c39055acdaef5134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb3c481f7961b22cd36c675b5243c6b535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_36beeb72497d8244438ecebcbce5f49836.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da2c29464ec66f30d555de782816885337.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4575ed7640a42cbabee2cd6814de206938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2177e918c1638c02f76112ac174713a839.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2c8b73539df0e79772a0150b6b87d49b40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6a90677ec982410a3dac9d8589b17c0241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24944a90a1de44fdf5dc7270eb5c819442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8dd7f6898a75ac1b6c54b44f08aafe543.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a39d09d515687acb0b802528e2bc56244.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e30354e32ebb63511c44b472c40e9a945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b3440fd6017e46d9de0f4c8afb0416746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_685ab2fbc92a926ffec58bd067c7aee247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a54d58c686168dc279caf3178bc551c048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ace337f14fe2a300905056785cb5461b49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2935c22f7738f94cdb98be99676f733350.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12d8de1dffa5960f959d008c781e497451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6bc24332bd9fd24f973f536251ef279352.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_caea52d76c97ea4908c5427f2801a78353.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc1d56d929bcfa80fe3241fe08d31d103.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ccf4c11aee020688adb23d6731e8ab1e4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_33e5bfdcdb82477fa88390228cca2a815.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd974549966e067c5db1db682bca78a66.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_287e0db81d9e69064409e8f3221de0f68.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f5e4bed4f48a94424c39055acdaef519.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e30354e32ebb63511c44b472c40e9a911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a6391ff3607fcaf7d75fc5b2500b299c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c1c02a0dacdb67ee5e8f7216432da57713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d74cab1772e58bb6159eb757520c2b7d15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc47116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f917.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d1a93fb67a9dcf3918cb13591e9c8f4219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b9520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfec937dfe3085e429be3e331fc6c18925.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3029084abef501682c6a7f51e4cf273c26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d2524c9d334014f0f05ae355b95c2d427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca01ff3c3d9f8a21d25a0e263e55cc0b28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a29b034ae9b899807cc2c5fc7a61590429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05edd7d17a8c21e01bd5df3d197d8c7d30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e273b035f765640233e23f4b0573012131.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_07f1b80e0bce906275750cef499f5f6b32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12ba380b84851677318dcc0f31c7ff2a33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2bd73fb1d35b2f4a7ce8c98bb5df06434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_36beeb72497d8244438ecebcbce5f49835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da2c29464ec66f30d555de782816885336.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4575ed7640a42cbabee2cd6814de206937.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2177e918c1638c02f76112ac174713a838.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2c8b73539df0e79772a0150b6b87d49b39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6a90677ec982410a3dac9d8589b17c0240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24944a90a1de44fdf5dc7270eb5c819441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8dd7f6898a75ac1b6c54b44f08aafe542.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a39d09d515687acb0b802528e2bc56243.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b3440fd6017e46d9de0f4c8afb0416744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a54d58c686168dc279caf3178bc551c045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ace337f14fe2a300905056785cb5461b46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2935c22f7738f94cdb98be99676f733347.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12d8de1dffa5960f959d008c781e497448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6bc24332bd9fd24f973f536251ef279349.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_caea52d76c97ea4908c5427f2801a78350.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2119,140 +2095,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2519,54 +2405,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J61"/>
+  <dimension ref="A1:J58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J61" sqref="J61"/>
+      <selection activeCell="J58" sqref="J58"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -2728,60 +2614,60 @@
       <c r="H13" s="7">
         <v>0.00478304</v>
       </c>
       <c r="I13" s="7">
         <v>50</v>
       </c>
       <c r="J13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G14" s="7">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H14" s="7">
-        <v>0</v>
+        <v>0.52438605</v>
       </c>
       <c r="I14" s="7">
         <v>1</v>
       </c>
       <c r="J14" s="7">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
         <v>3.401942775</v>
       </c>
       <c r="H15" s="7">
         <v>0.00433438</v>
       </c>
       <c r="I15" s="7">
         <v>25</v>
       </c>
@@ -2806,114 +2692,114 @@
       <c r="G16" s="7">
         <v>0.544310844</v>
       </c>
       <c r="H16" s="7">
         <v>0.00235974</v>
       </c>
       <c r="I16" s="7">
         <v>100</v>
       </c>
       <c r="J16" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G17" s="7">
-        <v>0</v>
+        <v>4.2</v>
       </c>
       <c r="H17" s="7">
-        <v>0</v>
+        <v>2.65470438</v>
       </c>
       <c r="I17" s="7">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="J17" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
         <v>0.45359237</v>
       </c>
       <c r="H18" s="7">
         <v>0.00235974</v>
       </c>
       <c r="I18" s="7">
         <v>100</v>
       </c>
       <c r="J18" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0</v>
+        <v>1.2</v>
       </c>
       <c r="H19" s="7">
-        <v>0</v>
+        <v>0.01465659</v>
       </c>
       <c r="I19" s="7">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>48</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
         <v>0.1859728963</v>
       </c>
       <c r="H20" s="7">
         <v>0.00120445</v>
       </c>
@@ -2926,102 +2812,102 @@
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>51</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G21" s="7">
         <v>0</v>
       </c>
       <c r="H21" s="7">
         <v>0</v>
       </c>
       <c r="I21" s="7">
         <v>1</v>
       </c>
       <c r="J21" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>54</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
         <v>0.4309127515</v>
       </c>
       <c r="H22" s="7">
         <v>0.00141584</v>
       </c>
       <c r="I22" s="7">
         <v>12</v>
       </c>
       <c r="J22" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
         <v>0</v>
       </c>
       <c r="H23" s="7">
         <v>0</v>
       </c>
       <c r="I23" s="7">
-        <v>12</v>
+        <v>250</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
         <v>1.0523342984</v>
       </c>
       <c r="H24" s="7">
         <v>0</v>
       </c>
@@ -3085,51 +2971,51 @@
       <c r="J26" s="7">
         <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>67</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>69</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
         <v>0</v>
       </c>
       <c r="H27" s="7">
         <v>0</v>
       </c>
       <c r="I27" s="7">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>70</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
         <v>1.0523342984</v>
       </c>
       <c r="H28" s="7">
         <v>0</v>
       </c>
@@ -3208,848 +3094,767 @@
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
         <v>2.1228122916</v>
       </c>
       <c r="H31" s="7">
         <v>0.008979060000000001</v>
       </c>
       <c r="I31" s="7">
         <v>12</v>
       </c>
       <c r="J31" s="7">
         <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
         <v>81</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
         <v>82</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>57</v>
+        <v>83</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
         <v>2.6</v>
       </c>
       <c r="H32" s="7">
         <v>0.00471947</v>
       </c>
       <c r="I32" s="7">
         <v>50</v>
       </c>
       <c r="J32" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G33" s="7">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H33" s="7">
-        <v>3.24463869</v>
+        <v>0</v>
       </c>
       <c r="I33" s="7">
         <v>1</v>
       </c>
       <c r="J33" s="7">
-        <v>40</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G34" s="7">
         <v>8</v>
       </c>
       <c r="H34" s="7">
         <v>3.24463869</v>
       </c>
       <c r="I34" s="7">
         <v>1</v>
       </c>
       <c r="J34" s="7">
         <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
-        <v>7.25747792</v>
+        <v>0</v>
       </c>
       <c r="H35" s="7">
-        <v>0.08495054</v>
+        <v>0</v>
       </c>
       <c r="I35" s="7">
-        <v>360</v>
+        <v>12</v>
       </c>
       <c r="J35" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
         <v>92</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
         <v>93</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>94</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G36" s="7">
         <v>8</v>
       </c>
       <c r="H36" s="7">
-        <v>0.52438605</v>
+        <v>3.24463869</v>
       </c>
       <c r="I36" s="7">
         <v>1</v>
       </c>
       <c r="J36" s="7">
-        <v>8</v>
+        <v>40</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
         <v>95</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
         <v>96</v>
       </c>
       <c r="E37" s="7" t="s">
         <v>97</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
         <v>0</v>
       </c>
       <c r="H37" s="7">
         <v>0</v>
       </c>
       <c r="I37" s="7">
         <v>12</v>
       </c>
       <c r="J37" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
         <v>98</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
         <v>99</v>
       </c>
       <c r="E38" s="7" t="s">
         <v>100</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G38" s="7">
-        <v>4.2</v>
+        <v>7.25747792</v>
       </c>
       <c r="H38" s="7">
-        <v>2.65470438</v>
+        <v>0.08495054</v>
       </c>
       <c r="I38" s="7">
-        <v>1</v>
+        <v>360</v>
       </c>
       <c r="J38" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
         <v>101</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
         <v>102</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>103</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G39" s="7">
-        <v>3.2</v>
+        <v>0</v>
       </c>
       <c r="H39" s="7">
-        <v>1.53628726</v>
+        <v>0</v>
       </c>
       <c r="I39" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J39" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
         <v>104</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
         <v>105</v>
       </c>
       <c r="E40" s="7" t="s">
         <v>106</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G40" s="7">
         <v>3.2</v>
       </c>
       <c r="H40" s="7">
         <v>1.53628726</v>
       </c>
       <c r="I40" s="7">
         <v>1</v>
       </c>
       <c r="J40" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
         <v>107</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
         <v>108</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>109</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G41" s="7">
-        <v>0</v>
+        <v>3.2</v>
       </c>
       <c r="H41" s="7">
-        <v>0</v>
+        <v>1.53628726</v>
       </c>
       <c r="I41" s="7">
         <v>1</v>
       </c>
       <c r="J41" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
         <v>110</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
         <v>111</v>
       </c>
       <c r="E42" s="7" t="s">
         <v>112</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G42" s="7">
-        <v>4.2</v>
+        <v>0</v>
       </c>
       <c r="H42" s="7">
-        <v>2.65470438</v>
+        <v>0</v>
       </c>
       <c r="I42" s="7">
         <v>1</v>
       </c>
       <c r="J42" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>113</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
         <v>114</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>115</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G43" s="7">
-        <v>4.2</v>
+        <v>3.2</v>
       </c>
       <c r="H43" s="7">
-        <v>0.07079212</v>
+        <v>1.53628726</v>
       </c>
       <c r="I43" s="7">
         <v>1</v>
       </c>
       <c r="J43" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
         <v>116</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
         <v>117</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G44" s="7">
-        <v>3.2</v>
+        <v>0</v>
       </c>
       <c r="H44" s="7">
-        <v>1.53628726</v>
+        <v>0</v>
       </c>
       <c r="I44" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J44" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F45" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G45" s="7">
         <v>0</v>
       </c>
       <c r="H45" s="7">
         <v>0</v>
       </c>
       <c r="I45" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J45" s="7">
-        <v>0</v>
+        <v>144</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F46" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G46" s="7">
-        <v>0</v>
+        <v>0.6</v>
       </c>
       <c r="H46" s="7">
-        <v>0</v>
+        <v>0.00371659</v>
       </c>
       <c r="I46" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J46" s="7">
-        <v>144</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="H47" s="7">
-        <v>0.00371659</v>
+        <v>0</v>
       </c>
       <c r="I47" s="7">
         <v>12</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F48" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G48" s="7">
-        <v>0</v>
+        <v>4.2</v>
       </c>
       <c r="H48" s="7">
-        <v>0</v>
+        <v>2.65470438</v>
       </c>
       <c r="I48" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J48" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G49" s="7">
         <v>4.2</v>
       </c>
       <c r="H49" s="7">
-        <v>2.65470438</v>
+        <v>0.07079212</v>
       </c>
       <c r="I49" s="7">
         <v>1</v>
       </c>
       <c r="J49" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F50" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G50" s="7">
-        <v>4.2</v>
+        <v>0</v>
       </c>
       <c r="H50" s="7">
-        <v>0.07079212</v>
+        <v>0</v>
       </c>
       <c r="I50" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J50" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="7">
-        <v>0</v>
+        <v>0.4</v>
       </c>
       <c r="H51" s="7">
-        <v>0</v>
+        <v>0.00196645</v>
       </c>
       <c r="I51" s="7">
         <v>12</v>
       </c>
       <c r="J51" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>141</v>
+        <v>124</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="H52" s="7">
-        <v>0.00196645</v>
+        <v>0</v>
       </c>
       <c r="I52" s="7">
         <v>12</v>
       </c>
       <c r="J52" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
         <v>142</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
         <v>143</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
-        <v>1.2</v>
+        <v>0</v>
       </c>
       <c r="H53" s="7">
-        <v>0.01465659</v>
+        <v>0</v>
       </c>
       <c r="I53" s="7">
         <v>12</v>
       </c>
       <c r="J53" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E54" s="7" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
-        <v>0</v>
+        <v>1.2</v>
       </c>
       <c r="H54" s="7">
-        <v>0</v>
+        <v>0.01258527</v>
       </c>
       <c r="I54" s="7">
         <v>12</v>
       </c>
       <c r="J54" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
         <v>147</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
         <v>148</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>149</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="H55" s="7">
-        <v>0.01465659</v>
+        <v>0</v>
       </c>
       <c r="I55" s="7">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J55" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
         <v>150</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
         <v>151</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>141</v>
+        <v>152</v>
       </c>
       <c r="F56" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G56" s="7">
         <v>0</v>
       </c>
       <c r="H56" s="7">
         <v>0</v>
       </c>
       <c r="I56" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J56" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>154</v>
+        <v>115</v>
       </c>
       <c r="F57" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G57" s="7">
-        <v>1.2</v>
+        <v>3.2</v>
       </c>
       <c r="H57" s="7">
-        <v>0.01258527</v>
+        <v>1.53628726</v>
       </c>
       <c r="I57" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J57" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
         <v>155</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
         <v>156</v>
       </c>
       <c r="E58" s="7" t="s">
         <v>157</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
         <v>0</v>
       </c>
       <c r="H58" s="7">
         <v>0</v>
       </c>
       <c r="I58" s="7">
         <v>12</v>
       </c>
       <c r="J58" s="7">
-        <v>0</v>
-[...79 lines deleted...]
-      <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">