--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -121,456 +121,456 @@
   <si>
     <t xml:space="preserve">16137-2050 </t>
   </si>
   <si>
     <t>Bubble Max - Glimmer Strawberry Bubble Gum 16mm</t>
   </si>
   <si>
     <t xml:space="preserve">16138-2050 </t>
   </si>
   <si>
     <t>Bubble Max - Glimmer Purple Bubble Gum 16mm</t>
   </si>
   <si>
     <t xml:space="preserve">15110-15OZ </t>
   </si>
   <si>
     <t>Gumballs for Kids - 1 Inch Large Double Bubble Gumballs - 15 OZ Baseball Chewing Gum Assorted Fruit Flavored Bubble Gum for Gumball Machine - Sweet Gum Balls in Bulk</t>
   </si>
   <si>
     <t>$5.95</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
+    <t xml:space="preserve">91008-7OZ </t>
+  </si>
+  <si>
+    <t>Chewing Gum for Kids - 1 Inch Large Gumballs - 7 OZ Gum balls - Assorted Flavors Bubble Gum</t>
+  </si>
+  <si>
+    <t>$9.56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16135-WHITE-15OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - Fruit Flavored Gum 15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch) (White Pineapple)</t>
+  </si>
+  <si>
+    <t>$10.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15117-BUCKET-1.7LB </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids -  0.55</t>
+  </si>
+  <si>
+    <t>$10.08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16131-RED-15OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - Fruit Flavored Gum 15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch) (Cherry)</t>
+  </si>
+  <si>
+    <t>$5.84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-7OZ-2 </t>
+  </si>
+  <si>
+    <t>Chewing Gum for Kids - 1 Inch Large Gumballs - 2 PACKS of 7 OZ Gum balls - Assorted Flavors Bubble Gum</t>
+  </si>
+  <si>
+    <t>$10.77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16132-BLUE-15OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - Fruit Flavored Gum 15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch) (Blueberry)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-7OZ-4 </t>
+  </si>
+  <si>
+    <t>Chewing Gum for Kids - 1 Inch Large Gumballs - 4 PACKS 7 OZ Gum balls - Assorted Flavors Bubble Gum</t>
+  </si>
+  <si>
+    <t>$11.97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16133-GREEN-15OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - Fruit Flavored Gum 15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch) (Green Apple)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Chewing Bubble Gum for Kids - 1 Inch Large Gumballs - 3 PACKS 3.5 OZ Gum balls - Assorted Flavors Double Bubble Gums</t>
+  </si>
+  <si>
+    <t>$6.39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16134-YELLOW-15OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - Fruit Flavored Gum 15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch) (Lemon)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1017-2.4LB-22mm </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine - Assorted Fruit Flavored Gum Balls - 0.86</t>
+  </si>
+  <si>
+    <t>$32.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16136-ORANGE-15OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - Fruit Flavored Gum -15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch) (Orange)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16137-PINK-15OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - Fruit Flavored Gum15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch) (Strawberry)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16138-PURPLE-15OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - Fruit Flavored Gum 15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch) (Grape)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16139-GOLD-15OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - Fruit Flavored Gum 15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch) (Pineapple)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16000-MIX-15OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - MIX Fruit Flavored Gum 15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t>$7.83</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1085-3.5OZ </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids -  Assorted Fruit Flavored Gum Balls - 0.5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15110-3.5OZ </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids- 1 Inch Large Double Bubble Gumballs - Baseball Chewing Gum Assorted Fruit Flavored Bubble Gum for Gumball Machine  - Sweet Gum Balls in Bulk 3.5 OZ</t>
+  </si>
+  <si>
+    <t>$2.62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16000-MIX-3.5OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs Pearl - Assorted Bubble Gum for Kids - Mix Fruit Flavored Gum 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t>$4.49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16131-RED-3.5OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Cherry Flavored Candy - Pearl Red Gumballs 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t>$4.15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16132-BLUE-3.5OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Blueberry Candy Bubble Gum for Kids - Pearl Blue Gumballs 45 pcs 3,5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Gender Reveal Ideas &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t>$4.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16133-GREEN-3.5OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Kids - Green Apple Candy Bubble Gum - Pearl Green Gumballs 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16134-YELLOW-3.5OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Bubble Gum for Kids Yellow Candy - Pearl Lemon Gumballs 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t>$3.22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16136-ORANGE-3.5OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Orange Candy Bubble Gum for Kids - Pearl Orange Gumballs 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16137-PINK-3.5OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Strawberry Bubble Gum for Kids - Pearl Pink Candy 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Gender Reveal Ideas &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t>$4.37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16138-PURPLE-3.5OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Grape Bubble Gum for Kids - Pearl Purple Candy 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors, Easter Basket, Pinata &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t>$4.55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4508-7OZ </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - 1 Inch Double Bubble Gumballs - Berry Blots Big Gum Balls in Bag - 7 OZ Chewing Gum Giant Bubble Gums</t>
+  </si>
+  <si>
+    <t>$5.85</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91006-15OZ-29mm </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine – Mixed Fruit Flavored Chewing Gum, 30 pcs (15 oz), 1.13” Gumballs – Nostalgic Bubble Gum for Party Favors, Easter Baskets, Candy Bar &amp; Sweet Treats</t>
+  </si>
+  <si>
     <t xml:space="preserve">91010-15OZ-23mm </t>
   </si>
   <si>
     <t>Gumballs for Gumball Machine – Mixed Fruit Flavored Chewing Gum 15 OZ, 0.92” Gumballs – Nostalgic Bubble Gum for Party Favors, Easter Baskets, Candy Bar &amp; Sweet Treats</t>
   </si>
   <si>
-    <t xml:space="preserve">16135-WHITE-15OZ </t>
-[...23 lines deleted...]
-    <t>$5.84</t>
+    <t xml:space="preserve">1017-15OZ-22mm </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine – Mixed Fruit Flavored Chewing Gum 15 OZ, 0.86” Gumballs – Nostalgic Bubble Gum for Party Favors, Easter Baskets, Candy Bar &amp; Sweet Treats</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1018-15OZ-19mm </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine – Mixed Fruit Flavored Chewing Gum 15 OZ - 0.76” Gumballs – Nostalgic Bubble Gum for Party Favors, Easter Baskets, Candy Bar &amp; Sweet Treats</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1036-15OZ-15mm </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine – Mixed Fruit Flavored Chewing Gum 15 OZ - 0.60” Gumballs – Nostalgic Bubble Gum for Party Favors, Easter Baskets, Candy Bar &amp; Sweet Treats</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91058-15OZ-14mm </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine – Mixed Fruit Flavored Chewing Gum15 OZ, 0.55” Gumballs – Nostalgic Bubble Gum for Party Favors, Easter Baskets, Candy Bar &amp; Sweet Treats</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-3.5OZ </t>
+  </si>
+  <si>
+    <t>Chewing Bubble Gum for Kids - 1 Inch Large Gumballs - 3.5 OZ Gum balls - Assorted Flavors Double Bubble Gums</t>
+  </si>
+  <si>
+    <t>$3.32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21801-15OZ </t>
+  </si>
+  <si>
+    <t>Mini Runts Hard Candy Multicolored Assorted Hard Candy 15 OZ - Classic Mini Gobstoppers 5 Fruit Flavor Mix for Party Favors, Pinata &amp; Easter Filler, Cockies &amp; Cake Decorations</t>
   </si>
   <si>
     <t xml:space="preserve">91008-15OZ-24mm </t>
   </si>
   <si>
     <t>Gumballs for Gumball Machine – Mixed Fruit Flavored Chewing Gum 15 OZ, 0.94” Gumballs – Nostalgic Bubble Gum for Party Favors, Easter Baskets, Candy Bar &amp; Sweet Treats</t>
   </si>
   <si>
-    <t xml:space="preserve">16132-BLUE-15OZ </t>
-[...62 lines deleted...]
-    <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - Fruit Flavored Gum15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch) (Strawberry)</t>
+    <t xml:space="preserve">15110-BUCKET-1.3LB </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids- 1 Inch Large Double Bubble Gumballs in Bucket - Baseball Chewing Gum Assorted Fruit Flavored Bubble Gum for Gumball Machine - Sweet Gum Balls in Bulk 1.3 Lb</t>
+  </si>
+  <si>
+    <t>$9.98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16138-PURPLE-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Grape Bubble Gum for Kids - 3 PACKS Pearl Purple Candy 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors, Easter Basket, Pinata &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t>$5.47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16137-PINK-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Strawberry Bubble Gum for Kids - 3 PACK Pearl Pink Candy 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Gender Reveal Ideas &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16136-ORANGE-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Orange Candy Bubble Gum for Kids - 3 PACKS Pearl Orange Gumballs 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16134-YELLOW-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Bubble Gum for Kids Yellow Candy - 3 PACKS Pearl Lemon Gumballs 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16133-GREEN-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Kids - Green Apple Candy Bubble Gum - 3 PACKS Pearl Green Gumballs 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16132-BLUE-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Blueberry Candy Bubble Gum for Kids - 3 PACKS Pearl Blue Gumballs 3,5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Gender Reveal Ideas &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16131-RED-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Cherry Flavored Candy - 3 PACKS Pearl Red Gumballs 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16000-MIX-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs Pearl - Assorted Bubble Gum for Kids - Mix Fruit Flavored Gum 3.5 oz - 3 Packs Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15110-15OZ-2 </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - 1 Inch Large Double Bubble Gumballs - 2 Packs of 15 OZ Baseball Chewing Gum Assorted Fruit Flavored Bubble Gum for Gumball Machine - Sweet Gum Balls in Bulk</t>
+  </si>
+  <si>
+    <t>$8.59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15110-15OZ-4 </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - 1 Inch Large Double Bubble Gumballs - 4 Packs of 15 OZ Baseball Chewing Gum Assorted Fruit Flavored Bubble Gum for Gumball Machine - Sweet Gum Balls in Bulk</t>
+  </si>
+  <si>
+    <t>$16.51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15110-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids- 1 Inch Large Double Bubble Gumballs - Baseball Chewing Gum Assorted Fruit Flavored Bubble Gum for Gumball Machine  - Sweet Gum Balls 3.5 OZ - 3 Packs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21801-15OZ-2 </t>
+  </si>
+  <si>
+    <t>Mini Runts Hard Candy Multicolored Assorted Hard Candy 15 OZ - 2 PACKS Classic Mini Gobstoppers 5 Fruit Flavor Mix for Party Favors, Pinata &amp; Easter Filler, Cockies &amp; Cake Decorations</t>
+  </si>
+  <si>
+    <t>$12.90</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21801-15OZ-4 </t>
+  </si>
+  <si>
+    <t>Mini Runts Hard Candy Multicolored Assorted Hard Candy 15 OZ - 4 PACKS Classic Mini Gobstoppers 5 Fruit Flavor Mix for Party Favors, Pinata &amp; Easter Filler, Cockies &amp; Cake Decorations</t>
+  </si>
+  <si>
+    <t>$16.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4508-7OZ-2 </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - 1 Inch Double Bubble Gumballs - Berry Blots Big Gum Balls in Bag - 2 Packs of 7 OZ Chewing Gum Giant Bubble Gums</t>
+  </si>
+  <si>
+    <t>$9.86</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4508-7OZ-4 </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - 1 Inch Double Bubble Gumballs - Berry Blots Big Gum Balls in Bag - 4 Packs of 7 OZ Chewing Gum Giant Bubble Gums</t>
+  </si>
+  <si>
+    <t>$14.92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1085-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - Assorted Fruit Flavored Gum Balls - 0.5</t>
+  </si>
+  <si>
+    <t>$28.59</t>
   </si>
   <si>
     <t xml:space="preserve">1036-2.4LB-15mm </t>
   </si>
   <si>
     <t>Gumballs for Gumball Machine - Assorted Fruit Flavored Gum Balls - 0.6</t>
   </si>
   <si>
     <t>$31.89</t>
-  </si>
-[...292 lines deleted...]
-    <t>$28.59</t>
   </si>
   <si>
     <t xml:space="preserve">1018-2.4LB-19mm </t>
   </si>
   <si>
     <t>Gumballs for Gumball Machine - Assorted Fruit Flavored Gum Balls - 0.76</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -645,51 +645,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc80c556efaebc21d1c8588474f2c0402.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_57c2db2eaf3a84c267fc441df1c5c01e3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e1aac5fdc48bef7f8703123d380b43d74.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68f655523c979fee0f4faadc496a01cb5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_355027d82c7c1f1c19ff923b9e1d2fd46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_20782d421b9674ba8d0082614c2f99f17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef540d060ddabbc8e72b8f3540c599918.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff94d66e37c67f8fa8bbe8765066c1109.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8684b9d5c1c21a7ffbae9c2bd3c8306510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04ea93d714cc6c3affeb578c35a34f0611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_baadfd38538d4eb310869820c79806bc12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b1a2d4dbe210fa0d091b6229e2ebc7b13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c975397ae1814e8f4a1e76eccff5aa514.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2a25429ef008c44d1a341b4aee5a15c915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2614efcb6faf96e5600259f0e6b6c81c16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6946c20821319e83809fa8d607f0799b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2069757f30c1d6656221561f789f228618.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1bbede39c4b256bed0ac424d7b49bb5f19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e280afe1fdc11ad8fb9551213eaf120320.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae72c755418c4a5a0f260758cfc3ed0b21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60528024541d1c2c7332544181e8dd7822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64ee434afee54dcc02083ae0ab2e1e2823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a77bda71719b37401622d5fbf35e90b24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08b6bfe01fc23707d23e9bfdddff67e925.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a58815bf165b3db769a438bfa39eb49726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b5c582c53375ea02de7bf8a7e3ff6c2827.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fd79c65f8e7381b0fe43880c777cc98d28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8e2ca66f809650083b485bc2dbf50de129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0bda1ddc637fb3cf3c79057f140663c30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6cf6ed9f80490f555411ebc6fc39065231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db70940704e0ec7f10bb516858008d8732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7d6ee2229b7d62f478d02fea894b40f933.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_94c58672f965a00627da84badd68224634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_32907d744faa85677d11a31dde43bcd135.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ecfcae44a7f6c78266e63d8fb2e2d5ee36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ecb6c5314f3bc62373970e0c50dd13ab37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce3205d170c535f769882227bed3078c38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5a7a38bc3d83577c81fe0320b7d90f0b39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_080166df5a7cb0f23c9fb38be163387f40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3512f6cec03eafdbd90a3180c000fd9441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_89cae68ea178b33e666c3d2bb489f25842.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_39b57df72c29cb0d6c126a476574b62043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a25ab8ec4ef8d1f44659d45d12c6252344.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7db2ff7336ad1bd841917f0445adffb45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc19e8e30a6da780f92e9e71a9ead8f946.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3597ecc258216949f3b71a4186c8f1c947.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80a273525e3cb34b2cf8bec5e6d5a90f48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8251627a10c90ea6fe63fc2ec67afca149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_203ff7705bfd544d71cfbf312b47b1e550.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0d9142c43f62c41c4314e1991e9f591b51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_371ef9c55a78a4ed445824710ac44a8a52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_374c6ed2c4010a6c121b471f17bd407053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7bdb997eb7c40847dcb3edddfc57eb0254.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c697b278e2cfb70bff6a5d029e1f1d1855.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ef05c88bf17c87d58b6eb948f3357ca56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214896c97a962ba04dd08c813927ac2657.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf9f3069932428a8b2b53e33cd543fc58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f48532afc8dd7e38bb47df96fdd11e059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_51d07247f20310e7c00a4b58b4a7b66360.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0f2fe39b0a9573bc53b432badf0fb9861.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239237a18d657012859718cc858dca3b62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a496811c90959882c000831bfe824e063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1391c52032b4b013e0a9c40a2ae7102564.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc80c556efaebc21d1c8588474f2c0402.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_57c2db2eaf3a84c267fc441df1c5c01e3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e1aac5fdc48bef7f8703123d380b43d74.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68f655523c979fee0f4faadc496a01cb5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_355027d82c7c1f1c19ff923b9e1d2fd46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_20782d421b9674ba8d0082614c2f99f17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef540d060ddabbc8e72b8f3540c599918.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff94d66e37c67f8fa8bbe8765066c1109.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_baadfd38538d4eb310869820c79806bc10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04ea93d714cc6c3affeb578c35a34f0611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2614efcb6faf96e5600259f0e6b6c81c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b1a2d4dbe210fa0d091b6229e2ebc7b13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2069757f30c1d6656221561f789f228614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2a25429ef008c44d1a341b4aee5a15c915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e280afe1fdc11ad8fb9551213eaf120316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6946c20821319e83809fa8d607f0799b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60528024541d1c2c7332544181e8dd7818.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1bbede39c4b256bed0ac424d7b49bb5f19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a58815bf165b3db769a438bfa39eb49720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae72c755418c4a5a0f260758cfc3ed0b21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64ee434afee54dcc02083ae0ab2e1e2822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08b6bfe01fc23707d23e9bfdddff67e923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b5c582c53375ea02de7bf8a7e3ff6c2824.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fd79c65f8e7381b0fe43880c777cc98d25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8e2ca66f809650083b485bc2dbf50de126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0bda1ddc637fb3cf3c79057f140663c27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6cf6ed9f80490f555411ebc6fc39065228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db70940704e0ec7f10bb516858008d8729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7d6ee2229b7d62f478d02fea894b40f930.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_94c58672f965a00627da84badd68224631.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_32907d744faa85677d11a31dde43bcd132.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ecfcae44a7f6c78266e63d8fb2e2d5ee33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ecb6c5314f3bc62373970e0c50dd13ab34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce3205d170c535f769882227bed3078c35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5a7a38bc3d83577c81fe0320b7d90f0b36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_080166df5a7cb0f23c9fb38be163387f37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8684b9d5c1c21a7ffbae9c2bd3c8306538.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3512f6cec03eafdbd90a3180c000fd9439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_89cae68ea178b33e666c3d2bb489f25840.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_39b57df72c29cb0d6c126a476574b62041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a25ab8ec4ef8d1f44659d45d12c6252342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7db2ff7336ad1bd841917f0445adffb43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc19e8e30a6da780f92e9e71a9ead8f944.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c975397ae1814e8f4a1e76eccff5aa545.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3597ecc258216949f3b71a4186c8f1c946.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80a273525e3cb34b2cf8bec5e6d5a90f47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8251627a10c90ea6fe63fc2ec67afca148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_203ff7705bfd544d71cfbf312b47b1e549.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0d9142c43f62c41c4314e1991e9f591b50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_371ef9c55a78a4ed445824710ac44a8a51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_374c6ed2c4010a6c121b471f17bd407052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7bdb997eb7c40847dcb3edddfc57eb0253.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c697b278e2cfb70bff6a5d029e1f1d1854.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ef05c88bf17c87d58b6eb948f3357ca55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214896c97a962ba04dd08c813927ac2656.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf9f3069932428a8b2b53e33cd543fc57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f48532afc8dd7e38bb47df96fdd11e058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_51d07247f20310e7c00a4b58b4a7b66359.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0f2fe39b0a9573bc53b432badf0fb9860.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239237a18d657012859718cc858dca3b61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a496811c90959882c000831bfe824e062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a77bda71719b37401622d5fbf35e90b63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1391c52032b4b013e0a9c40a2ae7102564.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3178,1509 +3178,1509 @@
       <c r="F17" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G17" s="7">
         <v>0.44900026023867</v>
       </c>
       <c r="H17" s="7">
         <v>0.00129677</v>
       </c>
       <c r="I17" s="7">
         <v>53</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G18" s="7">
-        <v>0.42637688419999</v>
+        <v>0.18100016248991</v>
       </c>
       <c r="H18" s="7">
-        <v>0.00142403</v>
+        <v>0.00085311</v>
       </c>
       <c r="I18" s="7">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G19" s="7">
         <v>0.4394176084375001</v>
       </c>
       <c r="H19" s="7">
         <v>0</v>
       </c>
       <c r="I19" s="7">
         <v>195</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G20" s="7">
-        <v>0.18100016248991</v>
+        <v>0.78000207855229</v>
       </c>
       <c r="H20" s="7">
-        <v>0.00085311</v>
+        <v>0.00232107</v>
       </c>
       <c r="I20" s="7">
-        <v>100</v>
+        <v>450</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G21" s="7">
         <v>0.43998465709999</v>
       </c>
       <c r="H21" s="7">
         <v>0.0017179</v>
       </c>
       <c r="I21" s="7">
         <v>215</v>
       </c>
       <c r="J21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G22" s="7">
-        <v>0.48080797579999</v>
+        <v>0.42637688419999</v>
       </c>
       <c r="H22" s="7">
-        <v>0.00138909</v>
+        <v>0.00086032</v>
       </c>
       <c r="I22" s="7">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G23" s="7">
         <v>0.43998465709999</v>
       </c>
       <c r="H23" s="7">
         <v>0.00147484</v>
       </c>
       <c r="I23" s="7">
         <v>220</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G24" s="7">
-        <v>0.78000207855229</v>
+        <v>0.85275376839998</v>
       </c>
       <c r="H24" s="7">
-        <v>0.00232107</v>
+        <v>0.00086032</v>
       </c>
       <c r="I24" s="7">
-        <v>450</v>
+        <v>400</v>
       </c>
       <c r="J24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G25" s="7">
         <v>0.42184095989999</v>
       </c>
       <c r="H25" s="7">
         <v>0.00119558</v>
       </c>
       <c r="I25" s="7">
         <v>220</v>
       </c>
       <c r="J25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G26" s="7">
-        <v>0.42637688419999</v>
+        <v>0.32200027654026</v>
       </c>
       <c r="H26" s="7">
-        <v>0.00086032</v>
+        <v>0.00152453</v>
       </c>
       <c r="I26" s="7">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G27" s="7">
         <v>0.43998465709999</v>
       </c>
       <c r="H27" s="7">
         <v>0.00147484</v>
       </c>
       <c r="I27" s="7">
         <v>220</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G28" s="7">
-        <v>0.85275376839998</v>
+        <v>1.088621832</v>
       </c>
       <c r="H28" s="7">
-        <v>0.00086032</v>
+        <v>0</v>
       </c>
       <c r="I28" s="7">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G29" s="7">
         <v>0.43998465709999</v>
       </c>
       <c r="H29" s="7">
         <v>0.00122122</v>
       </c>
       <c r="I29" s="7">
         <v>220</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>66</v>
+        <v>32</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G30" s="7">
-        <v>0.32200027654026</v>
+        <v>0.43998465709999</v>
       </c>
       <c r="H30" s="7">
-        <v>0.00152453</v>
+        <v>0.00147484</v>
       </c>
       <c r="I30" s="7">
-        <v>150</v>
+        <v>220</v>
       </c>
       <c r="J30" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G31" s="7">
-        <v>0.43998465709999</v>
+        <v>0.42184095989999</v>
       </c>
       <c r="H31" s="7">
-        <v>0.00147484</v>
+        <v>0.00146433</v>
       </c>
       <c r="I31" s="7">
         <v>220</v>
       </c>
       <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G32" s="7">
-        <v>1.088621832</v>
+        <v>0.4394176084375001</v>
       </c>
       <c r="H32" s="7">
         <v>0</v>
       </c>
       <c r="I32" s="7">
-        <v>1</v>
+        <v>220</v>
       </c>
       <c r="J32" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G33" s="7">
-        <v>0.42184095989999</v>
+        <v>0.45800134841959</v>
       </c>
       <c r="H33" s="7">
-        <v>0.00146433</v>
+        <v>0.00157131</v>
       </c>
       <c r="I33" s="7">
         <v>220</v>
       </c>
       <c r="J33" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>76</v>
+        <v>39</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G34" s="7">
-        <v>1.088621832</v>
+        <v>0.09922333093750001</v>
       </c>
       <c r="H34" s="7">
         <v>0</v>
       </c>
       <c r="I34" s="7">
-        <v>1</v>
+        <v>78</v>
       </c>
       <c r="J34" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
         <v>78</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G35" s="7">
-        <v>0.4394176084375001</v>
+        <v>0.1179340318</v>
       </c>
       <c r="H35" s="7">
-        <v>0</v>
+        <v>0.00046245</v>
       </c>
       <c r="I35" s="7">
-        <v>220</v>
+        <v>12</v>
       </c>
       <c r="J35" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G36" s="7">
-        <v>0.45800134841959</v>
+        <v>0.099790334599998</v>
       </c>
       <c r="H36" s="7">
-        <v>0.00157131</v>
+        <v>0.00047117</v>
       </c>
       <c r="I36" s="7">
-        <v>220</v>
+        <v>50</v>
       </c>
       <c r="J36" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G37" s="7">
-        <v>0.09922333093750001</v>
+        <v>0.099790334599998</v>
       </c>
       <c r="H37" s="7">
-        <v>0</v>
+        <v>0.00070809</v>
       </c>
       <c r="I37" s="7">
-        <v>78</v>
+        <v>50</v>
       </c>
       <c r="J37" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G38" s="7">
-        <v>0.1179340318</v>
+        <v>0.1088621832</v>
       </c>
       <c r="H38" s="7">
-        <v>0.00046245</v>
+        <v>0.00036871</v>
       </c>
       <c r="I38" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J38" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="E39" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="E39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G39" s="7">
-        <v>0.099790334599998</v>
+        <v>0.1088621832</v>
       </c>
       <c r="H39" s="7">
-        <v>0.00047117</v>
+        <v>0.00036871</v>
       </c>
       <c r="I39" s="7">
         <v>50</v>
       </c>
       <c r="J39" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G40" s="7">
-        <v>0.099790334599998</v>
+        <v>0.1496855019</v>
       </c>
       <c r="H40" s="7">
-        <v>0.00070809</v>
+        <v>0.0004203</v>
       </c>
       <c r="I40" s="7">
         <v>50</v>
       </c>
       <c r="J40" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G41" s="7">
-        <v>0.1088621832</v>
+        <v>0.099790334599998</v>
       </c>
       <c r="H41" s="7">
-        <v>0.00036871</v>
+        <v>0.00034596</v>
       </c>
       <c r="I41" s="7">
         <v>50</v>
       </c>
       <c r="J41" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
         <v>96</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
         <v>97</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G42" s="7">
         <v>0.1088621832</v>
       </c>
       <c r="H42" s="7">
         <v>0.00036871</v>
       </c>
       <c r="I42" s="7">
         <v>50</v>
       </c>
       <c r="J42" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G43" s="7">
-        <v>0.1496855019</v>
+        <v>0.1088621832</v>
       </c>
       <c r="H43" s="7">
-        <v>0.0004203</v>
+        <v>0.00030173</v>
       </c>
       <c r="I43" s="7">
         <v>50</v>
       </c>
       <c r="J43" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G44" s="7">
-        <v>0.099790334599998</v>
+        <v>0.2086525178</v>
       </c>
       <c r="H44" s="7">
-        <v>0.00034596</v>
+        <v>0.00057187</v>
       </c>
       <c r="I44" s="7">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J44" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G45" s="7">
-        <v>0.1088621832</v>
+        <v>0.43091280849999</v>
       </c>
       <c r="H45" s="7">
-        <v>0.00036871</v>
+        <v>0.00093899</v>
       </c>
       <c r="I45" s="7">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="J45" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>108</v>
+        <v>32</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G46" s="7">
-        <v>0.1088621832</v>
+        <v>0.42637688419999</v>
       </c>
       <c r="H46" s="7">
-        <v>0.00030173</v>
+        <v>0.00142403</v>
       </c>
       <c r="I46" s="7">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="J46" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
         <v>109</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
         <v>110</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G47" s="7">
-        <v>0.2086525178</v>
+        <v>0.34000018493995</v>
       </c>
       <c r="H47" s="7">
-        <v>0.00057187</v>
+        <v>0.00111918</v>
       </c>
       <c r="I47" s="7">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E48" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G48" s="7">
         <v>0.43091280849999</v>
       </c>
       <c r="H48" s="7">
-        <v>0.00093899</v>
+        <v>0.00132574</v>
       </c>
       <c r="I48" s="7">
         <v>1</v>
       </c>
       <c r="J48" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>66</v>
+        <v>32</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G49" s="7">
-        <v>0.34000018493995</v>
+        <v>0.42184095989999</v>
       </c>
       <c r="H49" s="7">
-        <v>0.00111918</v>
+        <v>0.0014212</v>
       </c>
       <c r="I49" s="7">
         <v>1</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="E50" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G50" s="7">
-        <v>0.43091280849999</v>
+        <v>0.42637688419999</v>
       </c>
       <c r="H50" s="7">
-        <v>0.00132574</v>
+        <v>0.00135501</v>
       </c>
       <c r="I50" s="7">
         <v>1</v>
       </c>
       <c r="J50" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E51" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="E51" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G51" s="7">
-        <v>0.42184095989999</v>
+        <v>0.099790334599998</v>
       </c>
       <c r="H51" s="7">
-        <v>0.0014212</v>
+        <v>0.00064467</v>
       </c>
       <c r="I51" s="7">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="J51" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
         <v>120</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
         <v>121</v>
       </c>
       <c r="E52" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G52" s="7">
-        <v>0.42637688419999</v>
+        <v>0.42184095989999</v>
       </c>
       <c r="H52" s="7">
-        <v>0.00135501</v>
+        <v>0.00088777</v>
       </c>
       <c r="I52" s="7">
-        <v>1</v>
+        <v>215</v>
       </c>
       <c r="J52" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
         <v>122</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
         <v>123</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>124</v>
+        <v>39</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G53" s="7">
-        <v>0.099790334599998</v>
+        <v>0.48080797579999</v>
       </c>
       <c r="H53" s="7">
-        <v>0.00064467</v>
+        <v>0.00138909</v>
       </c>
       <c r="I53" s="7">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="J53" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="E54" s="7" t="s">
         <v>126</v>
       </c>
-      <c r="E54" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F54" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G54" s="7">
-        <v>0.42184095989999</v>
+        <v>0.66200000788779</v>
       </c>
       <c r="H54" s="7">
-        <v>0.00088777</v>
+        <v>0.00232766</v>
       </c>
       <c r="I54" s="7">
-        <v>215</v>
+        <v>70</v>
       </c>
       <c r="J54" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
         <v>127</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
         <v>128</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>129</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G55" s="7">
-        <v>0.66200000788779</v>
+        <v>0.33112247389999</v>
       </c>
       <c r="H55" s="7">
-        <v>0.00232766</v>
+        <v>0.00262193</v>
       </c>
       <c r="I55" s="7">
-        <v>70</v>
+        <v>150</v>
       </c>
       <c r="J55" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
         <v>130</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
         <v>131</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G56" s="7">
         <v>0.33112247389999</v>
       </c>
       <c r="H56" s="7">
         <v>0.00262193</v>
       </c>
       <c r="I56" s="7">
         <v>150</v>
       </c>
       <c r="J56" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G57" s="7">
         <v>0.33112247389999</v>
       </c>
       <c r="H57" s="7">
         <v>0.00262193</v>
       </c>
       <c r="I57" s="7">
         <v>150</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G58" s="7">
         <v>0.33112247389999</v>
       </c>
       <c r="H58" s="7">
         <v>0.00262193</v>
       </c>
       <c r="I58" s="7">
         <v>150</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G59" s="7">
         <v>0.33112247389999</v>
       </c>
       <c r="H59" s="7">
         <v>0.00262193</v>
       </c>
       <c r="I59" s="7">
         <v>150</v>
       </c>
       <c r="J59" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G60" s="7">
         <v>0.33112247389999</v>
       </c>
       <c r="H60" s="7">
         <v>0.00262193</v>
       </c>
       <c r="I60" s="7">
         <v>150</v>
       </c>
       <c r="J60" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G61" s="7">
         <v>0.33112247389999</v>
       </c>
       <c r="H61" s="7">
         <v>0.00262193</v>
       </c>
       <c r="I61" s="7">
         <v>150</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G62" s="7">
-        <v>0.33112247389999</v>
+        <v>0.30390692809999</v>
       </c>
       <c r="H62" s="7">
-        <v>0.00262193</v>
+        <v>0.00209754</v>
       </c>
       <c r="I62" s="7">
         <v>150</v>
       </c>
       <c r="J62" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E63" s="7" t="s">
         <v>146</v>
       </c>
-      <c r="E63" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G63" s="7">
-        <v>0.30390692809999</v>
+        <v>0.85275376839998</v>
       </c>
       <c r="H63" s="7">
-        <v>0.00209754</v>
+        <v>0.00137651</v>
       </c>
       <c r="I63" s="7">
-        <v>150</v>
+        <v>106</v>
       </c>
       <c r="J63" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
         <v>147</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
         <v>148</v>
       </c>
       <c r="E64" s="7" t="s">
         <v>149</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G64" s="7">
-        <v>0.85275376839998</v>
+        <v>1.7009716125</v>
       </c>
       <c r="H64" s="7">
         <v>0.00137651</v>
       </c>
       <c r="I64" s="7">
-        <v>106</v>
+        <v>212</v>
       </c>
       <c r="J64" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
         <v>150</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
         <v>151</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>152</v>
+        <v>58</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G65" s="7">
-        <v>1.7009716125</v>
+        <v>0.32200027654026</v>
       </c>
       <c r="H65" s="7">
-        <v>0.00137651</v>
+        <v>0.00149329</v>
       </c>
       <c r="I65" s="7">
-        <v>212</v>
+        <v>36</v>
       </c>
       <c r="J65" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="4" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="E66" s="7" t="s">
         <v>154</v>
       </c>
-      <c r="E66" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F66" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G66" s="7">
-        <v>0.32200027654026</v>
+        <v>0.87996931419998</v>
       </c>
       <c r="H66" s="7">
-        <v>0.00149329</v>
+        <v>0.00262193</v>
       </c>
       <c r="I66" s="7">
-        <v>36</v>
+        <v>430</v>
       </c>
       <c r="J66" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="4" t="s">
         <v>155</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
         <v>156</v>
       </c>
       <c r="E67" s="7" t="s">
         <v>157</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G67" s="7">
-        <v>0.87996931419998</v>
+        <v>1.7599386284</v>
       </c>
       <c r="H67" s="7">
-        <v>0.00262193</v>
+        <v>0.00589934</v>
       </c>
       <c r="I67" s="7">
-        <v>430</v>
+        <v>860</v>
       </c>
       <c r="J67" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="55">
       <c r="B68" s="4" t="s">
         <v>158</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="6" t="s">
         <v>159</v>
       </c>
       <c r="E68" s="7" t="s">
         <v>160</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G68" s="7">
-        <v>1.7599386284</v>
+        <v>0.44905650569999</v>
       </c>
       <c r="H68" s="7">
-        <v>0.00589934</v>
+        <v>0.00163871</v>
       </c>
       <c r="I68" s="7">
-        <v>860</v>
+        <v>50</v>
       </c>
       <c r="J68" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="55">
       <c r="B69" s="4" t="s">
         <v>161</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="6" t="s">
         <v>162</v>
       </c>
       <c r="E69" s="7" t="s">
         <v>163</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G69" s="7">
-        <v>0.44905650569999</v>
+        <v>0.96615187589998</v>
       </c>
       <c r="H69" s="7">
-        <v>0.00163871</v>
+        <v>0.00327741</v>
       </c>
       <c r="I69" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J69" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="55">
       <c r="B70" s="4" t="s">
         <v>164</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="6" t="s">
         <v>165</v>
       </c>
       <c r="E70" s="7" t="s">
         <v>166</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G70" s="7">
-        <v>0.96615187589998</v>
+        <v>0.2976699928125</v>
       </c>
       <c r="H70" s="7">
-        <v>0.00327741</v>
+        <v>0</v>
       </c>
       <c r="I70" s="7">
-        <v>100</v>
+        <v>234</v>
       </c>
       <c r="J70" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="55">
       <c r="B71" s="4" t="s">
         <v>167</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="6" t="s">
         <v>168</v>
       </c>
       <c r="E71" s="7" t="s">
         <v>169</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G71" s="7">
-        <v>0.2976699928125</v>
+        <v>1.088621832</v>
       </c>
       <c r="H71" s="7">
         <v>0</v>
       </c>
       <c r="I71" s="7">
-        <v>234</v>
+        <v>1</v>
       </c>
       <c r="J71" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="4" t="s">
         <v>170</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="6" t="s">
         <v>171</v>
       </c>
       <c r="E72" s="7" t="s">
-        <v>71</v>
+        <v>169</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G72" s="7">
         <v>1.088621832</v>
       </c>
       <c r="H72" s="7">
         <v>0</v>
       </c>
       <c r="I72" s="7">
         <v>1</v>
       </c>
       <c r="J72" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>