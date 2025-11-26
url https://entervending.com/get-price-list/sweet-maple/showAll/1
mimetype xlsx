--- v1 (2025-10-31)
+++ v2 (2025-11-26)
@@ -202,381 +202,381 @@
   <si>
     <t>$11.97</t>
   </si>
   <si>
     <t xml:space="preserve">16133-GREEN-15OZ </t>
   </si>
   <si>
     <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - Fruit Flavored Gum 15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch) (Green Apple)</t>
   </si>
   <si>
     <t xml:space="preserve">91008-3.5OZ-3 </t>
   </si>
   <si>
     <t>Chewing Bubble Gum for Kids - 1 Inch Large Gumballs - 3 PACKS 3.5 OZ Gum balls - Assorted Flavors Double Bubble Gums</t>
   </si>
   <si>
     <t>$6.39</t>
   </si>
   <si>
     <t xml:space="preserve">16134-YELLOW-15OZ </t>
   </si>
   <si>
     <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - Fruit Flavored Gum 15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch) (Lemon)</t>
   </si>
   <si>
+    <t xml:space="preserve">16136-ORANGE-15OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - Fruit Flavored Gum -15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch) (Orange)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16137-PINK-15OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - Fruit Flavored Gum15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch) (Strawberry)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16138-PURPLE-15OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - Fruit Flavored Gum 15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch) (Grape)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16139-GOLD-15OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - Fruit Flavored Gum 15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch) (Pineapple)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16000-MIX-15OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Pearl Assorted Candy - MIX Fruit Flavored Gum 15 oz Chewing Gum - Nostalgic Bubble Gum for Kids, Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t>$7.83</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1085-3.5OZ </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids -  Assorted Fruit Flavored Gum Balls - 0.5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15110-3.5OZ </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids- 1 Inch Large Double Bubble Gumballs - Baseball Chewing Gum Assorted Fruit Flavored Bubble Gum for Gumball Machine  - Sweet Gum Balls in Bulk 3.5 OZ</t>
+  </si>
+  <si>
+    <t>$2.62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16000-MIX-3.5OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs Pearl - Assorted Bubble Gum for Kids - Mix Fruit Flavored Gum 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t>$4.49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16131-RED-3.5OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Cherry Flavored Candy - Pearl Red Gumballs 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t>$4.15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16132-BLUE-3.5OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Blueberry Candy Bubble Gum for Kids - Pearl Blue Gumballs 45 pcs 3,5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Gender Reveal Ideas &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t>$4.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16133-GREEN-3.5OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Kids - Green Apple Candy Bubble Gum - Pearl Green Gumballs 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16134-YELLOW-3.5OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Bubble Gum for Kids Yellow Candy - Pearl Lemon Gumballs 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t>$3.22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16136-ORANGE-3.5OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Orange Candy Bubble Gum for Kids - Pearl Orange Gumballs 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16137-PINK-3.5OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Strawberry Bubble Gum for Kids - Pearl Pink Candy 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Gender Reveal Ideas &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t>$4.37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16138-PURPLE-3.5OZ </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Grape Bubble Gum for Kids - Pearl Purple Candy 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors, Easter Basket, Pinata &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t>$4.55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4508-7OZ </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - 1 Inch Double Bubble Gumballs - Berry Blots Big Gum Balls in Bag - 7 OZ Chewing Gum Giant Bubble Gums</t>
+  </si>
+  <si>
+    <t>$5.85</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91006-15OZ-29mm </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine – Mixed Fruit Flavored Chewing Gum, 30 pcs (15 oz), 1.13” Gumballs – Nostalgic Bubble Gum for Party Favors, Easter Baskets, Candy Bar &amp; Sweet Treats</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91010-15OZ-23mm </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine – Mixed Fruit Flavored Chewing Gum 15 OZ, 0.92” Gumballs – Nostalgic Bubble Gum for Party Favors, Easter Baskets, Candy Bar &amp; Sweet Treats</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1017-15OZ-22mm </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine – Mixed Fruit Flavored Chewing Gum 15 OZ, 0.86” Gumballs – Nostalgic Bubble Gum for Party Favors, Easter Baskets, Candy Bar &amp; Sweet Treats</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1018-15OZ-19mm </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine – Mixed Fruit Flavored Chewing Gum 15 OZ - 0.76” Gumballs – Nostalgic Bubble Gum for Party Favors, Easter Baskets, Candy Bar &amp; Sweet Treats</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1036-15OZ-15mm </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine – Mixed Fruit Flavored Chewing Gum 15 OZ - 0.60” Gumballs – Nostalgic Bubble Gum for Party Favors, Easter Baskets, Candy Bar &amp; Sweet Treats</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91058-15OZ-14mm </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine – Mixed Fruit Flavored Chewing Gum15 OZ, 0.55” Gumballs – Nostalgic Bubble Gum for Party Favors, Easter Baskets, Candy Bar &amp; Sweet Treats</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-3.5OZ </t>
+  </si>
+  <si>
+    <t>Chewing Bubble Gum for Kids - 1 Inch Large Gumballs - 3.5 OZ Gum balls - Assorted Flavors Double Bubble Gums</t>
+  </si>
+  <si>
+    <t>$3.32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21801-15OZ </t>
+  </si>
+  <si>
+    <t>Mini Runts Hard Candy Multicolored Assorted Hard Candy 15 OZ - Classic Mini Gobstoppers 5 Fruit Flavor Mix for Party Favors, Pinata &amp; Easter Filler, Cockies &amp; Cake Decorations</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-15OZ-24mm </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine – Mixed Fruit Flavored Chewing Gum 15 OZ, 0.94” Gumballs – Nostalgic Bubble Gum for Party Favors, Easter Baskets, Candy Bar &amp; Sweet Treats</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15110-BUCKET-1.3LB </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids- 1 Inch Large Double Bubble Gumballs in Bucket - Baseball Chewing Gum Assorted Fruit Flavored Bubble Gum for Gumball Machine - Sweet Gum Balls in Bulk 1.3 Lb</t>
+  </si>
+  <si>
+    <t>$9.98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16138-PURPLE-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Grape Bubble Gum for Kids - 3 PACKS Pearl Purple Candy 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors, Easter Basket, Pinata &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t>$5.47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16137-PINK-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Strawberry Bubble Gum for Kids - 3 PACK Pearl Pink Candy 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Gender Reveal Ideas &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16136-ORANGE-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Orange Candy Bubble Gum for Kids - 3 PACKS Pearl Orange Gumballs 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16134-YELLOW-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Bubble Gum for Kids Yellow Candy - 3 PACKS Pearl Lemon Gumballs 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16133-GREEN-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Kids - Green Apple Candy Bubble Gum - 3 PACKS Pearl Green Gumballs 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16132-BLUE-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs - Blueberry Candy Bubble Gum for Kids - 3 PACKS Pearl Blue Gumballs 3,5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Gender Reveal Ideas &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16131-RED-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine Cherry Flavored Candy - 3 PACKS Pearl Red Gumballs 3.5 oz Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket &amp; Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16000-MIX-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs Pearl - Assorted Bubble Gum for Kids - Mix Fruit Flavored Gum 3.5 oz - 3 Packs Chewing Gum - Nostalgic Valentines Candy for Party Favors Easter Basket Sweet Treats, 16mm (0.62 inch)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15110-15OZ-2 </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - 1 Inch Large Double Bubble Gumballs - 2 Packs of 15 OZ Baseball Chewing Gum Assorted Fruit Flavored Bubble Gum for Gumball Machine - Sweet Gum Balls in Bulk</t>
+  </si>
+  <si>
+    <t>$8.59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15110-15OZ-4 </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - 1 Inch Large Double Bubble Gumballs - 4 Packs of 15 OZ Baseball Chewing Gum Assorted Fruit Flavored Bubble Gum for Gumball Machine - Sweet Gum Balls in Bulk</t>
+  </si>
+  <si>
+    <t>$16.51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15110-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids- 1 Inch Large Double Bubble Gumballs - Baseball Chewing Gum Assorted Fruit Flavored Bubble Gum for Gumball Machine  - Sweet Gum Balls 3.5 OZ - 3 Packs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21801-15OZ-2 </t>
+  </si>
+  <si>
+    <t>Mini Runts Hard Candy Multicolored Assorted Hard Candy 15 OZ - 2 PACKS Classic Mini Gobstoppers 5 Fruit Flavor Mix for Party Favors, Pinata &amp; Easter Filler, Cockies &amp; Cake Decorations</t>
+  </si>
+  <si>
+    <t>$12.90</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21801-15OZ-4 </t>
+  </si>
+  <si>
+    <t>Mini Runts Hard Candy Multicolored Assorted Hard Candy 15 OZ - 4 PACKS Classic Mini Gobstoppers 5 Fruit Flavor Mix for Party Favors, Pinata &amp; Easter Filler, Cockies &amp; Cake Decorations</t>
+  </si>
+  <si>
+    <t>$16.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4508-7OZ-2 </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - 1 Inch Double Bubble Gumballs - Berry Blots Big Gum Balls in Bag - 2 Packs of 7 OZ Chewing Gum Giant Bubble Gums</t>
+  </si>
+  <si>
+    <t>$9.86</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4508-7OZ-4 </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - 1 Inch Double Bubble Gumballs - Berry Blots Big Gum Balls in Bag - 4 Packs of 7 OZ Chewing Gum Giant Bubble Gums</t>
+  </si>
+  <si>
+    <t>$14.92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1085-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - Assorted Fruit Flavored Gum Balls - 0.5</t>
+  </si>
+  <si>
+    <t>$28.59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1036-2.4LB-15mm </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine - Assorted Fruit Flavored Gum Balls - 0.6</t>
+  </si>
+  <si>
+    <t>$31.89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1018-2.4LB-19mm </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine - Assorted Fruit Flavored Gum Balls - 0.76</t>
+  </si>
+  <si>
     <t xml:space="preserve">1017-2.4LB-22mm </t>
   </si>
   <si>
     <t>Gumballs for Gumball Machine - Assorted Fruit Flavored Gum Balls - 0.86</t>
   </si>
   <si>
     <t>$32.99</t>
-  </si>
-[...322 lines deleted...]
-    <t>Gumballs for Gumball Machine - Assorted Fruit Flavored Gum Balls - 0.76</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -645,51 +645,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc80c556efaebc21d1c8588474f2c0402.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_57c2db2eaf3a84c267fc441df1c5c01e3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e1aac5fdc48bef7f8703123d380b43d74.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68f655523c979fee0f4faadc496a01cb5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_355027d82c7c1f1c19ff923b9e1d2fd46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_20782d421b9674ba8d0082614c2f99f17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef540d060ddabbc8e72b8f3540c599918.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff94d66e37c67f8fa8bbe8765066c1109.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_baadfd38538d4eb310869820c79806bc10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04ea93d714cc6c3affeb578c35a34f0611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2614efcb6faf96e5600259f0e6b6c81c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b1a2d4dbe210fa0d091b6229e2ebc7b13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2069757f30c1d6656221561f789f228614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2a25429ef008c44d1a341b4aee5a15c915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e280afe1fdc11ad8fb9551213eaf120316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6946c20821319e83809fa8d607f0799b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60528024541d1c2c7332544181e8dd7818.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1bbede39c4b256bed0ac424d7b49bb5f19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a58815bf165b3db769a438bfa39eb49720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae72c755418c4a5a0f260758cfc3ed0b21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64ee434afee54dcc02083ae0ab2e1e2822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08b6bfe01fc23707d23e9bfdddff67e923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b5c582c53375ea02de7bf8a7e3ff6c2824.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fd79c65f8e7381b0fe43880c777cc98d25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8e2ca66f809650083b485bc2dbf50de126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0bda1ddc637fb3cf3c79057f140663c27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6cf6ed9f80490f555411ebc6fc39065228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db70940704e0ec7f10bb516858008d8729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7d6ee2229b7d62f478d02fea894b40f930.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_94c58672f965a00627da84badd68224631.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_32907d744faa85677d11a31dde43bcd132.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ecfcae44a7f6c78266e63d8fb2e2d5ee33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ecb6c5314f3bc62373970e0c50dd13ab34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce3205d170c535f769882227bed3078c35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5a7a38bc3d83577c81fe0320b7d90f0b36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_080166df5a7cb0f23c9fb38be163387f37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8684b9d5c1c21a7ffbae9c2bd3c8306538.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3512f6cec03eafdbd90a3180c000fd9439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_89cae68ea178b33e666c3d2bb489f25840.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_39b57df72c29cb0d6c126a476574b62041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a25ab8ec4ef8d1f44659d45d12c6252342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7db2ff7336ad1bd841917f0445adffb43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc19e8e30a6da780f92e9e71a9ead8f944.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c975397ae1814e8f4a1e76eccff5aa545.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3597ecc258216949f3b71a4186c8f1c946.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80a273525e3cb34b2cf8bec5e6d5a90f47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8251627a10c90ea6fe63fc2ec67afca148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_203ff7705bfd544d71cfbf312b47b1e549.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0d9142c43f62c41c4314e1991e9f591b50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_371ef9c55a78a4ed445824710ac44a8a51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_374c6ed2c4010a6c121b471f17bd407052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7bdb997eb7c40847dcb3edddfc57eb0253.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c697b278e2cfb70bff6a5d029e1f1d1854.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ef05c88bf17c87d58b6eb948f3357ca55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214896c97a962ba04dd08c813927ac2656.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf9f3069932428a8b2b53e33cd543fc57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f48532afc8dd7e38bb47df96fdd11e058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_51d07247f20310e7c00a4b58b4a7b66359.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0f2fe39b0a9573bc53b432badf0fb9860.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239237a18d657012859718cc858dca3b61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a496811c90959882c000831bfe824e062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a77bda71719b37401622d5fbf35e90b63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1391c52032b4b013e0a9c40a2ae7102564.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc80c556efaebc21d1c8588474f2c0402.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_57c2db2eaf3a84c267fc441df1c5c01e3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e1aac5fdc48bef7f8703123d380b43d74.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68f655523c979fee0f4faadc496a01cb5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_355027d82c7c1f1c19ff923b9e1d2fd46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_20782d421b9674ba8d0082614c2f99f17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef540d060ddabbc8e72b8f3540c599918.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff94d66e37c67f8fa8bbe8765066c1109.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_baadfd38538d4eb310869820c79806bc10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04ea93d714cc6c3affeb578c35a34f0611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2614efcb6faf96e5600259f0e6b6c81c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b1a2d4dbe210fa0d091b6229e2ebc7b13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2069757f30c1d6656221561f789f228614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2a25429ef008c44d1a341b4aee5a15c915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e280afe1fdc11ad8fb9551213eaf120316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6946c20821319e83809fa8d607f0799b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60528024541d1c2c7332544181e8dd7818.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1bbede39c4b256bed0ac424d7b49bb5f19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae72c755418c4a5a0f260758cfc3ed0b20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64ee434afee54dcc02083ae0ab2e1e2821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08b6bfe01fc23707d23e9bfdddff67e922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b5c582c53375ea02de7bf8a7e3ff6c2823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fd79c65f8e7381b0fe43880c777cc98d24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8e2ca66f809650083b485bc2dbf50de125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0bda1ddc637fb3cf3c79057f140663c26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6cf6ed9f80490f555411ebc6fc39065227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db70940704e0ec7f10bb516858008d8728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7d6ee2229b7d62f478d02fea894b40f929.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_94c58672f965a00627da84badd68224630.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_32907d744faa85677d11a31dde43bcd131.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ecfcae44a7f6c78266e63d8fb2e2d5ee32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ecb6c5314f3bc62373970e0c50dd13ab33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce3205d170c535f769882227bed3078c34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5a7a38bc3d83577c81fe0320b7d90f0b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_080166df5a7cb0f23c9fb38be163387f36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8684b9d5c1c21a7ffbae9c2bd3c8306537.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3512f6cec03eafdbd90a3180c000fd9438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_89cae68ea178b33e666c3d2bb489f25839.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_39b57df72c29cb0d6c126a476574b62040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a25ab8ec4ef8d1f44659d45d12c6252341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7db2ff7336ad1bd841917f0445adffb42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc19e8e30a6da780f92e9e71a9ead8f943.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c975397ae1814e8f4a1e76eccff5aa544.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3597ecc258216949f3b71a4186c8f1c945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80a273525e3cb34b2cf8bec5e6d5a90f46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8251627a10c90ea6fe63fc2ec67afca147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_203ff7705bfd544d71cfbf312b47b1e548.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0d9142c43f62c41c4314e1991e9f591b49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_371ef9c55a78a4ed445824710ac44a8a50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_374c6ed2c4010a6c121b471f17bd407051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7bdb997eb7c40847dcb3edddfc57eb0252.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c697b278e2cfb70bff6a5d029e1f1d1853.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ef05c88bf17c87d58b6eb948f3357ca54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214896c97a962ba04dd08c813927ac2655.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf9f3069932428a8b2b53e33cd543fc56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f48532afc8dd7e38bb47df96fdd11e057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_51d07247f20310e7c00a4b58b4a7b66358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0f2fe39b0a9573bc53b432badf0fb9859.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239237a18d657012859718cc858dca3b60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a496811c90959882c000831bfe824e061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a77bda71719b37401622d5fbf35e90b62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1391c52032b4b013e0a9c40a2ae7102563.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a58815bf165b3db769a438bfa39eb49764.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3319,54 +3319,54 @@
       <c r="H22" s="7">
         <v>0.00086032</v>
       </c>
       <c r="I22" s="7">
         <v>200</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G23" s="7">
-        <v>0.43998465709999</v>
+        <v>0.43091280849999</v>
       </c>
       <c r="H23" s="7">
-        <v>0.00147484</v>
+        <v>0.00150881</v>
       </c>
       <c r="I23" s="7">
         <v>220</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>53</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G24" s="7">
         <v>0.85275376839998</v>
       </c>
@@ -3448,1239 +3448,1239 @@
       <c r="F27" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G27" s="7">
         <v>0.43998465709999</v>
       </c>
       <c r="H27" s="7">
         <v>0.00147484</v>
       </c>
       <c r="I27" s="7">
         <v>220</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G28" s="7">
-        <v>1.088621832</v>
+        <v>0.43998465709999</v>
       </c>
       <c r="H28" s="7">
-        <v>0</v>
+        <v>0.00122122</v>
       </c>
       <c r="I28" s="7">
-        <v>1</v>
+        <v>220</v>
       </c>
       <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G29" s="7">
-        <v>0.43998465709999</v>
+        <v>0.42184095989999</v>
       </c>
       <c r="H29" s="7">
-        <v>0.00122122</v>
+        <v>0.00152469</v>
       </c>
       <c r="I29" s="7">
         <v>220</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G30" s="7">
-        <v>0.43998465709999</v>
+        <v>0.42184095989999</v>
       </c>
       <c r="H30" s="7">
-        <v>0.00147484</v>
+        <v>0.00146433</v>
       </c>
       <c r="I30" s="7">
         <v>220</v>
       </c>
       <c r="J30" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G31" s="7">
-        <v>0.42184095989999</v>
+        <v>0.4394176084375001</v>
       </c>
       <c r="H31" s="7">
-        <v>0.00146433</v>
+        <v>0</v>
       </c>
       <c r="I31" s="7">
         <v>220</v>
       </c>
       <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E32" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="E32" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F32" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G32" s="7">
-        <v>0.4394176084375001</v>
+        <v>0.45800134841959</v>
       </c>
       <c r="H32" s="7">
-        <v>0</v>
+        <v>0.00157131</v>
       </c>
       <c r="I32" s="7">
         <v>220</v>
       </c>
       <c r="J32" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G33" s="7">
-        <v>0.45800134841959</v>
+        <v>0.09922333093750001</v>
       </c>
       <c r="H33" s="7">
-        <v>0.00157131</v>
+        <v>0</v>
       </c>
       <c r="I33" s="7">
-        <v>220</v>
+        <v>78</v>
       </c>
       <c r="J33" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E34" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="E34" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G34" s="7">
-        <v>0.09922333093750001</v>
+        <v>0.1179340318</v>
       </c>
       <c r="H34" s="7">
-        <v>0</v>
+        <v>0.00046245</v>
       </c>
       <c r="I34" s="7">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="J34" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
         <v>78</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>79</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G35" s="7">
-        <v>0.1179340318</v>
+        <v>0.099790334599998</v>
       </c>
       <c r="H35" s="7">
-        <v>0.00046245</v>
+        <v>0.00047117</v>
       </c>
       <c r="I35" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J35" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>82</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G36" s="7">
         <v>0.099790334599998</v>
       </c>
       <c r="H36" s="7">
-        <v>0.00047117</v>
+        <v>0.00070809</v>
       </c>
       <c r="I36" s="7">
         <v>50</v>
       </c>
       <c r="J36" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
         <v>83</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
         <v>84</v>
       </c>
       <c r="E37" s="7" t="s">
         <v>85</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G37" s="7">
-        <v>0.099790334599998</v>
+        <v>0.1088621832</v>
       </c>
       <c r="H37" s="7">
-        <v>0.00070809</v>
+        <v>0.00036871</v>
       </c>
       <c r="I37" s="7">
         <v>50</v>
       </c>
       <c r="J37" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
         <v>86</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
         <v>87</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G38" s="7">
         <v>0.1088621832</v>
       </c>
       <c r="H38" s="7">
-        <v>0.00036871</v>
+        <v>0.00034447</v>
       </c>
       <c r="I38" s="7">
         <v>50</v>
       </c>
       <c r="J38" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="E39" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="E39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G39" s="7">
-        <v>0.1088621832</v>
+        <v>0.1496855019</v>
       </c>
       <c r="H39" s="7">
-        <v>0.00036871</v>
+        <v>0.0004203</v>
       </c>
       <c r="I39" s="7">
         <v>50</v>
       </c>
       <c r="J39" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
         <v>91</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G40" s="7">
-        <v>0.1496855019</v>
+        <v>0.099790334599998</v>
       </c>
       <c r="H40" s="7">
-        <v>0.0004203</v>
+        <v>0.00034596</v>
       </c>
       <c r="I40" s="7">
         <v>50</v>
       </c>
       <c r="J40" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E41" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="E41" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F41" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G41" s="7">
-        <v>0.099790334599998</v>
+        <v>0.1088621832</v>
       </c>
       <c r="H41" s="7">
-        <v>0.00034596</v>
+        <v>0.00036871</v>
       </c>
       <c r="I41" s="7">
         <v>50</v>
       </c>
       <c r="J41" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
         <v>96</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
         <v>97</v>
       </c>
       <c r="E42" s="7" t="s">
         <v>98</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G42" s="7">
         <v>0.1088621832</v>
       </c>
       <c r="H42" s="7">
-        <v>0.00036871</v>
+        <v>0.00030173</v>
       </c>
       <c r="I42" s="7">
         <v>50</v>
       </c>
       <c r="J42" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>99</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
         <v>100</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>101</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G43" s="7">
-        <v>0.1088621832</v>
+        <v>0.2086525178</v>
       </c>
       <c r="H43" s="7">
-        <v>0.00030173</v>
+        <v>0.00057187</v>
       </c>
       <c r="I43" s="7">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J43" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
         <v>102</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
         <v>103</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G44" s="7">
-        <v>0.2086525178</v>
+        <v>0.43091280849999</v>
       </c>
       <c r="H44" s="7">
-        <v>0.00057187</v>
+        <v>0.00093899</v>
       </c>
       <c r="I44" s="7">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="J44" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G45" s="7">
-        <v>0.43091280849999</v>
+        <v>0.42637688419999</v>
       </c>
       <c r="H45" s="7">
-        <v>0.00093899</v>
+        <v>0.00142403</v>
       </c>
       <c r="I45" s="7">
         <v>1</v>
       </c>
       <c r="J45" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G46" s="7">
-        <v>0.42637688419999</v>
+        <v>0.34000018493995</v>
       </c>
       <c r="H46" s="7">
-        <v>0.00142403</v>
+        <v>0.00111918</v>
       </c>
       <c r="I46" s="7">
         <v>1</v>
       </c>
       <c r="J46" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G47" s="7">
-        <v>0.34000018493995</v>
+        <v>0.43091280849999</v>
       </c>
       <c r="H47" s="7">
-        <v>0.00111918</v>
+        <v>0.00132574</v>
       </c>
       <c r="I47" s="7">
         <v>1</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E48" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G48" s="7">
-        <v>0.43091280849999</v>
+        <v>0.42184095989999</v>
       </c>
       <c r="H48" s="7">
-        <v>0.00132574</v>
+        <v>0.0014212</v>
       </c>
       <c r="I48" s="7">
         <v>1</v>
       </c>
       <c r="J48" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E49" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G49" s="7">
-        <v>0.42184095989999</v>
+        <v>0.43998465709999</v>
       </c>
       <c r="H49" s="7">
-        <v>0.0014212</v>
+        <v>0.00106457</v>
       </c>
       <c r="I49" s="7">
         <v>1</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="E50" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="E50" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G50" s="7">
-        <v>0.42637688419999</v>
+        <v>0.099790334599998</v>
       </c>
       <c r="H50" s="7">
-        <v>0.00135501</v>
+        <v>0.00064467</v>
       </c>
       <c r="I50" s="7">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="J50" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
         <v>117</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
         <v>118</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>119</v>
+        <v>32</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G51" s="7">
-        <v>0.099790334599998</v>
+        <v>0.42184095989999</v>
       </c>
       <c r="H51" s="7">
-        <v>0.00064467</v>
+        <v>0.00088777</v>
       </c>
       <c r="I51" s="7">
-        <v>50</v>
+        <v>215</v>
       </c>
       <c r="J51" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G52" s="7">
-        <v>0.42184095989999</v>
+        <v>0.48080797579999</v>
       </c>
       <c r="H52" s="7">
-        <v>0.00088777</v>
+        <v>0.00138909</v>
       </c>
       <c r="I52" s="7">
-        <v>215</v>
+        <v>1</v>
       </c>
       <c r="J52" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="E53" s="7" t="s">
         <v>123</v>
       </c>
-      <c r="E53" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G53" s="7">
-        <v>0.48080797579999</v>
+        <v>0.66200000788779</v>
       </c>
       <c r="H53" s="7">
-        <v>0.00138909</v>
+        <v>0.00232766</v>
       </c>
       <c r="I53" s="7">
-        <v>1</v>
+        <v>70</v>
       </c>
       <c r="J53" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
         <v>124</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
         <v>125</v>
       </c>
       <c r="E54" s="7" t="s">
         <v>126</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G54" s="7">
-        <v>0.66200000788779</v>
+        <v>0.33112247389999</v>
       </c>
       <c r="H54" s="7">
-        <v>0.00232766</v>
+        <v>0.00262193</v>
       </c>
       <c r="I54" s="7">
-        <v>70</v>
+        <v>150</v>
       </c>
       <c r="J54" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
         <v>127</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
         <v>128</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G55" s="7">
         <v>0.33112247389999</v>
       </c>
       <c r="H55" s="7">
         <v>0.00262193</v>
       </c>
       <c r="I55" s="7">
         <v>150</v>
       </c>
       <c r="J55" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G56" s="7">
         <v>0.33112247389999</v>
       </c>
       <c r="H56" s="7">
         <v>0.00262193</v>
       </c>
       <c r="I56" s="7">
         <v>150</v>
       </c>
       <c r="J56" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G57" s="7">
         <v>0.33112247389999</v>
       </c>
       <c r="H57" s="7">
         <v>0.00262193</v>
       </c>
       <c r="I57" s="7">
         <v>150</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G58" s="7">
         <v>0.33112247389999</v>
       </c>
       <c r="H58" s="7">
         <v>0.00262193</v>
       </c>
       <c r="I58" s="7">
         <v>150</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G59" s="7">
         <v>0.33112247389999</v>
       </c>
       <c r="H59" s="7">
         <v>0.00262193</v>
       </c>
       <c r="I59" s="7">
         <v>150</v>
       </c>
       <c r="J59" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G60" s="7">
         <v>0.33112247389999</v>
       </c>
       <c r="H60" s="7">
         <v>0.00262193</v>
       </c>
       <c r="I60" s="7">
         <v>150</v>
       </c>
       <c r="J60" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>129</v>
+        <v>32</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G61" s="7">
-        <v>0.33112247389999</v>
+        <v>0.30390692809999</v>
       </c>
       <c r="H61" s="7">
-        <v>0.00262193</v>
+        <v>0.00209754</v>
       </c>
       <c r="I61" s="7">
         <v>150</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="E62" s="7" t="s">
         <v>143</v>
       </c>
-      <c r="E62" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F62" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G62" s="7">
-        <v>0.30390692809999</v>
+        <v>0.85275376839998</v>
       </c>
       <c r="H62" s="7">
-        <v>0.00209754</v>
+        <v>0.00137651</v>
       </c>
       <c r="I62" s="7">
-        <v>150</v>
+        <v>106</v>
       </c>
       <c r="J62" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
         <v>144</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
         <v>145</v>
       </c>
       <c r="E63" s="7" t="s">
         <v>146</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G63" s="7">
-        <v>0.85275376839998</v>
+        <v>1.7009716125</v>
       </c>
       <c r="H63" s="7">
         <v>0.00137651</v>
       </c>
       <c r="I63" s="7">
-        <v>106</v>
+        <v>212</v>
       </c>
       <c r="J63" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
         <v>147</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
         <v>148</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>149</v>
+        <v>58</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G64" s="7">
-        <v>1.7009716125</v>
+        <v>0.32200027654026</v>
       </c>
       <c r="H64" s="7">
-        <v>0.00137651</v>
+        <v>0.00149329</v>
       </c>
       <c r="I64" s="7">
-        <v>212</v>
+        <v>36</v>
       </c>
       <c r="J64" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="E65" s="7" t="s">
         <v>151</v>
       </c>
-      <c r="E65" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F65" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G65" s="7">
-        <v>0.32200027654026</v>
+        <v>0.87996931419998</v>
       </c>
       <c r="H65" s="7">
-        <v>0.00149329</v>
+        <v>0.00262193</v>
       </c>
       <c r="I65" s="7">
-        <v>36</v>
+        <v>430</v>
       </c>
       <c r="J65" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="4" t="s">
         <v>152</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="6" t="s">
         <v>153</v>
       </c>
       <c r="E66" s="7" t="s">
         <v>154</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G66" s="7">
-        <v>0.87996931419998</v>
+        <v>1.7599386284</v>
       </c>
       <c r="H66" s="7">
-        <v>0.00262193</v>
+        <v>0.00589934</v>
       </c>
       <c r="I66" s="7">
-        <v>430</v>
+        <v>860</v>
       </c>
       <c r="J66" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="4" t="s">
         <v>155</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
         <v>156</v>
       </c>
       <c r="E67" s="7" t="s">
         <v>157</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G67" s="7">
-        <v>1.7599386284</v>
+        <v>0.44905650569999</v>
       </c>
       <c r="H67" s="7">
-        <v>0.00589934</v>
+        <v>0.00163871</v>
       </c>
       <c r="I67" s="7">
-        <v>860</v>
+        <v>50</v>
       </c>
       <c r="J67" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="55">
       <c r="B68" s="4" t="s">
         <v>158</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="6" t="s">
         <v>159</v>
       </c>
       <c r="E68" s="7" t="s">
         <v>160</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G68" s="7">
-        <v>0.44905650569999</v>
+        <v>0.96615187589998</v>
       </c>
       <c r="H68" s="7">
-        <v>0.00163871</v>
+        <v>0.00327741</v>
       </c>
       <c r="I68" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J68" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="55">
       <c r="B69" s="4" t="s">
         <v>161</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="6" t="s">
         <v>162</v>
       </c>
       <c r="E69" s="7" t="s">
         <v>163</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G69" s="7">
-        <v>0.96615187589998</v>
+        <v>0.2976699928125</v>
       </c>
       <c r="H69" s="7">
-        <v>0.00327741</v>
+        <v>0</v>
       </c>
       <c r="I69" s="7">
-        <v>100</v>
+        <v>234</v>
       </c>
       <c r="J69" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="55">
       <c r="B70" s="4" t="s">
         <v>164</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="6" t="s">
         <v>165</v>
       </c>
       <c r="E70" s="7" t="s">
         <v>166</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G70" s="7">
-        <v>0.2976699928125</v>
+        <v>1.088621832</v>
       </c>
       <c r="H70" s="7">
         <v>0</v>
       </c>
       <c r="I70" s="7">
-        <v>234</v>
+        <v>1</v>
       </c>
       <c r="J70" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="55">
       <c r="B71" s="4" t="s">
         <v>167</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="6" t="s">
         <v>168</v>
       </c>
       <c r="E71" s="7" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G71" s="7">
         <v>1.088621832</v>
       </c>
       <c r="H71" s="7">
         <v>0</v>
       </c>
       <c r="I71" s="7">
         <v>1</v>
       </c>
       <c r="J71" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="4" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="E72" s="7" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G72" s="7">
         <v>1.088621832</v>
       </c>
       <c r="H72" s="7">
         <v>0</v>
       </c>
       <c r="I72" s="7">
         <v>1</v>
       </c>
       <c r="J72" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>