--- v2 (2025-11-26)
+++ v3 (2026-01-05)
@@ -3427,54 +3427,54 @@
       <c r="H26" s="7">
         <v>0.00152453</v>
       </c>
       <c r="I26" s="7">
         <v>150</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G27" s="7">
-        <v>0.43998465709999</v>
+        <v>0.45800134841959</v>
       </c>
       <c r="H27" s="7">
-        <v>0.00147484</v>
+        <v>0.00139641</v>
       </c>
       <c r="I27" s="7">
         <v>220</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G28" s="7">
         <v>0.43998465709999</v>
       </c>
@@ -4591,105 +4591,105 @@
       <c r="I69" s="7">
         <v>234</v>
       </c>
       <c r="J69" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="55">
       <c r="B70" s="4" t="s">
         <v>164</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="6" t="s">
         <v>165</v>
       </c>
       <c r="E70" s="7" t="s">
         <v>166</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G70" s="7">
         <v>1.088621832</v>
       </c>
       <c r="H70" s="7">
-        <v>0</v>
+        <v>0.00142403</v>
       </c>
       <c r="I70" s="7">
         <v>1</v>
       </c>
       <c r="J70" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="55">
       <c r="B71" s="4" t="s">
         <v>167</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="6" t="s">
         <v>168</v>
       </c>
       <c r="E71" s="7" t="s">
         <v>166</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G71" s="7">
-        <v>1.088621832</v>
+        <v>1.0250009577682</v>
       </c>
       <c r="H71" s="7">
-        <v>0</v>
+        <v>0.00322115</v>
       </c>
       <c r="I71" s="7">
         <v>1</v>
       </c>
       <c r="J71" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="4" t="s">
         <v>169</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="6" t="s">
         <v>170</v>
       </c>
       <c r="E72" s="7" t="s">
         <v>171</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G72" s="7">
-        <v>1.088621832</v>
+        <v>1.043262589</v>
       </c>
       <c r="H72" s="7">
-        <v>0</v>
+        <v>0.00318823</v>
       </c>
       <c r="I72" s="7">
         <v>1</v>
       </c>
       <c r="J72" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>