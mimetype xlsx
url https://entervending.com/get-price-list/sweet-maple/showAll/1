--- v3 (2026-01-05)
+++ v4 (2026-03-16)
@@ -15,617 +15,218 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sweet Maple" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Sweet Maple</t>
   </si>
   <si>
+    <t xml:space="preserve">15110-850 </t>
+  </si>
+  <si>
+    <t>15.5 LB Case Assorted Fruit Gumballs – 1 Inch Solid Color Bubble Gum</t>
+  </si>
+  <si>
+    <t>$45.01</t>
+  </si>
+  <si>
+    <t>Case</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15117-5800 </t>
+  </si>
+  <si>
+    <t>Bubble Max - Mix Bubble Gum 14mm</t>
+  </si>
+  <si>
+    <t>$76.56</t>
+  </si>
+  <si>
     <t xml:space="preserve">16131-2050 </t>
   </si>
   <si>
-    <t>Bubble Max - Glimmer Red Cherry Bubble Gum 16mm</t>
-[...5 lines deleted...]
-    <t>Box</t>
+    <t>10 LB Shimmer Red Gumballs 0.62" – Cherry Flavor</t>
+  </si>
+  <si>
+    <t>$41.82</t>
   </si>
   <si>
     <t xml:space="preserve">16132-2050 </t>
   </si>
   <si>
-    <t>Bubble Max - Glimmer Blue Bubble Gum 16mm</t>
+    <t>10 LB Shimmer Blue Gumballs 0.62" – Blueberry Flavor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16135-2050 </t>
+  </si>
+  <si>
+    <t>10 LB Shimmer White Gumballs 0.62" – Pineapple Flavor</t>
+  </si>
+  <si>
+    <t>$76.57</t>
   </si>
   <si>
     <t xml:space="preserve">16133-2050 </t>
   </si>
   <si>
-    <t>Bubble Max - Glimmer Green Bubble Gum 16mm</t>
+    <t>10 LB Shimmer Green Gumballs 0.62" – Green Apple Flavor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16136-2050 </t>
+  </si>
+  <si>
+    <t>10 LB Shimmer Orange Gumballs 0.62" – Orange Flavor</t>
   </si>
   <si>
     <t xml:space="preserve">16134-2050 </t>
   </si>
   <si>
-    <t>Bubble Max - Glimmer Yellow Bubble Gum 16mm</t>
-[...5 lines deleted...]
-    <t>Bubble Max - Glimmer Orange Bubble Gum 16mm</t>
+    <t>10 LB Shimmer Yellow Gumballs 0.62" – Lemon Flavor</t>
   </si>
   <si>
     <t xml:space="preserve">16137-2050 </t>
   </si>
   <si>
-    <t>Bubble Max - Glimmer Strawberry Bubble Gum 16mm</t>
+    <t>10 LB Shimmer Pink Gumballs 0.62" – Strawberry Flavor</t>
   </si>
   <si>
     <t xml:space="preserve">16138-2050 </t>
   </si>
   <si>
-    <t>Bubble Max - Glimmer Purple Bubble Gum 16mm</t>
-[...425 lines deleted...]
-    <t>$32.99</t>
+    <t>10 LB Shimmer Purple Gumballs 0.62" – Grape Flavor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="E9B7E7"/>
+        <fgColor rgb="ADE9AA"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="8">
@@ -645,51 +246,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc80c556efaebc21d1c8588474f2c0402.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_57c2db2eaf3a84c267fc441df1c5c01e3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e1aac5fdc48bef7f8703123d380b43d74.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68f655523c979fee0f4faadc496a01cb5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_355027d82c7c1f1c19ff923b9e1d2fd46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_20782d421b9674ba8d0082614c2f99f17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef540d060ddabbc8e72b8f3540c599918.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff94d66e37c67f8fa8bbe8765066c1109.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_baadfd38538d4eb310869820c79806bc10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04ea93d714cc6c3affeb578c35a34f0611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2614efcb6faf96e5600259f0e6b6c81c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b1a2d4dbe210fa0d091b6229e2ebc7b13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2069757f30c1d6656221561f789f228614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2a25429ef008c44d1a341b4aee5a15c915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e280afe1fdc11ad8fb9551213eaf120316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6946c20821319e83809fa8d607f0799b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60528024541d1c2c7332544181e8dd7818.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1bbede39c4b256bed0ac424d7b49bb5f19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae72c755418c4a5a0f260758cfc3ed0b20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64ee434afee54dcc02083ae0ab2e1e2821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08b6bfe01fc23707d23e9bfdddff67e922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b5c582c53375ea02de7bf8a7e3ff6c2823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fd79c65f8e7381b0fe43880c777cc98d24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8e2ca66f809650083b485bc2dbf50de125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0bda1ddc637fb3cf3c79057f140663c26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6cf6ed9f80490f555411ebc6fc39065227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db70940704e0ec7f10bb516858008d8728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7d6ee2229b7d62f478d02fea894b40f929.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_94c58672f965a00627da84badd68224630.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_32907d744faa85677d11a31dde43bcd131.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ecfcae44a7f6c78266e63d8fb2e2d5ee32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ecb6c5314f3bc62373970e0c50dd13ab33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce3205d170c535f769882227bed3078c34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5a7a38bc3d83577c81fe0320b7d90f0b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_080166df5a7cb0f23c9fb38be163387f36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8684b9d5c1c21a7ffbae9c2bd3c8306537.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3512f6cec03eafdbd90a3180c000fd9438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_89cae68ea178b33e666c3d2bb489f25839.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_39b57df72c29cb0d6c126a476574b62040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a25ab8ec4ef8d1f44659d45d12c6252341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7db2ff7336ad1bd841917f0445adffb42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc19e8e30a6da780f92e9e71a9ead8f943.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c975397ae1814e8f4a1e76eccff5aa544.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3597ecc258216949f3b71a4186c8f1c945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80a273525e3cb34b2cf8bec5e6d5a90f46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8251627a10c90ea6fe63fc2ec67afca147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_203ff7705bfd544d71cfbf312b47b1e548.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0d9142c43f62c41c4314e1991e9f591b49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_371ef9c55a78a4ed445824710ac44a8a50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_374c6ed2c4010a6c121b471f17bd407051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7bdb997eb7c40847dcb3edddfc57eb0252.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c697b278e2cfb70bff6a5d029e1f1d1853.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ef05c88bf17c87d58b6eb948f3357ca54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214896c97a962ba04dd08c813927ac2655.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf9f3069932428a8b2b53e33cd543fc56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f48532afc8dd7e38bb47df96fdd11e057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_51d07247f20310e7c00a4b58b4a7b66358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0f2fe39b0a9573bc53b432badf0fb9859.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239237a18d657012859718cc858dca3b60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a496811c90959882c000831bfe824e061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a77bda71719b37401622d5fbf35e90b62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1391c52032b4b013e0a9c40a2ae7102563.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a58815bf165b3db769a438bfa39eb49764.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30469f8e3989589369c1f6f13a4c903d2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12a932b603d9ea38b5f41b15db80eff93.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc80c556efaebc21d1c8588474f2c0404.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_57c2db2eaf3a84c267fc441df1c5c01e5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b129d9b50f3e55e04dc2f38f2b69f156.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e1aac5fdc48bef7f8703123d380b43d77.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_355027d82c7c1f1c19ff923b9e1d2fd48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68f655523c979fee0f4faadc496a01cb9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_20782d421b9674ba8d0082614c2f99f110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef540d060ddabbc8e72b8f3540c5999111.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -980,1640 +581,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...1588 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -2867,66 +878,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J72"/>
+  <dimension ref="A1:J19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J72" sqref="J72"/>
+      <selection activeCell="J19" sqref="J19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.85083" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="J4" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="J5" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="J6" s="1" t="s">
@@ -2968,1734 +979,303 @@
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="55">
       <c r="B10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="7">
-        <v>4.5359242999999</v>
+        <v>7.030681735000001</v>
       </c>
       <c r="H10" s="7">
-        <v>0</v>
+        <v>0.01966448</v>
       </c>
       <c r="I10" s="7">
         <v>0</v>
       </c>
       <c r="J10" s="7">
-        <v>2050</v>
+        <v>850</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>4.5359242999999</v>
+        <v>9.979032140000001</v>
       </c>
       <c r="H11" s="7">
-        <v>0</v>
+        <v>0.01966448</v>
       </c>
       <c r="I11" s="7">
         <v>0</v>
       </c>
       <c r="J11" s="7">
-        <v>2050</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
         <v>4.5359242999999</v>
       </c>
       <c r="H12" s="7">
-        <v>0</v>
+        <v>0.01147094</v>
       </c>
       <c r="I12" s="7">
         <v>0</v>
       </c>
       <c r="J12" s="7">
         <v>2050</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E13" s="7" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
         <v>4.5359242999999</v>
       </c>
       <c r="H13" s="7">
-        <v>0</v>
+        <v>0.01147094</v>
       </c>
       <c r="I13" s="7">
         <v>0</v>
       </c>
       <c r="J13" s="7">
         <v>2050</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E14" s="7" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
         <v>4.5359242999999</v>
       </c>
       <c r="H14" s="7">
-        <v>0</v>
+        <v>0.01147094</v>
       </c>
       <c r="I14" s="7">
         <v>0</v>
       </c>
       <c r="J14" s="7">
         <v>2050</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
         <v>4.5359242999999</v>
       </c>
       <c r="H15" s="7">
-        <v>0</v>
+        <v>0.01147094</v>
       </c>
       <c r="I15" s="7">
         <v>0</v>
       </c>
       <c r="J15" s="7">
         <v>2050</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
         <v>4.5359242999999</v>
       </c>
       <c r="H16" s="7">
-        <v>0</v>
+        <v>0.01147094</v>
       </c>
       <c r="I16" s="7">
         <v>0</v>
       </c>
       <c r="J16" s="7">
         <v>2050</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.44900026023867</v>
+        <v>4.5359242999999</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00129677</v>
+        <v>0.01147094</v>
       </c>
       <c r="I17" s="7">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="J17" s="7">
-        <v>0</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="F18" s="7" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>0.18100016248991</v>
+        <v>4.5359242999999</v>
       </c>
       <c r="H18" s="7">
-        <v>0.00085311</v>
+        <v>0.01147094</v>
       </c>
       <c r="I18" s="7">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J18" s="7">
-        <v>0</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0.4394176084375001</v>
+        <v>4.5359242999999</v>
       </c>
       <c r="H19" s="7">
+        <v>0.01147094</v>
+      </c>
+      <c r="I19" s="7">
         <v>0</v>
       </c>
-      <c r="I19" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="J19" s="7">
-        <v>0</v>
-[...1430 lines deleted...]
-        <v>0</v>
+        <v>2050</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>