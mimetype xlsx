--- v0 (2025-10-02)
+++ v1 (2026-03-14)
@@ -70,51 +70,51 @@
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Stickers</t>
   </si>
   <si>
     <t xml:space="preserve">GOVIFOL </t>
   </si>
   <si>
     <t>Good Vibes Stickers</t>
   </si>
   <si>
     <t>$40.50</t>
   </si>
   <si>
-    <t>Box</t>
+    <t>Case</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>