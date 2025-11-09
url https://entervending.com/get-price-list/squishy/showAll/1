--- v0 (2025-10-07)
+++ v1 (2025-11-09)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Squishy" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -73,354 +73,519 @@
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Squishy</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PAMPALI-24 </t>
   </si>
   <si>
     <t>Alien Toys for Kids - 1.75 Inch Alien Toys for Kids - Funny Squishy Toys for Party Favors, Goody Bags, Classroom Prizes - Mini Puffer Ball - Pack of 24 - Easter Basket Stuffers</t>
   </si>
   <si>
     <t>$20.89</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
+    <t xml:space="preserve">BT-PAMPUMX-20 </t>
+  </si>
+  <si>
+    <t>Mini Puffer Assortment Mix 1.5" 20 pcs</t>
+  </si>
+  <si>
+    <t>$24.39</t>
+  </si>
+  <si>
     <t xml:space="preserve">GOYOB-25 </t>
   </si>
   <si>
     <t>Goofy Eye Yo-Yo Mix 25 pcs</t>
   </si>
   <si>
     <t>$8.99</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPBEA-24 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">BT-PUFHG-12 </t>
   </si>
   <si>
     <t>3" Light-Up Puffer Hedgehog 12 pcs</t>
   </si>
   <si>
     <t>$16.99</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPUMX-20 </t>
-[...14 lines deleted...]
-    <t>$29.80</t>
+    <t xml:space="preserve">BT-PAMPSHA-12 </t>
+  </si>
+  <si>
+    <t>Mini Shark Toy - 1.75 inch Puffer Toy - Stress Relief Toy, Squishy Fidget Toys - 6 Colors - Tiny Shark Toys for Kids 12 pcs - Teacher Treasure Classroom Prizes - Easter Basket Stuffers</t>
+  </si>
+  <si>
+    <t>$6.14</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PUFHG-6 </t>
   </si>
   <si>
     <t>3" Light-Up Puffer Hedgehog 6 pcs</t>
   </si>
   <si>
     <t>$9.99</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPSHA-12 </t>
-[...5 lines deleted...]
-    <t>$6.14</t>
+    <t xml:space="preserve">PA-MPALI </t>
+  </si>
+  <si>
+    <t>Mini Puffer Alien 1.75in</t>
+  </si>
+  <si>
+    <t>$13.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PA-MPBEA </t>
+  </si>
+  <si>
+    <t>Mini Puffer Bear 1.75"</t>
+  </si>
+  <si>
+    <t>$13.65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ0074 </t>
+  </si>
+  <si>
+    <t>Alien Toy Squishy Toy Stress Toy Squeeze Toy Collectible Toy</t>
+  </si>
+  <si>
+    <t>$234.00</t>
+  </si>
+  <si>
+    <t>Box</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PAMPBEA-12 </t>
+  </si>
+  <si>
+    <t>Puffer Bear Toys - Mini Bears Puffers Figures 1.75 Inch - Easter Egg Fillers - Gummy Bear 12 Pcs - Squeeze Toys for Party Favors, Goody Bags, Classroom Prizes &amp; Treasure Box</t>
+  </si>
+  <si>
+    <t>$5.81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1172 </t>
+  </si>
+  <si>
+    <t>Squeeze Toy Popcorn Shape Fidget Squish Hand Exercise</t>
+  </si>
+  <si>
+    <t>$32.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PA-SSDFO </t>
+  </si>
+  <si>
+    <t>9" Dinosaur Fossil Stretchy String 24 pcs</t>
+  </si>
+  <si>
+    <t>$1.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PASTRL4-48 </t>
+  </si>
+  <si>
+    <t>Lizard Stretchy Toy for Kids - 4” Reptile Toys for Party Favors, Sensory Toys - Treasure Box Prizes - Stretchy Strings - Bulk Toy Pack of 48 - Easter Toys</t>
+  </si>
+  <si>
+    <t>$32.69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PASTRL4-100 </t>
+  </si>
+  <si>
+    <t>Lizard Stretchy Toy for Kids - 4” Reptile Toys for Party Favors, Sensory Toys - Treasure Box Prizes - Stretchy Strings - Bulk Toys Pack of 100</t>
+  </si>
+  <si>
+    <t>$44.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ0012 </t>
+  </si>
+  <si>
+    <t>Squishy Waffle Foam Toy Squeeze Toy Cute Waffle</t>
+  </si>
+  <si>
+    <t>$251.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PAMPSHA-48 </t>
+  </si>
+  <si>
+    <t>Shark Toy - Pack of 48 - 1.75 inch Puffer Toys - Stress Relief Toy, Fidget Toys Bulk - 6 Colors - Mini Sharks Squishes for Kids and Novelty Gift - Teacher Treasure Classroom Prize</t>
+  </si>
+  <si>
+    <t>$14.47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0692 </t>
+  </si>
+  <si>
+    <t>Disney Doorables Squishalots Mystery Figures Blind Bag</t>
+  </si>
+  <si>
+    <t>$108.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PA-MPSHA </t>
+  </si>
+  <si>
+    <t>Mini Puffer Shark 1.75" 24 pcs</t>
+  </si>
+  <si>
+    <t>$10.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQSN3B </t>
+  </si>
+  <si>
+    <t>Squishy Cupcake Toys Collection in Bulk Bag Kids Party Favor Sensory Stress Relief</t>
+  </si>
+  <si>
+    <t>$41.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SP1023 </t>
+  </si>
+  <si>
+    <t>Splat Poop Joke Toy Squeeze Toy Gag Toy Indoor Game</t>
+  </si>
+  <si>
+    <t>$54.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FISTB </t>
+  </si>
+  <si>
+    <t>Fidget Stretchy Strings 100pcs - Ultimate Sensory Play for Stress Relief, Anxiety, and Endless Entertainment</t>
+  </si>
+  <si>
+    <t>$19.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1306 </t>
+  </si>
+  <si>
+    <t>Squishy Toy Ring Pop Sensory Finger Toy Gift</t>
+  </si>
+  <si>
+    <t>$84.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WAWIB </t>
+  </si>
+  <si>
+    <t>Ultimate Wall Wigglers Squishy Stretchy Toss Toys Pack (100pcs) for Kids’ Smooth Surface Playtime Fun</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1302 </t>
   </si>
   <si>
     <t>Squishy Toy Hippo Squeeze Toy Animal Toy Foam Pack</t>
   </si>
   <si>
     <t>$29.40</t>
   </si>
   <si>
-    <t xml:space="preserve">PA-MPALI </t>
-[...104 lines deleted...]
-    <t>$12.00</t>
+    <t xml:space="preserve">STPEB </t>
+  </si>
+  <si>
+    <t>Stretchy Lizards Snakes Frogs Spiders Bugs | Kids Sensory Play Collectible Toys</t>
+  </si>
+  <si>
+    <t>$12.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CBR17 </t>
+  </si>
+  <si>
+    <t>Care Bears Squishy Toy Heart Shape Star Shape Slow Rise</t>
+  </si>
+  <si>
+    <t>$27.00</t>
   </si>
   <si>
     <t xml:space="preserve">STBAB28 </t>
   </si>
   <si>
     <t>Splatterz Balls Sticky Squishy Toys Fun Splat Reshape Throwing Outdoor Play</t>
   </si>
   <si>
     <t>$16.20</t>
   </si>
   <si>
     <t xml:space="preserve">SQS3B </t>
   </si>
   <si>
     <t>Squeezie Squeees Glow-in-the-Dark Series - Mochi Animal Squishy Toys (100pcs)</t>
   </si>
   <si>
     <t>$31.50</t>
   </si>
   <si>
     <t xml:space="preserve">SQS2B </t>
   </si>
   <si>
     <t>Squeezie Squeees Series 2 - Enchanting Mochi Animals Collectibles (100pcs)</t>
   </si>
   <si>
+    <t xml:space="preserve">SMSTB </t>
+  </si>
+  <si>
+    <t>Small Sticky Hands Mix - Classic Fun Toy Pack for Kids Entertainment, Party Favors, Outdoor Play</t>
+  </si>
+  <si>
+    <t>$11.52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OCS2B </t>
+  </si>
+  <si>
+    <t>Octo Squishies Series 2 Collectable Pencil Topper Octopus Toys (100pcs Bulk Bag, Kids Collect and Trade)</t>
+  </si>
+  <si>
+    <t>$15.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MESTB </t>
+  </si>
+  <si>
+    <t>Sticky Critters 100 Pcs - Fun Kids Toys Including Dragonflies, Caterpillars, Cobras, Alligators, Frogs for Outdoor Use!</t>
+  </si>
+  <si>
+    <t>$13.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOYOB </t>
+  </si>
+  <si>
+    <t>Noodle Stretchy Yo-Yo Noodles - Mix Match Kids Sensory Toys by A&amp;A Global</t>
+  </si>
+  <si>
+    <t>$13.02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STEMB </t>
+  </si>
+  <si>
+    <t>Stretchable Emoji Figures Variety Pack for Kids Playrooms and Creative Activities</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STHIB </t>
+  </si>
+  <si>
+    <t>Large Sticky Hands in Bulk Bag (100pcs) - Fun Classic Toy for Kids of All Ages</t>
+  </si>
+  <si>
+    <t>$18.52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YOYOB </t>
+  </si>
+  <si>
+    <t>Stretchy Yo-Yo Toy with Spiny Air-Filled Balls and Glow-In-The-Dark (100 Pieces Bulk Bag)</t>
+  </si>
+  <si>
+    <t>$22.05</t>
+  </si>
+  <si>
     <t xml:space="preserve">ANYOB </t>
   </si>
   <si>
     <t>Animal Yo-Yo Toy Set (100pcs): Fun Stretchy Bouncy Creatures for Kids Playtime and Collectors</t>
   </si>
   <si>
     <t>$24.30</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPBEA-48 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">BT-PAMPSHA-24 </t>
   </si>
   <si>
     <t>Mini Shark Toys - Pack of 24 - 1.75 inch Puffer Toy - Stress Relief Squishi Toys, Fidget Toy in 6 Colors - Tiny Sharks Squishes for Kids - Teacher Treasure Classroom Prizes</t>
   </si>
   <si>
     <t>$12.56</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPSHA-100 </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">BT-PAMPALI-48 </t>
   </si>
   <si>
     <t>Alien Toys for Kids - 1.75 Inch Alien Toys for Kids - Funny Squishy Toys for Party Favors, Goody Bags, Classroom Prizes - Mini Puffer Ball - Pack of 48 - Easter Basket Stuffers</t>
   </si>
   <si>
     <t>$24.59</t>
   </si>
   <si>
+    <t xml:space="preserve">LIUNCV </t>
+  </si>
+  <si>
+    <t>Lil' Unicorns in 1.1in Capsules (250pcs) Stress Relief Adorable Squeeze Toys with Metallic Horns Cute Collectible Figures</t>
+  </si>
+  <si>
+    <t>$53.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALPAB </t>
+  </si>
+  <si>
+    <t>100 Alpaca Squishes - Micro Critters Fluffy Animal Squishies for Stress Relief</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AXOLB </t>
+  </si>
+  <si>
+    <t>Axolotl Squish Toys Bulk – Collectible Squishy Animals for Stress Relief, Party Favors, Classroom Rewards, and Fidget Toys</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAPAB </t>
+  </si>
+  <si>
+    <t>Balloon Animals Party Pack - Unicorn, Monkey, Butterfly, Teddy Bear, Dog</t>
+  </si>
+  <si>
+    <t>$17.62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCSQB </t>
+  </si>
+  <si>
+    <t>Color Change Squooshers Sensory Stress Balls - Hidden Reveal for Fidget Fun and Tactile Play - Pack of 50</t>
+  </si>
+  <si>
+    <t>$22.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQSN6B </t>
+  </si>
+  <si>
+    <t>Squishy Axolotl Toy Collection – 50pcs – Perfect for Stress Relief, Kids, Collectors, Fidgeting, Sensory Play</t>
+  </si>
+  <si>
+    <t>$20.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQSN7B </t>
+  </si>
+  <si>
+    <t>Squishy Octopus Toy Collection - Slow Rise Foam, Stress Relief, Hand Strength, Sensory Play</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQSN8B </t>
+  </si>
+  <si>
+    <t>Discover Squishy Bubble Tea Animal Set – 50pcs Collection, Stress Relief Slow-Rise Foam Toys, Perfect Fidget &amp; Collectible for Kids</t>
+  </si>
+  <si>
     <t xml:space="preserve">BT-PAEYANI-20 </t>
   </si>
   <si>
     <t>Animal Eye Poppers 1.75" 20pcs</t>
   </si>
   <si>
     <t>$25.51</t>
   </si>
   <si>
     <t xml:space="preserve">BT-KCPOPAN-12 </t>
   </si>
   <si>
     <t>Squeeze Animal Popping Eye Keychain 2" 12pcs</t>
   </si>
   <si>
     <t xml:space="preserve">BT-KCPOPAN-8 </t>
   </si>
   <si>
     <t>Squeeze Animal Popping Eye Keychain 2" 8pcs</t>
   </si>
   <si>
     <t>$12.99</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PAEYANI-10 </t>
   </si>
   <si>
     <t>Animal Eye Poppers 1.75" 10pcs</t>
   </si>
   <si>
     <t>$13.96</t>
   </si>
   <si>
+    <t xml:space="preserve">SQS5B </t>
+  </si>
+  <si>
+    <t>Mochi Critters Series 5: Super Soft, Squishy, Adorable Toys for Kids - Individually Wrapped Collectible Figures</t>
+  </si>
+  <si>
     <t xml:space="preserve">SQSN10B </t>
   </si>
   <si>
     <t>Ultimate Squishy Toy Bundle: 50 Animal Shapes for Stress Relief &amp; Tactile Play</t>
   </si>
   <si>
-    <t>$20.70</t>
+    <t xml:space="preserve">SQSN12B </t>
+  </si>
+  <si>
+    <t>Squishy Capybara Figure Stress Relief Fidget Toy Set for Collectors and Novelty Gift Assortment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQSN15B </t>
+  </si>
+  <si>
+    <t>Ultimate Hippo Squishy Toy Pack - 50pcs Stress Relief &amp; Sensory Fun for Kids &amp; Adults, Perfect Unique Gift Idea &amp; Collectible Charm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ0003 </t>
+  </si>
+  <si>
+    <t>Squishy Donut Toy Fidget Donut Cushion Pillow Doughnut</t>
+  </si>
+  <si>
+    <t>$237.60</t>
   </si>
   <si>
     <t xml:space="preserve">PA-MPDOG </t>
   </si>
   <si>
     <t>Mini Puffer Dog 1.75"</t>
   </si>
   <si>
     <t>$17.24</t>
-  </si>
-[...7 lines deleted...]
-    <t>$4.28</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PAMPDOG-24 </t>
   </si>
   <si>
     <t>Mini Puffer Dog Squishy Toys – 24 Pcs, 1.75 Inch Gummy Dogs Figures – Easter Egg Fillers, Party Favors, Stress Relief Toys for Kids &amp; Classroom Prizes</t>
   </si>
   <si>
     <t>$9.27</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PAMPDOG-48 </t>
   </si>
   <si>
     <t>Mini Puffer Dog Squishy Toys – 48 Pcs, 1.75 Inch Gummy Dogs Figures – Easter Egg Fillers, Party Favors, Stress Relief Toys for Kids &amp; Classroom Prizes</t>
   </si>
   <si>
     <t>$27.05</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -507,51 +672,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_941d4559cd970259fd13d3d5d3e4994c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7483ffd38c29a47f78c7c75dd98068b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_70bc0f6e96ad6ffdbc81aafadb576d0a4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54135.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc701e4ba4ba4ca819edb23659bf45e06.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_016de55378400ab73d49a91b467181607.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_137f4ffb30d12a8fdd85b4e7512b12859.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_957878c3c41ea20261e7d96c9077a5f310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfdfbc53dea362dc871b2dec00c1d09911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_01ff73023c443c517017ef5f8ad9abaa12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_976e921d6ebd913fd10ed2ec18f5d86513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_432d66259091594077219dcb8f29d70d14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64677baf906f5fbf2263cf7a1f2e608515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d21aa2011adfa625a362af6a990589e516.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_696d48a9cc6f737633dda66dcc7f4f3217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc28ff9aa4b96b6d29255470253865cd18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1351cfb517acb6aedf311d4e2456bd7b19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_302ca8ebb5bed800009b9136b0d3012620.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4bca5e6da99c6b6346d9c571a11833b321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f22f3bb7176845e738d638093a3c149d22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c52849724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b96e9ca172bd9a0a2560ffd55eb705425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_890be86bbfde8e63cb6d70c32e944e6b26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e283c7ec5994ae4cf73a40a36133ccc027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239f5240bf193e3f73adbf1ef00282bc28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0907d0543ccb47c8eb9170380ab95e7a29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d689d2002c99147a82246baa5f34b8b930.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0e657d97302d9444a5ff142406983ab31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef139b809f651378cac2261f73780cb232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2313dcebea811f5fb563bcccb57ba05533.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c755d1c4219553c3975e30ffd06e03834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1219337a4b9590ec1d3f59db9ea2500635.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0aa8922ba8bd55d702c5ccae8bb50ae736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f5582c3ad1adb8c1082c4a1b01281ae37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd8395a6511a1c7d6c2a9ce5426d63df38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f86e8a7baf1e94d87b5e8e50a92d6ec39.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_941d4559cd970259fd13d3d5d3e4994c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc701e4ba4ba4ca819edb23659bf45e03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7483ffd38c29a47f78c7c75dd98068b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54135.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_137f4ffb30d12a8fdd85b4e7512b12856.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfdfbc53dea362dc871b2dec00c1d0998.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_01ff73023c443c517017ef5f8ad9abaa9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3b3d486a0cebfd92f1ae03a0fcb9039610.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_976e921d6ebd913fd10ed2ec18f5d86511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59007b593152674afa40be2b66b1ba7c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_432d66259091594077219dcb8f29d70d13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_696d48a9cc6f737633dda66dcc7f4f3214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc28ff9aa4b96b6d29255470253865cd15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a9a6b9a669f21f3f1ac8cec578c41e2716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1351cfb517acb6aedf311d4e2456bd7b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c0c9508865c05ccc508f9fe074e315b18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_302ca8ebb5bed800009b9136b0d3012619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5856ffb4ce78111f9395b3fffd21f8720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5e72426c55b87d2270a3c2ccbb11aaf121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4bca5e6da99c6b6346d9c571a11833b322.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_34678137a1814c314c805e552db2c7af23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f22f3bb7176845e738d638093a3c149d24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_957878c3c41ea20261e7d96c9077a5f325.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_585e3e6ca1e336de90cd94a40569d3d126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_39dd12b0d91a5e377ea246550d54f15627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad128.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c52849729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b96e9ca172bd9a0a2560ffd55eb705430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8847d439331e7a93e218f95312e116b531.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_389f791e395a4b78cc0e9e75f48897a232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3bbe05d36202d7872fc7e9262a883dac33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5701479aa225b7a532e3a7dd4cecf02834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b366c9821d7d4c4b3b2f48856efd88e35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76ebd0ae5e429341e2a600f6b59b2d0036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4386aba170c49ff62b7d127ca106f57137.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_890be86bbfde8e63cb6d70c32e944e6b38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239f5240bf193e3f73adbf1ef00282bc39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d689d2002c99147a82246baa5f34b8b940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c31ccdd8eac5c4278cd3e32b40adf27741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e25796dbc4fd112948eb9af57c81fc3e42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27ff4d9604ac2a5b40601ed00bc4b67043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2aa485d9f73cfd75aa18efcca132bf8b44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a88cf5ffbd39e1c5a1b2d96b69854f8c46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efa7e92669a744cef6abda7b2016441847.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8d3fdea5792b0b52d1c6e2155da5fd348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0e657d97302d9444a5ff142406983ab49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef139b809f651378cac2261f73780cb250.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2313dcebea811f5fb563bcccb57ba05551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c755d1c4219553c3975e30ffd06e03852.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8be1d81d05c3a879baddf2c4c91ade0f53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1219337a4b9590ec1d3f59db9ea2500654.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da0a550f8560d8f49e27432027026f8355.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e90523094b297b4fb5b03d20b22ba91e56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3fe17d29e16b4806fd12806b1aa6b30157.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0aa8922ba8bd55d702c5ccae8bb50ae758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd8395a6511a1c7d6c2a9ce5426d63df59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f86e8a7baf1e94d87b5e8e50a92d6ec60.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1669,50 +1834,680 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1979,54 +2774,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J47"/>
+  <dimension ref="A1:J68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J47" sqref="J47"/>
+      <selection activeCell="J68" sqref="J68"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -2107,1031 +2902,1598 @@
       <c r="H10" s="7">
         <v>0.00217326</v>
       </c>
       <c r="I10" s="7">
         <v>24</v>
       </c>
       <c r="J10" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>0.23813599425</v>
+        <v>0.2177243664</v>
       </c>
       <c r="H11" s="7">
-        <v>0.00108155</v>
+        <v>0.00139281</v>
       </c>
       <c r="I11" s="7">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J11" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>0.33100000394389</v>
+        <v>0.23813599425</v>
       </c>
       <c r="H12" s="7">
-        <v>0.00227305</v>
+        <v>0.00108155</v>
       </c>
       <c r="I12" s="7">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
         <v>0.53977499169999</v>
       </c>
       <c r="H13" s="7">
         <v>0.003224</v>
       </c>
       <c r="I13" s="7">
         <v>12</v>
       </c>
       <c r="J13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>0.2177243664</v>
+        <v>0.090718485999998</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00139281</v>
+        <v>0.00042795</v>
       </c>
       <c r="I14" s="7">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.36287394399999</v>
+        <v>0.2585476851</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00197874</v>
+        <v>0.00122812</v>
       </c>
       <c r="I15" s="7">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.2585476851</v>
+        <v>0.2358680324</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00122812</v>
+        <v>0.00213671</v>
       </c>
       <c r="I16" s="7">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.090718485999998</v>
+        <v>0.3311224301</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00042795</v>
+        <v>0.00051128</v>
       </c>
       <c r="I17" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>41</v>
       </c>
       <c r="F18" s="7" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G18" s="7">
         <v>0</v>
       </c>
       <c r="H18" s="7">
         <v>0</v>
       </c>
       <c r="I18" s="7">
+        <v>1</v>
+      </c>
+      <c r="J18" s="7">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0.2358680324</v>
+        <v>0.1678291991</v>
       </c>
       <c r="H19" s="7">
-        <v>0.00213671</v>
+        <v>0.00096198</v>
       </c>
       <c r="I19" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0.3311224301</v>
+        <v>0</v>
       </c>
       <c r="H20" s="7">
-        <v>0.00051128</v>
+        <v>0</v>
       </c>
       <c r="I20" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>0.1678291991</v>
+        <v>0.362873896</v>
       </c>
       <c r="H21" s="7">
-        <v>0.00096198</v>
+        <v>0.00197874</v>
       </c>
       <c r="I21" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0.362873896</v>
+        <v>0.28576323089999</v>
       </c>
       <c r="H22" s="7">
-        <v>0.00197874</v>
+        <v>0.00140519</v>
       </c>
       <c r="I22" s="7">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>0.226796215</v>
+        <v>0.40823318699999</v>
       </c>
       <c r="H23" s="7">
-        <v>0.00110408</v>
+        <v>0.00078658</v>
       </c>
       <c r="I23" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F24" s="7" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G24" s="7">
-        <v>0.1043262589</v>
+        <v>0</v>
       </c>
       <c r="H24" s="7">
-        <v>0.00018435</v>
+        <v>0</v>
       </c>
       <c r="I24" s="7">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J24" s="7">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>0.28576323089999</v>
+        <v>0.39916133839999</v>
       </c>
       <c r="H25" s="7">
-        <v>0.00140519</v>
+        <v>0.0026547</v>
       </c>
       <c r="I25" s="7">
         <v>48</v>
       </c>
       <c r="J25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>0.40823318699999</v>
+        <v>0</v>
       </c>
       <c r="H26" s="7">
-        <v>0.00078658</v>
+        <v>0</v>
       </c>
       <c r="I26" s="7">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>0.39916133839999</v>
+        <v>0.408233133</v>
       </c>
       <c r="H27" s="7">
-        <v>0.0026547</v>
+        <v>0.00028677</v>
       </c>
       <c r="I27" s="7">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>0.408233133</v>
+        <v>0.544310844</v>
       </c>
       <c r="H28" s="7">
-        <v>0.00028677</v>
+        <v>0.00235974</v>
       </c>
       <c r="I28" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J28" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E29" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F29" s="7" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G29" s="7">
-        <v>0.8663614267</v>
+        <v>0</v>
       </c>
       <c r="H29" s="7">
-        <v>0.00663676</v>
+        <v>0</v>
       </c>
       <c r="I29" s="7">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="J29" s="7">
-        <v>1000</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>0.5669904625000001</v>
+        <v>0.8663614267</v>
       </c>
       <c r="H30" s="7">
-        <v>0.00294967</v>
+        <v>0.00663676</v>
       </c>
       <c r="I30" s="7">
         <v>100</v>
       </c>
       <c r="J30" s="7">
-        <v>2000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
-        <v>0.45359237</v>
+        <v>0</v>
       </c>
       <c r="H31" s="7">
-        <v>0.00235974</v>
+        <v>0</v>
       </c>
       <c r="I31" s="7">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="J31" s="7">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
-        <v>0.90718474</v>
+        <v>0.5669904625000001</v>
       </c>
       <c r="H32" s="7">
-        <v>0.0039329</v>
+        <v>0.00294967</v>
       </c>
       <c r="I32" s="7">
         <v>100</v>
       </c>
       <c r="J32" s="7">
-        <v>1000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
         <v>84</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>85</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="7">
-        <v>0.90718474</v>
+        <v>0</v>
       </c>
       <c r="H33" s="7">
-        <v>0.0039329</v>
+        <v>0</v>
       </c>
       <c r="I33" s="7">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="J33" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="7">
-        <v>4</v>
+        <v>0.544310844</v>
       </c>
       <c r="H34" s="7">
-        <v>0.0412954</v>
+        <v>0.00235974</v>
       </c>
       <c r="I34" s="7">
         <v>100</v>
       </c>
       <c r="J34" s="7">
-        <v>1000</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
-        <v>0.67999855551019</v>
+        <v>0</v>
       </c>
       <c r="H35" s="7">
-        <v>0.00385112</v>
+        <v>0</v>
       </c>
       <c r="I35" s="7">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="J35" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
-        <v>0.40823318699999</v>
+        <v>0.45359237</v>
       </c>
       <c r="H36" s="7">
-        <v>0.00086032</v>
+        <v>0.00235974</v>
       </c>
       <c r="I36" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J36" s="7">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>56</v>
+        <v>98</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
-        <v>0.226796215</v>
+        <v>0.90718474</v>
       </c>
       <c r="H37" s="7">
-        <v>1.639E-5</v>
+        <v>0.0039329</v>
       </c>
       <c r="I37" s="7">
         <v>100</v>
       </c>
       <c r="J37" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="E38" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="E38" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
-        <v>0.45359242999999</v>
+        <v>0.90718474</v>
       </c>
       <c r="H38" s="7">
-        <v>0.00235974</v>
+        <v>0.0039329</v>
       </c>
       <c r="I38" s="7">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="J38" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
-        <v>0</v>
+        <v>0.45359237</v>
       </c>
       <c r="H39" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I39" s="7">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="J39" s="7">
-        <v>0</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>26</v>
+        <v>106</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="7">
-        <v>0.063502940199999</v>
+        <v>0.9979032140000001</v>
       </c>
       <c r="H40" s="7">
-        <v>0.00040968</v>
+        <v>0.0039329</v>
       </c>
       <c r="I40" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J40" s="7">
-        <v>0</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
-        <v>0.1179340318</v>
+        <v>1.179340162</v>
       </c>
       <c r="H41" s="7">
-        <v>0.00097256</v>
+        <v>0.00491612</v>
       </c>
       <c r="I41" s="7">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="J41" s="7">
-        <v>0</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
-        <v>0</v>
+        <v>0.45359237</v>
       </c>
       <c r="H42" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I42" s="7">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="J42" s="7">
-        <v>0</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
-        <v>2.6</v>
+        <v>0.544310844</v>
       </c>
       <c r="H43" s="7">
-        <v>0.02359737</v>
+        <v>0.00294967</v>
       </c>
       <c r="I43" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J43" s="7">
-        <v>0</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
-        <v>0.362873896</v>
+        <v>0.544310844</v>
       </c>
       <c r="H44" s="7">
-        <v>0.00081935</v>
+        <v>0.00235974</v>
       </c>
       <c r="I44" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J44" s="7">
-        <v>576</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
-        <v>0.1496855019</v>
+        <v>0.544310844</v>
       </c>
       <c r="H45" s="7">
-        <v>0.00294967</v>
+        <v>0.00235974</v>
       </c>
       <c r="I45" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J45" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
-        <v>0.34019432249999</v>
+        <v>4</v>
       </c>
       <c r="H46" s="7">
-        <v>0.00275303</v>
+        <v>0.0412954</v>
       </c>
       <c r="I46" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J46" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
+        <v>0.40823318699999</v>
+      </c>
+      <c r="H47" s="7">
+        <v>0.00086032</v>
+      </c>
+      <c r="I47" s="7">
+        <v>24</v>
+      </c>
+      <c r="J47" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" customHeight="1" ht="55">
+      <c r="B48" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C48" s="6"/>
+      <c r="D48" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G48" s="7">
+        <v>0.45359242999999</v>
+      </c>
+      <c r="H48" s="7">
+        <v>0.00235974</v>
+      </c>
+      <c r="I48" s="7">
+        <v>48</v>
+      </c>
+      <c r="J48" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" customHeight="1" ht="55">
+      <c r="B49" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="C49" s="6"/>
+      <c r="D49" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="7">
+        <v>1.08862</v>
+      </c>
+      <c r="H49" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I49" s="7">
+        <v>250</v>
+      </c>
+      <c r="J49" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" customHeight="1" ht="55">
+      <c r="B50" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="C50" s="6"/>
+      <c r="D50" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G50" s="7">
+        <v>1.2</v>
+      </c>
+      <c r="H50" s="7">
+        <v>0.00589934</v>
+      </c>
+      <c r="I50" s="7">
+        <v>100</v>
+      </c>
+      <c r="J50" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" customHeight="1" ht="55">
+      <c r="B51" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C51" s="6"/>
+      <c r="D51" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G51" s="7">
+        <v>5</v>
+      </c>
+      <c r="H51" s="7">
+        <v>0.03539606</v>
+      </c>
+      <c r="I51" s="7">
+        <v>100</v>
+      </c>
+      <c r="J51" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" customHeight="1" ht="55">
+      <c r="B52" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C52" s="6"/>
+      <c r="D52" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G52" s="7">
+        <v>1</v>
+      </c>
+      <c r="H52" s="7">
+        <v>0.02753027</v>
+      </c>
+      <c r="I52" s="7">
+        <v>100</v>
+      </c>
+      <c r="J52" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" customHeight="1" ht="55">
+      <c r="B53" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C53" s="6"/>
+      <c r="D53" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G53" s="7">
+        <v>2.6</v>
+      </c>
+      <c r="H53" s="7">
+        <v>0.00471947</v>
+      </c>
+      <c r="I53" s="7">
+        <v>50</v>
+      </c>
+      <c r="J53" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" customHeight="1" ht="55">
+      <c r="B54" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C54" s="6"/>
+      <c r="D54" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G54" s="7">
+        <v>1</v>
+      </c>
+      <c r="H54" s="7">
+        <v>0.01638706</v>
+      </c>
+      <c r="I54" s="7">
+        <v>50</v>
+      </c>
+      <c r="J54" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" customHeight="1" ht="55">
+      <c r="B55" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C55" s="6"/>
+      <c r="D55" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G55" s="7">
+        <v>1</v>
+      </c>
+      <c r="H55" s="7">
+        <v>0.01966448</v>
+      </c>
+      <c r="I55" s="7">
+        <v>50</v>
+      </c>
+      <c r="J55" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" customHeight="1" ht="55">
+      <c r="B56" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="C56" s="6"/>
+      <c r="D56" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G56" s="7">
+        <v>4.3</v>
+      </c>
+      <c r="H56" s="7">
+        <v>0.0377558</v>
+      </c>
+      <c r="I56" s="7">
+        <v>50</v>
+      </c>
+      <c r="J56" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" customHeight="1" ht="55">
+      <c r="B57" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="C57" s="6"/>
+      <c r="D57" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G57" s="7">
+        <v>0</v>
+      </c>
+      <c r="H57" s="7">
+        <v>0</v>
+      </c>
+      <c r="I57" s="7">
+        <v>20</v>
+      </c>
+      <c r="J57" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" customHeight="1" ht="55">
+      <c r="B58" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="C58" s="6"/>
+      <c r="D58" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G58" s="7">
+        <v>0.063502940199999</v>
+      </c>
+      <c r="H58" s="7">
+        <v>0.00040968</v>
+      </c>
+      <c r="I58" s="7">
+        <v>12</v>
+      </c>
+      <c r="J58" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" customHeight="1" ht="55">
+      <c r="B59" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="C59" s="6"/>
+      <c r="D59" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G59" s="7">
+        <v>0.1179340318</v>
+      </c>
+      <c r="H59" s="7">
+        <v>0.00097256</v>
+      </c>
+      <c r="I59" s="7">
+        <v>8</v>
+      </c>
+      <c r="J59" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" customHeight="1" ht="55">
+      <c r="B60" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="C60" s="6"/>
+      <c r="D60" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G60" s="7">
+        <v>0</v>
+      </c>
+      <c r="H60" s="7">
+        <v>0</v>
+      </c>
+      <c r="I60" s="7">
+        <v>10</v>
+      </c>
+      <c r="J60" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" customHeight="1" ht="55">
+      <c r="B61" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="C61" s="6"/>
+      <c r="D61" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G61" s="7">
+        <v>0</v>
+      </c>
+      <c r="H61" s="7">
+        <v>0</v>
+      </c>
+      <c r="I61" s="7">
+        <v>100</v>
+      </c>
+      <c r="J61" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" customHeight="1" ht="55">
+      <c r="B62" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="C62" s="6"/>
+      <c r="D62" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G62" s="7">
+        <v>2.6</v>
+      </c>
+      <c r="H62" s="7">
+        <v>0.02359737</v>
+      </c>
+      <c r="I62" s="7">
+        <v>50</v>
+      </c>
+      <c r="J62" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" customHeight="1" ht="55">
+      <c r="B63" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="C63" s="6"/>
+      <c r="D63" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G63" s="7">
+        <v>2.6</v>
+      </c>
+      <c r="H63" s="7">
+        <v>0.02359737</v>
+      </c>
+      <c r="I63" s="7">
+        <v>50</v>
+      </c>
+      <c r="J63" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" customHeight="1" ht="55">
+      <c r="B64" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C64" s="6"/>
+      <c r="D64" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G64" s="7">
+        <v>0</v>
+      </c>
+      <c r="H64" s="7">
+        <v>0</v>
+      </c>
+      <c r="I64" s="7">
+        <v>50</v>
+      </c>
+      <c r="J64" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" customHeight="1" ht="55">
+      <c r="B65" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="C65" s="6"/>
+      <c r="D65" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="G65" s="7">
+        <v>0</v>
+      </c>
+      <c r="H65" s="7">
+        <v>0</v>
+      </c>
+      <c r="I65" s="7">
+        <v>1</v>
+      </c>
+      <c r="J65" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" customHeight="1" ht="55">
+      <c r="B66" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="C66" s="6"/>
+      <c r="D66" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>174</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G66" s="7">
+        <v>0.362873896</v>
+      </c>
+      <c r="H66" s="7">
+        <v>0.00081935</v>
+      </c>
+      <c r="I66" s="7">
+        <v>24</v>
+      </c>
+      <c r="J66" s="7">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" customHeight="1" ht="55">
+      <c r="B67" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="C67" s="6"/>
+      <c r="D67" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>177</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G67" s="7">
+        <v>0.34019432249999</v>
+      </c>
+      <c r="H67" s="7">
+        <v>0.00275303</v>
+      </c>
+      <c r="I67" s="7">
+        <v>24</v>
+      </c>
+      <c r="J67" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" customHeight="1" ht="55">
+      <c r="B68" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="C68" s="6"/>
+      <c r="D68" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>180</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G68" s="7">
         <v>0.68038864499999</v>
       </c>
-      <c r="H47" s="7">
-[...2 lines deleted...]
-      <c r="I47" s="7">
+      <c r="H68" s="7">
+        <v>0</v>
+      </c>
+      <c r="I68" s="7">
         <v>48</v>
       </c>
-      <c r="J47" s="7">
+      <c r="J68" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">