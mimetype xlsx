--- v1 (2025-11-09)
+++ v2 (2025-11-30)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Squishy" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -148,207 +148,198 @@
   <si>
     <t>$13.10</t>
   </si>
   <si>
     <t xml:space="preserve">PA-MPBEA </t>
   </si>
   <si>
     <t>Mini Puffer Bear 1.75"</t>
   </si>
   <si>
     <t>$13.65</t>
   </si>
   <si>
     <t xml:space="preserve">SQ0074 </t>
   </si>
   <si>
     <t>Alien Toy Squishy Toy Stress Toy Squeeze Toy Collectible Toy</t>
   </si>
   <si>
     <t>$234.00</t>
   </si>
   <si>
     <t>Box</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPBEA-12 </t>
-[...5 lines deleted...]
-    <t>$5.81</t>
+    <t xml:space="preserve">PA-SSDFO </t>
+  </si>
+  <si>
+    <t>9" Dinosaur Fossil Stretchy String 24 pcs</t>
+  </si>
+  <si>
+    <t>$1.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PASTRL4-48 </t>
+  </si>
+  <si>
+    <t>Lizard Stretchy Toy for Kids - 4” Reptile Toys for Party Favors, Sensory Toys - Treasure Box Prizes - Stretchy Strings - Bulk Toy Pack of 48 - Easter Toys</t>
+  </si>
+  <si>
+    <t>$32.69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PASTRL4-100 </t>
+  </si>
+  <si>
+    <t>Lizard Stretchy Toy for Kids - 4” Reptile Toys for Party Favors, Sensory Toys - Treasure Box Prizes - Stretchy Strings - Bulk Toys Pack of 100</t>
+  </si>
+  <si>
+    <t>$44.99</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1172 </t>
   </si>
   <si>
     <t>Squeeze Toy Popcorn Shape Fidget Squish Hand Exercise</t>
   </si>
   <si>
     <t>$32.40</t>
   </si>
   <si>
-    <t xml:space="preserve">PA-SSDFO </t>
-[...23 lines deleted...]
-    <t>$44.99</t>
+    <t xml:space="preserve">BT-PAMPSHA-48 </t>
+  </si>
+  <si>
+    <t>Shark Toy - Pack of 48 - 1.75 inch Puffer Toys - Stress Relief Toy, Fidget Toys Bulk - 6 Colors - Mini Sharks Squishes for Kids and Novelty Gift - Teacher Treasure Classroom Prize</t>
+  </si>
+  <si>
+    <t>$14.47</t>
   </si>
   <si>
     <t xml:space="preserve">SQ0012 </t>
   </si>
   <si>
     <t>Squishy Waffle Foam Toy Squeeze Toy Cute Waffle</t>
   </si>
   <si>
     <t>$251.10</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPSHA-48 </t>
-[...5 lines deleted...]
-    <t>$14.47</t>
+    <t xml:space="preserve">PA-MPSHA </t>
+  </si>
+  <si>
+    <t>Mini Puffer Shark 1.75" 24 pcs</t>
+  </si>
+  <si>
+    <t>$10.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQSN3B </t>
+  </si>
+  <si>
+    <t>Squishy Cupcake Toys Collection in Bulk Bag Kids Party Favor Sensory Stress Relief</t>
+  </si>
+  <si>
+    <t>$41.40</t>
   </si>
   <si>
     <t xml:space="preserve">LI0692 </t>
   </si>
   <si>
     <t>Disney Doorables Squishalots Mystery Figures Blind Bag</t>
   </si>
   <si>
     <t>$108.00</t>
   </si>
   <si>
-    <t xml:space="preserve">PA-MPSHA </t>
-[...14 lines deleted...]
-    <t>$41.40</t>
+    <t xml:space="preserve">FISTB </t>
+  </si>
+  <si>
+    <t>Fidget Stretchy Strings 100pcs - Ultimate Sensory Play for Stress Relief, Anxiety, and Endless Entertainment</t>
+  </si>
+  <si>
+    <t>$19.80</t>
   </si>
   <si>
     <t xml:space="preserve">SP1023 </t>
   </si>
   <si>
     <t>Splat Poop Joke Toy Squeeze Toy Gag Toy Indoor Game</t>
   </si>
   <si>
     <t>$54.00</t>
   </si>
   <si>
-    <t xml:space="preserve">FISTB </t>
-[...5 lines deleted...]
-    <t>$19.80</t>
+    <t xml:space="preserve">WAWIB </t>
+  </si>
+  <si>
+    <t>Ultimate Wall Wigglers Squishy Stretchy Toss Toys Pack (100pcs) for Kids’ Smooth Surface Playtime Fun</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1306 </t>
   </si>
   <si>
     <t>Squishy Toy Ring Pop Sensory Finger Toy Gift</t>
   </si>
   <si>
     <t>$84.00</t>
   </si>
   <si>
-    <t xml:space="preserve">WAWIB </t>
-[...2 lines deleted...]
-    <t>Ultimate Wall Wigglers Squishy Stretchy Toss Toys Pack (100pcs) for Kids’ Smooth Surface Playtime Fun</t>
+    <t xml:space="preserve">STPEB </t>
+  </si>
+  <si>
+    <t>Stretchy Lizards Snakes Frogs Spiders Bugs | Kids Sensory Play Collectible Toys</t>
+  </si>
+  <si>
+    <t>$12.60</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1302 </t>
   </si>
   <si>
     <t>Squishy Toy Hippo Squeeze Toy Animal Toy Foam Pack</t>
   </si>
   <si>
     <t>$29.40</t>
   </si>
   <si>
-    <t xml:space="preserve">STPEB </t>
-[...5 lines deleted...]
-    <t>$12.60</t>
+    <t xml:space="preserve">STBAB28 </t>
+  </si>
+  <si>
+    <t>Splatterz Balls Sticky Squishy Toys Fun Splat Reshape Throwing Outdoor Play</t>
+  </si>
+  <si>
+    <t>$16.20</t>
   </si>
   <si>
     <t xml:space="preserve">CBR17 </t>
   </si>
   <si>
     <t>Care Bears Squishy Toy Heart Shape Star Shape Slow Rise</t>
   </si>
   <si>
     <t>$27.00</t>
-  </si>
-[...7 lines deleted...]
-    <t>$16.20</t>
   </si>
   <si>
     <t xml:space="preserve">SQS3B </t>
   </si>
   <si>
     <t>Squeezie Squeees Glow-in-the-Dark Series - Mochi Animal Squishy Toys (100pcs)</t>
   </si>
   <si>
     <t>$31.50</t>
   </si>
   <si>
     <t xml:space="preserve">SQS2B </t>
   </si>
   <si>
     <t>Squeezie Squeees Series 2 - Enchanting Mochi Animals Collectibles (100pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">SMSTB </t>
   </si>
   <si>
     <t>Small Sticky Hands Mix - Classic Fun Toy Pack for Kids Entertainment, Party Favors, Outdoor Play</t>
   </si>
   <si>
     <t>$11.52</t>
   </si>
@@ -672,51 +663,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_941d4559cd970259fd13d3d5d3e4994c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc701e4ba4ba4ca819edb23659bf45e03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7483ffd38c29a47f78c7c75dd98068b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54135.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_137f4ffb30d12a8fdd85b4e7512b12856.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfdfbc53dea362dc871b2dec00c1d0998.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_01ff73023c443c517017ef5f8ad9abaa9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3b3d486a0cebfd92f1ae03a0fcb9039610.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_976e921d6ebd913fd10ed2ec18f5d86511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59007b593152674afa40be2b66b1ba7c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_432d66259091594077219dcb8f29d70d13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_696d48a9cc6f737633dda66dcc7f4f3214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc28ff9aa4b96b6d29255470253865cd15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a9a6b9a669f21f3f1ac8cec578c41e2716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1351cfb517acb6aedf311d4e2456bd7b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c0c9508865c05ccc508f9fe074e315b18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_302ca8ebb5bed800009b9136b0d3012619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5856ffb4ce78111f9395b3fffd21f8720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5e72426c55b87d2270a3c2ccbb11aaf121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4bca5e6da99c6b6346d9c571a11833b322.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_34678137a1814c314c805e552db2c7af23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f22f3bb7176845e738d638093a3c149d24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_957878c3c41ea20261e7d96c9077a5f325.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_585e3e6ca1e336de90cd94a40569d3d126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_39dd12b0d91a5e377ea246550d54f15627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad128.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c52849729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b96e9ca172bd9a0a2560ffd55eb705430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8847d439331e7a93e218f95312e116b531.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_389f791e395a4b78cc0e9e75f48897a232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3bbe05d36202d7872fc7e9262a883dac33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5701479aa225b7a532e3a7dd4cecf02834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b366c9821d7d4c4b3b2f48856efd88e35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76ebd0ae5e429341e2a600f6b59b2d0036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4386aba170c49ff62b7d127ca106f57137.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_890be86bbfde8e63cb6d70c32e944e6b38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239f5240bf193e3f73adbf1ef00282bc39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d689d2002c99147a82246baa5f34b8b940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c31ccdd8eac5c4278cd3e32b40adf27741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e25796dbc4fd112948eb9af57c81fc3e42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27ff4d9604ac2a5b40601ed00bc4b67043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2aa485d9f73cfd75aa18efcca132bf8b44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a88cf5ffbd39e1c5a1b2d96b69854f8c46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efa7e92669a744cef6abda7b2016441847.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8d3fdea5792b0b52d1c6e2155da5fd348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0e657d97302d9444a5ff142406983ab49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef139b809f651378cac2261f73780cb250.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2313dcebea811f5fb563bcccb57ba05551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c755d1c4219553c3975e30ffd06e03852.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8be1d81d05c3a879baddf2c4c91ade0f53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1219337a4b9590ec1d3f59db9ea2500654.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da0a550f8560d8f49e27432027026f8355.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e90523094b297b4fb5b03d20b22ba91e56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3fe17d29e16b4806fd12806b1aa6b30157.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0aa8922ba8bd55d702c5ccae8bb50ae758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd8395a6511a1c7d6c2a9ce5426d63df59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f86e8a7baf1e94d87b5e8e50a92d6ec60.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_941d4559cd970259fd13d3d5d3e4994c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc701e4ba4ba4ca819edb23659bf45e03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7483ffd38c29a47f78c7c75dd98068b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54135.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_137f4ffb30d12a8fdd85b4e7512b12856.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfdfbc53dea362dc871b2dec00c1d0998.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_01ff73023c443c517017ef5f8ad9abaa9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3b3d486a0cebfd92f1ae03a0fcb9039610.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_432d66259091594077219dcb8f29d70d11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_696d48a9cc6f737633dda66dcc7f4f3212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc28ff9aa4b96b6d29255470253865cd13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59007b593152674afa40be2b66b1ba7c14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1351cfb517acb6aedf311d4e2456bd7b15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a9a6b9a669f21f3f1ac8cec578c41e2716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_302ca8ebb5bed800009b9136b0d3012617.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5856ffb4ce78111f9395b3fffd21f8718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c0c9508865c05ccc508f9fe074e315b19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4bca5e6da99c6b6346d9c571a11833b320.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5e72426c55b87d2270a3c2ccbb11aaf121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f22f3bb7176845e738d638093a3c149d22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_34678137a1814c314c805e552db2c7af23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_585e3e6ca1e336de90cd94a40569d3d124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_957878c3c41ea20261e7d96c9077a5f325.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_39dd12b0d91a5e377ea246550d54f15627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c52849728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b96e9ca172bd9a0a2560ffd55eb705429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8847d439331e7a93e218f95312e116b530.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_389f791e395a4b78cc0e9e75f48897a231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3bbe05d36202d7872fc7e9262a883dac32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5701479aa225b7a532e3a7dd4cecf02833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b366c9821d7d4c4b3b2f48856efd88e34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76ebd0ae5e429341e2a600f6b59b2d0035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4386aba170c49ff62b7d127ca106f57136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_890be86bbfde8e63cb6d70c32e944e6b37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239f5240bf193e3f73adbf1ef00282bc38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d689d2002c99147a82246baa5f34b8b939.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c31ccdd8eac5c4278cd3e32b40adf27740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e25796dbc4fd112948eb9af57c81fc3e41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27ff4d9604ac2a5b40601ed00bc4b67042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2aa485d9f73cfd75aa18efcca132bf8b43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a88cf5ffbd39e1c5a1b2d96b69854f8c45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efa7e92669a744cef6abda7b2016441846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8d3fdea5792b0b52d1c6e2155da5fd347.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0e657d97302d9444a5ff142406983ab48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef139b809f651378cac2261f73780cb249.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2313dcebea811f5fb563bcccb57ba05550.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c755d1c4219553c3975e30ffd06e03851.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8be1d81d05c3a879baddf2c4c91ade0f52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1219337a4b9590ec1d3f59db9ea2500653.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da0a550f8560d8f49e27432027026f8354.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e90523094b297b4fb5b03d20b22ba91e55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3fe17d29e16b4806fd12806b1aa6b30156.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0aa8922ba8bd55d702c5ccae8bb50ae757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd8395a6511a1c7d6c2a9ce5426d63df58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f86e8a7baf1e94d87b5e8e50a92d6ec59.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2434,80 +2425,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>66</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2774,54 +2735,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J68"/>
+  <dimension ref="A1:J67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J68" sqref="J68"/>
+      <selection activeCell="J67" sqref="J67"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -3118,1382 +3079,1355 @@
       <c r="H18" s="7">
         <v>0</v>
       </c>
       <c r="I18" s="7">
         <v>1</v>
       </c>
       <c r="J18" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0.1678291991</v>
+        <v>0.362873896</v>
       </c>
       <c r="H19" s="7">
-        <v>0.00096198</v>
+        <v>0.00197874</v>
       </c>
       <c r="I19" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>48</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0</v>
+        <v>0.28576323089999</v>
       </c>
       <c r="H20" s="7">
-        <v>0</v>
+        <v>0.00140519</v>
       </c>
       <c r="I20" s="7">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>51</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>0.362873896</v>
+        <v>0.40823318699999</v>
       </c>
       <c r="H21" s="7">
-        <v>0.00197874</v>
+        <v>0.00078658</v>
       </c>
       <c r="I21" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>54</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0.28576323089999</v>
+        <v>0</v>
       </c>
       <c r="H22" s="7">
-        <v>0.00140519</v>
+        <v>0</v>
       </c>
       <c r="I22" s="7">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>0.40823318699999</v>
+        <v>0.39916133839999</v>
       </c>
       <c r="H23" s="7">
-        <v>0.00078658</v>
+        <v>0.0026547</v>
       </c>
       <c r="I23" s="7">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>42</v>
       </c>
       <c r="G24" s="7">
         <v>0</v>
       </c>
       <c r="H24" s="7">
         <v>0</v>
       </c>
       <c r="I24" s="7">
         <v>1</v>
       </c>
       <c r="J24" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>0.39916133839999</v>
+        <v>0.408233133</v>
       </c>
       <c r="H25" s="7">
-        <v>0.0026547</v>
+        <v>0.00028677</v>
       </c>
       <c r="I25" s="7">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="J25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>64</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>66</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>0</v>
+        <v>0.544310844</v>
       </c>
       <c r="H26" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I26" s="7">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="J26" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>67</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>69</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>0.408233133</v>
+        <v>0</v>
       </c>
       <c r="H27" s="7">
-        <v>0.00028677</v>
+        <v>0</v>
       </c>
       <c r="I27" s="7">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>70</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>72</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>0.544310844</v>
+        <v>0.8663614267</v>
       </c>
       <c r="H28" s="7">
-        <v>0.00235974</v>
+        <v>0.00663676</v>
       </c>
       <c r="I28" s="7">
         <v>100</v>
       </c>
       <c r="J28" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>42</v>
       </c>
       <c r="G29" s="7">
         <v>0</v>
       </c>
       <c r="H29" s="7">
         <v>0</v>
       </c>
       <c r="I29" s="7">
         <v>1</v>
       </c>
       <c r="J29" s="7">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>76</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>0.8663614267</v>
+        <v>0.5669904625000001</v>
       </c>
       <c r="H30" s="7">
-        <v>0.00663676</v>
+        <v>0.00294967</v>
       </c>
       <c r="I30" s="7">
         <v>100</v>
       </c>
       <c r="J30" s="7">
-        <v>1000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E31" s="7" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
         <v>0</v>
       </c>
       <c r="H31" s="7">
         <v>0</v>
       </c>
       <c r="I31" s="7">
         <v>12</v>
       </c>
       <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="E32" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="E32" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
-        <v>0.5669904625000001</v>
+        <v>0.544310844</v>
       </c>
       <c r="H32" s="7">
-        <v>0.00294967</v>
+        <v>0.00235974</v>
       </c>
       <c r="I32" s="7">
         <v>100</v>
       </c>
       <c r="J32" s="7">
-        <v>2000</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
         <v>84</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>85</v>
       </c>
       <c r="E33" s="7" t="s">
         <v>86</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="7">
         <v>0</v>
       </c>
       <c r="H33" s="7">
         <v>0</v>
       </c>
       <c r="I33" s="7">
         <v>12</v>
       </c>
       <c r="J33" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
         <v>87</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
         <v>88</v>
       </c>
       <c r="E34" s="7" t="s">
         <v>89</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="7">
-        <v>0.544310844</v>
+        <v>0.45359237</v>
       </c>
       <c r="H34" s="7">
         <v>0.00235974</v>
       </c>
       <c r="I34" s="7">
         <v>100</v>
       </c>
       <c r="J34" s="7">
-        <v>6000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
         <v>90</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
         <v>91</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>92</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
         <v>0</v>
       </c>
       <c r="H35" s="7">
         <v>0</v>
       </c>
       <c r="I35" s="7">
         <v>12</v>
       </c>
       <c r="J35" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
         <v>94</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>95</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
-        <v>0.45359237</v>
+        <v>0.90718474</v>
       </c>
       <c r="H36" s="7">
-        <v>0.00235974</v>
+        <v>0.0039329</v>
       </c>
       <c r="I36" s="7">
         <v>100</v>
       </c>
       <c r="J36" s="7">
-        <v>2000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
         <v>96</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
         <v>97</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
         <v>0.90718474</v>
       </c>
       <c r="H37" s="7">
         <v>0.0039329</v>
       </c>
       <c r="I37" s="7">
         <v>100</v>
       </c>
       <c r="J37" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="E38" s="7" t="s">
         <v>100</v>
       </c>
-      <c r="E38" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
-        <v>0.90718474</v>
+        <v>0.45359237</v>
       </c>
       <c r="H38" s="7">
-        <v>0.0039329</v>
+        <v>0.00235974</v>
       </c>
       <c r="I38" s="7">
         <v>100</v>
       </c>
       <c r="J38" s="7">
-        <v>1000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
         <v>101</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
         <v>102</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>103</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
-        <v>0.45359237</v>
+        <v>0.9979032140000001</v>
       </c>
       <c r="H39" s="7">
-        <v>0.00235974</v>
+        <v>0.0039329</v>
       </c>
       <c r="I39" s="7">
         <v>100</v>
       </c>
       <c r="J39" s="7">
-        <v>10000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
         <v>104</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
         <v>105</v>
       </c>
       <c r="E40" s="7" t="s">
         <v>106</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="7">
-        <v>0.9979032140000001</v>
+        <v>1.179340162</v>
       </c>
       <c r="H40" s="7">
-        <v>0.0039329</v>
+        <v>0.00491612</v>
       </c>
       <c r="I40" s="7">
         <v>100</v>
       </c>
       <c r="J40" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
         <v>107</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
         <v>108</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>109</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
-        <v>1.179340162</v>
+        <v>0.45359237</v>
       </c>
       <c r="H41" s="7">
-        <v>0.00491612</v>
+        <v>0.00235974</v>
       </c>
       <c r="I41" s="7">
         <v>100</v>
       </c>
       <c r="J41" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
         <v>110</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
         <v>111</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
-        <v>0.45359237</v>
+        <v>0.544310844</v>
       </c>
       <c r="H42" s="7">
-        <v>0.00235974</v>
+        <v>0.00294967</v>
       </c>
       <c r="I42" s="7">
         <v>100</v>
       </c>
       <c r="J42" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="E43" s="7" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
         <v>0.544310844</v>
       </c>
       <c r="H43" s="7">
-        <v>0.00294967</v>
+        <v>0.00235974</v>
       </c>
       <c r="I43" s="7">
         <v>100</v>
       </c>
       <c r="J43" s="7">
-        <v>4000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
         <v>115</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
         <v>116</v>
       </c>
       <c r="E44" s="7" t="s">
         <v>117</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
         <v>0.544310844</v>
       </c>
       <c r="H44" s="7">
         <v>0.00235974</v>
       </c>
       <c r="I44" s="7">
         <v>100</v>
       </c>
       <c r="J44" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
         <v>118</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
         <v>119</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>120</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
-        <v>0.544310844</v>
+        <v>4</v>
       </c>
       <c r="H45" s="7">
-        <v>0.00235974</v>
+        <v>0.0412954</v>
       </c>
       <c r="I45" s="7">
         <v>100</v>
       </c>
       <c r="J45" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
         <v>121</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
         <v>122</v>
       </c>
       <c r="E46" s="7" t="s">
         <v>123</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
-        <v>4</v>
+        <v>0.40823318699999</v>
       </c>
       <c r="H46" s="7">
-        <v>0.0412954</v>
+        <v>0.00086032</v>
       </c>
       <c r="I46" s="7">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="J46" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
         <v>124</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
         <v>125</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>126</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
-        <v>0.40823318699999</v>
+        <v>0.45359242999999</v>
       </c>
       <c r="H47" s="7">
-        <v>0.00086032</v>
+        <v>0.00235974</v>
       </c>
       <c r="I47" s="7">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
         <v>127</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
         <v>128</v>
       </c>
       <c r="E48" s="7" t="s">
         <v>129</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
-        <v>0.45359242999999</v>
+        <v>1.08862</v>
       </c>
       <c r="H48" s="7">
-        <v>0.00235974</v>
+        <v>0.00825908</v>
       </c>
       <c r="I48" s="7">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="J48" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
         <v>130</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
         <v>131</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>132</v>
+        <v>89</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
-        <v>1.08862</v>
+        <v>1.2</v>
       </c>
       <c r="H49" s="7">
-        <v>0.00825908</v>
+        <v>0.00589934</v>
       </c>
       <c r="I49" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="7">
-        <v>1.2</v>
+        <v>5</v>
       </c>
       <c r="H50" s="7">
-        <v>0.00589934</v>
+        <v>0.03539606</v>
       </c>
       <c r="I50" s="7">
         <v>100</v>
       </c>
       <c r="J50" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="E51" s="7" t="s">
         <v>136</v>
       </c>
-      <c r="E51" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="7">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H51" s="7">
-        <v>0.03539606</v>
+        <v>0.02753027</v>
       </c>
       <c r="I51" s="7">
         <v>100</v>
       </c>
       <c r="J51" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
         <v>137</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
         <v>138</v>
       </c>
       <c r="E52" s="7" t="s">
         <v>139</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
-        <v>1</v>
+        <v>2.6</v>
       </c>
       <c r="H52" s="7">
-        <v>0.02753027</v>
+        <v>0.00471947</v>
       </c>
       <c r="I52" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J52" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
         <v>140</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
         <v>141</v>
       </c>
       <c r="E53" s="7" t="s">
         <v>142</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
-        <v>2.6</v>
+        <v>1</v>
       </c>
       <c r="H53" s="7">
-        <v>0.00471947</v>
+        <v>0.01638706</v>
       </c>
       <c r="I53" s="7">
         <v>50</v>
       </c>
       <c r="J53" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
         <v>143</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
         <v>144</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
         <v>1</v>
       </c>
       <c r="H54" s="7">
-        <v>0.01638706</v>
+        <v>0.01966448</v>
       </c>
       <c r="I54" s="7">
         <v>50</v>
       </c>
       <c r="J54" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
-        <v>1</v>
+        <v>4.3</v>
       </c>
       <c r="H55" s="7">
-        <v>0.01966448</v>
+        <v>0.0377558</v>
       </c>
       <c r="I55" s="7">
         <v>50</v>
       </c>
       <c r="J55" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="E56" s="7" t="s">
         <v>149</v>
       </c>
-      <c r="E56" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="7">
-        <v>4.3</v>
+        <v>0</v>
       </c>
       <c r="H56" s="7">
-        <v>0.0377558</v>
+        <v>0</v>
       </c>
       <c r="I56" s="7">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="J56" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
         <v>150</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
         <v>151</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>152</v>
+        <v>26</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
-        <v>0</v>
+        <v>0.063502940199999</v>
       </c>
       <c r="H57" s="7">
-        <v>0</v>
+        <v>0.00040968</v>
       </c>
       <c r="I57" s="7">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="E58" s="7" t="s">
         <v>154</v>
       </c>
-      <c r="E58" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
-        <v>0.063502940199999</v>
+        <v>0.1179340318</v>
       </c>
       <c r="H58" s="7">
-        <v>0.00040968</v>
+        <v>0.00097256</v>
       </c>
       <c r="I58" s="7">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
         <v>155</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
         <v>156</v>
       </c>
       <c r="E59" s="7" t="s">
         <v>157</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="7">
-        <v>0.1179340318</v>
+        <v>0</v>
       </c>
       <c r="H59" s="7">
-        <v>0.00097256</v>
+        <v>0</v>
       </c>
       <c r="I59" s="7">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J59" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
         <v>158</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
         <v>159</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>160</v>
+        <v>92</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="7">
         <v>0</v>
       </c>
       <c r="H60" s="7">
         <v>0</v>
       </c>
       <c r="I60" s="7">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="J60" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>92</v>
+        <v>142</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="7">
-        <v>0</v>
+        <v>2.6</v>
       </c>
       <c r="H61" s="7">
-        <v>0</v>
+        <v>0.02359737</v>
       </c>
       <c r="I61" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="7">
         <v>2.6</v>
       </c>
       <c r="H62" s="7">
         <v>0.02359737</v>
       </c>
       <c r="I62" s="7">
         <v>50</v>
       </c>
       <c r="J62" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="7">
-        <v>2.6</v>
+        <v>0</v>
       </c>
       <c r="H63" s="7">
-        <v>0.02359737</v>
+        <v>0</v>
       </c>
       <c r="I63" s="7">
         <v>50</v>
       </c>
       <c r="J63" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="E64" s="7" t="s">
         <v>168</v>
       </c>
-      <c r="E64" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F64" s="7" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G64" s="7">
         <v>0</v>
       </c>
       <c r="H64" s="7">
         <v>0</v>
       </c>
       <c r="I64" s="7">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="J64" s="7">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
         <v>169</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
         <v>170</v>
       </c>
       <c r="E65" s="7" t="s">
         <v>171</v>
       </c>
       <c r="F65" s="7" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G65" s="7">
-        <v>0</v>
+        <v>0.362873896</v>
       </c>
       <c r="H65" s="7">
-        <v>0</v>
+        <v>0.00081935</v>
       </c>
       <c r="I65" s="7">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="J65" s="7">
-        <v>12</v>
+        <v>576</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="4" t="s">
         <v>172</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="6" t="s">
         <v>173</v>
       </c>
       <c r="E66" s="7" t="s">
         <v>174</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G66" s="7">
-        <v>0.362873896</v>
+        <v>0.34019432249999</v>
       </c>
       <c r="H66" s="7">
-        <v>0.00081935</v>
+        <v>0.00275303</v>
       </c>
       <c r="I66" s="7">
         <v>24</v>
       </c>
       <c r="J66" s="7">
-        <v>576</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="4" t="s">
         <v>175</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
         <v>176</v>
       </c>
       <c r="E67" s="7" t="s">
         <v>177</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="7">
-        <v>0.34019432249999</v>
+        <v>0.68038864499999</v>
       </c>
       <c r="H67" s="7">
-        <v>0.00275303</v>
+        <v>0</v>
       </c>
       <c r="I67" s="7">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="J67" s="7">
-        <v>0</v>
-[...25 lines deleted...]
-      <c r="J68" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">