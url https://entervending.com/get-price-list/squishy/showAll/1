--- v2 (2025-11-30)
+++ v3 (2026-01-09)
@@ -15,117 +15,108 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Squishy" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Squishy</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPALI-24 </t>
-[...5 lines deleted...]
-    <t>$20.89</t>
+    <t xml:space="preserve">BT-PAMPUMX-20 </t>
+  </si>
+  <si>
+    <t>Mini Puffer Assortment Mix 1.5" 20 pcs</t>
+  </si>
+  <si>
+    <t>$24.39</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPUMX-20 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">GOYOB-25 </t>
   </si>
   <si>
     <t>Goofy Eye Yo-Yo Mix 25 pcs</t>
   </si>
   <si>
     <t>$8.99</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PUFHG-12 </t>
   </si>
   <si>
     <t>3" Light-Up Puffer Hedgehog 12 pcs</t>
   </si>
   <si>
     <t>$16.99</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PAMPSHA-12 </t>
   </si>
   <si>
     <t>Mini Shark Toy - 1.75 inch Puffer Toy - Stress Relief Toy, Squishy Fidget Toys - 6 Colors - Tiny Shark Toys for Kids 12 pcs - Teacher Treasure Classroom Prizes - Easter Basket Stuffers</t>
   </si>
   <si>
     <t>$6.14</t>
@@ -136,98 +127,98 @@
   <si>
     <t>3" Light-Up Puffer Hedgehog 6 pcs</t>
   </si>
   <si>
     <t>$9.99</t>
   </si>
   <si>
     <t xml:space="preserve">PA-MPALI </t>
   </si>
   <si>
     <t>Mini Puffer Alien 1.75in</t>
   </si>
   <si>
     <t>$13.10</t>
   </si>
   <si>
     <t xml:space="preserve">PA-MPBEA </t>
   </si>
   <si>
     <t>Mini Puffer Bear 1.75"</t>
   </si>
   <si>
     <t>$13.65</t>
   </si>
   <si>
+    <t xml:space="preserve">SQ0003 </t>
+  </si>
+  <si>
+    <t>Donut Squishy Toy Stress Relief Fidget Gift Decor Pillow</t>
+  </si>
+  <si>
+    <t>$125.10</t>
+  </si>
+  <si>
+    <t>Box</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PA-SSDFO </t>
+  </si>
+  <si>
+    <t>9" Dinosaur Fossil Stretchy String 24 pcs</t>
+  </si>
+  <si>
+    <t>$1.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PASTRL4-48 </t>
+  </si>
+  <si>
+    <t>Lizard Stretchy Toy for Kids - 4” Reptile Toys for Party Favors, Sensory Toys - Treasure Box Prizes - Stretchy Strings - Bulk Toy Pack of 48 - Easter Toys</t>
+  </si>
+  <si>
+    <t>$32.69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PASTRL4-100 </t>
+  </si>
+  <si>
+    <t>Lizard Stretchy Toy for Kids - 4” Reptile Toys for Party Favors, Sensory Toys - Treasure Box Prizes - Stretchy Strings - Bulk Toys Pack of 100</t>
+  </si>
+  <si>
+    <t>$44.99</t>
+  </si>
+  <si>
     <t xml:space="preserve">SQ0074 </t>
   </si>
   <si>
     <t>Alien Toy Squishy Toy Stress Toy Squeeze Toy Collectible Toy</t>
   </si>
   <si>
     <t>$234.00</t>
   </si>
   <si>
-    <t>Box</t>
-[...37 lines deleted...]
-  <si>
     <t xml:space="preserve">BT-PAMPSHA-48 </t>
   </si>
   <si>
     <t>Shark Toy - Pack of 48 - 1.75 inch Puffer Toys - Stress Relief Toy, Fidget Toys Bulk - 6 Colors - Mini Sharks Squishes for Kids and Novelty Gift - Teacher Treasure Classroom Prize</t>
   </si>
   <si>
     <t>$14.47</t>
   </si>
   <si>
     <t xml:space="preserve">SQ0012 </t>
   </si>
   <si>
     <t>Squishy Waffle Foam Toy Squeeze Toy Cute Waffle</t>
   </si>
   <si>
     <t>$251.10</t>
   </si>
   <si>
     <t xml:space="preserve">PA-MPSHA </t>
   </si>
   <si>
     <t>Mini Puffer Shark 1.75" 24 pcs</t>
   </si>
   <si>
     <t>$10.50</t>
@@ -247,110 +238,104 @@
   <si>
     <t>Disney Doorables Squishalots Mystery Figures Blind Bag</t>
   </si>
   <si>
     <t>$108.00</t>
   </si>
   <si>
     <t xml:space="preserve">FISTB </t>
   </si>
   <si>
     <t>Fidget Stretchy Strings 100pcs - Ultimate Sensory Play for Stress Relief, Anxiety, and Endless Entertainment</t>
   </si>
   <si>
     <t>$19.80</t>
   </si>
   <si>
     <t xml:space="preserve">SP1023 </t>
   </si>
   <si>
     <t>Splat Poop Joke Toy Squeeze Toy Gag Toy Indoor Game</t>
   </si>
   <si>
     <t>$54.00</t>
   </si>
   <si>
-    <t xml:space="preserve">WAWIB </t>
-[...2 lines deleted...]
-    <t>Ultimate Wall Wigglers Squishy Stretchy Toss Toys Pack (100pcs) for Kids’ Smooth Surface Playtime Fun</t>
+    <t xml:space="preserve">STPEB </t>
+  </si>
+  <si>
+    <t>Stretchy Lizards Snakes Frogs Spiders Bugs | Kids Sensory Play Collectible Toys</t>
+  </si>
+  <si>
+    <t>$12.60</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1306 </t>
   </si>
   <si>
     <t>Squishy Toy Ring Pop Sensory Finger Toy Gift</t>
   </si>
   <si>
     <t>$84.00</t>
   </si>
   <si>
-    <t xml:space="preserve">STPEB </t>
-[...5 lines deleted...]
-    <t>$12.60</t>
+    <t xml:space="preserve">STBAB28 </t>
+  </si>
+  <si>
+    <t>Splatterz Balls Sticky Squishy Toys Fun Splat Reshape Throwing Outdoor Play</t>
+  </si>
+  <si>
+    <t>$16.20</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1302 </t>
   </si>
   <si>
     <t>Squishy Toy Hippo Squeeze Toy Animal Toy Foam Pack</t>
   </si>
   <si>
     <t>$29.40</t>
   </si>
   <si>
-    <t xml:space="preserve">STBAB28 </t>
-[...5 lines deleted...]
-    <t>$16.20</t>
+    <t xml:space="preserve">SQS3B </t>
+  </si>
+  <si>
+    <t>Squeezie Squeees Glow-in-the-Dark Series - Mochi Animal Squishy Toys (100pcs)</t>
+  </si>
+  <si>
+    <t>$31.50</t>
   </si>
   <si>
     <t xml:space="preserve">CBR17 </t>
   </si>
   <si>
     <t>Care Bears Squishy Toy Heart Shape Star Shape Slow Rise</t>
   </si>
   <si>
     <t>$27.00</t>
   </si>
   <si>
-    <t xml:space="preserve">SQS3B </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">SQS2B </t>
   </si>
   <si>
     <t>Squeezie Squeees Series 2 - Enchanting Mochi Animals Collectibles (100pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">SMSTB </t>
   </si>
   <si>
     <t>Small Sticky Hands Mix - Classic Fun Toy Pack for Kids Entertainment, Party Favors, Outdoor Play</t>
   </si>
   <si>
     <t>$11.52</t>
   </si>
   <si>
     <t xml:space="preserve">OCS2B </t>
   </si>
   <si>
     <t>Octo Squishies Series 2 Collectable Pencil Topper Octopus Toys (100pcs Bulk Bag, Kids Collect and Trade)</t>
   </si>
   <si>
     <t>$15.30</t>
   </si>
   <si>
     <t xml:space="preserve">MESTB </t>
@@ -517,84 +502,66 @@
   <si>
     <t xml:space="preserve">SQS5B </t>
   </si>
   <si>
     <t>Mochi Critters Series 5: Super Soft, Squishy, Adorable Toys for Kids - Individually Wrapped Collectible Figures</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN10B </t>
   </si>
   <si>
     <t>Ultimate Squishy Toy Bundle: 50 Animal Shapes for Stress Relief &amp; Tactile Play</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN12B </t>
   </si>
   <si>
     <t>Squishy Capybara Figure Stress Relief Fidget Toy Set for Collectors and Novelty Gift Assortment</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN15B </t>
   </si>
   <si>
     <t>Ultimate Hippo Squishy Toy Pack - 50pcs Stress Relief &amp; Sensory Fun for Kids &amp; Adults, Perfect Unique Gift Idea &amp; Collectible Charm</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ0003 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">PA-MPDOG </t>
   </si>
   <si>
     <t>Mini Puffer Dog 1.75"</t>
   </si>
   <si>
     <t>$17.24</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PAMPDOG-24 </t>
   </si>
   <si>
     <t>Mini Puffer Dog Squishy Toys – 24 Pcs, 1.75 Inch Gummy Dogs Figures – Easter Egg Fillers, Party Favors, Stress Relief Toys for Kids &amp; Classroom Prizes</t>
   </si>
   <si>
     <t>$9.27</t>
-  </si>
-[...7 lines deleted...]
-    <t>$27.05</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -663,51 +630,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_941d4559cd970259fd13d3d5d3e4994c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc701e4ba4ba4ca819edb23659bf45e03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7483ffd38c29a47f78c7c75dd98068b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54135.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_137f4ffb30d12a8fdd85b4e7512b12856.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfdfbc53dea362dc871b2dec00c1d0998.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_01ff73023c443c517017ef5f8ad9abaa9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3b3d486a0cebfd92f1ae03a0fcb9039610.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_432d66259091594077219dcb8f29d70d11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_696d48a9cc6f737633dda66dcc7f4f3212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc28ff9aa4b96b6d29255470253865cd13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59007b593152674afa40be2b66b1ba7c14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1351cfb517acb6aedf311d4e2456bd7b15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a9a6b9a669f21f3f1ac8cec578c41e2716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_302ca8ebb5bed800009b9136b0d3012617.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5856ffb4ce78111f9395b3fffd21f8718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c0c9508865c05ccc508f9fe074e315b19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4bca5e6da99c6b6346d9c571a11833b320.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5e72426c55b87d2270a3c2ccbb11aaf121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f22f3bb7176845e738d638093a3c149d22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_34678137a1814c314c805e552db2c7af23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_585e3e6ca1e336de90cd94a40569d3d124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_957878c3c41ea20261e7d96c9077a5f325.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_39dd12b0d91a5e377ea246550d54f15627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c52849728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b96e9ca172bd9a0a2560ffd55eb705429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8847d439331e7a93e218f95312e116b530.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_389f791e395a4b78cc0e9e75f48897a231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3bbe05d36202d7872fc7e9262a883dac32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5701479aa225b7a532e3a7dd4cecf02833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b366c9821d7d4c4b3b2f48856efd88e34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76ebd0ae5e429341e2a600f6b59b2d0035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4386aba170c49ff62b7d127ca106f57136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_890be86bbfde8e63cb6d70c32e944e6b37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239f5240bf193e3f73adbf1ef00282bc38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d689d2002c99147a82246baa5f34b8b939.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c31ccdd8eac5c4278cd3e32b40adf27740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e25796dbc4fd112948eb9af57c81fc3e41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27ff4d9604ac2a5b40601ed00bc4b67042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2aa485d9f73cfd75aa18efcca132bf8b43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a88cf5ffbd39e1c5a1b2d96b69854f8c45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efa7e92669a744cef6abda7b2016441846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8d3fdea5792b0b52d1c6e2155da5fd347.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0e657d97302d9444a5ff142406983ab48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef139b809f651378cac2261f73780cb249.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2313dcebea811f5fb563bcccb57ba05550.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c755d1c4219553c3975e30ffd06e03851.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8be1d81d05c3a879baddf2c4c91ade0f52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1219337a4b9590ec1d3f59db9ea2500653.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da0a550f8560d8f49e27432027026f8354.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e90523094b297b4fb5b03d20b22ba91e55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3fe17d29e16b4806fd12806b1aa6b30156.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0aa8922ba8bd55d702c5ccae8bb50ae757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd8395a6511a1c7d6c2a9ce5426d63df58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f86e8a7baf1e94d87b5e8e50a92d6ec59.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc701e4ba4ba4ca819edb23659bf45e02.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7483ffd38c29a47f78c7c75dd98068b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54134.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_137f4ffb30d12a8fdd85b4e7512b12855.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfdfbc53dea362dc871b2dec00c1d0997.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_01ff73023c443c517017ef5f8ad9abaa8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3fe17d29e16b4806fd12806b1aa6b3019.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_432d66259091594077219dcb8f29d70d10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_696d48a9cc6f737633dda66dcc7f4f3211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc28ff9aa4b96b6d29255470253865cd12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3b3d486a0cebfd92f1ae03a0fcb9039613.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1351cfb517acb6aedf311d4e2456bd7b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a9a6b9a669f21f3f1ac8cec578c41e2715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_302ca8ebb5bed800009b9136b0d3012616.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5856ffb4ce78111f9395b3fffd21f8717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c0c9508865c05ccc508f9fe074e315b18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4bca5e6da99c6b6346d9c571a11833b319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5e72426c55b87d2270a3c2ccbb11aaf120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_585e3e6ca1e336de90cd94a40569d3d121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_34678137a1814c314c805e552db2c7af22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_957878c3c41ea20261e7d96c9077a5f324.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c52849725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_39dd12b0d91a5e377ea246550d54f15626.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b96e9ca172bd9a0a2560ffd55eb705427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8847d439331e7a93e218f95312e116b528.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_389f791e395a4b78cc0e9e75f48897a229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3bbe05d36202d7872fc7e9262a883dac30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5701479aa225b7a532e3a7dd4cecf02831.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b366c9821d7d4c4b3b2f48856efd88e32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76ebd0ae5e429341e2a600f6b59b2d0033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4386aba170c49ff62b7d127ca106f57134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_890be86bbfde8e63cb6d70c32e944e6b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239f5240bf193e3f73adbf1ef00282bc36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d689d2002c99147a82246baa5f34b8b937.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c31ccdd8eac5c4278cd3e32b40adf27738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e25796dbc4fd112948eb9af57c81fc3e39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27ff4d9604ac2a5b40601ed00bc4b67040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2aa485d9f73cfd75aa18efcca132bf8b41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a88cf5ffbd39e1c5a1b2d96b69854f8c43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efa7e92669a744cef6abda7b2016441844.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8d3fdea5792b0b52d1c6e2155da5fd345.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0e657d97302d9444a5ff142406983ab46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef139b809f651378cac2261f73780cb247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2313dcebea811f5fb563bcccb57ba05548.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c755d1c4219553c3975e30ffd06e03849.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8be1d81d05c3a879baddf2c4c91ade0f50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1219337a4b9590ec1d3f59db9ea2500651.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da0a550f8560d8f49e27432027026f8352.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e90523094b297b4fb5b03d20b22ba91e53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0aa8922ba8bd55d702c5ccae8bb50ae754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd8395a6511a1c7d6c2a9ce5426d63df55.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2305,170 +2272,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>62</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
-        <a:stretch>
-[...118 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2735,54 +2582,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J67"/>
+  <dimension ref="A1:J63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J67" sqref="J67"/>
+      <selection activeCell="J63" sqref="J63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -2836,1598 +2683,1490 @@
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="55">
       <c r="B10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="7">
-        <v>0.2358680636</v>
+        <v>0.2177243664</v>
       </c>
       <c r="H10" s="7">
-        <v>0.00217326</v>
+        <v>0.00139281</v>
       </c>
       <c r="I10" s="7">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="J10" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>0.2177243664</v>
+        <v>0.23813599425</v>
       </c>
       <c r="H11" s="7">
-        <v>0.00139281</v>
+        <v>0.00108155</v>
       </c>
       <c r="I11" s="7">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J11" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>0.23813599425</v>
+        <v>0.53977499169999</v>
       </c>
       <c r="H12" s="7">
-        <v>0.00108155</v>
+        <v>0.003224</v>
       </c>
       <c r="I12" s="7">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="J12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>0.53977499169999</v>
+        <v>0.090718485999998</v>
       </c>
       <c r="H13" s="7">
-        <v>0.003224</v>
+        <v>0.00042795</v>
       </c>
       <c r="I13" s="7">
         <v>12</v>
       </c>
       <c r="J13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>0.090718485999998</v>
+        <v>0.2585476851</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00042795</v>
+        <v>0.00122812</v>
       </c>
       <c r="I14" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.2585476851</v>
+        <v>0.2358680324</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00122812</v>
+        <v>0.00213671</v>
       </c>
       <c r="I15" s="7">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.2358680324</v>
+        <v>0.3311224301</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00213671</v>
+        <v>0.00051128</v>
       </c>
       <c r="I16" s="7">
         <v>24</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="G17" s="7">
-        <v>0.3311224301</v>
+        <v>0</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00051128</v>
+        <v>0</v>
       </c>
       <c r="I17" s="7">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J17" s="7">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F18" s="7" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>0</v>
+        <v>0.362873896</v>
       </c>
       <c r="H18" s="7">
-        <v>0</v>
+        <v>0.00197874</v>
       </c>
       <c r="I18" s="7">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="J18" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0.362873896</v>
+        <v>0.28576323089999</v>
       </c>
       <c r="H19" s="7">
-        <v>0.00197874</v>
+        <v>0.00140519</v>
       </c>
       <c r="I19" s="7">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>48</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0.28576323089999</v>
+        <v>0.40823318699999</v>
       </c>
       <c r="H20" s="7">
-        <v>0.00140519</v>
+        <v>0.00078658</v>
       </c>
       <c r="I20" s="7">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>51</v>
       </c>
       <c r="F21" s="7" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="G21" s="7">
-        <v>0.40823318699999</v>
+        <v>0</v>
       </c>
       <c r="H21" s="7">
-        <v>0.00078658</v>
+        <v>0</v>
       </c>
       <c r="I21" s="7">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="J21" s="7">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>54</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0</v>
+        <v>0.39916133839999</v>
       </c>
       <c r="H22" s="7">
-        <v>0</v>
+        <v>0.0026547</v>
       </c>
       <c r="I22" s="7">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="G23" s="7">
-        <v>0.39916133839999</v>
+        <v>0</v>
       </c>
       <c r="H23" s="7">
-        <v>0.0026547</v>
+        <v>0</v>
       </c>
       <c r="I23" s="7">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="J23" s="7">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F24" s="7" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>0</v>
+        <v>0.408233133</v>
       </c>
       <c r="H24" s="7">
-        <v>0</v>
+        <v>0.00028677</v>
       </c>
       <c r="I24" s="7">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="J24" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>0.408233133</v>
+        <v>0.544310844</v>
       </c>
       <c r="H25" s="7">
-        <v>0.00028677</v>
+        <v>0.00235974</v>
       </c>
       <c r="I25" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J25" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>64</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>66</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>0.544310844</v>
+        <v>0</v>
       </c>
       <c r="H26" s="7">
-        <v>0.00235974</v>
+        <v>0</v>
       </c>
       <c r="I26" s="7">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="J26" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>67</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>69</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>0</v>
+        <v>0.8663614267</v>
       </c>
       <c r="H27" s="7">
-        <v>0</v>
+        <v>0.00663676</v>
       </c>
       <c r="I27" s="7">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="J27" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>70</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>72</v>
       </c>
       <c r="F28" s="7" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="G28" s="7">
-        <v>0.8663614267</v>
+        <v>0</v>
       </c>
       <c r="H28" s="7">
-        <v>0.00663676</v>
+        <v>0</v>
       </c>
       <c r="I28" s="7">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="J28" s="7">
-        <v>1000</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F29" s="7" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G29" s="7">
-        <v>0</v>
+        <v>0.544310844</v>
       </c>
       <c r="H29" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I29" s="7">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="J29" s="7">
-        <v>24</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>76</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>0.5669904625000001</v>
+        <v>0</v>
       </c>
       <c r="H30" s="7">
-        <v>0.00294967</v>
+        <v>0</v>
       </c>
       <c r="I30" s="7">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="J30" s="7">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
-        <v>0</v>
+        <v>0.45359237</v>
       </c>
       <c r="H31" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I31" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J31" s="7">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
-        <v>0.544310844</v>
+        <v>0</v>
       </c>
       <c r="H32" s="7">
-        <v>0.00235974</v>
+        <v>0</v>
       </c>
       <c r="I32" s="7">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="J32" s="7">
-        <v>6000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="7">
-        <v>0</v>
+        <v>0.90718474</v>
       </c>
       <c r="H33" s="7">
-        <v>0</v>
+        <v>0.0039329</v>
       </c>
       <c r="I33" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J33" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="7">
-        <v>0.45359237</v>
+        <v>0</v>
       </c>
       <c r="H34" s="7">
-        <v>0.00235974</v>
+        <v>0</v>
       </c>
       <c r="I34" s="7">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="J34" s="7">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
-        <v>0</v>
+        <v>0.90718474</v>
       </c>
       <c r="H35" s="7">
-        <v>0</v>
+        <v>0.0039329</v>
       </c>
       <c r="I35" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J35" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
         <v>94</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>95</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
-        <v>0.90718474</v>
+        <v>0.45359237</v>
       </c>
       <c r="H36" s="7">
-        <v>0.0039329</v>
+        <v>0.00235974</v>
       </c>
       <c r="I36" s="7">
         <v>100</v>
       </c>
       <c r="J36" s="7">
-        <v>1000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
         <v>96</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
         <v>97</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
-        <v>0.90718474</v>
+        <v>0.9979032140000001</v>
       </c>
       <c r="H37" s="7">
         <v>0.0039329</v>
       </c>
       <c r="I37" s="7">
         <v>100</v>
       </c>
       <c r="J37" s="7">
-        <v>1000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
-        <v>0.45359237</v>
+        <v>1.179340162</v>
       </c>
       <c r="H38" s="7">
-        <v>0.00235974</v>
+        <v>0.00491612</v>
       </c>
       <c r="I38" s="7">
         <v>100</v>
       </c>
       <c r="J38" s="7">
-        <v>10000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
-        <v>0.9979032140000001</v>
+        <v>0.45359237</v>
       </c>
       <c r="H39" s="7">
-        <v>0.0039329</v>
+        <v>0.00235974</v>
       </c>
       <c r="I39" s="7">
         <v>100</v>
       </c>
       <c r="J39" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="7">
-        <v>1.179340162</v>
+        <v>0.544310844</v>
       </c>
       <c r="H40" s="7">
-        <v>0.00491612</v>
+        <v>0.00294967</v>
       </c>
       <c r="I40" s="7">
         <v>100</v>
       </c>
       <c r="J40" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
         <v>107</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
         <v>108</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>109</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
-        <v>0.45359237</v>
+        <v>0.544310844</v>
       </c>
       <c r="H41" s="7">
         <v>0.00235974</v>
       </c>
       <c r="I41" s="7">
         <v>100</v>
       </c>
       <c r="J41" s="7">
-        <v>4000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
         <v>110</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
         <v>111</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
         <v>0.544310844</v>
       </c>
       <c r="H42" s="7">
-        <v>0.00294967</v>
+        <v>0.00235974</v>
       </c>
       <c r="I42" s="7">
         <v>100</v>
       </c>
       <c r="J42" s="7">
-        <v>4000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
-        <v>0.544310844</v>
+        <v>4</v>
       </c>
       <c r="H43" s="7">
-        <v>0.00235974</v>
+        <v>0.0412954</v>
       </c>
       <c r="I43" s="7">
         <v>100</v>
       </c>
       <c r="J43" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
-        <v>0.544310844</v>
+        <v>0.40823318699999</v>
       </c>
       <c r="H44" s="7">
-        <v>0.00235974</v>
+        <v>0.00086032</v>
       </c>
       <c r="I44" s="7">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="J44" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
-        <v>4</v>
+        <v>0.45359242999999</v>
       </c>
       <c r="H45" s="7">
-        <v>0.0412954</v>
+        <v>0.00235974</v>
       </c>
       <c r="I45" s="7">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="J45" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
-        <v>0.40823318699999</v>
+        <v>1.08862</v>
       </c>
       <c r="H46" s="7">
-        <v>0.00086032</v>
+        <v>0.00825908</v>
       </c>
       <c r="I46" s="7">
-        <v>24</v>
+        <v>250</v>
       </c>
       <c r="J46" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>126</v>
+        <v>81</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
-        <v>0.45359242999999</v>
+        <v>1.2</v>
       </c>
       <c r="H47" s="7">
-        <v>0.00235974</v>
+        <v>0.00589934</v>
       </c>
       <c r="I47" s="7">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
         <v>127</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
         <v>128</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>129</v>
+        <v>81</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
-        <v>1.08862</v>
+        <v>5</v>
       </c>
       <c r="H48" s="7">
-        <v>0.00825908</v>
+        <v>0.03539606</v>
       </c>
       <c r="I48" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J48" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="E49" s="7" t="s">
         <v>131</v>
       </c>
-      <c r="E49" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
-        <v>1.2</v>
+        <v>1</v>
       </c>
       <c r="H49" s="7">
-        <v>0.00589934</v>
+        <v>0.02753027</v>
       </c>
       <c r="I49" s="7">
         <v>100</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
         <v>132</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
         <v>133</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>89</v>
+        <v>134</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="7">
-        <v>5</v>
+        <v>2.6</v>
       </c>
       <c r="H50" s="7">
-        <v>0.03539606</v>
+        <v>0.00471947</v>
       </c>
       <c r="I50" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J50" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="7">
         <v>1</v>
       </c>
       <c r="H51" s="7">
-        <v>0.02753027</v>
+        <v>0.01638706</v>
       </c>
       <c r="I51" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J51" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
-        <v>2.6</v>
+        <v>1</v>
       </c>
       <c r="H52" s="7">
-        <v>0.00471947</v>
+        <v>0.01966448</v>
       </c>
       <c r="I52" s="7">
         <v>50</v>
       </c>
       <c r="J52" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
         <v>140</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
         <v>141</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
-        <v>1</v>
+        <v>4.3</v>
       </c>
       <c r="H53" s="7">
-        <v>0.01638706</v>
+        <v>0.0377558</v>
       </c>
       <c r="I53" s="7">
         <v>50</v>
       </c>
       <c r="J53" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="E54" s="7" t="s">
         <v>144</v>
       </c>
-      <c r="E54" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H54" s="7">
-        <v>0.01966448</v>
+        <v>0</v>
       </c>
       <c r="I54" s="7">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="J54" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
         <v>145</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
         <v>146</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>142</v>
+        <v>23</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
-        <v>4.3</v>
+        <v>0.063502940199999</v>
       </c>
       <c r="H55" s="7">
-        <v>0.0377558</v>
+        <v>0.00040968</v>
       </c>
       <c r="I55" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J55" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
         <v>147</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
         <v>148</v>
       </c>
       <c r="E56" s="7" t="s">
         <v>149</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="7">
-        <v>0</v>
+        <v>0.1179340318</v>
       </c>
       <c r="H56" s="7">
-        <v>0</v>
+        <v>0.00097256</v>
       </c>
       <c r="I56" s="7">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="J56" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
         <v>150</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
         <v>151</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>26</v>
+        <v>152</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
-        <v>0.063502940199999</v>
+        <v>0</v>
       </c>
       <c r="H57" s="7">
-        <v>0.00040968</v>
+        <v>0</v>
       </c>
       <c r="I57" s="7">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>154</v>
+        <v>90</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
-        <v>0.1179340318</v>
+        <v>0</v>
       </c>
       <c r="H58" s="7">
-        <v>0.00097256</v>
+        <v>0</v>
       </c>
       <c r="I58" s="7">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
         <v>155</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
         <v>156</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>157</v>
+        <v>137</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="7">
-        <v>0</v>
+        <v>2.6</v>
       </c>
       <c r="H59" s="7">
-        <v>0</v>
+        <v>0.02359737</v>
       </c>
       <c r="I59" s="7">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="J59" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>92</v>
+        <v>137</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="7">
-        <v>0</v>
+        <v>2.6</v>
       </c>
       <c r="H60" s="7">
-        <v>0</v>
+        <v>0.02359737</v>
       </c>
       <c r="I60" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J60" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="7">
-        <v>2.6</v>
+        <v>0</v>
       </c>
       <c r="H61" s="7">
-        <v>0.02359737</v>
+        <v>0</v>
       </c>
       <c r="I61" s="7">
         <v>50</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="E62" s="7" t="s">
         <v>163</v>
       </c>
-      <c r="E62" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F62" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="7">
-        <v>2.6</v>
+        <v>0.362873896</v>
       </c>
       <c r="H62" s="7">
-        <v>0.02359737</v>
+        <v>0.00081935</v>
       </c>
       <c r="I62" s="7">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="J62" s="7">
-        <v>0</v>
+        <v>576</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
         <v>164</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
         <v>165</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>142</v>
+        <v>166</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="7">
-        <v>0</v>
+        <v>0.34019432249999</v>
       </c>
       <c r="H63" s="7">
-        <v>0</v>
+        <v>0.00275303</v>
       </c>
       <c r="I63" s="7">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="J63" s="7">
-        <v>0</v>
-[...106 lines deleted...]
-      <c r="J67" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">