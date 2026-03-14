--- v3 (2026-01-09)
+++ v4 (2026-03-14)
@@ -15,351 +15,333 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Squishy" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Squishy</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPUMX-20 </t>
-[...5 lines deleted...]
-    <t>$24.39</t>
+    <t xml:space="preserve">GOYOB-25 </t>
+  </si>
+  <si>
+    <t>Goofy Eye Yo-Yo Mix 25 pcs</t>
+  </si>
+  <si>
+    <t>$16.76</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
-    <t xml:space="preserve">GOYOB-25 </t>
-[...5 lines deleted...]
-    <t>$8.99</t>
+    <t xml:space="preserve">FISTB </t>
+  </si>
+  <si>
+    <t>Fidget Stretchy Strings Glowing Stress Relief Toy Sensory Pack</t>
+  </si>
+  <si>
+    <t>$19.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PAMPSHA-12 </t>
+  </si>
+  <si>
+    <t>Mini Shark Toy - 1.75 inch Puffer Toy - Stress Relief Toy, Squishy Fidget Toys - 6 Colors - Tiny Shark Toys for Kids 12 pcs - Teacher Treasure Classroom Prizes - Easter Basket Stuffers</t>
+  </si>
+  <si>
+    <t>$6.14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STPEB </t>
+  </si>
+  <si>
+    <t>Stretchy Lizard Snake Frog Spider Bug Collectible Toy Set</t>
+  </si>
+  <si>
+    <t>$12.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PA-MPALI </t>
+  </si>
+  <si>
+    <t>Mini Puffer Alien 1.75in</t>
+  </si>
+  <si>
+    <t>$13.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PA-MPBEA </t>
+  </si>
+  <si>
+    <t>Mini Puffer Bear 1.75"</t>
+  </si>
+  <si>
+    <t>$13.65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STBAB28 </t>
+  </si>
+  <si>
+    <t>Splatterz Balls Sticky Toys Splat Ball Outdoor Kids Party Fun</t>
+  </si>
+  <si>
+    <t>$16.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PAMPBEA-12 </t>
+  </si>
+  <si>
+    <t>Puffer Bear Toys - Mini Bears Puffers Figures 1.75 Inch - Easter Egg Fillers - Gummy Bear 12 Pcs - Squeeze Toys for Party Favors, Goody Bags, Classroom Prizes &amp; Treasure Box</t>
+  </si>
+  <si>
+    <t>$12.69</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PUFHG-12 </t>
   </si>
   <si>
     <t>3" Light-Up Puffer Hedgehog 12 pcs</t>
   </si>
   <si>
     <t>$16.99</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPSHA-12 </t>
-[...5 lines deleted...]
-    <t>$6.14</t>
+    <t xml:space="preserve">PA-SSDFO </t>
+  </si>
+  <si>
+    <t>9" Dinosaur Fossil Stretchy String 24 pcs</t>
+  </si>
+  <si>
+    <t>$1.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PASTRL4-48 </t>
+  </si>
+  <si>
+    <t>Lizard Stretchy Toy for Kids - 4” Reptile Toys for Party Favors, Sensory Toys - Treasure Box Prizes - Stretchy Strings - Bulk Toy Pack of 48 - Easter Toys</t>
+  </si>
+  <si>
+    <t>$32.69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PASTRL4-100 </t>
+  </si>
+  <si>
+    <t>Lizard Stretchy Toy for Kids - 4” Reptile Toys for Party Favors, Sensory Toys - Treasure Box Prizes - Stretchy Strings - Bulk Toys Pack of 100</t>
+  </si>
+  <si>
+    <t>$44.99</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PUFHG-6 </t>
   </si>
   <si>
     <t>3" Light-Up Puffer Hedgehog 6 pcs</t>
   </si>
   <si>
     <t>$9.99</t>
   </si>
   <si>
-    <t xml:space="preserve">PA-MPALI </t>
-[...53 lines deleted...]
-    <t>$44.99</t>
+    <t xml:space="preserve">BT-PAMPSHA-48 </t>
+  </si>
+  <si>
+    <t>Shark Toy - Pack of 48 - 1.75 inch Puffer Toys - Stress Relief Toy, Fidget Toys Bulk - 6 Colors - Mini Sharks Squishes for Kids and Novelty Gift - Teacher Treasure Classroom Prize</t>
+  </si>
+  <si>
+    <t>$14.47</t>
   </si>
   <si>
     <t xml:space="preserve">SQ0074 </t>
   </si>
   <si>
     <t>Alien Toy Squishy Toy Stress Toy Squeeze Toy Collectible Toy</t>
   </si>
   <si>
-    <t>$234.00</t>
-[...17 lines deleted...]
-    <t>$251.10</t>
+    <t>$162.00</t>
+  </si>
+  <si>
+    <t>Case</t>
   </si>
   <si>
     <t xml:space="preserve">PA-MPSHA </t>
   </si>
   <si>
     <t>Mini Puffer Shark 1.75" 24 pcs</t>
   </si>
   <si>
     <t>$10.50</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN3B </t>
   </si>
   <si>
     <t>Squishy Cupcake Toys Collection in Bulk Bag Kids Party Favor Sensory Stress Relief</t>
   </si>
   <si>
     <t>$41.40</t>
   </si>
   <si>
     <t xml:space="preserve">LI0692 </t>
   </si>
   <si>
     <t>Disney Doorables Squishalots Mystery Figures Blind Bag</t>
   </si>
   <si>
     <t>$108.00</t>
   </si>
   <si>
-    <t xml:space="preserve">FISTB </t>
-[...5 lines deleted...]
-    <t>$19.80</t>
+    <t xml:space="preserve">SQS3B </t>
+  </si>
+  <si>
+    <t>Squeezie Squeees Glow-in-the-Dark Series - Mochi Animal Squishy Toys (100pcs)</t>
+  </si>
+  <si>
+    <t>$31.50</t>
   </si>
   <si>
     <t xml:space="preserve">SP1023 </t>
   </si>
   <si>
     <t>Splat Poop Joke Toy Squeeze Toy Gag Toy Indoor Game</t>
   </si>
   <si>
     <t>$54.00</t>
   </si>
   <si>
-    <t xml:space="preserve">STPEB </t>
-[...5 lines deleted...]
-    <t>$12.60</t>
+    <t xml:space="preserve">SQS2B </t>
+  </si>
+  <si>
+    <t>Squeezie Squeees Series 2 - Enchanting Mochi Animals Collectibles (100pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1306 </t>
   </si>
   <si>
     <t>Squishy Toy Ring Pop Sensory Finger Toy Gift</t>
   </si>
   <si>
     <t>$84.00</t>
   </si>
   <si>
-    <t xml:space="preserve">STBAB28 </t>
-[...5 lines deleted...]
-    <t>$16.20</t>
+    <t xml:space="preserve">SMSTB </t>
+  </si>
+  <si>
+    <t>Small Sticky Hands Mix - Classic Fun Toy Pack for Kids Entertainment, Party Favors, Outdoor Play</t>
+  </si>
+  <si>
+    <t>$11.52</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1302 </t>
   </si>
   <si>
     <t>Squishy Toy Hippo Squeeze Toy Animal Toy Foam Pack</t>
   </si>
   <si>
     <t>$29.40</t>
   </si>
   <si>
-    <t xml:space="preserve">SQS3B </t>
-[...5 lines deleted...]
-    <t>$31.50</t>
+    <t xml:space="preserve">OCS2B </t>
+  </si>
+  <si>
+    <t>Octo Squishies Series 2 Collectable Pencil Topper Octopus Toys (100pcs Bulk Bag, Kids Collect and Trade)</t>
+  </si>
+  <si>
+    <t>$15.30</t>
   </si>
   <si>
     <t xml:space="preserve">CBR17 </t>
   </si>
   <si>
     <t>Care Bears Squishy Toy Heart Shape Star Shape Slow Rise</t>
   </si>
   <si>
     <t>$27.00</t>
   </si>
   <si>
-    <t xml:space="preserve">SQS2B </t>
-[...22 lines deleted...]
-  <si>
     <t xml:space="preserve">MESTB </t>
   </si>
   <si>
     <t>Sticky Critters 100 Pcs - Fun Kids Toys Including Dragonflies, Caterpillars, Cobras, Alligators, Frogs for Outdoor Use!</t>
   </si>
   <si>
     <t>$13.50</t>
   </si>
   <si>
     <t xml:space="preserve">NOYOB </t>
   </si>
   <si>
     <t>Noodle Stretchy Yo-Yo Noodles - Mix Match Kids Sensory Toys by A&amp;A Global</t>
   </si>
   <si>
     <t>$13.02</t>
   </si>
   <si>
     <t xml:space="preserve">STEMB </t>
   </si>
   <si>
     <t>Stretchable Emoji Figures Variety Pack for Kids Playrooms and Creative Activities</t>
   </si>
   <si>
     <t xml:space="preserve">STHIB </t>
@@ -367,50 +349,59 @@
   <si>
     <t>Large Sticky Hands in Bulk Bag (100pcs) - Fun Classic Toy for Kids of All Ages</t>
   </si>
   <si>
     <t>$18.52</t>
   </si>
   <si>
     <t xml:space="preserve">YOYOB </t>
   </si>
   <si>
     <t>Stretchy Yo-Yo Toy with Spiny Air-Filled Balls and Glow-In-The-Dark (100 Pieces Bulk Bag)</t>
   </si>
   <si>
     <t>$22.05</t>
   </si>
   <si>
     <t xml:space="preserve">ANYOB </t>
   </si>
   <si>
     <t>Animal Yo-Yo Toy Set (100pcs): Fun Stretchy Bouncy Creatures for Kids Playtime and Collectors</t>
   </si>
   <si>
     <t>$24.30</t>
   </si>
   <si>
+    <t xml:space="preserve">BT-PAMPBEA-48 </t>
+  </si>
+  <si>
+    <t>Puffer Bear Toys - Mini Bears Paffers Figures 1.75 Inch - Easter Egg Fillers - Gummy Bear 48 Pcs - Squeeze Toys for Party Favors, Goody Bags, Classroom Prizes &amp; Treasure Box</t>
+  </si>
+  <si>
+    <t>$39.53</t>
+  </si>
+  <si>
     <t xml:space="preserve">BT-PAMPSHA-24 </t>
   </si>
   <si>
     <t>Mini Shark Toys - Pack of 24 - 1.75 inch Puffer Toy - Stress Relief Squishi Toys, Fidget Toy in 6 Colors - Tiny Sharks Squishes for Kids - Teacher Treasure Classroom Prizes</t>
   </si>
   <si>
     <t>$12.56</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PAMPALI-48 </t>
   </si>
   <si>
     <t>Alien Toys for Kids - 1.75 Inch Alien Toys for Kids - Funny Squishy Toys for Party Favors, Goody Bags, Classroom Prizes - Mini Puffer Ball - Pack of 48 - Easter Basket Stuffers</t>
   </si>
   <si>
     <t>$24.59</t>
   </si>
   <si>
     <t xml:space="preserve">LIUNCV </t>
   </si>
   <si>
     <t>Lil' Unicorns in 1.1in Capsules (250pcs) Stress Relief Adorable Squeeze Toys with Metallic Horns Cute Collectible Figures</t>
   </si>
   <si>
     <t>$53.25</t>
@@ -511,57 +502,75 @@
   <si>
     <t>Ultimate Squishy Toy Bundle: 50 Animal Shapes for Stress Relief &amp; Tactile Play</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN12B </t>
   </si>
   <si>
     <t>Squishy Capybara Figure Stress Relief Fidget Toy Set for Collectors and Novelty Gift Assortment</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN15B </t>
   </si>
   <si>
     <t>Ultimate Hippo Squishy Toy Pack - 50pcs Stress Relief &amp; Sensory Fun for Kids &amp; Adults, Perfect Unique Gift Idea &amp; Collectible Charm</t>
   </si>
   <si>
     <t xml:space="preserve">PA-MPDOG </t>
   </si>
   <si>
     <t>Mini Puffer Dog 1.75"</t>
   </si>
   <si>
     <t>$17.24</t>
   </si>
   <si>
+    <t xml:space="preserve">BT-PAMPDOG-12 </t>
+  </si>
+  <si>
+    <t>Mini Puffer Dog Squishy Toys – 12 Pcs, 1.75 Inch Gummy Dogs Figures – Easter Egg Fillers, Party Favors, Stress Relief Toys for Kids &amp; Classroom Prizes</t>
+  </si>
+  <si>
+    <t>$13.51</t>
+  </si>
+  <si>
     <t xml:space="preserve">BT-PAMPDOG-24 </t>
   </si>
   <si>
     <t>Mini Puffer Dog Squishy Toys – 24 Pcs, 1.75 Inch Gummy Dogs Figures – Easter Egg Fillers, Party Favors, Stress Relief Toys for Kids &amp; Classroom Prizes</t>
   </si>
   <si>
-    <t>$9.27</t>
+    <t>$25.26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PAMPDOG-48 </t>
+  </si>
+  <si>
+    <t>Mini Puffer Dog Squishy Toys – 48 Pcs, 1.75 Inch Gummy Dogs Figures – Easter Egg Fillers, Party Favors, Stress Relief Toys for Kids &amp; Classroom Prizes</t>
+  </si>
+  <si>
+    <t>$27.05</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -630,51 +639,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc701e4ba4ba4ca819edb23659bf45e02.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7483ffd38c29a47f78c7c75dd98068b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54134.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_137f4ffb30d12a8fdd85b4e7512b12855.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfdfbc53dea362dc871b2dec00c1d0997.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_01ff73023c443c517017ef5f8ad9abaa8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3fe17d29e16b4806fd12806b1aa6b3019.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_432d66259091594077219dcb8f29d70d10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_696d48a9cc6f737633dda66dcc7f4f3211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc28ff9aa4b96b6d29255470253865cd12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3b3d486a0cebfd92f1ae03a0fcb9039613.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1351cfb517acb6aedf311d4e2456bd7b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a9a6b9a669f21f3f1ac8cec578c41e2715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_302ca8ebb5bed800009b9136b0d3012616.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5856ffb4ce78111f9395b3fffd21f8717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c0c9508865c05ccc508f9fe074e315b18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4bca5e6da99c6b6346d9c571a11833b319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5e72426c55b87d2270a3c2ccbb11aaf120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_585e3e6ca1e336de90cd94a40569d3d121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_34678137a1814c314c805e552db2c7af22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_957878c3c41ea20261e7d96c9077a5f324.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c52849725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_39dd12b0d91a5e377ea246550d54f15626.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b96e9ca172bd9a0a2560ffd55eb705427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8847d439331e7a93e218f95312e116b528.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_389f791e395a4b78cc0e9e75f48897a229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3bbe05d36202d7872fc7e9262a883dac30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5701479aa225b7a532e3a7dd4cecf02831.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b366c9821d7d4c4b3b2f48856efd88e32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76ebd0ae5e429341e2a600f6b59b2d0033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4386aba170c49ff62b7d127ca106f57134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_890be86bbfde8e63cb6d70c32e944e6b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239f5240bf193e3f73adbf1ef00282bc36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d689d2002c99147a82246baa5f34b8b937.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c31ccdd8eac5c4278cd3e32b40adf27738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e25796dbc4fd112948eb9af57c81fc3e39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27ff4d9604ac2a5b40601ed00bc4b67040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2aa485d9f73cfd75aa18efcca132bf8b41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a88cf5ffbd39e1c5a1b2d96b69854f8c43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efa7e92669a744cef6abda7b2016441844.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8d3fdea5792b0b52d1c6e2155da5fd345.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0e657d97302d9444a5ff142406983ab46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef139b809f651378cac2261f73780cb247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2313dcebea811f5fb563bcccb57ba05548.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c755d1c4219553c3975e30ffd06e03849.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8be1d81d05c3a879baddf2c4c91ade0f50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1219337a4b9590ec1d3f59db9ea2500651.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da0a550f8560d8f49e27432027026f8352.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e90523094b297b4fb5b03d20b22ba91e53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0aa8922ba8bd55d702c5ccae8bb50ae754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd8395a6511a1c7d6c2a9ce5426d63df55.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7483ffd38c29a47f78c7c75dd98068b2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4bca5e6da99c6b6346d9c571a11833b33.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_137f4ffb30d12a8fdd85b4e7512b12854.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_585e3e6ca1e336de90cd94a40569d3d15.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfdfbc53dea362dc871b2dec00c1d0996.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_01ff73023c443c517017ef5f8ad9abaa7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_976e921d6ebd913fd10ed2ec18f5d8659.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d541310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_432d66259091594077219dcb8f29d70d11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_696d48a9cc6f737633dda66dcc7f4f3212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc28ff9aa4b96b6d29255470253865cd13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1351cfb517acb6aedf311d4e2456bd7b15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3b3d486a0cebfd92f1ae03a0fcb9039616.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_302ca8ebb5bed800009b9136b0d3012617.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5856ffb4ce78111f9395b3fffd21f8718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c0c9508865c05ccc508f9fe074e315b19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c52849720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5e72426c55b87d2270a3c2ccbb11aaf121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b96e9ca172bd9a0a2560ffd55eb705422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_34678137a1814c314c805e552db2c7af23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8847d439331e7a93e218f95312e116b524.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_957878c3c41ea20261e7d96c9077a5f325.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_389f791e395a4b78cc0e9e75f48897a226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_39dd12b0d91a5e377ea246550d54f15627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3bbe05d36202d7872fc7e9262a883dac28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5701479aa225b7a532e3a7dd4cecf02829.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b366c9821d7d4c4b3b2f48856efd88e30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76ebd0ae5e429341e2a600f6b59b2d0031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4386aba170c49ff62b7d127ca106f57132.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_890be86bbfde8e63cb6d70c32e944e6b33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e283c7ec5994ae4cf73a40a36133ccc034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239f5240bf193e3f73adbf1ef00282bc35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d689d2002c99147a82246baa5f34b8b936.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c31ccdd8eac5c4278cd3e32b40adf27737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e25796dbc4fd112948eb9af57c81fc3e38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27ff4d9604ac2a5b40601ed00bc4b67039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2aa485d9f73cfd75aa18efcca132bf8b40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a88cf5ffbd39e1c5a1b2d96b69854f8c42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efa7e92669a744cef6abda7b2016441843.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8d3fdea5792b0b52d1c6e2155da5fd344.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0e657d97302d9444a5ff142406983ab45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef139b809f651378cac2261f73780cb246.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2313dcebea811f5fb563bcccb57ba05547.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c755d1c4219553c3975e30ffd06e03848.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8be1d81d05c3a879baddf2c4c91ade0f49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1219337a4b9590ec1d3f59db9ea2500650.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da0a550f8560d8f49e27432027026f8351.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e90523094b297b4fb5b03d20b22ba91e52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0aa8922ba8bd55d702c5ccae8bb50ae753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f5582c3ad1adb8c1082c4a1b01281ae54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd8395a6511a1c7d6c2a9ce5426d63df55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f86e8a7baf1e94d87b5e8e50a92d6ec56.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2272,50 +2281,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>62</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2582,54 +2621,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J63"/>
+  <dimension ref="A1:J64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J63" sqref="J63"/>
+      <selection activeCell="J64" sqref="J64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -2683,1490 +2722,1517 @@
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="55">
       <c r="B10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="7">
-        <v>0.2177243664</v>
+        <v>0.23813599425</v>
       </c>
       <c r="H10" s="7">
-        <v>0.00139281</v>
+        <v>0.00108155</v>
       </c>
       <c r="I10" s="7">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J10" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>0.23813599425</v>
+        <v>0.8663614267</v>
       </c>
       <c r="H11" s="7">
-        <v>0.00108155</v>
+        <v>0.00663676</v>
       </c>
       <c r="I11" s="7">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J11" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>0.53977499169999</v>
+        <v>0.090718485999998</v>
       </c>
       <c r="H12" s="7">
-        <v>0.003224</v>
+        <v>0.00042795</v>
       </c>
       <c r="I12" s="7">
         <v>12</v>
       </c>
       <c r="J12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>0.090718485999998</v>
+        <v>0.544310844</v>
       </c>
       <c r="H13" s="7">
-        <v>0.00042795</v>
+        <v>0.00235974</v>
       </c>
       <c r="I13" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J13" s="7">
-        <v>0</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>0.2585476851</v>
+        <v>0.2358680324</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00122812</v>
+        <v>0.00213671</v>
       </c>
       <c r="I14" s="7">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.2358680324</v>
+        <v>0.3311224301</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00213671</v>
+        <v>0.00051128</v>
       </c>
       <c r="I15" s="7">
         <v>24</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.3311224301</v>
+        <v>0.45359237</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00051128</v>
+        <v>0.00235974</v>
       </c>
       <c r="I16" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J16" s="7">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0</v>
+        <v>0.1678291991</v>
       </c>
       <c r="H17" s="7">
-        <v>0</v>
+        <v>0.00096198</v>
       </c>
       <c r="I17" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J17" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E18" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="E18" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>0.362873896</v>
+        <v>0.53977499169999</v>
       </c>
       <c r="H18" s="7">
-        <v>0.00197874</v>
+        <v>0.003224</v>
       </c>
       <c r="I18" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E19" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="E19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0.28576323089999</v>
+        <v>0.362873896</v>
       </c>
       <c r="H19" s="7">
-        <v>0.00140519</v>
+        <v>0.00197874</v>
       </c>
       <c r="I19" s="7">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E20" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="E20" s="7" t="s">
+      <c r="F20" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G20" s="7">
+        <v>0.28576323089999</v>
+      </c>
+      <c r="H20" s="7">
+        <v>0.00140519</v>
+      </c>
+      <c r="I20" s="7">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>100</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E21" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="E21" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="7" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>0</v>
+        <v>0.40823318699999</v>
       </c>
       <c r="H21" s="7">
-        <v>0</v>
+        <v>0.00078658</v>
       </c>
       <c r="I21" s="7">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="J21" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E22" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="E22" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0.39916133839999</v>
+        <v>0.2585476851</v>
       </c>
       <c r="H22" s="7">
-        <v>0.0026547</v>
+        <v>0.00122812</v>
       </c>
       <c r="I22" s="7">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E23" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="E23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="7" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>0</v>
+        <v>0.39916133839999</v>
       </c>
       <c r="H23" s="7">
-        <v>0</v>
+        <v>0.0026547</v>
       </c>
       <c r="I23" s="7">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="J23" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E24" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="E24" s="7" t="s">
+      <c r="F24" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="F24" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G24" s="7">
-        <v>0.408233133</v>
+        <v>0</v>
       </c>
       <c r="H24" s="7">
-        <v>0.00028677</v>
+        <v>0</v>
       </c>
       <c r="I24" s="7">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J24" s="7">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>0.544310844</v>
+        <v>0.408233133</v>
       </c>
       <c r="H25" s="7">
-        <v>0.00235974</v>
+        <v>0.00028677</v>
       </c>
       <c r="I25" s="7">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="J25" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>64</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>66</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>0</v>
+        <v>0.544310844</v>
       </c>
       <c r="H26" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I26" s="7">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="J26" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>67</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>69</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>0.8663614267</v>
+        <v>0</v>
       </c>
       <c r="H27" s="7">
-        <v>0.00663676</v>
+        <v>0</v>
       </c>
       <c r="I27" s="7">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="J27" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>70</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>72</v>
       </c>
       <c r="F28" s="7" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>0</v>
+        <v>0.90718474</v>
       </c>
       <c r="H28" s="7">
-        <v>0</v>
+        <v>0.0039329</v>
       </c>
       <c r="I28" s="7">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="J28" s="7">
-        <v>24</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F29" s="7" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="G29" s="7">
-        <v>0.544310844</v>
+        <v>0</v>
       </c>
       <c r="H29" s="7">
-        <v>0.00235974</v>
+        <v>0</v>
       </c>
       <c r="I29" s="7">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="J29" s="7">
-        <v>6000</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>76</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>0</v>
+        <v>0.90718474</v>
       </c>
       <c r="H30" s="7">
-        <v>0</v>
+        <v>0.0039329</v>
       </c>
       <c r="I30" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J30" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E31" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="E31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
-        <v>0.45359237</v>
+        <v>0</v>
       </c>
       <c r="H31" s="7">
-        <v>0.00235974</v>
+        <v>0</v>
       </c>
       <c r="I31" s="7">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="J31" s="7">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="E32" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="E32" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
-        <v>0</v>
+        <v>0.45359237</v>
       </c>
       <c r="H32" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I32" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J32" s="7">
-        <v>0</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E33" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="E33" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F33" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="7">
-        <v>0.90718474</v>
+        <v>0</v>
       </c>
       <c r="H33" s="7">
-        <v>0.0039329</v>
+        <v>0</v>
       </c>
       <c r="I33" s="7">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="J33" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="E34" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="E34" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="7">
-        <v>0</v>
+        <v>0.9979032140000001</v>
       </c>
       <c r="H34" s="7">
-        <v>0</v>
+        <v>0.0039329</v>
       </c>
       <c r="I34" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J34" s="7">
-        <v>0</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="E35" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="E35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
-        <v>0.90718474</v>
+        <v>0</v>
       </c>
       <c r="H35" s="7">
-        <v>0.0039329</v>
+        <v>0</v>
       </c>
       <c r="I35" s="7">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="J35" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
         <v>94</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>95</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
-        <v>0.45359237</v>
+        <v>1.179340162</v>
       </c>
       <c r="H36" s="7">
-        <v>0.00235974</v>
+        <v>0.00491612</v>
       </c>
       <c r="I36" s="7">
         <v>100</v>
       </c>
       <c r="J36" s="7">
-        <v>10000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
         <v>96</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
         <v>97</v>
       </c>
       <c r="E37" s="7" t="s">
         <v>98</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
-        <v>0.9979032140000001</v>
+        <v>0.45359237</v>
       </c>
       <c r="H37" s="7">
-        <v>0.0039329</v>
+        <v>0.00235974</v>
       </c>
       <c r="I37" s="7">
         <v>100</v>
       </c>
       <c r="J37" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
         <v>99</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
         <v>100</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
-        <v>1.179340162</v>
+        <v>1.224699399</v>
       </c>
       <c r="H38" s="7">
-        <v>0.00491612</v>
+        <v>0.00530941</v>
       </c>
       <c r="I38" s="7">
         <v>100</v>
       </c>
       <c r="J38" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="E39" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="E39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
-        <v>0.45359237</v>
+        <v>0.544310844</v>
       </c>
       <c r="H39" s="7">
         <v>0.00235974</v>
       </c>
       <c r="I39" s="7">
         <v>100</v>
       </c>
       <c r="J39" s="7">
-        <v>4000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="E40" s="7" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="7">
         <v>0.544310844</v>
       </c>
       <c r="H40" s="7">
-        <v>0.00294967</v>
+        <v>0.00235974</v>
       </c>
       <c r="I40" s="7">
         <v>100</v>
       </c>
       <c r="J40" s="7">
-        <v>4000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
         <v>107</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
         <v>108</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>109</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
-        <v>0.544310844</v>
+        <v>4</v>
       </c>
       <c r="H41" s="7">
-        <v>0.00235974</v>
+        <v>0.0412954</v>
       </c>
       <c r="I41" s="7">
         <v>100</v>
       </c>
       <c r="J41" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
         <v>110</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
         <v>111</v>
       </c>
       <c r="E42" s="7" t="s">
         <v>112</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
-        <v>0.544310844</v>
+        <v>0.67999855551019</v>
       </c>
       <c r="H42" s="7">
-        <v>0.00235974</v>
+        <v>0.00385112</v>
       </c>
       <c r="I42" s="7">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="J42" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>113</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
         <v>114</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>115</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
-        <v>4</v>
+        <v>0.40823318699999</v>
       </c>
       <c r="H43" s="7">
-        <v>0.0412954</v>
+        <v>0.00086032</v>
       </c>
       <c r="I43" s="7">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="J43" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
         <v>116</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
         <v>117</v>
       </c>
       <c r="E44" s="7" t="s">
         <v>118</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
-        <v>0.40823318699999</v>
+        <v>0.45359242999999</v>
       </c>
       <c r="H44" s="7">
-        <v>0.00086032</v>
+        <v>0.00235974</v>
       </c>
       <c r="I44" s="7">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="J44" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
         <v>119</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
         <v>120</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>121</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
-        <v>0.45359242999999</v>
+        <v>1.08862</v>
       </c>
       <c r="H45" s="7">
-        <v>0.00235974</v>
+        <v>0.00825908</v>
       </c>
       <c r="I45" s="7">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="J45" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
         <v>122</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
         <v>123</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>124</v>
+        <v>35</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
-        <v>1.08862</v>
+        <v>1.2</v>
       </c>
       <c r="H46" s="7">
-        <v>0.00825908</v>
+        <v>0.00589934</v>
       </c>
       <c r="I46" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J46" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
-        <v>1.2</v>
+        <v>5</v>
       </c>
       <c r="H47" s="7">
-        <v>0.00589934</v>
+        <v>0.03539606</v>
       </c>
       <c r="I47" s="7">
         <v>100</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="E48" s="7" t="s">
         <v>128</v>
       </c>
-      <c r="E48" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H48" s="7">
-        <v>0.03539606</v>
+        <v>0.02753027</v>
       </c>
       <c r="I48" s="7">
         <v>100</v>
       </c>
       <c r="J48" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
         <v>129</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
         <v>130</v>
       </c>
       <c r="E49" s="7" t="s">
         <v>131</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
-        <v>1</v>
+        <v>2.6</v>
       </c>
       <c r="H49" s="7">
-        <v>0.02753027</v>
+        <v>0.00471947</v>
       </c>
       <c r="I49" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
         <v>132</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
         <v>133</v>
       </c>
       <c r="E50" s="7" t="s">
         <v>134</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="7">
-        <v>2.6</v>
+        <v>1</v>
       </c>
       <c r="H50" s="7">
-        <v>0.00471947</v>
+        <v>0.01638706</v>
       </c>
       <c r="I50" s="7">
         <v>50</v>
       </c>
       <c r="J50" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
         <v>135</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
         <v>136</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="7">
         <v>1</v>
       </c>
       <c r="H51" s="7">
-        <v>0.01638706</v>
+        <v>0.01966448</v>
       </c>
       <c r="I51" s="7">
         <v>50</v>
       </c>
       <c r="J51" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
-        <v>1</v>
+        <v>4.3</v>
       </c>
       <c r="H52" s="7">
-        <v>0.01966448</v>
+        <v>0.0377558</v>
       </c>
       <c r="I52" s="7">
         <v>50</v>
       </c>
       <c r="J52" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="E53" s="7" t="s">
         <v>141</v>
       </c>
-      <c r="E53" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
-        <v>4.3</v>
+        <v>0</v>
       </c>
       <c r="H53" s="7">
-        <v>0.0377558</v>
+        <v>0</v>
       </c>
       <c r="I53" s="7">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="J53" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
         <v>142</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
         <v>143</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
-        <v>0</v>
+        <v>0.063502940199999</v>
       </c>
       <c r="H54" s="7">
-        <v>0</v>
+        <v>0.00040968</v>
       </c>
       <c r="I54" s="7">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="J54" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E55" s="7" t="s">
         <v>146</v>
       </c>
-      <c r="E55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
-        <v>0.063502940199999</v>
+        <v>0.1179340318</v>
       </c>
       <c r="H55" s="7">
-        <v>0.00040968</v>
+        <v>0.00097256</v>
       </c>
       <c r="I55" s="7">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="J55" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
         <v>147</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
         <v>148</v>
       </c>
       <c r="E56" s="7" t="s">
         <v>149</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="7">
-        <v>0.1179340318</v>
+        <v>0</v>
       </c>
       <c r="H56" s="7">
-        <v>0.00097256</v>
+        <v>0</v>
       </c>
       <c r="I56" s="7">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J56" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
         <v>150</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
         <v>151</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>152</v>
+        <v>92</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
         <v>0</v>
       </c>
       <c r="H57" s="7">
         <v>0</v>
       </c>
       <c r="I57" s="7">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>90</v>
+        <v>134</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
-        <v>0</v>
+        <v>2.6</v>
       </c>
       <c r="H58" s="7">
-        <v>0</v>
+        <v>0.02359737</v>
       </c>
       <c r="I58" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="7">
         <v>2.6</v>
       </c>
       <c r="H59" s="7">
         <v>0.02359737</v>
       </c>
       <c r="I59" s="7">
         <v>50</v>
       </c>
       <c r="J59" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="7">
-        <v>2.6</v>
+        <v>0</v>
       </c>
       <c r="H60" s="7">
-        <v>0.02359737</v>
+        <v>0</v>
       </c>
       <c r="I60" s="7">
         <v>50</v>
       </c>
       <c r="J60" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="E61" s="7" t="s">
         <v>160</v>
       </c>
-      <c r="E61" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="7">
-        <v>0</v>
+        <v>0.362873896</v>
       </c>
       <c r="H61" s="7">
-        <v>0</v>
+        <v>0.00081935</v>
       </c>
       <c r="I61" s="7">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="J61" s="7">
-        <v>0</v>
+        <v>576</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
         <v>161</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
         <v>162</v>
       </c>
       <c r="E62" s="7" t="s">
         <v>163</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="7">
-        <v>0.362873896</v>
+        <v>0.1496855019</v>
       </c>
       <c r="H62" s="7">
-        <v>0.00081935</v>
+        <v>0.00294967</v>
       </c>
       <c r="I62" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J62" s="7">
-        <v>576</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
         <v>164</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
         <v>165</v>
       </c>
       <c r="E63" s="7" t="s">
         <v>166</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="7">
         <v>0.34019432249999</v>
       </c>
       <c r="H63" s="7">
         <v>0.00275303</v>
       </c>
       <c r="I63" s="7">
         <v>24</v>
       </c>
       <c r="J63" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" customHeight="1" ht="55">
+      <c r="B64" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C64" s="6"/>
+      <c r="D64" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G64" s="7">
+        <v>0.68038864499999</v>
+      </c>
+      <c r="H64" s="7">
+        <v>0.00147484</v>
+      </c>
+      <c r="I64" s="7">
+        <v>48</v>
+      </c>
+      <c r="J64" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">