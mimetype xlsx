--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -15,292 +15,274 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Self Vending Toys" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Self Vending Toys</t>
   </si>
   <si>
-    <t xml:space="preserve">FLTOB-100 </t>
-[...5 lines deleted...]
-    <t>$12.60</t>
+    <t xml:space="preserve">SEDIB-100 </t>
+  </si>
+  <si>
+    <t>Big Dice in Bulk Bag in 1"</t>
+  </si>
+  <si>
+    <t>$12.75</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
-    <t xml:space="preserve">SEDIB-100 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">SOCCB-100 </t>
   </si>
   <si>
     <t>Mini Soccer Balls in Bulk Bag in 1"</t>
   </si>
   <si>
-    <t>$8.04</t>
-[...8 lines deleted...]
-    <t>$23.20</t>
+    <t>$10.05</t>
   </si>
   <si>
     <t xml:space="preserve">Y-1555-100 </t>
   </si>
   <si>
     <t>Spinner Balls Mini 100pcs</t>
   </si>
   <si>
-    <t>$16.00</t>
+    <t>$19.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FORTB-24 </t>
+  </si>
+  <si>
+    <t>Bulk Toys - Fortune Dice for Kids - 24 Pcs Bulk Dice Prizes for Kids - Colored Dice Bulk Gifts for Kids - Party Favors Easter Egg Fillers Goodie Bag Supplies Pinata Stuffers - Vending Machine Toy</t>
+  </si>
+  <si>
+    <t>$6.18</t>
   </si>
   <si>
     <t xml:space="preserve">BT-RDA1000-15 </t>
   </si>
   <si>
     <t>Rubber Duck Toy Assortment - Jeep Ducks for Ducking - Cute Duckies for Kids - 15 Pcs Ducky Playset Bath Toys - Rubber Ducks for Beach Pool - Goody Bag Stuffers Classroom Prizes - Easter Gifts for Kids</t>
   </si>
   <si>
-    <t>$16.56</t>
+    <t>$20.69</t>
   </si>
   <si>
     <t xml:space="preserve">BT-RDA1000-10 </t>
   </si>
   <si>
     <t>Rubber Duck Toy Assortment - Jeep Ducks for Ducking - Duckies for Kids - 10 Pcs Ducky Playset Bath Toys - Rubber Ducks for Beach Pool - Goody Bag Stuffers Classroom Prizes -  Easter Gifts for Kids</t>
   </si>
   <si>
-    <t>$10.40</t>
+    <t>$12.99</t>
   </si>
   <si>
     <t xml:space="preserve">SPBAB2 </t>
   </si>
   <si>
     <t>Sports Ball Variety Pack: Baseball, Tennis, Basketball, Soccer - Perfect for Vending Machines &amp; Collectors - 32mm Diameter</t>
   </si>
   <si>
-    <t>$9.65</t>
+    <t>$12.06</t>
   </si>
   <si>
     <t xml:space="preserve">SBA2B </t>
   </si>
   <si>
     <t>Spinner Balls Stress Relief Pack - Enhance Focus and Calming with 100 Piece Fidget Toys</t>
   </si>
   <si>
-    <t>$25.20</t>
+    <t>$31.50</t>
   </si>
   <si>
     <t xml:space="preserve">SBALB </t>
   </si>
   <si>
     <t>Spinner Soccer Balls Stress Relief Fidget Toys Promoting Focus and Calming Sensory Play</t>
   </si>
   <si>
     <t xml:space="preserve">WAR17B </t>
   </si>
   <si>
     <t>DC Comics Foam Balls Mix 50pcs - Stress Relief Catch Games with Iconic Characters for Fans, Kids &amp; Collectors</t>
   </si>
   <si>
+    <t>$27.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WAR8B </t>
+  </si>
+  <si>
+    <t>DC Comics Buildable Figurines: Collect Batman, Superman, Joker, Green Lantern, Flash in Bulk Capsule Toys</t>
+  </si>
+  <si>
+    <t>$126.90</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEM4B </t>
+  </si>
+  <si>
+    <t>Self Vending Fun Mix - 49mm Plastic Balls with Aliens, Smiley Faces, Lady Bugs, Sports Balls &amp; Eyeballs - Ultimate Collectible Toys for Kids</t>
+  </si>
+  <si>
+    <t>$24.75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEM3B2 </t>
+  </si>
+  <si>
+    <t>Self-Vending Puzzle &amp; Sports Toys Assortment - Fun Time Mix Series 3 (100 pcs)</t>
+  </si>
+  <si>
+    <t>$15.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEDIB2 </t>
+  </si>
+  <si>
+    <t>Big Dice Mix - Self-Vending Dice Multi-Pack (100pcs) - Vibrant 8 Color Assortment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PUBAB </t>
+  </si>
+  <si>
+    <t>Puzzle Balls (100pcs) - Fun Toy for Kids and Challenging Puzzle with Plastic Pieces for Brain Teaser and Educational Playtime</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEM2B2 </t>
+  </si>
+  <si>
+    <t>Self-Vending Toy Extravaganza: Balls, Dice, Puzzles, Glow Surprises, Whistles! Perfect Kids Amusement Collection for Vending Sales and Playful Entertainment!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOX-DUCKS-20 </t>
+  </si>
+  <si>
+    <t>Assorted Rubber Ducks Jeep Ducks for Ducking 20pcs in Gift Box - 2</t>
+  </si>
+  <si>
+    <t>$18.69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-RDA1000-MESH-18 </t>
+  </si>
+  <si>
+    <t>Rubber Duck Toy Assortment - Ducky Playset Bath Toys in Mesh Bag - Jeep Ducks for Ducking - Rubber Duckies for Beach Pool - Goody Bag Stuffers Classroom Prizes 18 Pcs</t>
+  </si>
+  <si>
+    <t>$16.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-RDA1000-MESH-12 </t>
+  </si>
+  <si>
+    <t>2" Rubber Ducky 12 pcs</t>
+  </si>
+  <si>
+    <t>$15.49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-RDA1000-MESH-24 </t>
+  </si>
+  <si>
+    <t>Rubber Duck Toy Assortment - Ducky Playset Bath Toys in Mesh Bag - Jeep Ducks for Ducking - Rubber Duckies for Beach Pool - Goody Bag Stuffers Classroom Prizes 24 Pcs</t>
+  </si>
+  <si>
+    <t>$21.09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SBA3B </t>
+  </si>
+  <si>
+    <t>Soccer Spinner Balls Bundle - 100pcs Fidget Toys for Focus Enhancement and Stress Relief</t>
+  </si>
+  <si>
     <t>$21.60</t>
-  </si>
-[...97 lines deleted...]
-    <t>$17.28</t>
   </si>
   <si>
     <t xml:space="preserve">SBA4B </t>
   </si>
   <si>
     <t>Sports Fidget Spinners: Soccer, Basketball, Football, Tennis, Pool (100 Units)</t>
   </si>
   <si>
     <t xml:space="preserve">SBA5B </t>
   </si>
   <si>
     <t>Sports Spinner Ball Set - 100pcs of Soccer, Basketball, Tennis, Football, and Pool Fun</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -381,213 +363,213 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae7b76c4379effcd9dd7c08f29858da52.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_52f3a3c24bee528f9bcb16ad122706963.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4b0b24f6c7749ab55159d7d1d6fc205f4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e082045e41b1eb01927b6e3fe902e4515.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfb0f0b6f2fda3e5e06bb4644b43a2eb6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_adb8ea7d093bfcc3c1f4621102ecb01f7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_42381614829b134717494d0c6acb30ff8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0e457a0ea9e6505615e1ef65d9af4ad9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b95252e5b2dc985e04d41e0b322342910.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78d274ffc50af845db06ce60b21b5c4211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef96dfe602367b730ba303e7e5a8934712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b11289d32cd6a491ca70c8fa8919818d13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8d4ccf23c8b60d975f58ca3c19671f3714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ea38cf4804b45f3a5965e79037c7d8de15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da3f79eeddc9a96b9b8f13cf7b48b02216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_af4549844061ad839db5daf64aa5442817.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f2cb08e1b5235e16192f7a9ad6666f0418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2dcf85e3d694c7794274c4349af9839319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8e99702ebb4b63948e9be93cc8270da20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5314c8d63353d0b00302cca411caf9df21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9ad6b15c7aff6c1db4d3ad88e90a053e22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a180cda35be9fcbbd0fdf747394d8e3823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d72a91c29a882c1f3b9c634e97d471124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_057d385772c03f54c02751e3029a7df725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b2fd508fd391c3bbf78191dad913eab26.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_52f3a3c24bee528f9bcb16ad122706962.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4b0b24f6c7749ab55159d7d1d6fc205f3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfb0f0b6f2fda3e5e06bb4644b43a2eb4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f7652aa262c99ca9dd948ac3c63e63ae5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_adb8ea7d093bfcc3c1f4621102ecb01f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_42381614829b134717494d0c6acb30ff7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0e457a0ea9e6505615e1ef65d9af4ad8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b95252e5b2dc985e04d41e0b32234299.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78d274ffc50af845db06ce60b21b5c4210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef96dfe602367b730ba303e7e5a8934711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b11289d32cd6a491ca70c8fa8919818d12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8d4ccf23c8b60d975f58ca3c19671f3713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da3f79eeddc9a96b9b8f13cf7b48b02214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_af4549844061ad839db5daf64aa5442815.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f2cb08e1b5235e16192f7a9ad6666f0416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2dcf85e3d694c7794274c4349af9839317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8e99702ebb4b63948e9be93cc8270da18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5314c8d63353d0b00302cca411caf9df19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9ad6b15c7aff6c1db4d3ad88e90a053e20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a180cda35be9fcbbd0fdf747394d8e3821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d72a91c29a882c1f3b9c634e97d471122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_057d385772c03f54c02751e3029a7df723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b2fd508fd391c3bbf78191dad913eab24.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="771525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="771525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="428625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="" descr=""/>
-[...88 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="428625"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -1093,110 +1075,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1463,54 +1385,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J34"/>
+  <dimension ref="A1:J32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J34" sqref="J34"/>
+      <selection activeCell="J32" sqref="J32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1549,722 +1471,668 @@
         <v>9</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="B9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
     </row>
-    <row r="10" spans="1:10" customHeight="1" ht="55">
+    <row r="10" spans="1:10" customHeight="1" ht="76">
       <c r="B10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="7">
-        <v>0.68900236524569</v>
+        <v>0.46493217925</v>
       </c>
       <c r="H10" s="7">
-        <v>0.00589189</v>
+        <v>0.00825908</v>
       </c>
       <c r="I10" s="7">
         <v>100</v>
       </c>
       <c r="J10" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="76">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>0.46493217925</v>
+        <v>0.44225256075</v>
       </c>
       <c r="H11" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I11" s="7">
         <v>100</v>
       </c>
       <c r="J11" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:10" customHeight="1" ht="76">
+    <row r="12" spans="1:10" customHeight="1" ht="40">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>0.44225256075</v>
+        <v>0.7257477920000001</v>
       </c>
       <c r="H12" s="7">
-        <v>0.00825908</v>
+        <v>0.00471947</v>
       </c>
       <c r="I12" s="7">
         <v>100</v>
       </c>
       <c r="J12" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:10" customHeight="1" ht="53">
+    <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>1.678291769</v>
+        <v>0.099790334599998</v>
       </c>
       <c r="H13" s="7">
-        <v>0.00825908</v>
+        <v>0.00055735</v>
       </c>
       <c r="I13" s="7">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="J13" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:10" customHeight="1" ht="40">
+    <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>0.7257477920000001</v>
+        <v>0.29000023778862</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00471947</v>
+        <v>0.00287732</v>
       </c>
       <c r="I14" s="7">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.29000023778862</v>
+        <v>0.1587573505</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00287732</v>
+        <v>0.00157965</v>
       </c>
       <c r="I15" s="7">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.1587573505</v>
+        <v>0.39689</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00157965</v>
+        <v>0.00360515</v>
       </c>
       <c r="I16" s="7">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="J16" s="7">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.39689</v>
+        <v>0.44225256075</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00360515</v>
+        <v>0.00825908</v>
       </c>
       <c r="I17" s="7">
         <v>100</v>
       </c>
       <c r="J17" s="7">
-        <v>2000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
         <v>0.44225256075</v>
       </c>
       <c r="H18" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I18" s="7">
         <v>100</v>
       </c>
       <c r="J18" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="E19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0.44225256075</v>
+        <v>0.6803885550000001</v>
       </c>
       <c r="H19" s="7">
-        <v>0.00825908</v>
+        <v>0</v>
       </c>
       <c r="I19" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J19" s="7">
-        <v>1000</v>
+        <v>800</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0.6803885550000001</v>
+        <v>4.4</v>
       </c>
       <c r="H20" s="7">
+        <v>0.03342961</v>
+      </c>
+      <c r="I20" s="7">
+        <v>250</v>
+      </c>
+      <c r="J20" s="7">
         <v>0</v>
-      </c>
-[...4 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>49</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>4.4</v>
+        <v>0.90718474</v>
       </c>
       <c r="H21" s="7">
-        <v>0.03342961</v>
+        <v>0.01179869</v>
       </c>
       <c r="I21" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J21" s="7">
-        <v>0</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>52</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0.90718474</v>
+        <v>0.46946810295</v>
       </c>
       <c r="H22" s="7">
-        <v>0.01179869</v>
+        <v>0.00825908</v>
       </c>
       <c r="I22" s="7">
         <v>100</v>
       </c>
       <c r="J22" s="7">
-        <v>400</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>0.44225256075</v>
+        <v>0.46493217925</v>
       </c>
       <c r="H23" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I23" s="7">
         <v>100</v>
       </c>
       <c r="J23" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>0.46946810295</v>
+        <v>0.3492661249</v>
       </c>
       <c r="H24" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I24" s="7">
         <v>100</v>
       </c>
       <c r="J24" s="7">
-        <v>2000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>0.46493217925</v>
+        <v>0.48761</v>
       </c>
       <c r="H25" s="7">
-        <v>0.00825908</v>
+        <v>0.00360515</v>
       </c>
       <c r="I25" s="7">
         <v>100</v>
       </c>
       <c r="J25" s="7">
-        <v>2000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>0.3492661249</v>
+        <v>0.39900031308734</v>
       </c>
       <c r="H26" s="7">
-        <v>0.00825908</v>
+        <v>0.00353768</v>
       </c>
       <c r="I26" s="7">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="J26" s="7">
-        <v>4000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E27" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="E27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>0.48761</v>
+        <v>0.29000023778862</v>
       </c>
       <c r="H27" s="7">
-        <v>0.00360515</v>
+        <v>0.00418402</v>
       </c>
       <c r="I27" s="7">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="J27" s="7">
-        <v>4000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>65</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>66</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>67</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>0.39900031308734</v>
+        <v>0.226796215</v>
       </c>
       <c r="H28" s="7">
-        <v>0.00353768</v>
+        <v>0.00117987</v>
       </c>
       <c r="I28" s="7">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>68</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>70</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
-        <v>0.29000023778862</v>
+        <v>0.38099995109522</v>
       </c>
       <c r="H29" s="7">
-        <v>0.00418402</v>
+        <v>0.00369871</v>
       </c>
       <c r="I29" s="7">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>73</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>0.226796215</v>
+        <v>0</v>
       </c>
       <c r="H30" s="7">
-        <v>0.00117987</v>
+        <v>0</v>
       </c>
       <c r="I30" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J30" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
         <v>74</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>75</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
-        <v>0.38099995109522</v>
+        <v>0</v>
       </c>
       <c r="H31" s="7">
-        <v>0.00369871</v>
+        <v>0</v>
       </c>
       <c r="I31" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
         <v>0</v>
       </c>
       <c r="H32" s="7">
         <v>0</v>
       </c>
       <c r="I32" s="7">
         <v>100</v>
       </c>
       <c r="J32" s="7">
-        <v>0</v>
-[...52 lines deleted...]
-      <c r="J34" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">