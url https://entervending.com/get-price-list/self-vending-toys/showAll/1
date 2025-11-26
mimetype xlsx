--- v1 (2025-11-05)
+++ v2 (2025-11-26)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Self Vending Toys" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -167,50 +167,59 @@
     <t xml:space="preserve">WAR17B </t>
   </si>
   <si>
     <t>DC Comics Foam Balls Mix 50pcs - Stress Relief Catch Games with Iconic Characters for Fans, Kids &amp; Collectors</t>
   </si>
   <si>
     <t>$27.00</t>
   </si>
   <si>
     <t xml:space="preserve">WAR8B </t>
   </si>
   <si>
     <t>DC Comics Buildable Figurines: Collect Batman, Superman, Joker, Green Lantern, Flash in Bulk Capsule Toys</t>
   </si>
   <si>
     <t>$126.90</t>
   </si>
   <si>
     <t xml:space="preserve">SEM4B </t>
   </si>
   <si>
     <t>Self Vending Fun Mix - 49mm Plastic Balls with Aliens, Smiley Faces, Lady Bugs, Sports Balls &amp; Eyeballs - Ultimate Collectible Toys for Kids</t>
   </si>
   <si>
     <t>$24.75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOCCB2 </t>
+  </si>
+  <si>
+    <t>Plastic 32mm Soccer Ball Mix Set - 100 Piece Soccer Merchandise with Iconic Pentagon Design - Perfect for Vending Machines &amp; Enthusiasts of World's Most Popular Sport</t>
+  </si>
+  <si>
+    <t>$12.86</t>
   </si>
   <si>
     <t xml:space="preserve">SEM3B2 </t>
   </si>
   <si>
     <t>Self-Vending Puzzle &amp; Sports Toys Assortment - Fun Time Mix Series 3 (100 pcs)</t>
   </si>
   <si>
     <t>$15.30</t>
   </si>
   <si>
     <t xml:space="preserve">SEDIB2 </t>
   </si>
   <si>
     <t>Big Dice Mix - Self-Vending Dice Multi-Pack (100pcs) - Vibrant 8 Color Assortment</t>
   </si>
   <si>
     <t xml:space="preserve">PUBAB </t>
   </si>
   <si>
     <t>Puzzle Balls (100pcs) - Fun Toy for Kids and Challenging Puzzle with Plastic Pieces for Brain Teaser and Educational Playtime</t>
   </si>
   <si>
     <t xml:space="preserve">SEM2B2 </t>
   </si>
@@ -363,51 +372,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_52f3a3c24bee528f9bcb16ad122706962.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4b0b24f6c7749ab55159d7d1d6fc205f3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfb0f0b6f2fda3e5e06bb4644b43a2eb4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f7652aa262c99ca9dd948ac3c63e63ae5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_adb8ea7d093bfcc3c1f4621102ecb01f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_42381614829b134717494d0c6acb30ff7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0e457a0ea9e6505615e1ef65d9af4ad8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b95252e5b2dc985e04d41e0b32234299.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78d274ffc50af845db06ce60b21b5c4210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef96dfe602367b730ba303e7e5a8934711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b11289d32cd6a491ca70c8fa8919818d12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8d4ccf23c8b60d975f58ca3c19671f3713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da3f79eeddc9a96b9b8f13cf7b48b02214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_af4549844061ad839db5daf64aa5442815.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f2cb08e1b5235e16192f7a9ad6666f0416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2dcf85e3d694c7794274c4349af9839317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8e99702ebb4b63948e9be93cc8270da18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5314c8d63353d0b00302cca411caf9df19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9ad6b15c7aff6c1db4d3ad88e90a053e20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a180cda35be9fcbbd0fdf747394d8e3821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d72a91c29a882c1f3b9c634e97d471122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_057d385772c03f54c02751e3029a7df723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b2fd508fd391c3bbf78191dad913eab24.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_52f3a3c24bee528f9bcb16ad122706962.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4b0b24f6c7749ab55159d7d1d6fc205f3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfb0f0b6f2fda3e5e06bb4644b43a2eb4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f7652aa262c99ca9dd948ac3c63e63ae5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_adb8ea7d093bfcc3c1f4621102ecb01f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_42381614829b134717494d0c6acb30ff7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0e457a0ea9e6505615e1ef65d9af4ad8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b95252e5b2dc985e04d41e0b32234299.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78d274ffc50af845db06ce60b21b5c4210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef96dfe602367b730ba303e7e5a8934711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b11289d32cd6a491ca70c8fa8919818d12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8d4ccf23c8b60d975f58ca3c19671f3713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ea38cf4804b45f3a5965e79037c7d8de14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da3f79eeddc9a96b9b8f13cf7b48b02215.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_af4549844061ad839db5daf64aa5442816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f2cb08e1b5235e16192f7a9ad6666f0417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2dcf85e3d694c7794274c4349af9839318.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8e99702ebb4b63948e9be93cc8270da19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5314c8d63353d0b00302cca411caf9df20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9ad6b15c7aff6c1db4d3ad88e90a053e21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a180cda35be9fcbbd0fdf747394d8e3822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d72a91c29a882c1f3b9c634e97d471123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_057d385772c03f54c02751e3029a7df724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b2fd508fd391c3bbf78191dad913eab25.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1075,50 +1084,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1385,54 +1424,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J32"/>
+  <dimension ref="A1:J33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J32" sqref="J32"/>
+      <selection activeCell="J33" sqref="J33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1810,329 +1849,356 @@
       <c r="H21" s="7">
         <v>0.01179869</v>
       </c>
       <c r="I21" s="7">
         <v>100</v>
       </c>
       <c r="J21" s="7">
         <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>52</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0.46946810295</v>
+        <v>0.44225256075</v>
       </c>
       <c r="H22" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I22" s="7">
         <v>100</v>
       </c>
       <c r="J22" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>0.46493217925</v>
+        <v>0.46946810295</v>
       </c>
       <c r="H23" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I23" s="7">
         <v>100</v>
       </c>
       <c r="J23" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>0.3492661249</v>
+        <v>0.46493217925</v>
       </c>
       <c r="H24" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I24" s="7">
         <v>100</v>
       </c>
       <c r="J24" s="7">
-        <v>4000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>0.48761</v>
+        <v>0.3492661249</v>
       </c>
       <c r="H25" s="7">
-        <v>0.00360515</v>
+        <v>0.00825908</v>
       </c>
       <c r="I25" s="7">
         <v>100</v>
       </c>
       <c r="J25" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>0.39900031308734</v>
+        <v>0.48761</v>
       </c>
       <c r="H26" s="7">
-        <v>0.00353768</v>
+        <v>0.00360515</v>
       </c>
       <c r="I26" s="7">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="J26" s="7">
-        <v>0</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>64</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>0.29000023778862</v>
+        <v>0.39900031308734</v>
       </c>
       <c r="H27" s="7">
-        <v>0.00418402</v>
+        <v>0.00353768</v>
       </c>
       <c r="I27" s="7">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>65</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>66</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>67</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>0.226796215</v>
+        <v>0.29000023778862</v>
       </c>
       <c r="H28" s="7">
-        <v>0.00117987</v>
+        <v>0.00418402</v>
       </c>
       <c r="I28" s="7">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>68</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>70</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
-        <v>0.38099995109522</v>
+        <v>0.226796215</v>
       </c>
       <c r="H29" s="7">
-        <v>0.00369871</v>
+        <v>0.00117987</v>
       </c>
       <c r="I29" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>73</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>0</v>
+        <v>0.38099995109522</v>
       </c>
       <c r="H30" s="7">
-        <v>0</v>
+        <v>0.00369871</v>
       </c>
       <c r="I30" s="7">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="J30" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
         <v>74</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>75</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
         <v>0</v>
       </c>
       <c r="H31" s="7">
         <v>0</v>
       </c>
       <c r="I31" s="7">
         <v>100</v>
       </c>
       <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
         <v>0</v>
       </c>
       <c r="H32" s="7">
         <v>0</v>
       </c>
       <c r="I32" s="7">
         <v>100</v>
       </c>
       <c r="J32" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" customHeight="1" ht="55">
+      <c r="B33" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C33" s="6"/>
+      <c r="D33" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="7">
+        <v>0</v>
+      </c>
+      <c r="H33" s="7">
+        <v>0</v>
+      </c>
+      <c r="I33" s="7">
+        <v>100</v>
+      </c>
+      <c r="J33" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">