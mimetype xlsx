--- v2 (2025-11-26)
+++ v3 (2026-01-08)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Self Vending Toys" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -91,128 +91,92 @@
   <si>
     <t>$12.75</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">SOCCB-100 </t>
   </si>
   <si>
     <t>Mini Soccer Balls in Bulk Bag in 1"</t>
   </si>
   <si>
     <t>$10.05</t>
   </si>
   <si>
     <t xml:space="preserve">Y-1555-100 </t>
   </si>
   <si>
     <t>Spinner Balls Mini 100pcs</t>
   </si>
   <si>
     <t>$19.99</t>
   </si>
   <si>
-    <t xml:space="preserve">FORTB-24 </t>
-[...25 lines deleted...]
-  <si>
     <t xml:space="preserve">SPBAB2 </t>
   </si>
   <si>
     <t>Sports Ball Variety Pack: Baseball, Tennis, Basketball, Soccer - Perfect for Vending Machines &amp; Collectors - 32mm Diameter</t>
   </si>
   <si>
     <t>$12.06</t>
   </si>
   <si>
     <t xml:space="preserve">SBA2B </t>
   </si>
   <si>
     <t>Spinner Balls Stress Relief Pack - Enhance Focus and Calming with 100 Piece Fidget Toys</t>
   </si>
   <si>
     <t>$31.50</t>
   </si>
   <si>
     <t xml:space="preserve">SBALB </t>
   </si>
   <si>
     <t>Spinner Soccer Balls Stress Relief Fidget Toys Promoting Focus and Calming Sensory Play</t>
   </si>
   <si>
     <t xml:space="preserve">WAR17B </t>
   </si>
   <si>
     <t>DC Comics Foam Balls Mix 50pcs - Stress Relief Catch Games with Iconic Characters for Fans, Kids &amp; Collectors</t>
   </si>
   <si>
     <t>$27.00</t>
   </si>
   <si>
     <t xml:space="preserve">WAR8B </t>
   </si>
   <si>
     <t>DC Comics Buildable Figurines: Collect Batman, Superman, Joker, Green Lantern, Flash in Bulk Capsule Toys</t>
   </si>
   <si>
     <t>$126.90</t>
   </si>
   <si>
-    <t xml:space="preserve">SEM4B </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">SOCCB2 </t>
   </si>
   <si>
     <t>Plastic 32mm Soccer Ball Mix Set - 100 Piece Soccer Merchandise with Iconic Pentagon Design - Perfect for Vending Machines &amp; Enthusiasts of World's Most Popular Sport</t>
   </si>
   <si>
     <t>$12.86</t>
   </si>
   <si>
     <t xml:space="preserve">SEM3B2 </t>
   </si>
   <si>
     <t>Self-Vending Puzzle &amp; Sports Toys Assortment - Fun Time Mix Series 3 (100 pcs)</t>
   </si>
   <si>
     <t>$15.30</t>
   </si>
   <si>
     <t xml:space="preserve">SEDIB2 </t>
   </si>
   <si>
     <t>Big Dice Mix - Self-Vending Dice Multi-Pack (100pcs) - Vibrant 8 Color Assortment</t>
   </si>
   <si>
     <t xml:space="preserve">PUBAB </t>
@@ -221,59 +185,50 @@
     <t>Puzzle Balls (100pcs) - Fun Toy for Kids and Challenging Puzzle with Plastic Pieces for Brain Teaser and Educational Playtime</t>
   </si>
   <si>
     <t xml:space="preserve">SEM2B2 </t>
   </si>
   <si>
     <t>Self-Vending Toy Extravaganza: Balls, Dice, Puzzles, Glow Surprises, Whistles! Perfect Kids Amusement Collection for Vending Sales and Playful Entertainment!</t>
   </si>
   <si>
     <t xml:space="preserve">BOX-DUCKS-20 </t>
   </si>
   <si>
     <t>Assorted Rubber Ducks Jeep Ducks for Ducking 20pcs in Gift Box - 2</t>
   </si>
   <si>
     <t>$18.69</t>
   </si>
   <si>
     <t xml:space="preserve">BT-RDA1000-MESH-18 </t>
   </si>
   <si>
     <t>Rubber Duck Toy Assortment - Ducky Playset Bath Toys in Mesh Bag - Jeep Ducks for Ducking - Rubber Duckies for Beach Pool - Goody Bag Stuffers Classroom Prizes 18 Pcs</t>
   </si>
   <si>
     <t>$16.99</t>
-  </si>
-[...7 lines deleted...]
-    <t>$15.49</t>
   </si>
   <si>
     <t xml:space="preserve">BT-RDA1000-MESH-24 </t>
   </si>
   <si>
     <t>Rubber Duck Toy Assortment - Ducky Playset Bath Toys in Mesh Bag - Jeep Ducks for Ducking - Rubber Duckies for Beach Pool - Goody Bag Stuffers Classroom Prizes 24 Pcs</t>
   </si>
   <si>
     <t>$21.09</t>
   </si>
   <si>
     <t xml:space="preserve">SBA3B </t>
   </si>
   <si>
     <t>Soccer Spinner Balls Bundle - 100pcs Fidget Toys for Focus Enhancement and Stress Relief</t>
   </si>
   <si>
     <t>$21.60</t>
   </si>
   <si>
     <t xml:space="preserve">SBA4B </t>
   </si>
   <si>
     <t>Sports Fidget Spinners: Soccer, Basketball, Football, Tennis, Pool (100 Units)</t>
   </si>
@@ -372,51 +327,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_52f3a3c24bee528f9bcb16ad122706962.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4b0b24f6c7749ab55159d7d1d6fc205f3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfb0f0b6f2fda3e5e06bb4644b43a2eb4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f7652aa262c99ca9dd948ac3c63e63ae5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_adb8ea7d093bfcc3c1f4621102ecb01f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_42381614829b134717494d0c6acb30ff7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0e457a0ea9e6505615e1ef65d9af4ad8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b95252e5b2dc985e04d41e0b32234299.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78d274ffc50af845db06ce60b21b5c4210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef96dfe602367b730ba303e7e5a8934711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b11289d32cd6a491ca70c8fa8919818d12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8d4ccf23c8b60d975f58ca3c19671f3713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ea38cf4804b45f3a5965e79037c7d8de14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da3f79eeddc9a96b9b8f13cf7b48b02215.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_af4549844061ad839db5daf64aa5442816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f2cb08e1b5235e16192f7a9ad6666f0417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2dcf85e3d694c7794274c4349af9839318.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8e99702ebb4b63948e9be93cc8270da19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5314c8d63353d0b00302cca411caf9df20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9ad6b15c7aff6c1db4d3ad88e90a053e21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a180cda35be9fcbbd0fdf747394d8e3822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d72a91c29a882c1f3b9c634e97d471123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_057d385772c03f54c02751e3029a7df724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b2fd508fd391c3bbf78191dad913eab25.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_52f3a3c24bee528f9bcb16ad122706962.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4b0b24f6c7749ab55159d7d1d6fc205f3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfb0f0b6f2fda3e5e06bb4644b43a2eb4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0e457a0ea9e6505615e1ef65d9af4ad5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b95252e5b2dc985e04d41e0b32234296.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78d274ffc50af845db06ce60b21b5c427.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef96dfe602367b730ba303e7e5a893478.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b11289d32cd6a491ca70c8fa8919818d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ea38cf4804b45f3a5965e79037c7d8de10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da3f79eeddc9a96b9b8f13cf7b48b02211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_af4549844061ad839db5daf64aa5442812.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f2cb08e1b5235e16192f7a9ad6666f0413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2dcf85e3d694c7794274c4349af9839314.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8e99702ebb4b63948e9be93cc8270da15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5314c8d63353d0b00302cca411caf9df16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a180cda35be9fcbbd0fdf747394d8e3817.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d72a91c29a882c1f3b9c634e97d471118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_057d385772c03f54c02751e3029a7df719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b2fd508fd391c3bbf78191dad913eab20.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -977,200 +932,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...148 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1424,54 +1229,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J33"/>
+  <dimension ref="A1:J28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J33" sqref="J33"/>
+      <selection activeCell="J28" sqref="J28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1606,599 +1411,464 @@
       <c r="H12" s="7">
         <v>0.00471947</v>
       </c>
       <c r="I12" s="7">
         <v>100</v>
       </c>
       <c r="J12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>0.099790334599998</v>
+        <v>0.39689</v>
       </c>
       <c r="H13" s="7">
-        <v>0.00055735</v>
+        <v>0.00360515</v>
       </c>
       <c r="I13" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J13" s="7">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>0.29000023778862</v>
+        <v>0.44225256075</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00287732</v>
+        <v>0.00825908</v>
       </c>
       <c r="I14" s="7">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="J14" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.1587573505</v>
+        <v>0.44225256075</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00157965</v>
+        <v>0.00825908</v>
       </c>
       <c r="I15" s="7">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="J15" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" s="7" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.39689</v>
+        <v>0.6803885550000001</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00360515</v>
+        <v>0</v>
       </c>
       <c r="I16" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J16" s="7">
-        <v>2000</v>
+        <v>800</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E17" s="7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.44225256075</v>
+        <v>4.4</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00825908</v>
+        <v>0.03342961</v>
       </c>
       <c r="I17" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J17" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E18" s="7" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
         <v>0.44225256075</v>
       </c>
       <c r="H18" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I18" s="7">
         <v>100</v>
       </c>
       <c r="J18" s="7">
-        <v>1000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>43</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0.6803885550000001</v>
+        <v>0.46946810295</v>
       </c>
       <c r="H19" s="7">
-        <v>0</v>
+        <v>0.00825908</v>
       </c>
       <c r="I19" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J19" s="7">
-        <v>800</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>4.4</v>
+        <v>0.46493217925</v>
       </c>
       <c r="H20" s="7">
-        <v>0.03342961</v>
+        <v>0.00825908</v>
       </c>
       <c r="I20" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J20" s="7">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>0.90718474</v>
+        <v>0.3492661249</v>
       </c>
       <c r="H21" s="7">
-        <v>0.01179869</v>
+        <v>0.00825908</v>
       </c>
       <c r="I21" s="7">
         <v>100</v>
       </c>
       <c r="J21" s="7">
-        <v>400</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0.44225256075</v>
+        <v>0.48761</v>
       </c>
       <c r="H22" s="7">
-        <v>0.00825908</v>
+        <v>0.00360515</v>
       </c>
       <c r="I22" s="7">
         <v>100</v>
       </c>
       <c r="J22" s="7">
-        <v>2000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>0.46946810295</v>
+        <v>0.39900031308734</v>
       </c>
       <c r="H23" s="7">
-        <v>0.00825908</v>
+        <v>0.00353768</v>
       </c>
       <c r="I23" s="7">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="J23" s="7">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>55</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>0.46493217925</v>
+        <v>0.29000023778862</v>
       </c>
       <c r="H24" s="7">
-        <v>0.00825908</v>
+        <v>0.00418402</v>
       </c>
       <c r="I24" s="7">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="J24" s="7">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>0.3492661249</v>
+        <v>0.38099995109522</v>
       </c>
       <c r="H25" s="7">
-        <v>0.00825908</v>
+        <v>0.00369871</v>
       </c>
       <c r="I25" s="7">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="J25" s="7">
-        <v>4000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E26" s="7" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>0.48761</v>
+        <v>0</v>
       </c>
       <c r="H26" s="7">
-        <v>0.00360515</v>
+        <v>0</v>
       </c>
       <c r="I26" s="7">
         <v>100</v>
       </c>
       <c r="J26" s="7">
-        <v>4000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>0.39900031308734</v>
+        <v>0</v>
       </c>
       <c r="H27" s="7">
-        <v>0.00353768</v>
+        <v>0</v>
       </c>
       <c r="I27" s="7">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>0.29000023778862</v>
+        <v>0</v>
       </c>
       <c r="H28" s="7">
-        <v>0.00418402</v>
+        <v>0</v>
       </c>
       <c r="I28" s="7">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="J28" s="7">
-        <v>0</v>
-[...133 lines deleted...]
-      <c r="J33" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">