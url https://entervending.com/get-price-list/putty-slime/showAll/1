--- v0 (2025-10-18)
+++ v1 (2025-11-07)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Putty &amp; Slime" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -94,192 +94,168 @@
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">LI0652 </t>
   </si>
   <si>
     <t>Disney Putty Mickey Minnie Princess Toy Sensory Fun</t>
   </si>
   <si>
     <t>$203.04</t>
   </si>
   <si>
     <t>Box</t>
   </si>
   <si>
     <t xml:space="preserve">BOPUB </t>
   </si>
   <si>
     <t>Bouncing Putty Pack (100pcs) for Stress Relief, Kids Activities, Sensory Play, Party Favors, Office Desk Toy</t>
   </si>
   <si>
     <t>$19.80</t>
   </si>
   <si>
-    <t xml:space="preserve">PU1132 </t>
-[...5 lines deleted...]
-    <t>$12.96</t>
+    <t xml:space="preserve">PU1133 </t>
+  </si>
+  <si>
+    <t>Slime Barrel Glitter Slime Sensory Toy Party Favor</t>
+  </si>
+  <si>
+    <t>$15.12</t>
   </si>
   <si>
     <t xml:space="preserve">PU1018 </t>
   </si>
   <si>
     <t>Booger Putty Stretch Toy Slime Snot Ball Gag Toy</t>
   </si>
   <si>
     <t>$22.50</t>
   </si>
   <si>
-    <t xml:space="preserve">PU1133 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">PU1134 </t>
   </si>
   <si>
     <t>Galaxy Barrel Slime Display Box Stretch Sensory Toy Pack</t>
   </si>
   <si>
     <t xml:space="preserve">PU1136 </t>
   </si>
   <si>
     <t>Noise Putty Gag Toy Toilet Slime Prank Sound Joke</t>
   </si>
   <si>
     <t>$19.44</t>
   </si>
   <si>
     <t xml:space="preserve">PU1185 </t>
   </si>
   <si>
     <t>Slime Toy Glitter Putty Bucket Ribbon Slime Pack</t>
   </si>
   <si>
-    <t>$14.93</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">PU1196 </t>
   </si>
   <si>
     <t>Galaxy Slime Glitter Tube Space Toy Jar Fun Play</t>
   </si>
   <si>
     <t>$22.68</t>
   </si>
   <si>
     <t xml:space="preserve">PU1198 </t>
   </si>
   <si>
     <t>Slimy Specimens Jellyfish Ooze Stretchy Putty Toy Lab</t>
   </si>
   <si>
     <t>$12.09</t>
   </si>
   <si>
     <t xml:space="preserve">PU1202 </t>
   </si>
   <si>
     <t>Slime Toy Squeeze Slime Stretch Putty Bottle Fidget</t>
   </si>
   <si>
     <t>$40.50</t>
   </si>
   <si>
-    <t xml:space="preserve">PU1204 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">PU1205 </t>
   </si>
   <si>
     <t>Liquid Slime Jug Prank Toy Gooey Bottle Sensory</t>
   </si>
   <si>
     <t xml:space="preserve">PU1183 </t>
   </si>
   <si>
     <t>Alien Toy Putty Space Slime Galaxy Theme Sensory Toy</t>
   </si>
   <si>
     <t>$26.25</t>
   </si>
   <si>
     <t xml:space="preserve">PU1206 </t>
   </si>
   <si>
     <t>Slime Toy Moldable Sensory Fidget Mashable Fun</t>
   </si>
   <si>
+    <t>$25.92</t>
+  </si>
+  <si>
     <t xml:space="preserve">PU1208 </t>
   </si>
   <si>
     <t>Slimy Scents Glitter Slime Stretch Squish Sensory Play</t>
   </si>
   <si>
     <t xml:space="preserve">TY1101 </t>
   </si>
   <si>
     <t>Slime Barf Ball Slime Stress Prank Toy Party Favor Gift</t>
   </si>
   <si>
     <t>$72.00</t>
   </si>
   <si>
     <t xml:space="preserve">PU1211 </t>
   </si>
   <si>
-    <t>Crystal Mud Slime Toy With Soda Beads Play Food Set</t>
+    <t>Crystal Mud Slime Play Food Soda Beads Creative Kit Fun Pack</t>
   </si>
   <si>
     <t>$27.00</t>
   </si>
   <si>
     <t xml:space="preserve">PU1212 </t>
   </si>
   <si>
-    <t>Crystal Mud Magic Slime Ice Cream Shape Beaded Chain Toy</t>
+    <t>Ice Cream Crystal Mud Slime Beaded Chain Fun Toy Gift Set</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -348,51 +324,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_383b68811af695a2ce50d37e0c6814102.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1336fa4abf541b73871f95ecdd2644e83.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6930fabbe2ff66b28acc386003072e0f4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c7535baa37439ea8b9eb0da76b2d6b9a5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc70faca759b3445f885c7905c83b4276.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5cb66cc2c533e1c035c5006189e7b5437.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3012f41817dfefa405b571cb4a0a3c808.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d6e185570a758e312a99eb3f41c991b9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cda095957f5559dd3ce8a71a7c257bb510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a4c368e485ad0c5b49d2ef8c1508e8911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f376e1afdaf8ab33314c0c528918876e12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9aa41a19cdef6b82a0b340e9d17044d513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7610f221c7adc262d5486d5843fd712e14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2aff197a767216b726628c7bacf8f2f915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1862fb5640b9c18501eb7d529d116aee16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_21bb2a68e005c4398bcb98ef542bfb2b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_420527b0db3145c741ceb5429de5ee0618.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_293646f9a7b3b47ad7737bd777d19bf319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5759606974469dace15fe7258a1c557220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ade0a02b8479af3776577f28c60a10a321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c62ade3dcd551acae23ba42688ecd20522.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_383b68811af695a2ce50d37e0c6814102.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1336fa4abf541b73871f95ecdd2644e83.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6930fabbe2ff66b28acc386003072e0f4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5cb66cc2c533e1c035c5006189e7b5435.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc70faca759b3445f885c7905c83b4276.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3012f41817dfefa405b571cb4a0a3c807.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d6e185570a758e312a99eb3f41c991b8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cda095957f5559dd3ce8a71a7c257bb59.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f376e1afdaf8ab33314c0c528918876e10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9aa41a19cdef6b82a0b340e9d17044d511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7610f221c7adc262d5486d5843fd712e12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1862fb5640b9c18501eb7d529d116aee13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_21bb2a68e005c4398bcb98ef542bfb2b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_420527b0db3145c741ceb5429de5ee0615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_293646f9a7b3b47ad7737bd777d19bf316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5759606974469dace15fe7258a1c557217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ade0a02b8479af3776577f28c60a10a318.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c62ade3dcd551acae23ba42688ecd20519.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -923,140 +899,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...88 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1310,54 +1196,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J30"/>
+  <dimension ref="A1:J27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J30" sqref="J30"/>
+      <selection activeCell="J27" sqref="J27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283447000000001" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1498,512 +1384,431 @@
       <c r="J12" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
         <v>0</v>
       </c>
       <c r="H13" s="7">
         <v>0</v>
       </c>
       <c r="I13" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
         <v>0</v>
       </c>
       <c r="H14" s="7">
         <v>0</v>
       </c>
       <c r="I14" s="7">
         <v>12</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
         <v>0</v>
       </c>
       <c r="H15" s="7">
         <v>0</v>
       </c>
       <c r="I15" s="7">
         <v>24</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E16" s="7" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
         <v>0</v>
       </c>
       <c r="H16" s="7">
         <v>0</v>
       </c>
       <c r="I16" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
         <v>0</v>
       </c>
       <c r="H17" s="7">
         <v>0</v>
       </c>
       <c r="I17" s="7">
         <v>12</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E18" s="7" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
         <v>0</v>
       </c>
       <c r="H18" s="7">
         <v>0</v>
       </c>
       <c r="I18" s="7">
         <v>12</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" s="7" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
         <v>0</v>
       </c>
       <c r="H19" s="7">
         <v>0</v>
       </c>
       <c r="I19" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
         <v>0</v>
       </c>
       <c r="H20" s="7">
         <v>0</v>
       </c>
       <c r="I20" s="7">
         <v>12</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
         <v>0</v>
       </c>
       <c r="H21" s="7">
-        <v>0</v>
+        <v>0.00247772</v>
       </c>
       <c r="I21" s="7">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="J21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E22" s="7" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
         <v>0</v>
       </c>
       <c r="H22" s="7">
         <v>0</v>
       </c>
       <c r="I22" s="7">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" s="7" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
         <v>0</v>
       </c>
       <c r="H23" s="7">
         <v>0</v>
       </c>
       <c r="I23" s="7">
         <v>12</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
         <v>0</v>
       </c>
       <c r="H24" s="7">
-        <v>0.00247772</v>
+        <v>0</v>
       </c>
       <c r="I24" s="7">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E25" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="E25" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G25" s="7">
         <v>0</v>
       </c>
       <c r="H25" s="7">
         <v>0</v>
       </c>
       <c r="I25" s="7">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="J25" s="7">
-        <v>0</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E26" s="7" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
         <v>0</v>
       </c>
       <c r="H26" s="7">
         <v>0</v>
       </c>
       <c r="I26" s="7">
         <v>12</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
         <v>0</v>
       </c>
       <c r="H27" s="7">
         <v>0</v>
       </c>
       <c r="I27" s="7">
         <v>12</v>
       </c>
       <c r="J27" s="7">
-        <v>0</v>
-[...79 lines deleted...]
-      <c r="J30" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">