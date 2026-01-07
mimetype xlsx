--- v1 (2025-11-07)
+++ v2 (2026-01-07)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Putty &amp; Slime" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -130,132 +130,120 @@
   <si>
     <t>Booger Putty Stretch Toy Slime Snot Ball Gag Toy</t>
   </si>
   <si>
     <t>$22.50</t>
   </si>
   <si>
     <t xml:space="preserve">PU1134 </t>
   </si>
   <si>
     <t>Galaxy Barrel Slime Display Box Stretch Sensory Toy Pack</t>
   </si>
   <si>
     <t xml:space="preserve">PU1136 </t>
   </si>
   <si>
     <t>Noise Putty Gag Toy Toilet Slime Prank Sound Joke</t>
   </si>
   <si>
     <t>$19.44</t>
   </si>
   <si>
     <t xml:space="preserve">PU1185 </t>
   </si>
   <si>
-    <t>Slime Toy Glitter Putty Bucket Ribbon Slime Pack</t>
+    <t>Bucket Putty Glitter Ribbon Bubble Mud Slime Fun Play Kit</t>
+  </si>
+  <si>
+    <t>$13.43</t>
   </si>
   <si>
     <t xml:space="preserve">PU1196 </t>
   </si>
   <si>
     <t>Galaxy Slime Glitter Tube Space Toy Jar Fun Play</t>
   </si>
   <si>
     <t>$22.68</t>
   </si>
   <si>
     <t xml:space="preserve">PU1198 </t>
   </si>
   <si>
     <t>Slimy Specimens Jellyfish Ooze Stretchy Putty Toy Lab</t>
   </si>
   <si>
     <t>$12.09</t>
   </si>
   <si>
     <t xml:space="preserve">PU1202 </t>
   </si>
   <si>
-    <t>Slime Toy Squeeze Slime Stretch Putty Bottle Fidget</t>
-[...2 lines deleted...]
-    <t>$40.50</t>
+    <t>Tye Dye Slime Bottle Neon Rainbow Pack Fun Satisfying Relaxation</t>
+  </si>
+  <si>
+    <t>$23.93</t>
   </si>
   <si>
     <t xml:space="preserve">PU1205 </t>
   </si>
   <si>
     <t>Liquid Slime Jug Prank Toy Gooey Bottle Sensory</t>
   </si>
   <si>
     <t xml:space="preserve">PU1183 </t>
   </si>
   <si>
     <t>Alien Toy Putty Space Slime Galaxy Theme Sensory Toy</t>
   </si>
   <si>
     <t>$26.25</t>
   </si>
   <si>
     <t xml:space="preserve">PU1206 </t>
   </si>
   <si>
     <t>Slime Toy Moldable Sensory Fidget Mashable Fun</t>
   </si>
   <si>
     <t>$25.92</t>
   </si>
   <si>
     <t xml:space="preserve">PU1208 </t>
   </si>
   <si>
     <t>Slimy Scents Glitter Slime Stretch Squish Sensory Play</t>
   </si>
   <si>
     <t xml:space="preserve">TY1101 </t>
   </si>
   <si>
     <t>Slime Barf Ball Slime Stress Prank Toy Party Favor Gift</t>
   </si>
   <si>
     <t>$72.00</t>
-  </si>
-[...13 lines deleted...]
-    <t>Ice Cream Crystal Mud Slime Beaded Chain Fun Toy Gift Set</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -324,51 +312,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_383b68811af695a2ce50d37e0c6814102.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1336fa4abf541b73871f95ecdd2644e83.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6930fabbe2ff66b28acc386003072e0f4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5cb66cc2c533e1c035c5006189e7b5435.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc70faca759b3445f885c7905c83b4276.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3012f41817dfefa405b571cb4a0a3c807.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d6e185570a758e312a99eb3f41c991b8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cda095957f5559dd3ce8a71a7c257bb59.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f376e1afdaf8ab33314c0c528918876e10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9aa41a19cdef6b82a0b340e9d17044d511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7610f221c7adc262d5486d5843fd712e12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1862fb5640b9c18501eb7d529d116aee13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_21bb2a68e005c4398bcb98ef542bfb2b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_420527b0db3145c741ceb5429de5ee0615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_293646f9a7b3b47ad7737bd777d19bf316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5759606974469dace15fe7258a1c557217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ade0a02b8479af3776577f28c60a10a318.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c62ade3dcd551acae23ba42688ecd20519.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_383b68811af695a2ce50d37e0c6814102.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1336fa4abf541b73871f95ecdd2644e83.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6930fabbe2ff66b28acc386003072e0f4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5cb66cc2c533e1c035c5006189e7b5435.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc70faca759b3445f885c7905c83b4276.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3012f41817dfefa405b571cb4a0a3c807.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d6e185570a758e312a99eb3f41c991b8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cda095957f5559dd3ce8a71a7c257bb59.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f376e1afdaf8ab33314c0c528918876e10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9aa41a19cdef6b82a0b340e9d17044d511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7610f221c7adc262d5486d5843fd712e12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1862fb5640b9c18501eb7d529d116aee13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_21bb2a68e005c4398bcb98ef542bfb2b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_420527b0db3145c741ceb5429de5ee0615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_293646f9a7b3b47ad7737bd777d19bf316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5759606974469dace15fe7258a1c557217.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -839,110 +827,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...58 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1196,54 +1124,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J27"/>
+  <dimension ref="A1:J25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J27" sqref="J27"/>
+      <selection activeCell="J25" sqref="J25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283447000000001" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1480,336 +1408,282 @@
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
         <v>0</v>
       </c>
       <c r="H16" s="7">
         <v>0</v>
       </c>
       <c r="I16" s="7">
         <v>12</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
         <v>0</v>
       </c>
       <c r="H17" s="7">
         <v>0</v>
       </c>
       <c r="I17" s="7">
         <v>12</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
         <v>0</v>
       </c>
       <c r="H18" s="7">
         <v>0</v>
       </c>
       <c r="I18" s="7">
         <v>12</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
         <v>0</v>
       </c>
       <c r="H19" s="7">
         <v>0</v>
       </c>
       <c r="I19" s="7">
         <v>24</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
         <v>0</v>
       </c>
       <c r="H20" s="7">
         <v>0</v>
       </c>
       <c r="I20" s="7">
         <v>12</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
         <v>0</v>
       </c>
       <c r="H21" s="7">
         <v>0.00247772</v>
       </c>
       <c r="I21" s="7">
         <v>6</v>
       </c>
       <c r="J21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
         <v>0</v>
       </c>
       <c r="H22" s="7">
         <v>0</v>
       </c>
       <c r="I22" s="7">
         <v>48</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
         <v>0</v>
       </c>
       <c r="H23" s="7">
         <v>0</v>
       </c>
       <c r="I23" s="7">
         <v>12</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>30</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
         <v>0</v>
       </c>
       <c r="H24" s="7">
         <v>0</v>
       </c>
       <c r="I24" s="7">
         <v>12</v>
       </c>
       <c r="J24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G25" s="7">
         <v>0</v>
       </c>
       <c r="H25" s="7">
         <v>0</v>
       </c>
       <c r="I25" s="7">
         <v>1</v>
       </c>
       <c r="J25" s="7">
         <v>24</v>
-      </c>
-[...52 lines deleted...]
-        <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>