--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -79,51 +79,51 @@
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Plush &amp; Crane Kits</t>
   </si>
   <si>
     <t xml:space="preserve">3L50P </t>
   </si>
   <si>
     <t>Licensed Plush Stuffed Toys Character Mix Bundle Animals</t>
   </si>
   <si>
     <t>$367.43</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">RUD16B </t>
   </si>
   <si>
     <t>Rubber Duck Animal Pattern Bath Toy Jungle Safari Collection</t>
   </si>
   <si>
-    <t>$54.00</t>
+    <t>$49.50</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>