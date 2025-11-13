--- v0 (2025-10-07)
+++ v1 (2025-11-13)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Parts" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="470">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="471">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -1283,50 +1283,59 @@
   <si>
     <t xml:space="preserve">LOCK-WIZARD-UP </t>
   </si>
   <si>
     <t>Lock and Key Top Wizard</t>
   </si>
   <si>
     <t>$23.39</t>
   </si>
   <si>
     <t xml:space="preserve">LOCK-WIZARD-DOWN </t>
   </si>
   <si>
     <t>Lock and Key Money Door Wizard</t>
   </si>
   <si>
     <t>$25.89</t>
   </si>
   <si>
     <t xml:space="preserve">SCREWDRIVER </t>
   </si>
   <si>
     <t>Screwdriver</t>
   </si>
   <si>
+    <t xml:space="preserve">MD 6.9 MEGA WIZARD (RED) </t>
+  </si>
+  <si>
+    <t>MONEY DOOR 6.9 MEGA WIZARD (RED)</t>
+  </si>
+  <si>
+    <t>$139.19</t>
+  </si>
+  <si>
     <t>Deer Vending Parts</t>
   </si>
   <si>
     <t xml:space="preserve">G14-51 </t>
   </si>
   <si>
     <t>Coin Mech For One Coin (0.25 USD)</t>
   </si>
   <si>
     <t>$33.99</t>
   </si>
   <si>
     <t xml:space="preserve">C14-50 </t>
   </si>
   <si>
     <t>Coin Mech For Two Coins (2x0.25 USD)</t>
   </si>
   <si>
     <t>$34.99</t>
   </si>
   <si>
     <t xml:space="preserve">C14-100 </t>
   </si>
   <si>
     <t>Coin Mech For 4 Coins (4x0.25 USD)</t>
@@ -1419,56 +1428,50 @@
     <t xml:space="preserve">DTB </t>
   </si>
   <si>
     <t>Door of Twister for Beaver</t>
   </si>
   <si>
     <t>$10.00</t>
   </si>
   <si>
     <t xml:space="preserve">SW </t>
   </si>
   <si>
     <t>Steering Wheel</t>
   </si>
   <si>
     <t xml:space="preserve">CWS </t>
   </si>
   <si>
     <t>Candy Wheel Set</t>
   </si>
   <si>
     <t xml:space="preserve">TL </t>
   </si>
   <si>
     <t>Top Lid</t>
-  </si>
-[...4 lines deleted...]
-    <t>Alpha Lock and Key Top</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1552,51 +1555,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_82c651cde6fbcc01625f7504fa45fc482.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_70ea9e397b07589ab715af7aebcb1f563.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf451b2e127b340cf7d3955d7890398b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9ab1742583c5f493b440c7530f98cebe5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f81b295341b704486a243359bdb5c846.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f7740a1a21a599294b2f4e6c9eecd6f37.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_671af944c03e7ad67383aaf517f63b5b8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_955d912acb188d779598b0f379bc66829.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc99fee3d35d475f3f70c1080968c70810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a5252d837576997475e017371664adfb11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a0b477091e497c353d69ca8d2bd65de12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8473faf84685563fef91c90f9180f24a13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae263ba0ca7d432762d696f17bcc795014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b97fb4f1ecc954f2f92bbec920e9e4fe15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f2f187a5265b0560ac6abb433d8338916.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_44daae8f088c20c3368df61c1498ee2a17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5c0ee8937d32c137633a042e5e4b2f3718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e7f04c2baf29cd4f82d52b169db2217519.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_94487dcba20b7ad9f49128d6c0f65df220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fcc93cc4984303404c408de3a0b1a78721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_de2f9c278d4e496a0dd579cadd43d51822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb1119213b0e48d60015eae884ee7b0023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bda4b85cb16446abb27789764760b72e24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_95adf1a141811e1328e5432d66e2f96a25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8fdcae93dd5a320325d79296cfd10a826.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_95ea5b72a8a4dcef65b876bff9d782e127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_151f30b0b993989bcc221370f78fc63e28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0123cf7d80293903739023df6ec5aafc29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1ea1e316b49a82f75867dedf494258a330.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e3f421b6df4684c34d10b3a94009b67f31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_83348ec918a5b5c11cef1c94acc3a0e532.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1581d5ea6396cf47ead95b6365dae9b333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb6dc733017a55d72aeb3b206d3e08f534.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c8ae7b0522e2c67d8f481b79523f4e3235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_794998094019ffcb939db4de41839e9d36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7b688b1efe65f0bd1236f67856b3620a37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8e1b0670023c7386ce42fe3ac151d1be38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f410b35d80c93c42670854dd944e556c39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_157e089c41a29436b7d210e457f632fe40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b6d0368cd816a718d2dac746c5fdf9b41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc09836979cdbc4c493ee64249b3d91d42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61d7ef029bf64ad9fbdb383d877aa49443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_89921142cc6bb7115598a4f1eb768c2d44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c3f4af35bc6c8ce57378199dcd77d0bb45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6923c52cc029485cf28b994c23369fa46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b19030acd6081a2a5310abfb106b3cb47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_40d2e2667ff4e396c10c081123c97b5448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c07c0713485f8e078bf1fb21e7f88a6549.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d1e664997d5d7fd1951eab04579648350.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_40c36757749e3be098d216e3afafc58451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30b9d7c48109cfffe3ae6a8b75b0ad4752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d44ef5d399b847a7892318d61151103f53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf6130849d46faa5b7ba45d260d6233e54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8763f76a5a866dd3f16e82b5bb71c72655.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ea0f6b8e9e9a92a0b39d3090e84d071456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_107e9273891f8ab0a9459ad74e86619457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_916146392b0ee5decdd9e28c2eeb449a58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2cce8a746fc894ce6a5238752dade2c359.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2a0eb1084ffe6efb323fb08919ca33be60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f014cf0c009bcaaea913e52c004f98061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1420d20e8e0e88a119d40b9453aff4a962.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77d04e1551c298e1efe99a7862b1097863.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a9477b324f87fe5d06e88d4a4b614c9764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a914f5d4bd33faaccc36314a3056e2b565.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d5f98413d9a73883f8ec6c9dbf6687566.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a8d2a6d0730781b1c1673b538ff605b067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4b483120a18c6f3ef6e92e90c35f31fa68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_52da6ba087ddf2c0a159b8e0801bcad269.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ec9aaa72ef43cd1c194ade09f351f8970.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_556f26446a007431e68f9e62eca4bb3a71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d76a0cf8f771e8d70be91e64881f264672.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4d0d3fa4cff5bf81077208e7bbbd754673.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4176d4e94fdadcbd5e5b82463fbbb40d74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_874ae4b7c1ee0e17ce7f5cb55a29e49475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_31aed61b8efa8a6a31edf2814f399ae276.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_33f9d7f02b98d02d18cbc56c73669d6f77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5523b0a27d53a025ec1d83acd5a7e2078.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf1970b3fb61342b76e037de3a4bd8aa79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_303483ad2db7d2b544f5443d9218702880.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_44841e535f9b04f9a9585c9efd575b9c81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_52b7affaa145ae4da9cb9a986ec2247382.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca234470bbe93548e0af262cf9d7346e83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2dfd181992e83c46c1f63af6061618b84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b8dece2c2698327b1896b001942761ea85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_13619b27d980bb4ce9bd646caa9a004886.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_28becd9691e8d227f57e9458df354e0e87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_417bf34eee6d0a9ca1b9ac0ecde6d74f88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbb3393d26b2706d844d8b177488fedb89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f302452b79ba9217d0722a4d8e9399ad90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f75095c277aa44c035be6f4aec46de0391.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d56153280d5eaa349c1b7e25d607771b92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bac7d6362f4bf79d612aa851d081c7393.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f144a4f63aec9261eb8233118dcde5b594.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fad63cb43e178a1eb6d1b32ada81e55695.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_478b10f0848611d1b897f310ddf6ea0b96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d15577ed486948158dc240c69dc7d2f097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e45cad284e1ab25aa9c41e9be6a138dc98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3b6b58844e9641feddf94a2b5e9a9a6399.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b01550c30adaa6bbbe497b6de4cd6f6100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2ff0950cb371da8268a1085d42f11d5101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_02752af1df6f0e84c1aa0122656702f3102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2dd990a428968a82049070168cf252e7103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cbd76ebca0ae8182da16639a7a85f5e5104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff903b024b2b6beed32bd9112f02e5f2105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_704a2016210ffc0162996c89c20c8432106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_320c985ee338e5ebc487866a80eca0c7107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff1d75a13eb6fe02c2525a8d22d587b9108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fd116223dad97821855b228d5c454326109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db9171e568891a258e3b41e836809f8f110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c32730272114a7ef9ef5c87b162f628111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0c85043c35a564a175fc76b12036868112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0e3ef1efaec96d547d25f7c9f49442f113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75b6ec8c7fc0d759b7448e0f1f8aef7b114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ac5cdb683b21c9e204c1dccae0c4d53115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0f1bf32eba0266a8116bbc7d8f3cc768116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_033aa1a896ae712e2bb37cedbbb7b54d117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_62815cbca630e97c3b764cc6d63b35ec118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8e557690c7bfa229097d43c52ca10ee8119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_703b6220869c84109f7c9850f23a2f30120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5ca905aa5eaee918d3483f7e6244e8be121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_66c30728c7d4c810e53e8ba4f5083a94122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbaa2c92498e886d762d13b5375176d9123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80dfca98f9e70d6fb95192476c42cf0e124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3fcbe327c6131e10c7cf803dab945197125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d7f4eddbbd8fbaa983749c3c847889f4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d7e7e41dfc11be2055716f108f8506a8127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d0495cf0010fcf59e966d07e1e984716128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_452c8805b9723bee9a743d48b3768ceb129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3903111e48ac2dcfef2a030331f6bba8130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_39f8f75482ffc7b4c021bc84edad559a131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77b91f4a25f0f93ed3eb2d20bbb9d341132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d24a62f6f0a1f25d514991a888678a7133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_86bb6dcb8dd57e3f14e5b84a53dbd944134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e3acad18c7b4eda245487fe784fecba6135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d68bbe24ba7fc33cb89f1d87106e32cf136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8e696a6e7b0f74209cf1732d651ccf95137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b42648a3d0a11a43859632e7bae207dd138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12258fca596ad0ff4e8c9990105b2dde139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77f046be658b6443d9174aad2999d8f3140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_799fbe5f03d2396da8ba29c82b3fe7b4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4f54743bd47c07ba22f406d4a245b421142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_83d75a2c734f2b79211b1e6cb720fa8a143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43dc1240cb48c0b18a6cdf2de280b4b7144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fa1a01a63a8067da1aafd5aba42e7e50145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f9f757b3c9ea125b346fe675b8d741a146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6d95f9ea50552c5242728de2b2833fee147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_85751122e0a51b5c37ca6ae98f3be5f5148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_af18b6775e7e0b0179f8afee9520c46d149.png"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini150.png"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3cc3d33c5a9e13a3666ca4e0bec20b01151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b0c332df6219db159a2ec8ce01c9635a152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e7ce991481c9b05460b32bea7d7922e153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ddcd31fb85e8b5234f60ca40b5e1040a154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini155.png"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini156.png"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9da0fc480924e3656837264626304928157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_95eae42709f769baf6c3bcb7dc318b91158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_554a32eeade0df1937255a0e1e326a45159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bce6d20cea3c2097f431a40010b1756d160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59c71b5a384981c2bb43340d1b1d2ff4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6f7350a1e639d7bf2dc1a0497d36486c162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f9165669496c634a9f702b11ea56c2d8163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_70460616aee50c620e1a6d4ec2d5573a164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e77049e0b441478d7a43e09b63117448165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c1bfe0189c9afdec3d9c4a32c21e3e2166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ba130543e875e0f6dc7f3988b2145dc167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_059d22523fc56ddd58256c6593bb1d4f168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c5905a86ccff274fb1f95cbc52447042169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f30095cc2664633ef9aa28f8bd657d44170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7754a0a6f22f3dc2107770f701619f35171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9dbde1962e5f85dcdf7727b7644a964f172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff638853aa2bd7a162361b91841cdd67173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e171ed02f15671f92af6602ba39bf45174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb82f55a3a7e723053e7a7a5249319f1175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f2329163602a60d5c086b3b93e4ada29176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6008260ca3115d1b2e94e72eb4f06acf177.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_82c651cde6fbcc01625f7504fa45fc482.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_70ea9e397b07589ab715af7aebcb1f563.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf451b2e127b340cf7d3955d7890398b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9ab1742583c5f493b440c7530f98cebe5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f81b295341b704486a243359bdb5c846.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f7740a1a21a599294b2f4e6c9eecd6f37.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_671af944c03e7ad67383aaf517f63b5b8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_955d912acb188d779598b0f379bc66829.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc99fee3d35d475f3f70c1080968c70810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a5252d837576997475e017371664adfb11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a0b477091e497c353d69ca8d2bd65de12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8473faf84685563fef91c90f9180f24a13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae263ba0ca7d432762d696f17bcc795014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b97fb4f1ecc954f2f92bbec920e9e4fe15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f2f187a5265b0560ac6abb433d8338916.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_44daae8f088c20c3368df61c1498ee2a17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5c0ee8937d32c137633a042e5e4b2f3718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e7f04c2baf29cd4f82d52b169db2217519.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_94487dcba20b7ad9f49128d6c0f65df220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fcc93cc4984303404c408de3a0b1a78721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_de2f9c278d4e496a0dd579cadd43d51822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb1119213b0e48d60015eae884ee7b0023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bda4b85cb16446abb27789764760b72e24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_95adf1a141811e1328e5432d66e2f96a25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8fdcae93dd5a320325d79296cfd10a826.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_95ea5b72a8a4dcef65b876bff9d782e127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_151f30b0b993989bcc221370f78fc63e28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0123cf7d80293903739023df6ec5aafc29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1ea1e316b49a82f75867dedf494258a330.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e3f421b6df4684c34d10b3a94009b67f31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_83348ec918a5b5c11cef1c94acc3a0e532.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1581d5ea6396cf47ead95b6365dae9b333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb6dc733017a55d72aeb3b206d3e08f534.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c8ae7b0522e2c67d8f481b79523f4e3235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_794998094019ffcb939db4de41839e9d36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7b688b1efe65f0bd1236f67856b3620a37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8e1b0670023c7386ce42fe3ac151d1be38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f410b35d80c93c42670854dd944e556c39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_157e089c41a29436b7d210e457f632fe40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b6d0368cd816a718d2dac746c5fdf9b41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc09836979cdbc4c493ee64249b3d91d42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61d7ef029bf64ad9fbdb383d877aa49443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_89921142cc6bb7115598a4f1eb768c2d44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c3f4af35bc6c8ce57378199dcd77d0bb45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6923c52cc029485cf28b994c23369fa46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b19030acd6081a2a5310abfb106b3cb47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_40d2e2667ff4e396c10c081123c97b5448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c07c0713485f8e078bf1fb21e7f88a6549.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d1e664997d5d7fd1951eab04579648350.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_40c36757749e3be098d216e3afafc58451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30b9d7c48109cfffe3ae6a8b75b0ad4752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d44ef5d399b847a7892318d61151103f53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf6130849d46faa5b7ba45d260d6233e54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8763f76a5a866dd3f16e82b5bb71c72655.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ea0f6b8e9e9a92a0b39d3090e84d071456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_107e9273891f8ab0a9459ad74e86619457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_916146392b0ee5decdd9e28c2eeb449a58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2cce8a746fc894ce6a5238752dade2c359.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2a0eb1084ffe6efb323fb08919ca33be60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f014cf0c009bcaaea913e52c004f98061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1420d20e8e0e88a119d40b9453aff4a962.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77d04e1551c298e1efe99a7862b1097863.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a9477b324f87fe5d06e88d4a4b614c9764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a914f5d4bd33faaccc36314a3056e2b565.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d5f98413d9a73883f8ec6c9dbf6687566.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a8d2a6d0730781b1c1673b538ff605b067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4b483120a18c6f3ef6e92e90c35f31fa68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_52da6ba087ddf2c0a159b8e0801bcad269.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ec9aaa72ef43cd1c194ade09f351f8970.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_556f26446a007431e68f9e62eca4bb3a71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d76a0cf8f771e8d70be91e64881f264672.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4d0d3fa4cff5bf81077208e7bbbd754673.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4176d4e94fdadcbd5e5b82463fbbb40d74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_874ae4b7c1ee0e17ce7f5cb55a29e49475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_31aed61b8efa8a6a31edf2814f399ae276.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_33f9d7f02b98d02d18cbc56c73669d6f77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5523b0a27d53a025ec1d83acd5a7e2078.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf1970b3fb61342b76e037de3a4bd8aa79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_303483ad2db7d2b544f5443d9218702880.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_44841e535f9b04f9a9585c9efd575b9c81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_52b7affaa145ae4da9cb9a986ec2247382.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca234470bbe93548e0af262cf9d7346e83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2dfd181992e83c46c1f63af6061618b84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b8dece2c2698327b1896b001942761ea85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_13619b27d980bb4ce9bd646caa9a004886.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_28becd9691e8d227f57e9458df354e0e87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_417bf34eee6d0a9ca1b9ac0ecde6d74f88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbb3393d26b2706d844d8b177488fedb89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f302452b79ba9217d0722a4d8e9399ad90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f75095c277aa44c035be6f4aec46de0391.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d56153280d5eaa349c1b7e25d607771b92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bac7d6362f4bf79d612aa851d081c7393.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f144a4f63aec9261eb8233118dcde5b594.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fad63cb43e178a1eb6d1b32ada81e55695.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_478b10f0848611d1b897f310ddf6ea0b96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d15577ed486948158dc240c69dc7d2f097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e45cad284e1ab25aa9c41e9be6a138dc98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3b6b58844e9641feddf94a2b5e9a9a6399.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b01550c30adaa6bbbe497b6de4cd6f6100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2ff0950cb371da8268a1085d42f11d5101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_02752af1df6f0e84c1aa0122656702f3102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2dd990a428968a82049070168cf252e7103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cbd76ebca0ae8182da16639a7a85f5e5104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff903b024b2b6beed32bd9112f02e5f2105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_704a2016210ffc0162996c89c20c8432106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_320c985ee338e5ebc487866a80eca0c7107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff1d75a13eb6fe02c2525a8d22d587b9108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fd116223dad97821855b228d5c454326109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db9171e568891a258e3b41e836809f8f110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c32730272114a7ef9ef5c87b162f628111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0c85043c35a564a175fc76b12036868112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0e3ef1efaec96d547d25f7c9f49442f113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75b6ec8c7fc0d759b7448e0f1f8aef7b114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ac5cdb683b21c9e204c1dccae0c4d53115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0f1bf32eba0266a8116bbc7d8f3cc768116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_033aa1a896ae712e2bb37cedbbb7b54d117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_62815cbca630e97c3b764cc6d63b35ec118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8e557690c7bfa229097d43c52ca10ee8119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_703b6220869c84109f7c9850f23a2f30120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5ca905aa5eaee918d3483f7e6244e8be121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_66c30728c7d4c810e53e8ba4f5083a94122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbaa2c92498e886d762d13b5375176d9123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80dfca98f9e70d6fb95192476c42cf0e124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3fcbe327c6131e10c7cf803dab945197125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d7f4eddbbd8fbaa983749c3c847889f4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d7e7e41dfc11be2055716f108f8506a8127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d0495cf0010fcf59e966d07e1e984716128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_452c8805b9723bee9a743d48b3768ceb129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3903111e48ac2dcfef2a030331f6bba8130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_39f8f75482ffc7b4c021bc84edad559a131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77b91f4a25f0f93ed3eb2d20bbb9d341132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d24a62f6f0a1f25d514991a888678a7133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_86bb6dcb8dd57e3f14e5b84a53dbd944134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e3acad18c7b4eda245487fe784fecba6135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d68bbe24ba7fc33cb89f1d87106e32cf136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8e696a6e7b0f74209cf1732d651ccf95137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b42648a3d0a11a43859632e7bae207dd138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12258fca596ad0ff4e8c9990105b2dde139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77f046be658b6443d9174aad2999d8f3140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_799fbe5f03d2396da8ba29c82b3fe7b4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4f54743bd47c07ba22f406d4a245b421142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_83d75a2c734f2b79211b1e6cb720fa8a143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43dc1240cb48c0b18a6cdf2de280b4b7144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fa1a01a63a8067da1aafd5aba42e7e50145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f9f757b3c9ea125b346fe675b8d741a146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6d95f9ea50552c5242728de2b2833fee147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_85751122e0a51b5c37ca6ae98f3be5f5148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_af18b6775e7e0b0179f8afee9520c46d149.png"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini150.png"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3cc3d33c5a9e13a3666ca4e0bec20b01151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b0c332df6219db159a2ec8ce01c9635a152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e7ce991481c9b05460b32bea7d7922e153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ddcd31fb85e8b5234f60ca40b5e1040a154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini155.png"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini156.png"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9da0fc480924e3656837264626304928157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_95eae42709f769baf6c3bcb7dc318b91158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_554a32eeade0df1937255a0e1e326a45159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini160.png"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bce6d20cea3c2097f431a40010b1756d161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59c71b5a384981c2bb43340d1b1d2ff4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6f7350a1e639d7bf2dc1a0497d36486c163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f9165669496c634a9f702b11ea56c2d8164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_70460616aee50c620e1a6d4ec2d5573a165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e77049e0b441478d7a43e09b63117448166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c1bfe0189c9afdec3d9c4a32c21e3e2167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ba130543e875e0f6dc7f3988b2145dc168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_059d22523fc56ddd58256c6593bb1d4f169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c5905a86ccff274fb1f95cbc52447042170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f30095cc2664633ef9aa28f8bd657d44171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7754a0a6f22f3dc2107770f701619f35172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9dbde1962e5f85dcdf7727b7644a964f173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff638853aa2bd7a162361b91841cdd67174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e171ed02f15671f92af6602ba39bf45175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb82f55a3a7e723053e7a7a5249319f1176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f2329163602a60d5c086b3b93e4ada29177.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6331,564 +6334,564 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="159" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>185</xdr:row>
+      <xdr:row>183</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="523875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>186</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="160" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>186</xdr:row>
+        <xdr:cNvPr id="161" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>187</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="161" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>187</xdr:row>
+        <xdr:cNvPr id="162" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>188</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="162" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>188</xdr:row>
+        <xdr:cNvPr id="163" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>189</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="163" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>189</xdr:row>
+        <xdr:cNvPr id="164" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>190</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="164" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>191</xdr:row>
+        <xdr:cNvPr id="165" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>192</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="165" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>192</xdr:row>
+        <xdr:cNvPr id="166" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>193</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="166" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>193</xdr:row>
+        <xdr:cNvPr id="167" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>194</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="167" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>195</xdr:row>
+        <xdr:cNvPr id="168" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>196</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="168" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>196</xdr:row>
+        <xdr:cNvPr id="169" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>197</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="169" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>198</xdr:row>
+        <xdr:cNvPr id="170" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>199</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="170" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>199</xdr:row>
+        <xdr:cNvPr id="171" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>200</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="171" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>201</xdr:row>
+        <xdr:cNvPr id="172" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>202</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="172" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>202</xdr:row>
+        <xdr:cNvPr id="173" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>203</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="771525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="173" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>203</xdr:row>
+        <xdr:cNvPr id="174" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>204</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="174" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>204</xdr:row>
+        <xdr:cNvPr id="175" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>205</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="175" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>205</xdr:row>
+        <xdr:cNvPr id="176" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>206</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
-    <xdr:pic>
-[...28 lines deleted...]
-    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="177" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -7164,54 +7167,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H208"/>
+  <dimension ref="A1:H207"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H208" sqref="H208"/>
+      <selection activeCell="H207" sqref="H207"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="12"/>
     <row r="2" spans="1:8">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="H3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="H4" s="1" t="s">
@@ -10734,92 +10737,92 @@
       <c r="F182" s="7"/>
       <c r="G182" s="7"/>
       <c r="H182" s="7"/>
     </row>
     <row r="183" spans="1:8" customHeight="1" ht="39">
       <c r="B183" s="8" t="s">
         <v>420</v>
       </c>
       <c r="C183" s="4"/>
       <c r="D183" s="4" t="s">
         <v>421</v>
       </c>
       <c r="E183" s="5" t="s">
         <v>381</v>
       </c>
       <c r="F183" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G183" s="5">
         <v>0.045359237</v>
       </c>
       <c r="H183" s="5">
         <v>2.97E-5</v>
       </c>
     </row>
-    <row r="184" spans="1:8">
-      <c r="B184" s="6" t="s">
+    <row r="184" spans="1:8" customHeight="1" ht="55">
+      <c r="B184" s="8" t="s">
         <v>422</v>
       </c>
-      <c r="C184" s="6"/>
-[...4 lines deleted...]
-      <c r="H184" s="6"/>
+      <c r="C184" s="4"/>
+      <c r="D184" s="4" t="s">
+        <v>423</v>
+      </c>
+      <c r="E184" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="F184" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G184" s="5">
+        <v>0.5669904625</v>
+      </c>
+      <c r="H184" s="5">
+        <v>0.01622319</v>
+      </c>
     </row>
     <row r="185" spans="1:8">
-      <c r="B185" s="7" t="s">
+      <c r="B185" s="6" t="s">
+        <v>425</v>
+      </c>
+      <c r="C185" s="6"/>
+      <c r="D185" s="6"/>
+      <c r="E185" s="6"/>
+      <c r="F185" s="6"/>
+      <c r="G185" s="6"/>
+      <c r="H185" s="6"/>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="B186" s="7" t="s">
         <v>390</v>
       </c>
-      <c r="C185" s="7"/>
-[...25 lines deleted...]
-      </c>
+      <c r="C186" s="7"/>
+      <c r="D186" s="7"/>
+      <c r="E186" s="7"/>
+      <c r="F186" s="7"/>
+      <c r="G186" s="7"/>
+      <c r="H186" s="7"/>
     </row>
     <row r="187" spans="1:8" customHeight="1" ht="39">
       <c r="B187" s="8" t="s">
         <v>426</v>
       </c>
       <c r="C187" s="4"/>
       <c r="D187" s="4" t="s">
         <v>427</v>
       </c>
       <c r="E187" s="5" t="s">
         <v>428</v>
       </c>
       <c r="F187" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G187" s="5">
         <v>0.7</v>
       </c>
       <c r="H187" s="5">
         <v>0.00073742</v>
       </c>
     </row>
     <row r="188" spans="1:8" customHeight="1" ht="39">
       <c r="B188" s="8" t="s">
         <v>429</v>
@@ -10828,438 +10831,426 @@
       <c r="D188" s="4" t="s">
         <v>430</v>
       </c>
       <c r="E188" s="5" t="s">
         <v>431</v>
       </c>
       <c r="F188" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G188" s="5">
         <v>0.7</v>
       </c>
       <c r="H188" s="5">
         <v>0.00073742</v>
       </c>
     </row>
     <row r="189" spans="1:8" customHeight="1" ht="39">
       <c r="B189" s="8" t="s">
         <v>432</v>
       </c>
       <c r="C189" s="4"/>
       <c r="D189" s="4" t="s">
         <v>433</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>393</v>
+        <v>434</v>
       </c>
       <c r="F189" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G189" s="5">
         <v>0.7</v>
       </c>
       <c r="H189" s="5">
         <v>0.00073742</v>
       </c>
     </row>
     <row r="190" spans="1:8" customHeight="1" ht="39">
       <c r="B190" s="8" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C190" s="4"/>
       <c r="D190" s="4" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="E190" s="5" t="s">
         <v>393</v>
       </c>
       <c r="F190" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G190" s="5">
         <v>0.7</v>
       </c>
       <c r="H190" s="5">
         <v>0.00073742</v>
       </c>
     </row>
-    <row r="191" spans="1:8">
-[...11 lines deleted...]
-      <c r="B192" s="8" t="s">
+    <row r="191" spans="1:8" customHeight="1" ht="39">
+      <c r="B191" s="8" t="s">
         <v>437</v>
       </c>
-      <c r="C192" s="4"/>
-      <c r="D192" s="4" t="s">
+      <c r="C191" s="4"/>
+      <c r="D191" s="4" t="s">
         <v>438</v>
       </c>
-      <c r="E192" s="5" t="s">
+      <c r="E191" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="F191" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G191" s="5">
+        <v>0.7</v>
+      </c>
+      <c r="H191" s="5">
+        <v>0.00073742</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="B192" s="7" t="s">
         <v>439</v>
       </c>
-      <c r="F192" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="C192" s="7"/>
+      <c r="D192" s="7"/>
+      <c r="E192" s="7"/>
+      <c r="F192" s="7"/>
+      <c r="G192" s="7"/>
+      <c r="H192" s="7"/>
     </row>
     <row r="193" spans="1:8" customHeight="1" ht="39">
       <c r="B193" s="8" t="s">
         <v>440</v>
       </c>
       <c r="C193" s="4"/>
       <c r="D193" s="4" t="s">
         <v>441</v>
       </c>
       <c r="E193" s="5" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="F193" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G193" s="5">
         <v>0.14</v>
       </c>
       <c r="H193" s="5">
         <v>0.00014748</v>
       </c>
     </row>
     <row r="194" spans="1:8" customHeight="1" ht="39">
       <c r="B194" s="8" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C194" s="4"/>
       <c r="D194" s="4" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E194" s="5" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="F194" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G194" s="5">
         <v>0.14</v>
       </c>
       <c r="H194" s="5">
         <v>0.00014748</v>
       </c>
     </row>
-    <row r="195" spans="1:8">
-      <c r="B195" s="7" t="s">
+    <row r="195" spans="1:8" customHeight="1" ht="39">
+      <c r="B195" s="8" t="s">
+        <v>445</v>
+      </c>
+      <c r="C195" s="4"/>
+      <c r="D195" s="4" t="s">
+        <v>446</v>
+      </c>
+      <c r="E195" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="F195" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G195" s="5">
+        <v>0.14</v>
+      </c>
+      <c r="H195" s="5">
+        <v>0.00014748</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="B196" s="7" t="s">
         <v>399</v>
       </c>
-      <c r="C195" s="7"/>
-[...25 lines deleted...]
-      </c>
+      <c r="C196" s="7"/>
+      <c r="D196" s="7"/>
+      <c r="E196" s="7"/>
+      <c r="F196" s="7"/>
+      <c r="G196" s="7"/>
+      <c r="H196" s="7"/>
     </row>
     <row r="197" spans="1:8" customHeight="1" ht="39">
       <c r="B197" s="8" t="s">
         <v>447</v>
       </c>
       <c r="C197" s="4"/>
       <c r="D197" s="4" t="s">
         <v>448</v>
       </c>
       <c r="E197" s="5" t="s">
         <v>449</v>
       </c>
       <c r="F197" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G197" s="5">
+        <v>0.435</v>
+      </c>
+      <c r="H197" s="5">
+        <v>0.04175424</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8" customHeight="1" ht="39">
+      <c r="B198" s="8" t="s">
+        <v>450</v>
+      </c>
+      <c r="C198" s="4"/>
+      <c r="D198" s="4" t="s">
+        <v>451</v>
+      </c>
+      <c r="E198" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="F198" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G198" s="5">
         <v>0.52</v>
       </c>
-      <c r="H197" s="5">
+      <c r="H198" s="5">
         <v>0.01179869</v>
       </c>
     </row>
-    <row r="198" spans="1:8">
-[...18 lines deleted...]
-      <c r="E199" s="5" t="s">
+    <row r="199" spans="1:8">
+      <c r="B199" s="7" t="s">
         <v>453</v>
       </c>
-      <c r="F199" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="C199" s="7"/>
+      <c r="D199" s="7"/>
+      <c r="E199" s="7"/>
+      <c r="F199" s="7"/>
+      <c r="G199" s="7"/>
+      <c r="H199" s="7"/>
     </row>
     <row r="200" spans="1:8" customHeight="1" ht="55">
       <c r="B200" s="8" t="s">
         <v>454</v>
       </c>
       <c r="C200" s="4"/>
       <c r="D200" s="4" t="s">
         <v>455</v>
       </c>
       <c r="E200" s="5" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="F200" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G200" s="5">
         <v>0.06</v>
       </c>
       <c r="H200" s="5">
         <v>9.831999999999999E-5</v>
       </c>
     </row>
-    <row r="201" spans="1:8">
-      <c r="B201" s="7" t="s">
+    <row r="201" spans="1:8" customHeight="1" ht="55">
+      <c r="B201" s="8" t="s">
+        <v>457</v>
+      </c>
+      <c r="C201" s="4"/>
+      <c r="D201" s="4" t="s">
+        <v>458</v>
+      </c>
+      <c r="E201" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="F201" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G201" s="5">
+        <v>0.06</v>
+      </c>
+      <c r="H201" s="5">
+        <v>9.831999999999999E-5</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="B202" s="7" t="s">
         <v>372</v>
       </c>
-      <c r="C201" s="7"/>
-[...27 lines deleted...]
-    <row r="203" spans="1:8" customHeight="1" ht="76">
+      <c r="C202" s="7"/>
+      <c r="D202" s="7"/>
+      <c r="E202" s="7"/>
+      <c r="F202" s="7"/>
+      <c r="G202" s="7"/>
+      <c r="H202" s="7"/>
+    </row>
+    <row r="203" spans="1:8" customHeight="1" ht="39">
       <c r="B203" s="8" t="s">
         <v>459</v>
       </c>
       <c r="C203" s="4"/>
       <c r="D203" s="4" t="s">
         <v>460</v>
       </c>
       <c r="E203" s="5" t="s">
         <v>461</v>
       </c>
       <c r="F203" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G203" s="5">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
       <c r="H203" s="5">
-        <v>0.00057355</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:8" customHeight="1" ht="39">
+        <v>9.831999999999999E-5</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8" customHeight="1" ht="76">
       <c r="B204" s="8" t="s">
         <v>462</v>
       </c>
       <c r="C204" s="4"/>
       <c r="D204" s="4" t="s">
         <v>463</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="F204" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G204" s="5">
         <v>0.14</v>
       </c>
       <c r="H204" s="5">
-        <v>0</v>
+        <v>0.00057355</v>
       </c>
     </row>
     <row r="205" spans="1:8" customHeight="1" ht="39">
       <c r="B205" s="8" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C205" s="4"/>
       <c r="D205" s="4" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E205" s="5" t="s">
-        <v>453</v>
+        <v>464</v>
       </c>
       <c r="F205" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G205" s="5">
-        <v>0.2086525178</v>
+        <v>0.14</v>
       </c>
       <c r="H205" s="5">
-        <v>0.00250256</v>
+        <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:8" customHeight="1" ht="39">
       <c r="B206" s="8" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C206" s="4"/>
       <c r="D206" s="4" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E206" s="5" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="F206" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G206" s="5">
+        <v>0.2086525178</v>
+      </c>
+      <c r="H206" s="5">
+        <v>0.00250256</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8" customHeight="1" ht="39">
+      <c r="B207" s="8" t="s">
+        <v>469</v>
+      </c>
+      <c r="C207" s="4"/>
+      <c r="D207" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="E207" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="F207" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G207" s="5">
         <v>0.14</v>
       </c>
-      <c r="H206" s="5">
+      <c r="H207" s="5">
         <v>0.00080297</v>
-      </c>
-[...30 lines deleted...]
-        <v>6.15E-6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:H9"/>
     <mergeCell ref="B10:H10"/>
     <mergeCell ref="B11:H11"/>
     <mergeCell ref="B27:H27"/>
     <mergeCell ref="B35:H35"/>
     <mergeCell ref="B68:H68"/>
     <mergeCell ref="B106:H106"/>
     <mergeCell ref="B146:H146"/>
     <mergeCell ref="B154:H154"/>
     <mergeCell ref="B157:H157"/>
     <mergeCell ref="B160:H160"/>
     <mergeCell ref="B161:H161"/>
     <mergeCell ref="B162:H162"/>
     <mergeCell ref="B168:H168"/>
     <mergeCell ref="B172:H172"/>
     <mergeCell ref="B179:H179"/>
     <mergeCell ref="B182:H182"/>
-    <mergeCell ref="B184:H184"/>
     <mergeCell ref="B185:H185"/>
-    <mergeCell ref="B191:H191"/>
-[...3 lines deleted...]
-    <mergeCell ref="B207:H207"/>
+    <mergeCell ref="B186:H186"/>
+    <mergeCell ref="B192:H192"/>
+    <mergeCell ref="B196:H196"/>
+    <mergeCell ref="B199:H199"/>
+    <mergeCell ref="B202:H202"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>