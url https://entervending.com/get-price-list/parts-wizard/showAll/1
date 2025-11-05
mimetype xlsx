--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -65,186 +65,186 @@
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Global Gumball Parts</t>
   </si>
   <si>
     <t>Body</t>
   </si>
   <si>
     <t>Dispensing Wheel</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>3 Hole Gum Wheel Wizard</t>
   </si>
   <si>
-    <t>$11.60</t>
+    <t>$14.49</t>
   </si>
   <si>
     <t>Piece</t>
   </si>
   <si>
     <t xml:space="preserve">BRUSHOUSING-OW-WK </t>
   </si>
   <si>
     <t>Brush Housing</t>
   </si>
   <si>
     <t>Wheel Riser Wizard</t>
   </si>
   <si>
-    <t>$10.64</t>
+    <t>$13.29</t>
   </si>
   <si>
     <t xml:space="preserve">DISPENSER-WIZARD-GUM </t>
   </si>
   <si>
     <t>Gum Wheel Assembly Wizard</t>
   </si>
   <si>
-    <t>$24.00</t>
+    <t>$29.99</t>
   </si>
   <si>
     <t>Candy Wheel Assembly Wizard</t>
   </si>
   <si>
     <t>Coin Mechanism</t>
   </si>
   <si>
     <t xml:space="preserve">GG25 </t>
   </si>
   <si>
     <t>Global Gumball Coin Mechanism $0.25</t>
   </si>
   <si>
-    <t>$32.00</t>
+    <t>$39.99</t>
   </si>
   <si>
     <t xml:space="preserve">GG50 </t>
   </si>
   <si>
     <t>Global Gumball Coin Mechanism $0.50</t>
   </si>
   <si>
-    <t>$36.00</t>
+    <t>$44.99</t>
   </si>
   <si>
     <t xml:space="preserve">GG25-NEW </t>
   </si>
   <si>
     <t>Global Gumball Coin Mechanism $0.25 - NEW</t>
   </si>
   <si>
     <t>Globe</t>
   </si>
   <si>
     <t xml:space="preserve">GLOBE10 </t>
   </si>
   <si>
     <t>Globe 10" Wizard</t>
   </si>
   <si>
-    <t>$38.64</t>
+    <t>$48.29</t>
   </si>
   <si>
     <t>Fiberglass Lid Wiz-Kid</t>
   </si>
   <si>
-    <t>$32.72</t>
+    <t>$40.89</t>
   </si>
   <si>
     <t>Fiberglass Lid Giant Wizard</t>
   </si>
   <si>
-    <t>$55.20</t>
+    <t>$68.99</t>
   </si>
   <si>
     <t>Fiberglass Lid Original Wizard</t>
   </si>
   <si>
-    <t>$43.92</t>
+    <t>$54.89</t>
   </si>
   <si>
     <t>Globe 35" Wizard</t>
   </si>
   <si>
-    <t>$691.20</t>
+    <t>$863.99</t>
   </si>
   <si>
     <t>Fiberglass Lid Mega Wizard</t>
   </si>
   <si>
-    <t>$88.88</t>
+    <t>$111.09</t>
   </si>
   <si>
     <t>Lock&amp;Keys</t>
   </si>
   <si>
     <t xml:space="preserve">LOCK-WIZARD-UP </t>
   </si>
   <si>
     <t>Lock and Key Top Wizard</t>
   </si>
   <si>
-    <t>$18.72</t>
+    <t>$23.39</t>
   </si>
   <si>
     <t xml:space="preserve">LOCK-WIZARD-DOWN </t>
   </si>
   <si>
     <t>Lock and Key Money Door Wizard</t>
   </si>
   <si>
-    <t>$20.72</t>
+    <t>$25.89</t>
   </si>
   <si>
     <t>Other Parts</t>
   </si>
   <si>
     <t xml:space="preserve">SCREWDRIVER </t>
   </si>
   <si>
     <t>Screwdriver</t>
   </si>
   <si>
     <t xml:space="preserve">MD 6.9 MEGA WIZARD (RED) </t>
   </si>
   <si>
     <t>MONEY DOOR 6.9 MEGA WIZARD (RED)</t>
   </si>
   <si>
-    <t>$111.36</t>
+    <t>$139.19</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>