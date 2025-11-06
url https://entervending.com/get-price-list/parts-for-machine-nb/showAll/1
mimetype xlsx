--- v0 (2025-10-15)
+++ v1 (2025-11-06)
@@ -59,375 +59,375 @@
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Parts for Machine NB</t>
   </si>
   <si>
     <t xml:space="preserve">20100061 </t>
   </si>
   <si>
     <t>Chute Frame NB Powder Coated Silver</t>
   </si>
   <si>
-    <t>$28.00</t>
+    <t>$35.00</t>
   </si>
   <si>
     <t>Piece</t>
   </si>
   <si>
     <t xml:space="preserve">20100259 </t>
   </si>
   <si>
     <t>NG Coin Return Guides</t>
   </si>
   <si>
-    <t>$13.20</t>
+    <t>$16.50</t>
   </si>
   <si>
     <t xml:space="preserve">20100034 </t>
   </si>
   <si>
     <t>Cashbox (NB)</t>
   </si>
   <si>
-    <t>$23.40</t>
+    <t>$29.25</t>
   </si>
   <si>
     <t xml:space="preserve">20100049 </t>
   </si>
   <si>
     <t>Chute Assembly with Mechanism &amp; Door Frame Guide</t>
   </si>
   <si>
-    <t>$126.00</t>
+    <t>$157.50</t>
   </si>
   <si>
     <t xml:space="preserve">20100046 </t>
   </si>
   <si>
     <t>Door Chrome NB</t>
   </si>
   <si>
-    <t>$25.51</t>
+    <t>$31.88</t>
   </si>
   <si>
     <t xml:space="preserve">20100079 </t>
   </si>
   <si>
     <t>NB Top Lid</t>
   </si>
   <si>
-    <t>$91.36</t>
+    <t>$114.19</t>
   </si>
   <si>
     <t xml:space="preserve">201001xx-clear-poly-panel </t>
   </si>
   <si>
     <t>Clear Poly Panel for NB, all sizes</t>
   </si>
   <si>
-    <t>$15.60</t>
+    <t>$19.50</t>
   </si>
   <si>
     <t xml:space="preserve">center-rod-nb </t>
   </si>
   <si>
     <t>Center Rod for NB (with nut), all sizes</t>
   </si>
   <si>
-    <t>$6.60</t>
+    <t>$8.25</t>
   </si>
   <si>
     <t xml:space="preserve">20100379 </t>
   </si>
   <si>
     <t>Wrench for NB mounting bolt</t>
   </si>
   <si>
-    <t>$19.20</t>
+    <t>$24.00</t>
   </si>
   <si>
     <t xml:space="preserve">KITNBLKHDWR </t>
   </si>
   <si>
     <t>NB Lower Lock Hardware Kit</t>
   </si>
   <si>
-    <t>$8.40</t>
+    <t>$10.50</t>
   </si>
   <si>
     <t xml:space="preserve">KITNBLKASSM </t>
   </si>
   <si>
     <t>NB Lock Conversion Kit (Old to New)NEW)</t>
   </si>
   <si>
     <t xml:space="preserve">20100010 </t>
   </si>
   <si>
     <t>Silver Powder Coated NB Base</t>
   </si>
   <si>
-    <t>$80.00</t>
+    <t>$100.00</t>
   </si>
   <si>
     <t xml:space="preserve">55100100 </t>
   </si>
   <si>
     <t>1″ Diameter for NB Mounting Plate Bolt</t>
   </si>
   <si>
-    <t>$19.80</t>
+    <t>$24.75</t>
   </si>
   <si>
     <t xml:space="preserve">20100025 </t>
   </si>
   <si>
     <t>NB Bridge, Center Rod Guide</t>
   </si>
   <si>
     <t xml:space="preserve">20100048 </t>
   </si>
   <si>
     <t>NB Chute Assembly, No Mechanism WITH Coin Return</t>
   </si>
   <si>
-    <t>$89.51</t>
+    <t>$111.88</t>
   </si>
   <si>
     <t xml:space="preserve">20100047 </t>
   </si>
   <si>
     <t>NB Chute Assembly, No Mechanism or Coin Return</t>
   </si>
   <si>
-    <t>$79.51</t>
+    <t>$99.38</t>
   </si>
   <si>
     <t xml:space="preserve">20100040 </t>
   </si>
   <si>
     <t>NB Chute</t>
   </si>
   <si>
-    <t>$45.00</t>
+    <t>$56.25</t>
   </si>
   <si>
     <t xml:space="preserve">20100028 </t>
   </si>
   <si>
     <t>NB Wall Clamp</t>
   </si>
   <si>
-    <t>$14.40</t>
+    <t>$18.00</t>
   </si>
   <si>
     <t xml:space="preserve">20100067 </t>
   </si>
   <si>
     <t>NB Chute Coin Guide</t>
   </si>
   <si>
-    <t>$10.80</t>
+    <t>$13.50</t>
   </si>
   <si>
     <t xml:space="preserve">20100001 </t>
   </si>
   <si>
     <t>NB Cash Door Hook</t>
   </si>
   <si>
     <t xml:space="preserve">20100070 </t>
   </si>
   <si>
     <t>NB Powder Coated Hooper</t>
   </si>
   <si>
-    <t>$92.71</t>
+    <t>$115.88</t>
   </si>
   <si>
     <t xml:space="preserve">20600002 </t>
   </si>
   <si>
     <t>NB Bottom Lock Retaining Nut</t>
   </si>
   <si>
-    <t>$1.80</t>
+    <t>$2.25</t>
   </si>
   <si>
     <t xml:space="preserve">20600004 </t>
   </si>
   <si>
     <t>O Ring Cushion for NB Lower Lock</t>
   </si>
   <si>
-    <t>$1.20</t>
+    <t>$1.50</t>
   </si>
   <si>
     <t xml:space="preserve">201011xx-right-panel-nb </t>
   </si>
   <si>
     <t>NB Front Right Body Panel, all colors</t>
   </si>
   <si>
     <t xml:space="preserve">201011xx-left-panel-nb </t>
   </si>
   <si>
     <t>NB Front Left Body Panel, all colors</t>
   </si>
   <si>
-    <t>$20.40</t>
+    <t>$25.50</t>
   </si>
   <si>
     <t xml:space="preserve">201011xx-back-panel-nb </t>
   </si>
   <si>
     <t>NB Side or Rear Panel, all colors</t>
   </si>
   <si>
-    <t>$30.00</t>
+    <t>$37.50</t>
   </si>
   <si>
     <t xml:space="preserve">201011xx-side-panel-nb </t>
   </si>
   <si>
     <t>NB Side Panel with hole, all colors</t>
   </si>
   <si>
-    <t>$32.51</t>
+    <t>$40.63</t>
   </si>
   <si>
     <t xml:space="preserve">50100037 </t>
   </si>
   <si>
     <t>NB Mounting Plate</t>
   </si>
   <si>
     <t xml:space="preserve">20300003 </t>
   </si>
   <si>
     <t>Wheel Cover Plate</t>
   </si>
   <si>
-    <t>$23.00</t>
+    <t>$28.75</t>
   </si>
   <si>
     <t xml:space="preserve">nb-corner-post </t>
   </si>
   <si>
     <t>NB Corner Post, all sizes</t>
   </si>
   <si>
-    <t>$13.80</t>
+    <t>$17.25</t>
   </si>
   <si>
     <t xml:space="preserve">20100268 </t>
   </si>
   <si>
     <t>NB Support Ring – Silver</t>
   </si>
   <si>
-    <t>$42.00</t>
+    <t>$52.50</t>
   </si>
   <si>
     <t xml:space="preserve">20100271 </t>
   </si>
   <si>
     <t>Powder Coated NB Top Ring</t>
   </si>
   <si>
     <t xml:space="preserve">55510003 </t>
   </si>
   <si>
     <t>10-24 X 1 1/4″ Truss For NB Housing Screw</t>
   </si>
   <si>
-    <t>$50.00</t>
+    <t>$62.50</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">55100008 </t>
   </si>
   <si>
     <t>Screw #10-24 x 5/8″ Fillister Head</t>
   </si>
   <si>
     <t xml:space="preserve">20100333 </t>
   </si>
   <si>
     <t>NB Hook Lever Retainer Spring</t>
   </si>
   <si>
-    <t>$6.00</t>
+    <t>$7.50</t>
   </si>
   <si>
     <t xml:space="preserve">20100337 </t>
   </si>
   <si>
     <t>NB Locking Arm Spring</t>
   </si>
   <si>
     <t xml:space="preserve">20600003 </t>
   </si>
   <si>
     <t>Stop Cam for NB Lower Lock</t>
   </si>
   <si>
-    <t>$7.20</t>
+    <t>$9.00</t>
   </si>
   <si>
     <t xml:space="preserve">20100343 </t>
   </si>
   <si>
     <t>NB Stop Bushing</t>
   </si>
   <si>
-    <t>$9.60</t>
+    <t>$12.00</t>
   </si>
   <si>
     <t xml:space="preserve">201003xx-colored-tape </t>
   </si>
   <si>
     <t>NB Colored Tape, all colors</t>
   </si>
   <si>
-    <t>$68.00</t>
+    <t>$85.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>