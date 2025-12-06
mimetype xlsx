--- v0 (2025-11-06)
+++ v1 (2025-12-06)
@@ -73,171 +73,171 @@
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Packed Gumballs</t>
   </si>
   <si>
     <t xml:space="preserve">2117-1LB-13MM </t>
   </si>
   <si>
     <t>Gumballs for Gumball Machine Refill 1 LB - Mini Gumballs 0.5 inch 13mm - Dubble Bubble Chewing Gum for Kids - Assorted Gum Balls</t>
   </si>
   <si>
     <t>$5.95</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
+    <t xml:space="preserve">6508-9OZ </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids in Jar - 1 Inch Large Gumballs - Watermelon Bubble Gum - Fun Chewing Gum for Kids - 9 OZ</t>
+  </si>
+  <si>
+    <t>$10.16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2117-2LB-13MM </t>
+  </si>
+  <si>
+    <t>Mini Gumballs 0.5 inch 13mm - Gum Balls for Gumball Machine Refill Bulk 520 pcs - Chewing Gum for Kids - 2 LB Assorted Flavors Bubble Gum</t>
+  </si>
+  <si>
+    <t>$13.01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16000-MIX-CC-2.4LB </t>
+  </si>
+  <si>
+    <t>Shimmer Gumballs for Gumball Machine - 0.62</t>
+  </si>
+  <si>
+    <t>$32.44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2117_4LB_4X1 </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine - 0.5 Inch Mini Gumballs - 4 Lb Bulk Gum Balls for Kids - Gumball Machine Refills - 1040 Pcs Gumballs Bulk Pack - Chewing Bubble Gum for Kids</t>
+  </si>
+  <si>
+    <t>$30.32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2117-1.9LB </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine - 0.5 Inch Gum Balls - Chewing Bubble Gum - 1.9 LB Kids Gum Bulk Gumball Machine Refills - 515 Pcs Little Gumballs</t>
+  </si>
+  <si>
+    <t>$8.83</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-1112-12OZ </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - Assorted Flavors Individually Wrapped Gumballs - 12 Oz Chewing Bubble Gum - Assorted Gum Balls for Kids</t>
+  </si>
+  <si>
+    <t>$17.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-1112-25 </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - 25 Pcs Assorted Gumballs Individually Wrapped Gumballs - Chewing Bubble Gum - Colored Gum Balls in Jar</t>
+  </si>
+  <si>
+    <t>$6.26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-1114-12OZ </t>
+  </si>
+  <si>
+    <t>Sour Gumballs - Sour Fruit Gum - 60 Pcs Individually Wrapped Gumballs - Chewing Bubble Gum - 12 Oz Chewing Bubble Gum Balls - Colored Gum Balls</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-380-35 </t>
+  </si>
+  <si>
+    <t>Chewing Gum for Kids - in Jar - Classic Bubblegum Flavor - 30pcs Individually Wrapped Gums for Party Favors, Classroom Prizes, Birthday Fun Gifts</t>
+  </si>
+  <si>
+    <t>$5.98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-1114-25 </t>
+  </si>
+  <si>
+    <t>Sour Gumballs - Sour Fruit Gum - 25 Pcs Individually Wrapped Gumball - Chewing Bubble Gum - Colored Gum Balls in Jar</t>
+  </si>
+  <si>
+    <t>$5.65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-380-12OZ </t>
+  </si>
+  <si>
+    <t>Global Gumball Bubble Gum, Original Flavor, Chewing Gum - 50 Pcs Twist Wrapped Gum - 12 Oz Individually Wrapped Bubblegum - Chewing Bubble Gum</t>
+  </si>
+  <si>
+    <t>$9.61</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-4108-1.75LB </t>
+  </si>
+  <si>
+    <t>Seedlings Gumballs for Kids - 1.7lb Seedling Original Gum - Fruit Shaped Gumballs - Chewing Bubble Gum for Kid - Colored Gum Balls</t>
+  </si>
+  <si>
+    <t>$26.42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-4108-35 </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - Fruit Shaped Gumballs - Chewing Bubble Gum - Bubble Gum for Kids - Colored Gum Balls - Fruity Gumy in Jar</t>
+  </si>
+  <si>
+    <t>$7.88</t>
+  </si>
+  <si>
     <t xml:space="preserve">CD-97108-9OZ </t>
   </si>
   <si>
     <t>Gumballs for Kids in Jar - 1 Inch Large Gumballs - Strawberry-Banana Flavored Bubble Gum - Fun Chewing Gum for Kids 9 OZ</t>
   </si>
   <si>
     <t>$6.39</t>
-  </si>
-[...112 lines deleted...]
-    <t>$7.88</t>
   </si>
   <si>
     <t xml:space="preserve">CD-4739-15 </t>
   </si>
   <si>
     <t>Chewing Gum for Kids - 2 Inch Jumbo Bubble Gum  - 15 Pcs Mega Fruit Shaped Gumballs - Assorted Fruit Flavored Gums - 1.75 LB</t>
   </si>
   <si>
     <t>$15.84</t>
   </si>
   <si>
     <t xml:space="preserve">CD-4739-8 </t>
   </si>
   <si>
     <t>Chewing Gum for Kids - 2 Inch Jumbo Bubble Gum  - 6 Pcs Mega Fruit Shaped Gumballs - Assorted Fruit Flavored Gums</t>
   </si>
   <si>
     <t xml:space="preserve">CD-97108-1.7LB </t>
   </si>
   <si>
     <t>Gumballs for Gumball Machine - 1 Inch Large Bubble Gumballs - Strawberry Banana Flavored Bubble Gum Gumballs - Kids Chewing Gum - Bulk Gum Balls -1.7LB</t>
   </si>
   <si>
     <t>$15.46</t>
   </si>
@@ -765,51 +765,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_87fcd6e77d1a2f76753922b35038b14c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7355f984c86d5e4da6051ae439f5b2653.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4437a6cd2b5763c01c999a5da0c784784.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d0da4313f1a0436117b6017844206df65.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2f4021f41e162fc7b0c10e625a06b706.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_796edd6aa59c58f2d56aa50a6d93588e7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffcb18baf108c6d08ccc587114b942a88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1402960682d03b5f5a686c008849ef6b9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c659da95d1f30db247de1caf8a5c02d310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb9dae2230491dac048a645d22cc942011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf3627310b860fed3ee8e729471fce3a12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_deabc319b24a7ac1df3186b48ea5502313.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2a4f789783a02fe0cc4bfbc0438413514.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abffac8748d228be6a7266cefaf5c55a15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_69415454bd0cbd51561ed9f0b7a8cc0116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8890567294c406bb222b647a49e40bc217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8084abbef6edefc4bcffb5aab96ba60118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76adc2cd3e566bf37313af2a18ca1d8e19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_754b633ab333aecd87f45bde73fbde9920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f6311cbffcc6cdcadd2684e57899ab321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b394ec0763c458b061bb013c121915de22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bebb15b657baa0bbfbc196b1fd3e98cc23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2fabb6d97029768dbbe80c27ead987124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3da5ef0deec3957a6e6a75d2bf78d2b125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f6fceb19e0f17a9c06730d42c76169626.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_21e95806f1f8f4b99afb5b965c59283d27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd4667a7aed6943133c052a94c039f4228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_827779de82fadc51019745c0aa3438bf29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fedc742712ad790c0cb8e6c04c7df99930.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_82c0e6e36929632892afa2bd04f291c731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff8f26e057469e66780a8edee25af6fb32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2c41ef5e3caf100fb09b6e97763a50933.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_824553410db356547e368ce751eb88f634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b9977633bd2f1d8f3e03b1181d87b3235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59489cdf411ee270d721d8f52779d3d036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_275ba10459fe746424bdff2acb5a5a6e37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_70b0893e316b47ec21bebcbf65e5ec5738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bd430a03afab1041f03b716387dcc14c39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b1f45f6cf7a87d6ef0267478047ba86940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_798766a66dcae413c26ae1702b85476341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_866f23644f9e676346046b56c3ffc14c42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf1ca1b49a067b01dde1abb14176b3f343.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3de80283b1beb6f0678dc6e2dbfca6c144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe12f70a49a2cc1a97fba9d88c0d536845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c4348f1638aa62518758c2faed4d1a846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0f9b52f739c28e556b963ab5e99919a47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb0bdbb9778387dc86a4e23c35b9666e48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eaace544dc8cdb6451eed7b080dafee149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edf09f2b7ee0d26e432ecb01df2344050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e89bc1e44ac5139d2f515e88a25cbb6351.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a4f3ee06c796efb34ce7fd454a2feac152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf401faff9ef608252b23f7c11e6724453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_877301a8287dc02c6ea2f9e353ae881154.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc8f27e8aec05bce24185115d7f4e2cc55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eead1b4faae9acefe0f3495544c13fa656.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_90619781310b495f6b4358df7b82e9d257.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0381714cc983d1f6e97eab186442982e58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e99f7bc6cd955ce3fe9fdfad5391c7ac59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0be758f5e3b1b03a0442dd32639f127e60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a4b7a73fe1bd57bba6f3f39c0097c17b61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2039e76320f31ab891cd85a8e39456a362.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe1ccbd0c9bed059a1ae2e2cf381ab8d63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ed24d87c5c1d4209cd20bc5027590fc964.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_95b6c0874aa24c23b9e1d4ac3950e70a65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9d386e0c9f65231328a25404f1cc84966.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc7e3e0df9c49e458cf30c0bc9bcd48967.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e11f29eccf0bfe5d478a9da4c7f9f3f68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_10c60ee9150fef87ec0ca9b3e6419aa569.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2885571806fefffe9fe6959ef1b2050070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d099e4ae3014275ee9f9163f3aedaa671.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_87fcd6e77d1a2f76753922b35038b14c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d0da4313f1a0436117b6017844206df63.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4437a6cd2b5763c01c999a5da0c784784.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_796edd6aa59c58f2d56aa50a6d93588e5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2f4021f41e162fc7b0c10e625a06b706.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffcb18baf108c6d08ccc587114b942a87.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1402960682d03b5f5a686c008849ef6b8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c659da95d1f30db247de1caf8a5c02d39.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb9dae2230491dac048a645d22cc942010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf3627310b860fed3ee8e729471fce3a11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_deabc319b24a7ac1df3186b48ea5502312.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2a4f789783a02fe0cc4bfbc0438413513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abffac8748d228be6a7266cefaf5c55a14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_69415454bd0cbd51561ed9f0b7a8cc0115.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7355f984c86d5e4da6051ae439f5b26516.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8890567294c406bb222b647a49e40bc217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8084abbef6edefc4bcffb5aab96ba60118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76adc2cd3e566bf37313af2a18ca1d8e19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_754b633ab333aecd87f45bde73fbde9920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f6311cbffcc6cdcadd2684e57899ab321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b394ec0763c458b061bb013c121915de22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bebb15b657baa0bbfbc196b1fd3e98cc23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2fabb6d97029768dbbe80c27ead987124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3da5ef0deec3957a6e6a75d2bf78d2b125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f6fceb19e0f17a9c06730d42c76169626.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_21e95806f1f8f4b99afb5b965c59283d27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd4667a7aed6943133c052a94c039f4228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_827779de82fadc51019745c0aa3438bf29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fedc742712ad790c0cb8e6c04c7df99930.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_82c0e6e36929632892afa2bd04f291c731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff8f26e057469e66780a8edee25af6fb32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2c41ef5e3caf100fb09b6e97763a50933.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_824553410db356547e368ce751eb88f634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b9977633bd2f1d8f3e03b1181d87b3235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59489cdf411ee270d721d8f52779d3d036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_275ba10459fe746424bdff2acb5a5a6e37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_70b0893e316b47ec21bebcbf65e5ec5738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bd430a03afab1041f03b716387dcc14c39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b1f45f6cf7a87d6ef0267478047ba86940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_798766a66dcae413c26ae1702b85476341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_866f23644f9e676346046b56c3ffc14c42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf1ca1b49a067b01dde1abb14176b3f343.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3de80283b1beb6f0678dc6e2dbfca6c144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe12f70a49a2cc1a97fba9d88c0d536845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c4348f1638aa62518758c2faed4d1a846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0f9b52f739c28e556b963ab5e99919a47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb0bdbb9778387dc86a4e23c35b9666e48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eaace544dc8cdb6451eed7b080dafee149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edf09f2b7ee0d26e432ecb01df2344050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e89bc1e44ac5139d2f515e88a25cbb6351.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a4f3ee06c796efb34ce7fd454a2feac152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf401faff9ef608252b23f7c11e6724453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_877301a8287dc02c6ea2f9e353ae881154.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc8f27e8aec05bce24185115d7f4e2cc55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eead1b4faae9acefe0f3495544c13fa656.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_90619781310b495f6b4358df7b82e9d257.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0381714cc983d1f6e97eab186442982e58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e99f7bc6cd955ce3fe9fdfad5391c7ac59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0be758f5e3b1b03a0442dd32639f127e60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a4b7a73fe1bd57bba6f3f39c0097c17b61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2039e76320f31ab891cd85a8e39456a362.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe1ccbd0c9bed059a1ae2e2cf381ab8d63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ed24d87c5c1d4209cd20bc5027590fc964.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_95b6c0874aa24c23b9e1d4ac3950e70a65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9d386e0c9f65231328a25404f1cc84966.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc7e3e0df9c49e458cf30c0bc9bcd48967.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e11f29eccf0bfe5d478a9da4c7f9f3f68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_10c60ee9150fef87ec0ca9b3e6419aa569.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2885571806fefffe9fe6959ef1b2050070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d099e4ae3014275ee9f9163f3aedaa671.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3325,450 +3325,450 @@
       <c r="H10" s="7">
         <v>0.00102844</v>
       </c>
       <c r="I10" s="7">
         <v>260</v>
       </c>
       <c r="J10" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>0.29483507949999</v>
+        <v>0.34899991234358</v>
       </c>
       <c r="H11" s="7">
-        <v>0.0005985</v>
+        <v>0.00090562</v>
       </c>
       <c r="I11" s="7">
         <v>32</v>
       </c>
       <c r="J11" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
         <v>0.92079263289998</v>
       </c>
       <c r="H12" s="7">
         <v>0.00228733</v>
       </c>
       <c r="I12" s="7">
         <v>520</v>
       </c>
       <c r="J12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>0.34899991234358</v>
+        <v>1.088621832</v>
       </c>
       <c r="H13" s="7">
-        <v>0.00090562</v>
+        <v>0.00335375</v>
       </c>
       <c r="I13" s="7">
-        <v>32</v>
+        <v>220</v>
       </c>
       <c r="J13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
         <v>1.9600001055758</v>
       </c>
       <c r="H14" s="7">
         <v>0.00542914</v>
       </c>
       <c r="I14" s="7">
         <v>1040</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>1.088621832</v>
+        <v>0.87089746559998</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00078658</v>
+        <v>0.00251836</v>
       </c>
       <c r="I15" s="7">
-        <v>220</v>
+        <v>500</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.87089746559998</v>
+        <v>0.34019432249999</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00251836</v>
+        <v>0.00173381</v>
       </c>
       <c r="I16" s="7">
-        <v>500</v>
+        <v>60</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.34019432249999</v>
+        <v>0.2086525178</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00173381</v>
+        <v>0.00062307</v>
       </c>
       <c r="I17" s="7">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>0.2086525178</v>
+        <v>0.33112247389999</v>
       </c>
       <c r="H18" s="7">
-        <v>0.00062307</v>
+        <v>0.00182553</v>
       </c>
       <c r="I18" s="7">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="E19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0.33112247389999</v>
+        <v>0.28100005679256</v>
       </c>
       <c r="H19" s="7">
-        <v>0.00182553</v>
+        <v>0.0006715100000000001</v>
       </c>
       <c r="I19" s="7">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0.28100005679256</v>
+        <v>0.18100016248991</v>
       </c>
       <c r="H20" s="7">
-        <v>0.0006715100000000001</v>
+        <v>0.00057338</v>
       </c>
       <c r="I20" s="7">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>49</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>0.18100016248991</v>
+        <v>0.34000018493995</v>
       </c>
       <c r="H21" s="7">
-        <v>0.00057338</v>
+        <v>0.00127959</v>
       </c>
       <c r="I21" s="7">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>52</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0.34000018493995</v>
+        <v>0.81193044969999</v>
       </c>
       <c r="H22" s="7">
-        <v>0.00127959</v>
+        <v>0.0033689</v>
       </c>
       <c r="I22" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>55</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>0.81193044969999</v>
+        <v>0.33100000394389</v>
       </c>
       <c r="H23" s="7">
-        <v>0.0033689</v>
+        <v>0.0005905</v>
       </c>
       <c r="I23" s="7">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>58</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>0.33100000394389</v>
+        <v>0.29483507949999</v>
       </c>
       <c r="H24" s="7">
-        <v>0.0005905</v>
+        <v>0.0005985</v>
       </c>
       <c r="I24" s="7">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="J24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
         <v>59</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>61</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
         <v>0.23100010964124</v>
       </c>
       <c r="H25" s="7">
         <v>0.00521554</v>
       </c>
       <c r="I25" s="7">
         <v>15</v>
       </c>
       <c r="J25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>62</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
         <v>0.44900026023867</v>
       </c>
       <c r="H26" s="7">
         <v>0.00156346</v>
       </c>
       <c r="I26" s="7">
         <v>8</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>64</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>65</v>
       </c>
@@ -3994,51 +3994,51 @@
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
         <v>0.78925082819999</v>
       </c>
       <c r="H35" s="7">
         <v>0.0045042</v>
       </c>
       <c r="I35" s="7">
         <v>120</v>
       </c>
       <c r="J35" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
         <v>91</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
         <v>0.30800014618831</v>
       </c>
       <c r="H36" s="7">
         <v>0.00058194</v>
       </c>
       <c r="I36" s="7">
         <v>32</v>
       </c>
       <c r="J36" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
         <v>94</v>
       </c>
@@ -4345,51 +4345,51 @@
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
         <v>0.33100000394389</v>
       </c>
       <c r="H48" s="7">
         <v>0.00094078</v>
       </c>
       <c r="I48" s="7">
         <v>50</v>
       </c>
       <c r="J48" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
         <v>129</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
         <v>130</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
         <v>0.29000023778862</v>
       </c>
       <c r="H49" s="7">
         <v>0.00066608</v>
       </c>
       <c r="I49" s="7">
         <v>40</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
         <v>131</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
         <v>132</v>
       </c>
@@ -4669,51 +4669,51 @@
       <c r="F60" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="7">
         <v>0.29483507949999</v>
       </c>
       <c r="H60" s="7">
         <v>0.0005985</v>
       </c>
       <c r="I60" s="7">
         <v>32</v>
       </c>
       <c r="J60" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
         <v>162</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
         <v>163</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="7">
         <v>0.29899996519225</v>
       </c>
       <c r="H61" s="7">
         <v>0.0006140400000000001</v>
       </c>
       <c r="I61" s="7">
         <v>100</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
         <v>164</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
         <v>165</v>
       </c>
@@ -4750,51 +4750,51 @@
       <c r="F63" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="7">
         <v>0.29899996519225</v>
       </c>
       <c r="H63" s="7">
         <v>0.00063698</v>
       </c>
       <c r="I63" s="7">
         <v>32</v>
       </c>
       <c r="J63" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
         <v>169</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
         <v>170</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="7">
         <v>0.29937100379999</v>
       </c>
       <c r="H64" s="7">
         <v>0.0006409</v>
       </c>
       <c r="I64" s="7">
         <v>32</v>
       </c>
       <c r="J64" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
         <v>171</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
         <v>172</v>
       </c>
@@ -4972,54 +4972,54 @@
       <c r="H71" s="7">
         <v>0.00243339</v>
       </c>
       <c r="I71" s="7">
         <v>74</v>
       </c>
       <c r="J71" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="4" t="s">
         <v>190</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="6" t="s">
         <v>191</v>
       </c>
       <c r="E72" s="7" t="s">
         <v>192</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="7">
-        <v>0.6577090234999901</v>
+        <v>0.67099928169899</v>
       </c>
       <c r="H72" s="7">
-        <v>0.00232766</v>
+        <v>0.00241585</v>
       </c>
       <c r="I72" s="7">
         <v>75</v>
       </c>
       <c r="J72" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
         <v>193</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="6" t="s">
         <v>194</v>
       </c>
       <c r="E73" s="7" t="s">
         <v>195</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="7">
         <v>0.6577090234999901</v>
       </c>
@@ -5047,87 +5047,87 @@
       <c r="F74" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="7">
         <v>0.6577090234999901</v>
       </c>
       <c r="H74" s="7">
         <v>0.00232766</v>
       </c>
       <c r="I74" s="7">
         <v>74</v>
       </c>
       <c r="J74" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="4" t="s">
         <v>199</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="6" t="s">
         <v>200</v>
       </c>
       <c r="E75" s="7" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F75" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="7">
         <v>0.31297877669999</v>
       </c>
       <c r="H75" s="7">
         <v>0.00225322</v>
       </c>
       <c r="I75" s="7">
         <v>54</v>
       </c>
       <c r="J75" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="4" t="s">
         <v>201</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="6" t="s">
         <v>202</v>
       </c>
       <c r="E76" s="7" t="s">
         <v>203</v>
       </c>
       <c r="F76" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="7">
-        <v>0.5896700810000001</v>
+        <v>0.66200000788779</v>
       </c>
       <c r="H76" s="7">
-        <v>0</v>
+        <v>0.00239806</v>
       </c>
       <c r="I76" s="7">
         <v>74</v>
       </c>
       <c r="J76" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="55">
       <c r="B77" s="4" t="s">
         <v>204</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="6" t="s">
         <v>205</v>
       </c>
       <c r="E77" s="7" t="s">
         <v>206</v>
       </c>
       <c r="F77" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G77" s="7">
         <v>0.32658654959999</v>
       </c>