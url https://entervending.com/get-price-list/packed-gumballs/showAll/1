--- v1 (2025-12-06)
+++ v2 (2026-01-10)
@@ -73,86 +73,95 @@
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Packed Gumballs</t>
   </si>
   <si>
     <t xml:space="preserve">2117-1LB-13MM </t>
   </si>
   <si>
     <t>Gumballs for Gumball Machine Refill 1 LB - Mini Gumballs 0.5 inch 13mm - Dubble Bubble Chewing Gum for Kids - Assorted Gum Balls</t>
   </si>
   <si>
     <t>$5.95</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
+    <t xml:space="preserve">CD-97108-9OZ </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids in Jar - 1 Inch Large Gumballs - Strawberry-Banana Flavored Bubble Gum - Fun Chewing Gum for Kids 9 OZ</t>
+  </si>
+  <si>
+    <t>$6.39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2117-2LB-13MM </t>
+  </si>
+  <si>
+    <t>Mini Gumballs 0.5 inch 13mm - Gum Balls for Gumball Machine Refill Bulk 520 pcs - Chewing Gum for Kids - 2 LB Assorted Flavors Bubble Gum</t>
+  </si>
+  <si>
+    <t>$13.01</t>
+  </si>
+  <si>
     <t xml:space="preserve">6508-9OZ </t>
   </si>
   <si>
     <t>Gumballs for Kids in Jar - 1 Inch Large Gumballs - Watermelon Bubble Gum - Fun Chewing Gum for Kids - 9 OZ</t>
   </si>
   <si>
     <t>$10.16</t>
   </si>
   <si>
-    <t xml:space="preserve">2117-2LB-13MM </t>
-[...5 lines deleted...]
-    <t>$13.01</t>
+    <t xml:space="preserve">2117_4LB_4X1 </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine - 0.5 Inch Mini Gumballs - 4 Lb Bulk Gum Balls for Kids - Gumball Machine Refills - 1040 Pcs Gumballs Bulk Pack - Chewing Bubble Gum for Kids</t>
+  </si>
+  <si>
+    <t>$30.32</t>
   </si>
   <si>
     <t xml:space="preserve">16000-MIX-CC-2.4LB </t>
   </si>
   <si>
     <t>Shimmer Gumballs for Gumball Machine - 0.62</t>
   </si>
   <si>
     <t>$32.44</t>
   </si>
   <si>
-    <t xml:space="preserve">2117_4LB_4X1 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">2117-1.9LB </t>
   </si>
   <si>
     <t>Gumballs for Gumball Machine - 0.5 Inch Gum Balls - Chewing Bubble Gum - 1.9 LB Kids Gum Bulk Gumball Machine Refills - 515 Pcs Little Gumballs</t>
   </si>
   <si>
     <t>$8.83</t>
   </si>
   <si>
     <t xml:space="preserve">CD-1112-12OZ </t>
   </si>
   <si>
     <t>Gumballs for Kids - Assorted Flavors Individually Wrapped Gumballs - 12 Oz Chewing Bubble Gum - Assorted Gum Balls for Kids</t>
   </si>
   <si>
     <t>$17.05</t>
   </si>
   <si>
     <t xml:space="preserve">CD-1112-25 </t>
   </si>
   <si>
     <t>Gumballs for Kids - 25 Pcs Assorted Gumballs Individually Wrapped Gumballs - Chewing Bubble Gum - Colored Gum Balls in Jar</t>
   </si>
   <si>
     <t>$6.26</t>
@@ -185,59 +194,50 @@
     <t xml:space="preserve">CD-380-12OZ </t>
   </si>
   <si>
     <t>Global Gumball Bubble Gum, Original Flavor, Chewing Gum - 50 Pcs Twist Wrapped Gum - 12 Oz Individually Wrapped Bubblegum - Chewing Bubble Gum</t>
   </si>
   <si>
     <t>$9.61</t>
   </si>
   <si>
     <t xml:space="preserve">CD-4108-1.75LB </t>
   </si>
   <si>
     <t>Seedlings Gumballs for Kids - 1.7lb Seedling Original Gum - Fruit Shaped Gumballs - Chewing Bubble Gum for Kid - Colored Gum Balls</t>
   </si>
   <si>
     <t>$26.42</t>
   </si>
   <si>
     <t xml:space="preserve">CD-4108-35 </t>
   </si>
   <si>
     <t>Gumballs for Kids - Fruit Shaped Gumballs - Chewing Bubble Gum - Bubble Gum for Kids - Colored Gum Balls - Fruity Gumy in Jar</t>
   </si>
   <si>
     <t>$7.88</t>
-  </si>
-[...7 lines deleted...]
-    <t>$6.39</t>
   </si>
   <si>
     <t xml:space="preserve">CD-4739-15 </t>
   </si>
   <si>
     <t>Chewing Gum for Kids - 2 Inch Jumbo Bubble Gum  - 15 Pcs Mega Fruit Shaped Gumballs - Assorted Fruit Flavored Gums - 1.75 LB</t>
   </si>
   <si>
     <t>$15.84</t>
   </si>
   <si>
     <t xml:space="preserve">CD-4739-8 </t>
   </si>
   <si>
     <t>Chewing Gum for Kids - 2 Inch Jumbo Bubble Gum  - 6 Pcs Mega Fruit Shaped Gumballs - Assorted Fruit Flavored Gums</t>
   </si>
   <si>
     <t xml:space="preserve">CD-97108-1.7LB </t>
   </si>
   <si>
     <t>Gumballs for Gumball Machine - 1 Inch Large Bubble Gumballs - Strawberry Banana Flavored Bubble Gum Gumballs - Kids Chewing Gum - Bulk Gum Balls -1.7LB</t>
   </si>
   <si>
     <t>$15.46</t>
   </si>
@@ -765,51 +765,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_87fcd6e77d1a2f76753922b35038b14c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d0da4313f1a0436117b6017844206df63.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4437a6cd2b5763c01c999a5da0c784784.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_796edd6aa59c58f2d56aa50a6d93588e5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2f4021f41e162fc7b0c10e625a06b706.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffcb18baf108c6d08ccc587114b942a87.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1402960682d03b5f5a686c008849ef6b8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c659da95d1f30db247de1caf8a5c02d39.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb9dae2230491dac048a645d22cc942010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf3627310b860fed3ee8e729471fce3a11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_deabc319b24a7ac1df3186b48ea5502312.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2a4f789783a02fe0cc4bfbc0438413513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abffac8748d228be6a7266cefaf5c55a14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_69415454bd0cbd51561ed9f0b7a8cc0115.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7355f984c86d5e4da6051ae439f5b26516.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8890567294c406bb222b647a49e40bc217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8084abbef6edefc4bcffb5aab96ba60118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76adc2cd3e566bf37313af2a18ca1d8e19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_754b633ab333aecd87f45bde73fbde9920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f6311cbffcc6cdcadd2684e57899ab321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b394ec0763c458b061bb013c121915de22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bebb15b657baa0bbfbc196b1fd3e98cc23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2fabb6d97029768dbbe80c27ead987124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3da5ef0deec3957a6e6a75d2bf78d2b125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f6fceb19e0f17a9c06730d42c76169626.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_21e95806f1f8f4b99afb5b965c59283d27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd4667a7aed6943133c052a94c039f4228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_827779de82fadc51019745c0aa3438bf29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fedc742712ad790c0cb8e6c04c7df99930.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_82c0e6e36929632892afa2bd04f291c731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff8f26e057469e66780a8edee25af6fb32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2c41ef5e3caf100fb09b6e97763a50933.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_824553410db356547e368ce751eb88f634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b9977633bd2f1d8f3e03b1181d87b3235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59489cdf411ee270d721d8f52779d3d036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_275ba10459fe746424bdff2acb5a5a6e37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_70b0893e316b47ec21bebcbf65e5ec5738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bd430a03afab1041f03b716387dcc14c39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b1f45f6cf7a87d6ef0267478047ba86940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_798766a66dcae413c26ae1702b85476341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_866f23644f9e676346046b56c3ffc14c42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf1ca1b49a067b01dde1abb14176b3f343.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3de80283b1beb6f0678dc6e2dbfca6c144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe12f70a49a2cc1a97fba9d88c0d536845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c4348f1638aa62518758c2faed4d1a846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0f9b52f739c28e556b963ab5e99919a47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb0bdbb9778387dc86a4e23c35b9666e48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eaace544dc8cdb6451eed7b080dafee149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edf09f2b7ee0d26e432ecb01df2344050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e89bc1e44ac5139d2f515e88a25cbb6351.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a4f3ee06c796efb34ce7fd454a2feac152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf401faff9ef608252b23f7c11e6724453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_877301a8287dc02c6ea2f9e353ae881154.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc8f27e8aec05bce24185115d7f4e2cc55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eead1b4faae9acefe0f3495544c13fa656.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_90619781310b495f6b4358df7b82e9d257.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0381714cc983d1f6e97eab186442982e58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e99f7bc6cd955ce3fe9fdfad5391c7ac59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0be758f5e3b1b03a0442dd32639f127e60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a4b7a73fe1bd57bba6f3f39c0097c17b61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2039e76320f31ab891cd85a8e39456a362.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe1ccbd0c9bed059a1ae2e2cf381ab8d63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ed24d87c5c1d4209cd20bc5027590fc964.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_95b6c0874aa24c23b9e1d4ac3950e70a65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9d386e0c9f65231328a25404f1cc84966.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc7e3e0df9c49e458cf30c0bc9bcd48967.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e11f29eccf0bfe5d478a9da4c7f9f3f68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_10c60ee9150fef87ec0ca9b3e6419aa569.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2885571806fefffe9fe6959ef1b2050070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d099e4ae3014275ee9f9163f3aedaa671.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_87fcd6e77d1a2f76753922b35038b14c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7355f984c86d5e4da6051ae439f5b2653.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4437a6cd2b5763c01c999a5da0c784784.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d0da4313f1a0436117b6017844206df65.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2f4021f41e162fc7b0c10e625a06b706.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_796edd6aa59c58f2d56aa50a6d93588e7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffcb18baf108c6d08ccc587114b942a88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1402960682d03b5f5a686c008849ef6b9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c659da95d1f30db247de1caf8a5c02d310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb9dae2230491dac048a645d22cc942011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf3627310b860fed3ee8e729471fce3a12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_deabc319b24a7ac1df3186b48ea5502313.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2a4f789783a02fe0cc4bfbc0438413514.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abffac8748d228be6a7266cefaf5c55a15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_69415454bd0cbd51561ed9f0b7a8cc0116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8890567294c406bb222b647a49e40bc217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8084abbef6edefc4bcffb5aab96ba60118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76adc2cd3e566bf37313af2a18ca1d8e19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_754b633ab333aecd87f45bde73fbde9920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f6311cbffcc6cdcadd2684e57899ab321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b394ec0763c458b061bb013c121915de22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bebb15b657baa0bbfbc196b1fd3e98cc23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2fabb6d97029768dbbe80c27ead987124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3da5ef0deec3957a6e6a75d2bf78d2b125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f6fceb19e0f17a9c06730d42c76169626.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_21e95806f1f8f4b99afb5b965c59283d27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd4667a7aed6943133c052a94c039f4228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_827779de82fadc51019745c0aa3438bf29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fedc742712ad790c0cb8e6c04c7df99930.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_82c0e6e36929632892afa2bd04f291c731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff8f26e057469e66780a8edee25af6fb32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2c41ef5e3caf100fb09b6e97763a50933.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_824553410db356547e368ce751eb88f634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b9977633bd2f1d8f3e03b1181d87b3235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59489cdf411ee270d721d8f52779d3d036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_275ba10459fe746424bdff2acb5a5a6e37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_70b0893e316b47ec21bebcbf65e5ec5738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bd430a03afab1041f03b716387dcc14c39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b1f45f6cf7a87d6ef0267478047ba86940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_798766a66dcae413c26ae1702b85476341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_866f23644f9e676346046b56c3ffc14c42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf1ca1b49a067b01dde1abb14176b3f343.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3de80283b1beb6f0678dc6e2dbfca6c144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe12f70a49a2cc1a97fba9d88c0d536845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c4348f1638aa62518758c2faed4d1a846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0f9b52f739c28e556b963ab5e99919a47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb0bdbb9778387dc86a4e23c35b9666e48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eaace544dc8cdb6451eed7b080dafee149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edf09f2b7ee0d26e432ecb01df2344050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e89bc1e44ac5139d2f515e88a25cbb6351.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a4f3ee06c796efb34ce7fd454a2feac152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf401faff9ef608252b23f7c11e6724453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_877301a8287dc02c6ea2f9e353ae881154.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc8f27e8aec05bce24185115d7f4e2cc55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eead1b4faae9acefe0f3495544c13fa656.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_90619781310b495f6b4358df7b82e9d257.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0381714cc983d1f6e97eab186442982e58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e99f7bc6cd955ce3fe9fdfad5391c7ac59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0be758f5e3b1b03a0442dd32639f127e60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a4b7a73fe1bd57bba6f3f39c0097c17b61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2039e76320f31ab891cd85a8e39456a362.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe1ccbd0c9bed059a1ae2e2cf381ab8d63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ed24d87c5c1d4209cd20bc5027590fc964.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_95b6c0874aa24c23b9e1d4ac3950e70a65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9d386e0c9f65231328a25404f1cc84966.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc7e3e0df9c49e458cf30c0bc9bcd48967.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e11f29eccf0bfe5d478a9da4c7f9f3f68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_10c60ee9150fef87ec0ca9b3e6419aa569.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2885571806fefffe9fe6959ef1b2050070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d099e4ae3014275ee9f9163f3aedaa671.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3325,450 +3325,450 @@
       <c r="H10" s="7">
         <v>0.00102844</v>
       </c>
       <c r="I10" s="7">
         <v>260</v>
       </c>
       <c r="J10" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>0.34899991234358</v>
+        <v>0.29483507949999</v>
       </c>
       <c r="H11" s="7">
-        <v>0.00090562</v>
+        <v>0.0005985</v>
       </c>
       <c r="I11" s="7">
         <v>32</v>
       </c>
       <c r="J11" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
         <v>0.92079263289998</v>
       </c>
       <c r="H12" s="7">
         <v>0.00228733</v>
       </c>
       <c r="I12" s="7">
         <v>520</v>
       </c>
       <c r="J12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>1.088621832</v>
+        <v>0.34899991234358</v>
       </c>
       <c r="H13" s="7">
-        <v>0.00335375</v>
+        <v>0.00090562</v>
       </c>
       <c r="I13" s="7">
-        <v>220</v>
+        <v>32</v>
       </c>
       <c r="J13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
         <v>1.9600001055758</v>
       </c>
       <c r="H14" s="7">
         <v>0.00542914</v>
       </c>
       <c r="I14" s="7">
         <v>1040</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.87089746559998</v>
+        <v>1.088621832</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00251836</v>
+        <v>0.00335375</v>
       </c>
       <c r="I15" s="7">
-        <v>500</v>
+        <v>220</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.34019432249999</v>
+        <v>0.87089746559998</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00173381</v>
+        <v>0.00251836</v>
       </c>
       <c r="I16" s="7">
-        <v>60</v>
+        <v>500</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.2086525178</v>
+        <v>0.34019432249999</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00062307</v>
+        <v>0.00173381</v>
       </c>
       <c r="I17" s="7">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>0.33112247389999</v>
+        <v>0.2086525178</v>
       </c>
       <c r="H18" s="7">
-        <v>0.00182553</v>
+        <v>0.00062307</v>
       </c>
       <c r="I18" s="7">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0.28100005679256</v>
+        <v>0.33112247389999</v>
       </c>
       <c r="H19" s="7">
-        <v>0.0006715100000000001</v>
+        <v>0.00182553</v>
       </c>
       <c r="I19" s="7">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0.18100016248991</v>
+        <v>0.28100005679256</v>
       </c>
       <c r="H20" s="7">
-        <v>0.00057338</v>
+        <v>0.0006715100000000001</v>
       </c>
       <c r="I20" s="7">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>49</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>0.34000018493995</v>
+        <v>0.18100016248991</v>
       </c>
       <c r="H21" s="7">
-        <v>0.00127959</v>
+        <v>0.00057338</v>
       </c>
       <c r="I21" s="7">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>52</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0.81193044969999</v>
+        <v>0.34000018493995</v>
       </c>
       <c r="H22" s="7">
-        <v>0.0033689</v>
+        <v>0.00127959</v>
       </c>
       <c r="I22" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>55</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>0.33100000394389</v>
+        <v>0.81193044969999</v>
       </c>
       <c r="H23" s="7">
-        <v>0.0005905</v>
+        <v>0.0033689</v>
       </c>
       <c r="I23" s="7">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>58</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>0.29483507949999</v>
+        <v>0.33100000394389</v>
       </c>
       <c r="H24" s="7">
-        <v>0.0005985</v>
+        <v>0.0005905</v>
       </c>
       <c r="I24" s="7">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="J24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
         <v>59</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>61</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
         <v>0.23100010964124</v>
       </c>
       <c r="H25" s="7">
         <v>0.00521554</v>
       </c>
       <c r="I25" s="7">
         <v>15</v>
       </c>
       <c r="J25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>62</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
         <v>0.44900026023867</v>
       </c>
       <c r="H26" s="7">
         <v>0.00156346</v>
       </c>
       <c r="I26" s="7">
         <v>8</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>64</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>65</v>
       </c>
@@ -3784,51 +3784,51 @@
       <c r="H27" s="7">
         <v>0.00380473</v>
       </c>
       <c r="I27" s="7">
         <v>85</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>67</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>69</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>0.78900135236349</v>
+        <v>0.78000207855229</v>
       </c>
       <c r="H28" s="7">
         <v>0.0045203</v>
       </c>
       <c r="I28" s="7">
         <v>1</v>
       </c>
       <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>70</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>72</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
@@ -3994,51 +3994,51 @@
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
         <v>0.78925082819999</v>
       </c>
       <c r="H35" s="7">
         <v>0.0045042</v>
       </c>
       <c r="I35" s="7">
         <v>120</v>
       </c>
       <c r="J35" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
         <v>91</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
         <v>0.30800014618831</v>
       </c>
       <c r="H36" s="7">
         <v>0.00058194</v>
       </c>
       <c r="I36" s="7">
         <v>32</v>
       </c>
       <c r="J36" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
         <v>94</v>
       </c>
@@ -4345,51 +4345,51 @@
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
         <v>0.33100000394389</v>
       </c>
       <c r="H48" s="7">
         <v>0.00094078</v>
       </c>
       <c r="I48" s="7">
         <v>50</v>
       </c>
       <c r="J48" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
         <v>129</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
         <v>130</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
         <v>0.29000023778862</v>
       </c>
       <c r="H49" s="7">
         <v>0.00066608</v>
       </c>
       <c r="I49" s="7">
         <v>40</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
         <v>131</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
         <v>132</v>
       </c>
@@ -4669,51 +4669,51 @@
       <c r="F60" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="7">
         <v>0.29483507949999</v>
       </c>
       <c r="H60" s="7">
         <v>0.0005985</v>
       </c>
       <c r="I60" s="7">
         <v>32</v>
       </c>
       <c r="J60" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
         <v>162</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
         <v>163</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="7">
         <v>0.29899996519225</v>
       </c>
       <c r="H61" s="7">
         <v>0.0006140400000000001</v>
       </c>
       <c r="I61" s="7">
         <v>100</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
         <v>164</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
         <v>165</v>
       </c>
@@ -4750,51 +4750,51 @@
       <c r="F63" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="7">
         <v>0.29899996519225</v>
       </c>
       <c r="H63" s="7">
         <v>0.00063698</v>
       </c>
       <c r="I63" s="7">
         <v>32</v>
       </c>
       <c r="J63" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
         <v>169</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
         <v>170</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="7">
         <v>0.29937100379999</v>
       </c>
       <c r="H64" s="7">
         <v>0.0006409</v>
       </c>
       <c r="I64" s="7">
         <v>32</v>
       </c>
       <c r="J64" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
         <v>171</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
         <v>172</v>
       </c>
@@ -5047,51 +5047,51 @@
       <c r="F74" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="7">
         <v>0.6577090234999901</v>
       </c>
       <c r="H74" s="7">
         <v>0.00232766</v>
       </c>
       <c r="I74" s="7">
         <v>74</v>
       </c>
       <c r="J74" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="4" t="s">
         <v>199</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="6" t="s">
         <v>200</v>
       </c>
       <c r="E75" s="7" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="F75" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="7">
         <v>0.31297877669999</v>
       </c>
       <c r="H75" s="7">
         <v>0.00225322</v>
       </c>
       <c r="I75" s="7">
         <v>54</v>
       </c>
       <c r="J75" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="4" t="s">
         <v>201</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="6" t="s">
         <v>202</v>
       </c>