--- v2 (2026-01-10)
+++ v3 (2026-03-03)
@@ -15,2922 +15,6870 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Packed Gumballs" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="515">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Packed Gumballs</t>
   </si>
   <si>
+    <t>Small Boxes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-1114-8OZ </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - Sour Gum -  Individually Wrapped Gumball - Chewing Bubble Gum - 8 Oz Gift Box - Fruity Gum Balls Mix</t>
+  </si>
+  <si>
+    <t>$8.18</t>
+  </si>
+  <si>
+    <t>Package</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-1112-8OZ </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - Assorted Chewing Gum Balls Individually Wrapped Gumballs - 8 Oz Gift Box - Chewing Bubble Gum for Kids - Colored Gum Balls</t>
+  </si>
+  <si>
+    <t>$8.72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-380-10OZ </t>
+  </si>
+  <si>
+    <t>Global Gumball Bubble Gum, Original Flavor, Chewing Gums - Twist Wrapped Gum - 10 Oz Individually Wrapped Bubblegum in Gift Box - Chewing Bubble Gum</t>
+  </si>
+  <si>
+    <t>$4.29</t>
+  </si>
+  <si>
+    <t>Buckets</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15110-BUCKET-1.3LB </t>
+  </si>
+  <si>
+    <t>1.3 LB Bucket Assorted Fruit Gumballs – 1 Inch Solid Color Bubble Gum</t>
+  </si>
+  <si>
+    <t>$12.14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15117-BUCKET-1.7LB </t>
+  </si>
+  <si>
+    <t>Mini Assorted Fruit Gumballs 0.5" – Bucket 1.7 LB</t>
+  </si>
+  <si>
+    <t>$16.33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850GL-BUCKET-1.3LB </t>
+  </si>
+  <si>
+    <t>1.3 LB Shimmer Spring Mix Gumballs 1" – Bucket</t>
+  </si>
+  <si>
+    <t>$13.38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1408-BUCKET-1.3LB </t>
+  </si>
+  <si>
+    <t>1.3 lb Cherry Red Gumballs — 1 Inch Bubble Gum Balls</t>
+  </si>
+  <si>
+    <t>$12.92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6508-BUCKET-1.3LB </t>
+  </si>
+  <si>
+    <t>1.3 LB Watermelon Gumballs 1" – Bucket</t>
+  </si>
+  <si>
+    <t>$11.77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">92608-BUCKET-1.3LB </t>
+  </si>
+  <si>
+    <t>1.3 LB Green Apple Gumballs 1" – Bucket</t>
+  </si>
+  <si>
+    <t>$12.13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5308-BUCKET-1.3 </t>
+  </si>
+  <si>
+    <t>1.3 lb Blueberry Blue Gumballs — 1 Inch Bubble Gum Balls</t>
+  </si>
+  <si>
+    <t>$11.81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-BUCKET-1.3LB </t>
+  </si>
+  <si>
+    <t>Chewing Bubble Gum Balls – 1 Inch Gumballs Assorted Fruit Flavors – 1.3 LB Vending Machine Refill – Baseball Double Bubble Gum Bulk for Goody Bags &amp; Candy Bar</t>
+  </si>
+  <si>
+    <t>$11.83</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1112-BUCKET-9.5OZ </t>
+  </si>
+  <si>
+    <t>9.5 oz Assorted Wrapped Gumballs — Bubble Gum Balls Bucket</t>
+  </si>
+  <si>
+    <t>$10.37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850A-BUCKET-1.3LB </t>
+  </si>
+  <si>
+    <t>1.3 LB Double Bubble Gumballs 1" – Bucket</t>
+  </si>
+  <si>
+    <t>$19.04</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4508-BUCKET-1.3LB </t>
+  </si>
+  <si>
+    <t>Chewing Bubble Gum Balls – 1 Inch Gumballs Assorted Berry Flavors – 73-Count Vending Machine Refill – Baseball Double Bubble Gum Bulk for Goody Bags &amp; Candy Bar</t>
+  </si>
+  <si>
+    <t>$12.03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850DD-BUCKET-1.3LB </t>
+  </si>
+  <si>
+    <t>1.3 LB Candy-Filled Gumballs 1" – Bucket</t>
+  </si>
+  <si>
+    <t>$14.76</t>
+  </si>
+  <si>
+    <t xml:space="preserve">380-BUCKET-13.5OZ </t>
+  </si>
+  <si>
+    <t>Dubble Bubble Original Twist Bucket 13.5OZ</t>
+  </si>
+  <si>
+    <t>$15.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91012-BUCKET-1.3LB </t>
+  </si>
+  <si>
+    <t>1.3 LB Banana Gumballs 1" – Bucket</t>
+  </si>
+  <si>
+    <t>$13.49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91015-BUCKET-1.3LB </t>
+  </si>
+  <si>
+    <t>1.3 LB Orange Gumballs 1" – Bucket</t>
+  </si>
+  <si>
+    <t>$10.45</t>
+  </si>
+  <si>
+    <t>Bags</t>
+  </si>
+  <si>
     <t xml:space="preserve">2117-1LB-13MM </t>
   </si>
   <si>
     <t>Gumballs for Gumball Machine Refill 1 LB - Mini Gumballs 0.5 inch 13mm - Dubble Bubble Chewing Gum for Kids - Assorted Gum Balls</t>
   </si>
   <si>
-    <t>$5.95</t>
-[...11 lines deleted...]
-    <t>$6.39</t>
+    <t>$5.23</t>
   </si>
   <si>
     <t xml:space="preserve">2117-2LB-13MM </t>
   </si>
   <si>
     <t>Mini Gumballs 0.5 inch 13mm - Gum Balls for Gumball Machine Refill Bulk 520 pcs - Chewing Gum for Kids - 2 LB Assorted Flavors Bubble Gum</t>
   </si>
   <si>
-    <t>$13.01</t>
+    <t>$10.76</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2117_4LB_4X1 </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine - 0.5 Inch Mini Gumballs - 4 Lb Bulk Gum Balls for Kids - Gumball Machine Refills - 1040 Pcs Gumballs Bulk Pack - Chewing Bubble Gum for Kids</t>
+  </si>
+  <si>
+    <t>$19.09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2117-1.9LB </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine - 0.5 Inch Gum Balls - Chewing Bubble Gum - 1.9 LB Kids Gum Bulk Gumball Machine Refills - 515 Pcs Little Gumballs</t>
+  </si>
+  <si>
+    <t>$8.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-1112-12OZ </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - Assorted Flavors Individually Wrapped Gumballs - 12 Oz Chewing Bubble Gum - Assorted Gum Balls for Kids</t>
+  </si>
+  <si>
+    <t>$9.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-1114-12OZ </t>
+  </si>
+  <si>
+    <t>Sour Gumballs - Sour Fruit Gum - 60 Pcs Individually Wrapped Gumballs - Chewing Bubble Gum - 12 Oz Chewing Bubble Gum Balls - Colored Gum Balls</t>
+  </si>
+  <si>
+    <t>$9.41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-380-12OZ </t>
+  </si>
+  <si>
+    <t>Global Gumball Bubble Gum, Original Flavor, Chewing Gum - 50 Pcs Twist Wrapped Gum - 12 Oz Individually Wrapped Bubblegum - Chewing Bubble Gum</t>
+  </si>
+  <si>
+    <t>$3.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850A-60895-3.8LB </t>
+  </si>
+  <si>
+    <t>3.8 LB Double Bubble Gumballs 1" – Sealed Bag</t>
+  </si>
+  <si>
+    <t>$22.95</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850DD-3000-4.2LB </t>
+  </si>
+  <si>
+    <t>4.2 LB Candy-Filled Gumballs 1" – Sealed Bag</t>
+  </si>
+  <si>
+    <t>$30.74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850GL-71211-3.8LB </t>
+  </si>
+  <si>
+    <t>3.8 LB Shimmer Spring Mix Gumballs 1" – Sealed Bag</t>
+  </si>
+  <si>
+    <t>$25.94</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-480-12OZ </t>
+  </si>
+  <si>
+    <t>Bubblegum - 12 OZ Bag - Chewing Gum for Kids- Grape, Apple, Watermelon - Individually Wrapped - Great for Party Favors, Goody Bags, Pinata Stuffer</t>
+  </si>
+  <si>
+    <t>$5.97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-485-12OZ </t>
+  </si>
+  <si>
+    <t>Dubble Bubble 4 Flavor Twist 12oz</t>
+  </si>
+  <si>
+    <t>$4.43</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-4865-15OZ </t>
+  </si>
+  <si>
+    <t>Chewing Gum for Kids - 1 Inch Large Gumballs - 50 Pcs Gum Balls - Assorted Flavors Double Bubble Chewing Gum -for Kids</t>
+  </si>
+  <si>
+    <t>$5.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15110-15OZ </t>
+  </si>
+  <si>
+    <t>15oz Assorted Fruit Gumballs – 1 Inch</t>
+  </si>
+  <si>
+    <t>$6.76</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1085-15OZ </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine Refills -Assorted Fruit Flavored Gum Balls - 0.5</t>
+  </si>
+  <si>
+    <t>$6.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850GL-15OZ </t>
+  </si>
+  <si>
+    <t>15 OZ Shimmer Spring Mix Gumballs 1" – Flow-Wrapped</t>
+  </si>
+  <si>
+    <t>$12.69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22200-15oz </t>
+  </si>
+  <si>
+    <t>Boo Boo Bytes Chicle Chewing Gum 15.5oz</t>
+  </si>
+  <si>
+    <t>$8.32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16135-WHITE-15OZ </t>
+  </si>
+  <si>
+    <t>15 OZ Shimmer White Gumballs 0.62" – Pineapple Flavor</t>
+  </si>
+  <si>
+    <t>$10.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16131-RED-15OZ </t>
+  </si>
+  <si>
+    <t>15 OZ Shimmer Red Gumballs 0.62" – Cherry Flavor</t>
+  </si>
+  <si>
+    <t>$8.06</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16132-BLUE-15OZ </t>
+  </si>
+  <si>
+    <t>15 OZ Shimmer Blue Gumballs 0.62" – Blueberry Flavor</t>
+  </si>
+  <si>
+    <t>$7.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16133-GREEN-15OZ </t>
+  </si>
+  <si>
+    <t>15 OZ Shimmer Green Gumballs 0.62" – Green Apple Flavor</t>
+  </si>
+  <si>
+    <t>$8.84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16134-YELLOW-15OZ </t>
+  </si>
+  <si>
+    <t>15 OZ Shimmer Yellow Gumballs 0.62" – Lemon Flavor</t>
+  </si>
+  <si>
+    <t>$7.92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16136-ORANGE-15OZ </t>
+  </si>
+  <si>
+    <t>15 OZ Shimmer Pink Gumballs 0.62" – Strawberry Flavor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16137-PINK-15OZ </t>
+  </si>
+  <si>
+    <t>$8.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16138-PURPLE-15OZ </t>
+  </si>
+  <si>
+    <t>15 OZ Shimmer Purple Gumballs 0.62" – Grape Flavor</t>
+  </si>
+  <si>
+    <t>$8.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16139-GOLD-15OZ </t>
+  </si>
+  <si>
+    <t>15 OZ Shimmer Gold Gumballs 0.62" – Grapefruit Flavor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16000-MIX-15OZ </t>
+  </si>
+  <si>
+    <t>15 OZ Shimmer Assorted Fruit Gumballs 0.62" – MIX Colors</t>
+  </si>
+  <si>
+    <t>$8.91</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1085-3.5OZ </t>
+  </si>
+  <si>
+    <t>3.5oz Flow 0.5" Assorted Fruit Gumballs</t>
+  </si>
+  <si>
+    <t>$1.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15110-3.5OZ </t>
+  </si>
+  <si>
+    <t>3.5oz Assorted Fruit Gumballs – 1 Inch</t>
+  </si>
+  <si>
+    <t>$2.43</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16000-MIX-3.5OZ </t>
+  </si>
+  <si>
+    <t>3.5 OZ Shimmer Assorted Fruit Gumballs 0.62" – MIX Colors</t>
+  </si>
+  <si>
+    <t>$2.93</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16131-RED-3.5OZ </t>
+  </si>
+  <si>
+    <t>3.5 OZ Shimmer Red Gumballs 0.62" – Cherry Flavor</t>
+  </si>
+  <si>
+    <t>$2.58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16132-BLUE-3.5OZ </t>
+  </si>
+  <si>
+    <t>3.5 OZ Shimmer Blue Gumballs 0.62" – Blueberry Flavor</t>
+  </si>
+  <si>
+    <t>$2.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16133-GREEN-3.5OZ </t>
+  </si>
+  <si>
+    <t>3.5 OZ Shimmer Green Gumballs 0.62" – Green Apple Flavor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16134-YELLOW-3.5OZ </t>
+  </si>
+  <si>
+    <t>3.5 OZ Shimmer Yellow Gumballs 0.62" – Lemon Flavor</t>
+  </si>
+  <si>
+    <t>$2.39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16136-ORANGE-3.5OZ </t>
+  </si>
+  <si>
+    <t>3.5 OZ Shimmer Orange Gumballs 0.62" – Orange Flavor</t>
+  </si>
+  <si>
+    <t>$2.88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16137-PINK-3.5OZ </t>
+  </si>
+  <si>
+    <t>3.5 OZ Shimmer Pink Gumballs 0.62" – Strawberry Flavor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16138-PURPLE-3.5OZ </t>
+  </si>
+  <si>
+    <t>3.5 OZ Shimmer Purple Gumballs 0.62" – Grape Flavor</t>
+  </si>
+  <si>
+    <t>$2.23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16139-GOLD-3.5OZ </t>
+  </si>
+  <si>
+    <t>3.5 OZ Shimmer Gold Gumballs 0.62" – Grapefruit Flavor</t>
+  </si>
+  <si>
+    <t>$4.15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22200-7OZ </t>
+  </si>
+  <si>
+    <t>Boo Boo Bytes Chicle Chewing Gum 7 oz</t>
+  </si>
+  <si>
+    <t>$1.69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4508-7OZ </t>
+  </si>
+  <si>
+    <t>7oz Flow 1" Berry Blots Gumballs</t>
+  </si>
+  <si>
+    <t>$4.61</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-4865-3.5OZ </t>
+  </si>
+  <si>
+    <t>Gumball King 3.5oz</t>
+  </si>
+  <si>
+    <t>$1.73</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-4865-7OZ </t>
+  </si>
+  <si>
+    <t>Gumball King 7oz</t>
+  </si>
+  <si>
+    <t>$3.32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91006-15OZ-29mm </t>
+  </si>
+  <si>
+    <t>15 OZ Flow-Wrapped Assorted Fruit Gumballs 1.13" (29 mm)</t>
+  </si>
+  <si>
+    <t>$6.59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91010-15OZ-23mm </t>
+  </si>
+  <si>
+    <t>15 OZ Flow-Wrapped Assorted Fruit Gumballs 0.92" (23 mm)</t>
+  </si>
+  <si>
+    <t>$6.94</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1017-15OZ-22mm </t>
+  </si>
+  <si>
+    <t>15 OZ Flow-Wrapped Assorted Fruit Gumballs 0.86" (22 mm)</t>
+  </si>
+  <si>
+    <t>$6.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1018-15OZ-19mm </t>
+  </si>
+  <si>
+    <t>15 OZ Flow-Wrapped Assorted Fruit Gumballs 0.76" (19 mm)</t>
+  </si>
+  <si>
+    <t>$6.29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1036-15OZ-15mm </t>
+  </si>
+  <si>
+    <t>15 OZ Flow-Wrapped Assorted Fruit Gumballs 0.60" (15 mm)</t>
+  </si>
+  <si>
+    <t>$5.68</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91058-15OZ-14mm </t>
+  </si>
+  <si>
+    <t>15 OZ Flow-Wrapped Assorted Fruit Gumballs 0.55" (14 mm)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16135-WHITE-3.5OZ </t>
+  </si>
+  <si>
+    <t>3.5 OZ Shimmer White Gumballs 0.62" – Pineapple Flavor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-7OZ </t>
+  </si>
+  <si>
+    <t>7oz Flow 1" Assorted Flavor Gumballs</t>
+  </si>
+  <si>
+    <t>$4.89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-3.5OZ </t>
+  </si>
+  <si>
+    <t>3.5oz Flow 1" Assorted Flavor Gumballs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-15OZ-24mm </t>
+  </si>
+  <si>
+    <t>15 OZ Flow-Wrapped Assorted Fruit Gum" (24 mm)</t>
+  </si>
+  <si>
+    <t>$8.82</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16138-PURPLE-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>3×3.5 OZ Shimmer Purple Gumballs 0.62" – Grape Flavor</t>
+  </si>
+  <si>
+    <t>$8.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16137-PINK-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>3×3.5 OZ Shimmer Pink Gumballs 0.62" – Strawberry Flavor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16136-ORANGE-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>3×3.5 OZ Shimmer Orange Gumballs 0.62" – Orange Flavor</t>
+  </si>
+  <si>
+    <t>$8.28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16134-YELLOW-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>3×3.5 OZ Shimmer Yellow Gumballs 0.62" – Lemon Flavor</t>
+  </si>
+  <si>
+    <t>$7.74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16133-GREEN-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>3×3.5 OZ Shimmer Green Gumballs 0.62" – Green Apple Flavor</t>
+  </si>
+  <si>
+    <t>$8.15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16132-BLUE-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>3×3.5 OZ Shimmer Blue Gumballs 0.62" – Blueberry Flavor</t>
+  </si>
+  <si>
+    <t>$7.83</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16131-RED-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>3×3.5 OZ Shimmer Red Gumballs 0.62" – Cherry Flavor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16000-MIX-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>3×3.5 OZ Shimmer Assorted Fruit Gumballs 0.62" – MIX Colors</t>
+  </si>
+  <si>
+    <t>$7.56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15110-15OZ-2 </t>
+  </si>
+  <si>
+    <t>2-Pack 15oz Assorted Fruit Gumballs – 1 Inch</t>
+  </si>
+  <si>
+    <t>$13.31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15110-15OZ-4 </t>
+  </si>
+  <si>
+    <t>4-Pack 15oz Assorted Fruit Gumballs – 1 Inch</t>
+  </si>
+  <si>
+    <t>$26.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15110-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>3x3.5oz Assorted Fruit Gumballs – 1 Inch</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4508-7OZ-2 </t>
+  </si>
+  <si>
+    <t>2×7oz Flow 1" Berry Blots Gumballs</t>
+  </si>
+  <si>
+    <t>$8.79</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4508-7OZ-4 </t>
+  </si>
+  <si>
+    <t>4×7oz Flow 1" Berry Blots Gumballs</t>
+  </si>
+  <si>
+    <t>$18.04</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-7OZ-2 </t>
+  </si>
+  <si>
+    <t>2×7oz Flow 1" Assorted Flavor Gumballs</t>
+  </si>
+  <si>
+    <t>$9.66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-7OZ-4 </t>
+  </si>
+  <si>
+    <t>4×7oz Flow 1" Assorted Flavor Gumballs</t>
+  </si>
+  <si>
+    <t>$16.52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>3×3.5oz Flow 1" Assorted Flavor Gumballs</t>
+  </si>
+  <si>
+    <t>$6.48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1085-3.5OZ-3 </t>
+  </si>
+  <si>
+    <t>3×3.5oz Flow 0.5" Assorted Fruit Gumballs</t>
+  </si>
+  <si>
+    <t>$3.36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-480-10OZ </t>
+  </si>
+  <si>
+    <t>Chewing Gum - Double Bubble Grape Apple Watermelon Twist Wrapped Gum - 10 Oz Individually Wrapped Bubblegum - Chewing Bubble Gum for Kids</t>
+  </si>
+  <si>
+    <t>$4.08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1085-15OZ-2 </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine Refills - 2 Packs Assorted Fruit Flavored Gum Balls - 0.5</t>
+  </si>
+  <si>
+    <t>$12.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1085-15OZ-4 </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine Refills - 4 Packs Assorted Fruit Flavored Gum Balls - 0.5</t>
+  </si>
+  <si>
+    <t>$21.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850GL-15OZ-2 </t>
+  </si>
+  <si>
+    <t>2×15 OZ Shimmer Spring Mix Gumballs 1" – Flow-Wrapped</t>
+  </si>
+  <si>
+    <t>$21.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850GL-15OZ-4 </t>
+  </si>
+  <si>
+    <t>4×15 OZ Shimmer Spring Mix Gumballs 1" – Flow-Wrapped</t>
+  </si>
+  <si>
+    <t>$43.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-4865-15OZ-2 </t>
+  </si>
+  <si>
+    <t>Gumball King 15.5oz - 2 Pack</t>
+  </si>
+  <si>
+    <t>$17.64</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-4865-15OZ-4 </t>
+  </si>
+  <si>
+    <t>Gumball King 15.5oz - 4 Pack</t>
+  </si>
+  <si>
+    <t>$37.75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1085-2.4LB-13mm </t>
+  </si>
+  <si>
+    <t>Assorted Fruit Gumballs 8 Flavors 0.5" 2.4LB</t>
+  </si>
+  <si>
+    <t>$16.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1036-2.4LB-15mm </t>
+  </si>
+  <si>
+    <t>2.4LB Flow 0.6" Assorted Fruit Gumballs</t>
+  </si>
+  <si>
+    <t>$12.52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1018-2.4LB-19mm </t>
+  </si>
+  <si>
+    <t>2.4LB Flow 0.76" Assorted Fruit Gumballs</t>
+  </si>
+  <si>
+    <t>$14.15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1017-2.4LB-22mm </t>
+  </si>
+  <si>
+    <t>2.4LB Flow 0.86" Assorted Fruit Gumballs</t>
+  </si>
+  <si>
+    <t>$14.02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91010-2.4LB-23mm </t>
+  </si>
+  <si>
+    <t>2.4LB Flow 0.92" Assorted Fruit Gumballs</t>
+  </si>
+  <si>
+    <t>$4.63</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-2.4LB-24mm </t>
+  </si>
+  <si>
+    <t>Gumballs King 2.4 LB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15110-CC-2.4LB </t>
+  </si>
+  <si>
+    <t>2.4 LB Bag Assorted Fruit Gumballs – 1 Inch Solid Color Bubble Gum</t>
+  </si>
+  <si>
+    <t>$13.16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850GL-CC-2.4LB </t>
+  </si>
+  <si>
+    <t>2.4 LB Shimmer Spring Mix Gumballs 1" – Flow-Wrapped</t>
+  </si>
+  <si>
+    <t>$18.38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16000-MIX-CC-2.4LB </t>
+  </si>
+  <si>
+    <t>2.4 LB Shimmer Assorted Fruit Gumballs 0.62" – MIX Colors</t>
+  </si>
+  <si>
+    <t>$19.78</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1509-15OZ </t>
+  </si>
+  <si>
+    <t>Banana Split Gumballs 15oz</t>
+  </si>
+  <si>
+    <t>$6.46</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1509-7.5OZ </t>
+  </si>
+  <si>
+    <t>7.5 OZ Flow-Wrapped Banana Split Gumballs 1"</t>
+  </si>
+  <si>
+    <t>$3.74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1509-CC-2.4LB </t>
+  </si>
+  <si>
+    <t>2.4 LB Flow-Wrapped Banana Split Gumballs 1"</t>
+  </si>
+  <si>
+    <t>$16.55</t>
+  </si>
+  <si>
+    <t>Stand-Up Pouches</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4508-4116-1.7LB_2 </t>
+  </si>
+  <si>
+    <t>Berry Blots Gumballs 2x1.7lb</t>
+  </si>
+  <si>
+    <t>$19.74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-4739-15 </t>
+  </si>
+  <si>
+    <t>Chewing Gum for Kids - 2 Inch Jumbo Bubble Gum  - 15 Pcs Mega Fruit Shaped Gumballs - Assorted Fruit Flavored Gums - 1.75 LB</t>
+  </si>
+  <si>
+    <t>$11.15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-91010-1.7LB </t>
+  </si>
+  <si>
+    <t>Global Gumball Gumballs for Vending Machine - 0.91 Inch (23mm) Large Dubble Bubble Original Gum Balls for Vending Machine Refill - Kids Chewing Gum - 1.7 LB Bulk Gumballs 110 ct - Bubble Gum Balls</t>
+  </si>
+  <si>
+    <t>$10.26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4508-4116-1.7LB </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine - 1 Inch Double Bubble Gumballs - Berry Blots Big Gum Balls in Resealable Bag - 1.7 Lb Gumball Machine Refills - 96 Pcs Giant Gumballs - Bulk Gum for Kids - Assorted Gum Refill</t>
+  </si>
+  <si>
+    <t>$9.88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-4865-1.7LB </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine - 1 Inch Large Gum Balls  in Bulk - 1.7 Lb Gumball Machine Refills - 96 Pcs Double Bubble Gumballs - Assorted Chewing Gum for Kids</t>
+  </si>
+  <si>
+    <t>$9.61</t>
+  </si>
+  <si>
+    <t xml:space="preserve">90008-4283-1.7LB </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine - 1 Inch Large Gumballs - Tropical Fruit Big Gum Balls in Resealable Bag - 1.7 Lb Gumball Machine Refills - 100 Pcs Giant Gumballs - Bulk Chewing Gum for Kids</t>
+  </si>
+  <si>
+    <t>$10.74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850GL-71211-1.7LB </t>
+  </si>
+  <si>
+    <t>1.7 LB Shimmer Spring Mix Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$13.09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">90508-60853-1.7LB </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine - 1 Inch Large Double Bubble Gumballs - Grape Flavored Bubble Gum Purple Gumballs - Kids Gum - Bulk Gum Balls 1.7 Lb - Chewing Gum</t>
+  </si>
+  <si>
+    <t>$10.94</t>
+  </si>
+  <si>
+    <t xml:space="preserve">92608-60854-1.7LB </t>
+  </si>
+  <si>
+    <t>1.7 LB Green Apple Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$9.56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850A-60895-1.7LB </t>
+  </si>
+  <si>
+    <t>1.7 LB Double Bubble Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$10.98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9608-60861-1.7LB </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine - 1 Inch Large Bubble Gumballs - Pink Lemonade Flavored Bubble Gum - Pink Gumball - Kids Chewing Gum - Bulk Gum Balls 1.7 Lb - Vending Machine Refill</t>
+  </si>
+  <si>
+    <t>$10.17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-4865-2.4LB </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine - 1 Inch Large Gumball in Bulk - 2.4 Lb Gum Ball Machine Refill - 140 Pcs Giant Double Bubble Chewing Gum for Kids</t>
+  </si>
+  <si>
+    <t>$13.18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4508-4116-2.4LB </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine - Berry Mix 1 Inch Bubble Gum Balls Bulk - Gumball Machine Refills - Chewing Gum - 2.4 LB - 136 pcs King Gumballs Bulk</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1408-60852-1.7LB </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine - 1 Inch Gumballs Refill - Cherry Flavored Bubble Gum Red Gumballs - Kids Gum - Bulk Gum Balls 1.7 Lb - Chewing Gum</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2199-1144-2.4LB </t>
+  </si>
+  <si>
+    <t>Chiclet Gum Tabs - Fun In The Sun Assorted Colors - Tropical Fruits Flavors Chewing Gums - Chicle Tab Bulk Package, 2.4 lb</t>
+  </si>
+  <si>
+    <t>$15.55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5308-60855-1.7LB </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine Refill - 1 Inch Blueberry Flavored Bubble Gum - Blue Double Bubble Chewing Gum For Kids - Bulk 1.7 Lb</t>
+  </si>
+  <si>
+    <t>$10.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1085-1.7LB </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine Refills - Assorted Fruit Flavored Gum Balls - 0.5</t>
+  </si>
+  <si>
+    <t>$10.08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">248-1.7LB </t>
+  </si>
+  <si>
+    <t>Gumballs for Gumball Machine Refills - 1” Gum Balls - Double Bubble Gumballs Bulk Pack 1.7 LB - Mouth Coloring Chewing Gum for Kids - Assorted Flavors - Bubbel Gum for Kids</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22200-1.7LB </t>
+  </si>
+  <si>
+    <t>Boo Boo Bytes Chicle Chewing Gum 1.7LB</t>
+  </si>
+  <si>
+    <t>$10.56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">92099-1143-2.4LB </t>
+  </si>
+  <si>
+    <t>Chiclets Gum - Assorted Colors &amp; Flavors Chewing Gum - Chicklets Gum Bulk Package - Vending Machine Refills 2.4 lb</t>
+  </si>
+  <si>
+    <t>$16.53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6508-1.7LB </t>
+  </si>
+  <si>
+    <t>1.7 LB Watermelon Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$10.67</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850DD-3000-1.7LB </t>
+  </si>
+  <si>
+    <t>1.7 LB Candy-Filled Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$14.08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91011-60860-1.7LB </t>
+  </si>
+  <si>
+    <t>1.7 LB Pineapple Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$11.72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91012-60856-1.7LB </t>
+  </si>
+  <si>
+    <t>1.7 LB Banana Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$11.35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91013-60851-1.7LB </t>
+  </si>
+  <si>
+    <t>1.7 LB Cherry Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91015-60857-1.7LB </t>
+  </si>
+  <si>
+    <t>1.7 LB Orange Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$11.53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1512-1.3LB </t>
+  </si>
+  <si>
+    <t>Gumballs For Gumball Machine Filled with Crushed Lollipops - 1 Inch Gumballs 1.3 LB Bulk Bubble Gum Balls - Great for Party Favors, Goody Bags, Cake Decorations - Chewing Gum For Kids</t>
+  </si>
+  <si>
+    <t>$15.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6508-1.7LB_2 </t>
+  </si>
+  <si>
+    <t>Watermelon Round Gumballs 25 mm 1.7lb - 2 Pack</t>
+  </si>
+  <si>
+    <t>$20.06</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850GL-71211-1.7LB_2 </t>
+  </si>
+  <si>
+    <t>2×1.7 LB Shimmer Spring Mix Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$20.88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">92099-1143-2.4LB_2 </t>
+  </si>
+  <si>
+    <t>Chiclets Asstd Gum Tabs 2.4 lb - 2 Pack</t>
+  </si>
+  <si>
+    <t>$29.24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9608-60861-1.7LB_2 </t>
+  </si>
+  <si>
+    <t>Pink Gumballs 1.7lb - 2 Pack</t>
+  </si>
+  <si>
+    <t>$12.38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-4739-15_2 </t>
+  </si>
+  <si>
+    <t>Mega Fruit Gumballs 15 pcs - 2 Pack</t>
+  </si>
+  <si>
+    <t>$22.71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-91010-1.7LB_2 </t>
+  </si>
+  <si>
+    <t>Assorted Fruit Gumballs 23 mm 1.7lb - 2 Pack</t>
+  </si>
+  <si>
+    <t>$19.54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">248-1.7LB_2 </t>
+  </si>
+  <si>
+    <t>Painterz Gumballs 25 mm 1.7LB - 2 Pack</t>
+  </si>
+  <si>
+    <t>$17.81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4508-4116-2.4LB_2 </t>
+  </si>
+  <si>
+    <t>Berry Blots Gumballs 2.4lb x 2</t>
+  </si>
+  <si>
+    <t>$29.41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">90508-60853-1.7LB_2 </t>
+  </si>
+  <si>
+    <t>Purple Gumballs 1.7lb x 2</t>
+  </si>
+  <si>
+    <t>$8.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-4865-1.7LB_2 </t>
+  </si>
+  <si>
+    <t>Gumball King 1.7LB x 2</t>
+  </si>
+  <si>
+    <t>$19.22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-4865-2.4LB_2 </t>
+  </si>
+  <si>
+    <t>Gumball King 2.4LB x 2</t>
+  </si>
+  <si>
+    <t>$24.75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91015-60857-1.7LB_2 </t>
+  </si>
+  <si>
+    <t>2×1.7 LB Orange Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$32.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5308-60855-1.7LB_2 </t>
+  </si>
+  <si>
+    <t>Blue Gumballs 1.7lb x 2</t>
+  </si>
+  <si>
+    <t>$40.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850A-60895-1.7LB_2 </t>
+  </si>
+  <si>
+    <t>2×1.7 LB Double Bubble Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$52.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850DD-3000-1.7LB_2 </t>
+  </si>
+  <si>
+    <t>2×1.7 LB Candy-Filled Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$26.81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91011-60860-1.7LB_2 </t>
+  </si>
+  <si>
+    <t>2×1.7 LB Pineapple Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$48.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91013-60851-1.7LB_2 </t>
+  </si>
+  <si>
+    <t>2×1.7 LB Cherry Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$20.58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1509-1.7LB </t>
+  </si>
+  <si>
+    <t>1.7 LB Banana Split Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$10.78</t>
+  </si>
+  <si>
+    <t xml:space="preserve">92608-60854-1.7LB_2 </t>
+  </si>
+  <si>
+    <t>2×1.7 LB Green Apple Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$23.85</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6508-3.4LB </t>
+  </si>
+  <si>
+    <t>2×1.7 LB Watermelon Gumballs 1" – Stand-Up Pouch</t>
+  </si>
+  <si>
+    <t>$14.86</t>
+  </si>
+  <si>
+    <t>Jars</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-1112-25 </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - 25 Pcs Assorted Gumballs Individually Wrapped Gumballs - Chewing Bubble Gum - Colored Gum Balls in Jar</t>
+  </si>
+  <si>
+    <t>$4.55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-380-35 </t>
+  </si>
+  <si>
+    <t>Chewing Gum for Kids - in Jar - Classic Bubblegum Flavor - 30pcs Individually Wrapped Gums for Party Favors, Classroom Prizes, Birthday Fun Gifts</t>
+  </si>
+  <si>
+    <t>$4.46</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-1114-25 </t>
+  </si>
+  <si>
+    <t>Sour Gumballs - Sour Fruit Gum - 25 Pcs Individually Wrapped Gumball - Chewing Bubble Gum - Colored Gum Balls in Jar</t>
+  </si>
+  <si>
+    <t>$5.52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-4108-35 </t>
+  </si>
+  <si>
+    <t>Gumballs for Kids - Fruit Shaped Gumballs - Chewing Bubble Gum - Bubble Gum for Kids - Colored Gum Balls - Fruity Gumy in Jar</t>
+  </si>
+  <si>
+    <t>$6.03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CD-4739-8 </t>
+  </si>
+  <si>
+    <t>Chewing Gum for Kids - 2 Inch Jumbo Bubble Gum  - 6 Pcs Mega Fruit Shaped Gumballs - Assorted Fruit Flavored Gums</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9608-60861-9OZ </t>
+  </si>
+  <si>
+    <t>Gumballs in Jar - 1 Inch Large Gumballs - Pink Lemonade Flavored Bubble Gum Pink Gumballs - Kids Gum - Gumballs for Kids - 9 OZ</t>
+  </si>
+  <si>
+    <t>$5.59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5308-60855-9OZ </t>
+  </si>
+  <si>
+    <t>Gumballs in Jar - 1 Inch Large Gumballs - Blueberry Flavored Bubble Gum - Green Kids Gum - Gumballs for Kids - 9 OZ</t>
+  </si>
+  <si>
+    <t>$5.03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">92608-60854-9OZ </t>
+  </si>
+  <si>
+    <t>9 OZ Green Apple Gumballs 1" – Jar</t>
+  </si>
+  <si>
+    <t>$4.75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91011-60860-9OZ </t>
+  </si>
+  <si>
+    <t>9 OZ Pineapple Gumballs 1" – Jar</t>
+  </si>
+  <si>
+    <t>$5.85</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91012-60856-9OZ </t>
+  </si>
+  <si>
+    <t>9 OZ Banana Gumballs 1" – Jar</t>
+  </si>
+  <si>
+    <t>$5.21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91013-60851-9OZ </t>
+  </si>
+  <si>
+    <t>9 OZ Cherry Gumballs 1" – Jar</t>
+  </si>
+  <si>
+    <t>$5.77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91015-60857-9OZ </t>
+  </si>
+  <si>
+    <t>9 OZ Orange Gumballs 1" – Jar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91008-4865-9OZ </t>
+  </si>
+  <si>
+    <t>Gumballs in Jar - King Gumballs in Assorted Fruit Flavors - 1 Inch Large Gum Balls - 32 Pcs Chewing Bubble Gum for Kids</t>
+  </si>
+  <si>
+    <t>$5.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4508-4116-9OZ </t>
+  </si>
+  <si>
+    <t>Gumballs in Jar - Berry Blots Gumballs - 1 Inch Large Chewing Bubble Gum - Big Fruity Gums for Kids 9 OZ - Double Bubble Chewing Gum for Kids</t>
+  </si>
+  <si>
+    <t>$5.13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">850A-60895-9OZ </t>
+  </si>
+  <si>
+    <t>9 OZ Double Bubble Gumballs 1" – Jar</t>
+  </si>
+  <si>
+    <t>$6.01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">90508-60853-9OZ </t>
+  </si>
+  <si>
+    <t>Gumballs in Jar - 1 Inch Large Gumballs - Grape Doubble Bubble Gum Purple Gumball - Kids Chewing Gum - Gumballs for Kids 9 OZ</t>
+  </si>
+  <si>
+    <t>$6.84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1408-60852-9OZ </t>
+  </si>
+  <si>
+    <t>Gumballs in Jar - 1 Inch Bubble Gumballs - Cherry Flavored Bubble Gum - Green Kids Gum - Gumballs for Kids - 9 OZ -Chewing Gum</t>
+  </si>
+  <si>
+    <t>$5.75</t>
   </si>
   <si>
     <t xml:space="preserve">6508-9OZ </t>
   </si>
   <si>
-    <t>Gumballs for Kids in Jar - 1 Inch Large Gumballs - Watermelon Bubble Gum - Fun Chewing Gum for Kids - 9 OZ</t>
-[...557 lines deleted...]
-    <t>$43.99</t>
+    <t>9 OZ Watermelon Gumballs 1" – Jar</t>
+  </si>
+  <si>
+    <t>$5.45</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="E9B7E7"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="ADE9AA"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="9">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="49" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="49" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_87fcd6e77d1a2f76753922b35038b14c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7355f984c86d5e4da6051ae439f5b2653.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4437a6cd2b5763c01c999a5da0c784784.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d0da4313f1a0436117b6017844206df65.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2f4021f41e162fc7b0c10e625a06b706.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_796edd6aa59c58f2d56aa50a6d93588e7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffcb18baf108c6d08ccc587114b942a88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1402960682d03b5f5a686c008849ef6b9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c659da95d1f30db247de1caf8a5c02d310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb9dae2230491dac048a645d22cc942011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf3627310b860fed3ee8e729471fce3a12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_deabc319b24a7ac1df3186b48ea5502313.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2a4f789783a02fe0cc4bfbc0438413514.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abffac8748d228be6a7266cefaf5c55a15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_69415454bd0cbd51561ed9f0b7a8cc0116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8890567294c406bb222b647a49e40bc217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8084abbef6edefc4bcffb5aab96ba60118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76adc2cd3e566bf37313af2a18ca1d8e19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_754b633ab333aecd87f45bde73fbde9920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f6311cbffcc6cdcadd2684e57899ab321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b394ec0763c458b061bb013c121915de22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bebb15b657baa0bbfbc196b1fd3e98cc23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2fabb6d97029768dbbe80c27ead987124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3da5ef0deec3957a6e6a75d2bf78d2b125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f6fceb19e0f17a9c06730d42c76169626.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_21e95806f1f8f4b99afb5b965c59283d27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd4667a7aed6943133c052a94c039f4228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_827779de82fadc51019745c0aa3438bf29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fedc742712ad790c0cb8e6c04c7df99930.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_82c0e6e36929632892afa2bd04f291c731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff8f26e057469e66780a8edee25af6fb32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2c41ef5e3caf100fb09b6e97763a50933.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_824553410db356547e368ce751eb88f634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b9977633bd2f1d8f3e03b1181d87b3235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59489cdf411ee270d721d8f52779d3d036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_275ba10459fe746424bdff2acb5a5a6e37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_70b0893e316b47ec21bebcbf65e5ec5738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bd430a03afab1041f03b716387dcc14c39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b1f45f6cf7a87d6ef0267478047ba86940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_798766a66dcae413c26ae1702b85476341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_866f23644f9e676346046b56c3ffc14c42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf1ca1b49a067b01dde1abb14176b3f343.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3de80283b1beb6f0678dc6e2dbfca6c144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe12f70a49a2cc1a97fba9d88c0d536845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c4348f1638aa62518758c2faed4d1a846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0f9b52f739c28e556b963ab5e99919a47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb0bdbb9778387dc86a4e23c35b9666e48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eaace544dc8cdb6451eed7b080dafee149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edf09f2b7ee0d26e432ecb01df2344050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e89bc1e44ac5139d2f515e88a25cbb6351.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a4f3ee06c796efb34ce7fd454a2feac152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf401faff9ef608252b23f7c11e6724453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_877301a8287dc02c6ea2f9e353ae881154.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc8f27e8aec05bce24185115d7f4e2cc55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eead1b4faae9acefe0f3495544c13fa656.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_90619781310b495f6b4358df7b82e9d257.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0381714cc983d1f6e97eab186442982e58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e99f7bc6cd955ce3fe9fdfad5391c7ac59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0be758f5e3b1b03a0442dd32639f127e60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a4b7a73fe1bd57bba6f3f39c0097c17b61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2039e76320f31ab891cd85a8e39456a362.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe1ccbd0c9bed059a1ae2e2cf381ab8d63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ed24d87c5c1d4209cd20bc5027590fc964.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_95b6c0874aa24c23b9e1d4ac3950e70a65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9d386e0c9f65231328a25404f1cc84966.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc7e3e0df9c49e458cf30c0bc9bcd48967.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e11f29eccf0bfe5d478a9da4c7f9f3f68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_10c60ee9150fef87ec0ca9b3e6419aa569.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2885571806fefffe9fe6959ef1b2050070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d099e4ae3014275ee9f9163f3aedaa671.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_70b0893e316b47ec21bebcbf65e5ec572.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bd430a03afab1041f03b716387dcc14c3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b1f45f6cf7a87d6ef0267478047ba8694.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3597ecc258216949f3b71a4186c8f1c95.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2614efcb6faf96e5600259f0e6b6c81c6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f6dbacde338ce57e15dcfb2613b473b7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2039e76320f31ab891cd85a8e39456a38.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe1ccbd0c9bed059a1ae2e2cf381ab8d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8a0d3e4f1571b5ff808b44c699f64b710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_95b6c0874aa24c23b9e1d4ac3950e70a11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9d386e0c9f65231328a25404f1cc84912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc7e3e0df9c49e458cf30c0bc9bcd48913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_970db4ab8a046a5c31bfda3c71395f8314.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e11f29eccf0bfe5d478a9da4c7f9f3f15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_23c31c72280f27641336f7c1d212da3216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_58663fdd35538143491b66da57d467a717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3c16f9ddc391676144a10b7f42659f1d18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0f1c7f99132f62a0051b1443a1fa95c519.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_87fcd6e77d1a2f76753922b35038b14c20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4437a6cd2b5763c01c999a5da0c7847821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2f4021f41e162fc7b0c10e625a06b7022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffcb18baf108c6d08ccc587114b942a823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1402960682d03b5f5a686c008849ef6b24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb9dae2230491dac048a645d22cc942025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2a4f789783a02fe0cc4bfbc0438413526.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7ce9699bdba813887015b33e9e341e7e27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef63f919aba86cb18db12b6cc21f3d5628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9aa612fe20f36dbe4f8cd46f9e748fde29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0381714cc983d1f6e97eab186442982e30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e7b39de870b9f977dad1c97133bd2d4631.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e99f7bc6cd955ce3fe9fdfad5391c7ac32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff94d66e37c67f8fa8bbe8765066c11033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0be758f5e3b1b03a0442dd32639f127e34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a4b7a73fe1bd57bba6f3f39c0097c17b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca7b33ef9a844f19676c696d087323cf36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04ea93d714cc6c3affeb578c35a34f0637.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b1a2d4dbe210fa0d091b6229e2ebc7b38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2a25429ef008c44d1a341b4aee5a15c939.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6946c20821319e83809fa8d607f0799b40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1bbede39c4b256bed0ac424d7b49bb5f41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae72c755418c4a5a0f260758cfc3ed0b42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64ee434afee54dcc02083ae0ab2e1e2843.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08b6bfe01fc23707d23e9bfdddff67e944.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b5c582c53375ea02de7bf8a7e3ff6c2845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fd79c65f8e7381b0fe43880c777cc98d46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8e2ca66f809650083b485bc2dbf50de147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0bda1ddc637fb3cf3c79057f140663c48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6cf6ed9f80490f555411ebc6fc39065249.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db70940704e0ec7f10bb516858008d8750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7d6ee2229b7d62f478d02fea894b40f951.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_94c58672f965a00627da84badd68224652.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_32907d744faa85677d11a31dde43bcd153.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ecfcae44a7f6c78266e63d8fb2e2d5ee54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ecb6c5314f3bc62373970e0c50dd13ab55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce3205d170c535f769882227bed3078c56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_40da091763bfb1fd8a7056a49137227e57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e827dfb993935002c090738a4ea1455358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5a7a38bc3d83577c81fe0320b7d90f0b59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_92fac2b6558776e78f36a73dda22370a60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6cd2f9104937041f0e2624eaeb5714cf61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_080166df5a7cb0f23c9fb38be163387f62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8684b9d5c1c21a7ffbae9c2bd3c8306563.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3512f6cec03eafdbd90a3180c000fd9464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_89cae68ea178b33e666c3d2bb489f25865.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_39b57df72c29cb0d6c126a476574b62066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a25ab8ec4ef8d1f44659d45d12c6252367.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_85f5cb4a35cd0263500cb406bd363fea68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_baadfd38538d4eb310869820c79806bc69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7db2ff7336ad1bd841917f0445adffb70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c975397ae1814e8f4a1e76eccff5aa571.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80a273525e3cb34b2cf8bec5e6d5a90f72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8251627a10c90ea6fe63fc2ec67afca173.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_203ff7705bfd544d71cfbf312b47b1e574.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0d9142c43f62c41c4314e1991e9f591b75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_371ef9c55a78a4ed445824710ac44a8a76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_374c6ed2c4010a6c121b471f17bd407077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7bdb997eb7c40847dcb3edddfc57eb0278.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c697b278e2cfb70bff6a5d029e1f1d1879.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ef05c88bf17c87d58b6eb948f3357ca80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214896c97a962ba04dd08c813927ac2681.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf9f3069932428a8b2b53e33cd543fc82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0f2fe39b0a9573bc53b432badf0fb9883.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239237a18d657012859718cc858dca3b84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2069757f30c1d6656221561f789f228685.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e280afe1fdc11ad8fb9551213eaf120386.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60528024541d1c2c7332544181e8dd7887.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a496811c90959882c000831bfe824e088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_10c60ee9150fef87ec0ca9b3e6419aa589.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2885571806fefffe9fe6959ef1b2050090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d099e4ae3014275ee9f9163f3aedaa691.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aa48bdaac93c6f3f867cb1e95aacccba92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f7141880de952e5de782622baf37b90793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f59b5ecca58dd1deaa6603bbc3c523b94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8261bf31b9b3960805bf8debb22ccb3195.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c4d9907b49fbb4d361144845be6af56b96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a77bda71719b37401622d5fbf35e90b97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1391c52032b4b013e0a9c40a2ae7102598.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a58815bf165b3db769a438bfa39eb49799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8c1f002b547b1b2925bf76ddf4c85060100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_664492070487caf179ff6ae06cd61475101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f66c82368a73012d06cdf05ac3beced7102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db33ec84e166286fed051647670cd446103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_796edd6aa59c58f2d56aa50a6d93588e104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6e2228178a7d05d0800c8d396c372f35105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8e42044294107bf553aa3ffe5eec6c5106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c9879d8e91d6847f844f37a6ba088cb107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_edae795e7ca8a64c18ec1c2cbbb3084e108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8890567294c406bb222b647a49e40bc2109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_754b633ab333aecd87f45bde73fbde99110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f6311cbffcc6cdcadd2684e57899ab3111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b394ec0763c458b061bb013c121915de112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bebb15b657baa0bbfbc196b1fd3e98cc113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2fabb6d97029768dbbe80c27ead9871114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3da5ef0deec3957a6e6a75d2bf78d2b1115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f6fceb19e0f17a9c06730d42c761696116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5afc07e11edd25cdc6d92f9eceb31fd7117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_21e95806f1f8f4b99afb5b965c59283d118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_827779de82fadc51019745c0aa3438bf119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fedc742712ad790c0cb8e6c04c7df999120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_82c0e6e36929632892afa2bd04f291c7121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff8f26e057469e66780a8edee25af6fb122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2c41ef5e3caf100fb09b6e97763a509123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_824553410db356547e368ce751eb88f6124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b9977633bd2f1d8f3e03b1181d87b32125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5279a11b7b3018b053988a7d5e89bae0126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59489cdf411ee270d721d8f52779d3d0127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf1ca1b49a067b01dde1abb14176b3f3128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3af56ce3468a599dbbdb0a06c8b8fd44129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3de80283b1beb6f0678dc6e2dbfca6c1130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c4348f1638aa62518758c2faed4d1a8131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb0bdbb9778387dc86a4e23c35b9666e132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edf09f2b7ee0d26e432ecb01df23440133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_90619781310b495f6b4358df7b82e9d2134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb7b543a7b9fb06003949aa4be7aa823135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b22812b862efbf902097e3fce01c0722136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8d5990a741c1c4d80b9215a21d1552b1137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e27536601185d7eac4d3360123916c1138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9e33f5a2199dca7c6a8a49dada0e3688139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe3fe0200d0e28b7d75c2ec3918465a1140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aa4db3ae442739ac8e8539fce7bf93aa141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77545311763fcbac750ea21f6e94406c142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a0a2b76fc3e6f6cfc3fe70dc57ff3476143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c2100b48f029dadbb8c3bb9ca7e10e4f144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_26052dae30e2bf41cb5379114d04c9f0145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0af5fb38ee8e8ed61edf6ed3af6f69d5146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_176b768ae441658749e90cf766bce49b147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9b041885a9f7febe1b4688dfcc9a1a1148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_610bcab8d99cf1d0d10bf9b3bcc63af0149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5f7f07ff0a82056a075e4f2631b87e1150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3c3456922df2ebde738748465f33a891151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d2a8c6c7df339f191f94260f1e227281152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a3fad9e2e0200cf0b47f78155ffa594a153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5e2bcc08caa7d45f3322d04e5a81452154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c659da95d1f30db247de1caf8a5c02d3155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf3627310b860fed3ee8e729471fce3a156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_deabc319b24a7ac1df3186b48ea55023157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_69415454bd0cbd51561ed9f0b7a8cc01158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8084abbef6edefc4bcffb5aab96ba601159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd4667a7aed6943133c052a94c039f42160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_798766a66dcae413c26ae1702b854763161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_866f23644f9e676346046b56c3ffc14c162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe12f70a49a2cc1a97fba9d88c0d5368163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c0f9b52f739c28e556b963ab5e99919a164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eaace544dc8cdb6451eed7b080dafee1165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e89bc1e44ac5139d2f515e88a25cbb63166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a4f3ee06c796efb34ce7fd454a2feac1167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bf401faff9ef608252b23f7c11e67244168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_877301a8287dc02c6ea2f9e353ae8811169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc8f27e8aec05bce24185115d7f4e2cc170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eead1b4faae9acefe0f3495544c13fa6171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d0da4313f1a0436117b6017844206df6172.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>53</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="51" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>60</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>64</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>70</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>68</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="67" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="68" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>77</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>78</xdr:row>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="71" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>113</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>124</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>128</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>130</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>132</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>137</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>139</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="128" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>142</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="131" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="133" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>145</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="134" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>146</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="137" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>149</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="138" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>151</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>152</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="141" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>153</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="142" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>154</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="143" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>155</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="144" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>156</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="145" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>158</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="148" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="149" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>161</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="150" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>162</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="151" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>163</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>164</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>165</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="154" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="155" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="157" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>170</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="158" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>171</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="159" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>172</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>173</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="161" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>174</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="162" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>175</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>176</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>177</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="165" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>178</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="166" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>179</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="167" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>180</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="168" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>181</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="169" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>182</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="170" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>183</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="171" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>184</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="172" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3197,66 +7145,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J79"/>
+  <dimension ref="A1:J185"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J79" sqref="J79"/>
+      <selection activeCell="J185" sqref="J185"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="J4" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="J5" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="J6" s="1" t="s">
@@ -3283,1944 +7231,4741 @@
         <v>9</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="B9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
     </row>
-    <row r="10" spans="1:10" customHeight="1" ht="55">
-      <c r="B10" s="4" t="s">
+    <row r="10" spans="1:10">
+      <c r="B10" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="C10" s="6"/>
-      <c r="D10" s="6" t="s">
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="7"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="7"/>
+      <c r="I10" s="7"/>
+      <c r="J10" s="7"/>
+    </row>
+    <row r="11" spans="1:10" customHeight="1" ht="55">
+      <c r="B11" s="8" t="s">
         <v>15</v>
       </c>
-      <c r="E10" s="7" t="s">
+      <c r="C11" s="4"/>
+      <c r="D11" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="F10" s="7" t="s">
+      <c r="E11" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="G10" s="7">
+      <c r="F11" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="6">
+        <v>0.27199987579651</v>
+      </c>
+      <c r="H11" s="6">
+        <v>0.00092561</v>
+      </c>
+      <c r="I11" s="6">
+        <v>45</v>
+      </c>
+      <c r="J11" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" customHeight="1" ht="55">
+      <c r="B12" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="4"/>
+      <c r="D12" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F12" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="6">
+        <v>0.23100010964124</v>
+      </c>
+      <c r="H12" s="6">
+        <v>0.00092561</v>
+      </c>
+      <c r="I12" s="6">
+        <v>45</v>
+      </c>
+      <c r="J12" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" customHeight="1" ht="55">
+      <c r="B13" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C13" s="4"/>
+      <c r="D13" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" s="6">
+        <v>0.33100000394389</v>
+      </c>
+      <c r="H13" s="6">
+        <v>0.00094078</v>
+      </c>
+      <c r="I13" s="6">
+        <v>50</v>
+      </c>
+      <c r="J13" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
+      <c r="B14" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="7"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="7"/>
+      <c r="H14" s="7"/>
+      <c r="I14" s="7"/>
+      <c r="J14" s="7"/>
+    </row>
+    <row r="15" spans="1:10" customHeight="1" ht="55">
+      <c r="B15" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" s="4"/>
+      <c r="D15" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" s="6">
+        <v>0.66200000788779</v>
+      </c>
+      <c r="H15" s="6">
+        <v>0.00232766</v>
+      </c>
+      <c r="I15" s="6">
+        <v>70</v>
+      </c>
+      <c r="J15" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" customHeight="1" ht="55">
+      <c r="B16" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="C16" s="4"/>
+      <c r="D16" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" s="6">
+        <v>0.78000207855229</v>
+      </c>
+      <c r="H16" s="6">
+        <v>0.00232107</v>
+      </c>
+      <c r="I16" s="6">
+        <v>450</v>
+      </c>
+      <c r="J16" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" customHeight="1" ht="55">
+      <c r="B17" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="C17" s="4"/>
+      <c r="D17" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="6">
+        <v>0.63049347769999</v>
+      </c>
+      <c r="H17" s="6">
+        <v>0.00225322</v>
+      </c>
+      <c r="I17" s="6">
+        <v>73</v>
+      </c>
+      <c r="J17" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" customHeight="1" ht="55">
+      <c r="B18" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="C18" s="4"/>
+      <c r="D18" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" s="6">
+        <v>0.68900236524569</v>
+      </c>
+      <c r="H18" s="6">
+        <v>0.00231026</v>
+      </c>
+      <c r="I18" s="6">
+        <v>74</v>
+      </c>
+      <c r="J18" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" customHeight="1" ht="55">
+      <c r="B19" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C19" s="4"/>
+      <c r="D19" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" s="6">
+        <v>0.64863717489999</v>
+      </c>
+      <c r="H19" s="6">
+        <v>0.00243339</v>
+      </c>
+      <c r="I19" s="6">
+        <v>74</v>
+      </c>
+      <c r="J19" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" customHeight="1" ht="55">
+      <c r="B20" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C20" s="4"/>
+      <c r="D20" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" s="6">
+        <v>0.67099928169899</v>
+      </c>
+      <c r="H20" s="6">
+        <v>0.00241585</v>
+      </c>
+      <c r="I20" s="6">
+        <v>75</v>
+      </c>
+      <c r="J20" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" customHeight="1" ht="55">
+      <c r="B21" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C21" s="4"/>
+      <c r="D21" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" s="6">
+        <v>0.6577090234999901</v>
+      </c>
+      <c r="H21" s="6">
+        <v>0.00232766</v>
+      </c>
+      <c r="I21" s="6">
+        <v>74</v>
+      </c>
+      <c r="J21" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" customHeight="1" ht="55">
+      <c r="B22" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C22" s="4"/>
+      <c r="D22" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" s="6">
+        <v>0.6577090234999901</v>
+      </c>
+      <c r="H22" s="6">
+        <v>0.00232766</v>
+      </c>
+      <c r="I22" s="6">
+        <v>74</v>
+      </c>
+      <c r="J22" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" customHeight="1" ht="55">
+      <c r="B23" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C23" s="4"/>
+      <c r="D23" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F23" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" s="6">
+        <v>0.31297877669999</v>
+      </c>
+      <c r="H23" s="6">
+        <v>0.00225322</v>
+      </c>
+      <c r="I23" s="6">
+        <v>54</v>
+      </c>
+      <c r="J23" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" customHeight="1" ht="55">
+      <c r="B24" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C24" s="4"/>
+      <c r="D24" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" s="6">
+        <v>0.6577090234999901</v>
+      </c>
+      <c r="H24" s="6">
+        <v>0.00232766</v>
+      </c>
+      <c r="I24" s="6">
+        <v>76</v>
+      </c>
+      <c r="J24" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" customHeight="1" ht="55">
+      <c r="B25" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C25" s="4"/>
+      <c r="D25" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G25" s="6">
+        <v>0.66200000788779</v>
+      </c>
+      <c r="H25" s="6">
+        <v>0.00239806</v>
+      </c>
+      <c r="I25" s="6">
+        <v>74</v>
+      </c>
+      <c r="J25" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" customHeight="1" ht="55">
+      <c r="B26" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C26" s="4"/>
+      <c r="D26" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F26" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G26" s="6">
+        <v>0.6577090234999901</v>
+      </c>
+      <c r="H26" s="6">
+        <v>0.00232766</v>
+      </c>
+      <c r="I26" s="6">
+        <v>65</v>
+      </c>
+      <c r="J26" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" customHeight="1" ht="55">
+      <c r="B27" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C27" s="4"/>
+      <c r="D27" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G27" s="6">
+        <v>0.45359237</v>
+      </c>
+      <c r="H27" s="6">
+        <v>0.00353961</v>
+      </c>
+      <c r="I27" s="6">
+        <v>64</v>
+      </c>
+      <c r="J27" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" customHeight="1" ht="55">
+      <c r="B28" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C28" s="4"/>
+      <c r="D28" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="F28" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G28" s="6">
+        <v>0.67131679639999</v>
+      </c>
+      <c r="H28" s="6">
+        <v>0.00241585</v>
+      </c>
+      <c r="I28" s="6">
+        <v>73</v>
+      </c>
+      <c r="J28" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" customHeight="1" ht="55">
+      <c r="B29" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C29" s="4"/>
+      <c r="D29" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G29" s="6">
+        <v>0.67131679639999</v>
+      </c>
+      <c r="H29" s="6">
+        <v>0.00241585</v>
+      </c>
+      <c r="I29" s="6">
+        <v>73</v>
+      </c>
+      <c r="J29" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="B30" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C30" s="7"/>
+      <c r="D30" s="7"/>
+      <c r="E30" s="7"/>
+      <c r="F30" s="7"/>
+      <c r="G30" s="7"/>
+      <c r="H30" s="7"/>
+      <c r="I30" s="7"/>
+      <c r="J30" s="7"/>
+    </row>
+    <row r="31" spans="1:10" customHeight="1" ht="55">
+      <c r="B31" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C31" s="4"/>
+      <c r="D31" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="F31" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G31" s="6">
         <v>0.44900026023867</v>
       </c>
-      <c r="H10" s="7">
+      <c r="H31" s="6">
         <v>0.00102844</v>
       </c>
-      <c r="I10" s="7">
+      <c r="I31" s="6">
         <v>260</v>
       </c>
-      <c r="J10" s="7">
-[...17 lines deleted...]
-      <c r="G11" s="7">
+      <c r="J31" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" customHeight="1" ht="55">
+      <c r="B32" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C32" s="4"/>
+      <c r="D32" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="F32" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G32" s="6">
+        <v>0.92079263289998</v>
+      </c>
+      <c r="H32" s="6">
+        <v>0.00228733</v>
+      </c>
+      <c r="I32" s="6">
+        <v>520</v>
+      </c>
+      <c r="J32" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" customHeight="1" ht="55">
+      <c r="B33" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C33" s="4"/>
+      <c r="D33" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="F33" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G33" s="6">
+        <v>1.9600001055758</v>
+      </c>
+      <c r="H33" s="6">
+        <v>0.00542914</v>
+      </c>
+      <c r="I33" s="6">
+        <v>1040</v>
+      </c>
+      <c r="J33" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" customHeight="1" ht="55">
+      <c r="B34" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="C34" s="4"/>
+      <c r="D34" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="F34" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G34" s="6">
+        <v>0.87089746559998</v>
+      </c>
+      <c r="H34" s="6">
+        <v>0.00251836</v>
+      </c>
+      <c r="I34" s="6">
+        <v>500</v>
+      </c>
+      <c r="J34" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" customHeight="1" ht="55">
+      <c r="B35" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="C35" s="4"/>
+      <c r="D35" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="F35" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G35" s="6">
+        <v>0.34019432249999</v>
+      </c>
+      <c r="H35" s="6">
+        <v>0.00173381</v>
+      </c>
+      <c r="I35" s="6">
+        <v>60</v>
+      </c>
+      <c r="J35" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" customHeight="1" ht="55">
+      <c r="B36" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="C36" s="4"/>
+      <c r="D36" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="F36" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G36" s="6">
+        <v>0.33112247389999</v>
+      </c>
+      <c r="H36" s="6">
+        <v>0.00182553</v>
+      </c>
+      <c r="I36" s="6">
+        <v>60</v>
+      </c>
+      <c r="J36" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" customHeight="1" ht="55">
+      <c r="B37" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="C37" s="4"/>
+      <c r="D37" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="F37" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G37" s="6">
+        <v>0.34000018493995</v>
+      </c>
+      <c r="H37" s="6">
+        <v>0.00127959</v>
+      </c>
+      <c r="I37" s="6">
+        <v>50</v>
+      </c>
+      <c r="J37" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" customHeight="1" ht="55">
+      <c r="B38" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="C38" s="4"/>
+      <c r="D38" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="F38" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G38" s="6">
+        <v>1.8279774929</v>
+      </c>
+      <c r="H38" s="6">
+        <v>0.00388515</v>
+      </c>
+      <c r="I38" s="6">
+        <v>212</v>
+      </c>
+      <c r="J38" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" customHeight="1" ht="55">
+      <c r="B39" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="C39" s="4"/>
+      <c r="D39" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="F39" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G39" s="6">
+        <v>1.9050020234383</v>
+      </c>
+      <c r="H39" s="6">
+        <v>0.00428303</v>
+      </c>
+      <c r="I39" s="6">
+        <v>212</v>
+      </c>
+      <c r="J39" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" customHeight="1" ht="55">
+      <c r="B40" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="C40" s="4"/>
+      <c r="D40" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="F40" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G40" s="6">
+        <v>1.8007619471</v>
+      </c>
+      <c r="H40" s="6">
+        <v>0.00557044</v>
+      </c>
+      <c r="I40" s="6">
+        <v>1</v>
+      </c>
+      <c r="J40" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" customHeight="1" ht="55">
+      <c r="B41" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="C41" s="4"/>
+      <c r="D41" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="E41" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="F41" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G41" s="6">
+        <v>0.34000018493995</v>
+      </c>
+      <c r="H41" s="6">
+        <v>0.00136477</v>
+      </c>
+      <c r="I41" s="6">
+        <v>50</v>
+      </c>
+      <c r="J41" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" customHeight="1" ht="55">
+      <c r="B42" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="C42" s="4"/>
+      <c r="D42" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="F42" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G42" s="6">
+        <v>0.34000018493995</v>
+      </c>
+      <c r="H42" s="6">
+        <v>0.00111178</v>
+      </c>
+      <c r="I42" s="6">
+        <v>50</v>
+      </c>
+      <c r="J42" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" customHeight="1" ht="55">
+      <c r="B43" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="C43" s="4"/>
+      <c r="D43" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="F43" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G43" s="6">
+        <v>0.43998465709999</v>
+      </c>
+      <c r="H43" s="6">
+        <v>0.00142403</v>
+      </c>
+      <c r="I43" s="6">
+        <v>53</v>
+      </c>
+      <c r="J43" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" customHeight="1" ht="55">
+      <c r="B44" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="C44" s="4"/>
+      <c r="D44" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="F44" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G44" s="6">
+        <v>0.44900026023867</v>
+      </c>
+      <c r="H44" s="6">
+        <v>0.00129677</v>
+      </c>
+      <c r="I44" s="6">
+        <v>53</v>
+      </c>
+      <c r="J44" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" customHeight="1" ht="55">
+      <c r="B45" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="C45" s="4"/>
+      <c r="D45" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="F45" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G45" s="6">
+        <v>0.43091280849999</v>
+      </c>
+      <c r="H45" s="6">
+        <v>0.00130056</v>
+      </c>
+      <c r="I45" s="6">
+        <v>345</v>
+      </c>
+      <c r="J45" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" customHeight="1" ht="55">
+      <c r="B46" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="C46" s="4"/>
+      <c r="D46" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="E46" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="F46" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G46" s="6">
+        <v>0.44900026023867</v>
+      </c>
+      <c r="H46" s="6">
+        <v>0.00187043</v>
+      </c>
+      <c r="I46" s="6">
+        <v>55</v>
+      </c>
+      <c r="J46" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" customHeight="1" ht="55">
+      <c r="B47" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="C47" s="4"/>
+      <c r="D47" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="E47" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="F47" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G47" s="6">
+        <v>0.44905650569999</v>
+      </c>
+      <c r="H47" s="6">
+        <v>0.00079593</v>
+      </c>
+      <c r="I47" s="6">
+        <v>645</v>
+      </c>
+      <c r="J47" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" customHeight="1" ht="55">
+      <c r="B48" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="C48" s="4"/>
+      <c r="D48" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="E48" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="F48" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G48" s="6">
+        <v>0.4394176084375001</v>
+      </c>
+      <c r="H48" s="6">
+        <v>0.00157316</v>
+      </c>
+      <c r="I48" s="6">
+        <v>195</v>
+      </c>
+      <c r="J48" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" customHeight="1" ht="55">
+      <c r="B49" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="C49" s="4"/>
+      <c r="D49" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="E49" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="F49" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G49" s="6">
+        <v>0.43998465709999</v>
+      </c>
+      <c r="H49" s="6">
+        <v>0.0017179</v>
+      </c>
+      <c r="I49" s="6">
+        <v>215</v>
+      </c>
+      <c r="J49" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" customHeight="1" ht="55">
+      <c r="B50" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="C50" s="4"/>
+      <c r="D50" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="E50" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="F50" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G50" s="6">
+        <v>0.43091280849999</v>
+      </c>
+      <c r="H50" s="6">
+        <v>0.00150881</v>
+      </c>
+      <c r="I50" s="6">
+        <v>220</v>
+      </c>
+      <c r="J50" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" customHeight="1" ht="55">
+      <c r="B51" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="C51" s="4"/>
+      <c r="D51" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="E51" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F51" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G51" s="6">
+        <v>0.42184095989999</v>
+      </c>
+      <c r="H51" s="6">
+        <v>0.00119558</v>
+      </c>
+      <c r="I51" s="6">
+        <v>220</v>
+      </c>
+      <c r="J51" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" customHeight="1" ht="55">
+      <c r="B52" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="C52" s="4"/>
+      <c r="D52" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="E52" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="F52" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G52" s="6">
+        <v>0.45800134841959</v>
+      </c>
+      <c r="H52" s="6">
+        <v>0.00139641</v>
+      </c>
+      <c r="I52" s="6">
+        <v>220</v>
+      </c>
+      <c r="J52" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" customHeight="1" ht="55">
+      <c r="B53" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C53" s="4"/>
+      <c r="D53" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="F53" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G53" s="6">
+        <v>0.43998465709999</v>
+      </c>
+      <c r="H53" s="6">
+        <v>0.00122122</v>
+      </c>
+      <c r="I53" s="6">
+        <v>220</v>
+      </c>
+      <c r="J53" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" customHeight="1" ht="55">
+      <c r="B54" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="C54" s="4"/>
+      <c r="D54" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="E54" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="F54" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G54" s="6">
+        <v>0.42184095989999</v>
+      </c>
+      <c r="H54" s="6">
+        <v>0.00152469</v>
+      </c>
+      <c r="I54" s="6">
+        <v>220</v>
+      </c>
+      <c r="J54" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" customHeight="1" ht="55">
+      <c r="B55" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="C55" s="4"/>
+      <c r="D55" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="F55" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G55" s="6">
+        <v>0.42184095989999</v>
+      </c>
+      <c r="H55" s="6">
+        <v>0.00146433</v>
+      </c>
+      <c r="I55" s="6">
+        <v>220</v>
+      </c>
+      <c r="J55" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" customHeight="1" ht="55">
+      <c r="B56" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="C56" s="4"/>
+      <c r="D56" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="E56" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="F56" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G56" s="6">
+        <v>0.4394176084375001</v>
+      </c>
+      <c r="H56" s="6">
+        <v>0.00157316</v>
+      </c>
+      <c r="I56" s="6">
+        <v>220</v>
+      </c>
+      <c r="J56" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" customHeight="1" ht="55">
+      <c r="B57" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="C57" s="4"/>
+      <c r="D57" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="F57" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G57" s="6">
+        <v>0.45800134841959</v>
+      </c>
+      <c r="H57" s="6">
+        <v>0.00157131</v>
+      </c>
+      <c r="I57" s="6">
+        <v>220</v>
+      </c>
+      <c r="J57" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" customHeight="1" ht="55">
+      <c r="B58" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="C58" s="4"/>
+      <c r="D58" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="E58" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="F58" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G58" s="6">
+        <v>0.09922333093750001</v>
+      </c>
+      <c r="H58" s="6">
+        <v>0.00078658</v>
+      </c>
+      <c r="I58" s="6">
+        <v>78</v>
+      </c>
+      <c r="J58" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" customHeight="1" ht="55">
+      <c r="B59" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="C59" s="4"/>
+      <c r="D59" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="E59" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="F59" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G59" s="6">
+        <v>0.1179340318</v>
+      </c>
+      <c r="H59" s="6">
+        <v>0.00046245</v>
+      </c>
+      <c r="I59" s="6">
+        <v>12</v>
+      </c>
+      <c r="J59" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" customHeight="1" ht="55">
+      <c r="B60" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="C60" s="4"/>
+      <c r="D60" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="F60" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G60" s="6">
+        <v>0.099790334599998</v>
+      </c>
+      <c r="H60" s="6">
+        <v>0.00047117</v>
+      </c>
+      <c r="I60" s="6">
+        <v>50</v>
+      </c>
+      <c r="J60" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" customHeight="1" ht="55">
+      <c r="B61" s="8" t="s">
+        <v>159</v>
+      </c>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="E61" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="F61" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G61" s="6">
+        <v>0.099790334599998</v>
+      </c>
+      <c r="H61" s="6">
+        <v>0.00070809</v>
+      </c>
+      <c r="I61" s="6">
+        <v>50</v>
+      </c>
+      <c r="J61" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" customHeight="1" ht="55">
+      <c r="B62" s="8" t="s">
+        <v>162</v>
+      </c>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="E62" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="F62" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G62" s="6">
+        <v>0.1088621832</v>
+      </c>
+      <c r="H62" s="6">
+        <v>0.00036871</v>
+      </c>
+      <c r="I62" s="6">
+        <v>50</v>
+      </c>
+      <c r="J62" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" customHeight="1" ht="55">
+      <c r="B63" s="8" t="s">
+        <v>165</v>
+      </c>
+      <c r="C63" s="4"/>
+      <c r="D63" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="E63" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="F63" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G63" s="6">
+        <v>0.1088621832</v>
+      </c>
+      <c r="H63" s="6">
+        <v>0.00034447</v>
+      </c>
+      <c r="I63" s="6">
+        <v>50</v>
+      </c>
+      <c r="J63" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" customHeight="1" ht="55">
+      <c r="B64" s="8" t="s">
+        <v>167</v>
+      </c>
+      <c r="C64" s="4"/>
+      <c r="D64" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="E64" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="F64" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G64" s="6">
+        <v>0.1496855019</v>
+      </c>
+      <c r="H64" s="6">
+        <v>0.0004203</v>
+      </c>
+      <c r="I64" s="6">
+        <v>50</v>
+      </c>
+      <c r="J64" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" customHeight="1" ht="55">
+      <c r="B65" s="8" t="s">
+        <v>170</v>
+      </c>
+      <c r="C65" s="4"/>
+      <c r="D65" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="E65" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="F65" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G65" s="6">
+        <v>0.099790334599998</v>
+      </c>
+      <c r="H65" s="6">
+        <v>0.00034596</v>
+      </c>
+      <c r="I65" s="6">
+        <v>50</v>
+      </c>
+      <c r="J65" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" customHeight="1" ht="55">
+      <c r="B66" s="8" t="s">
+        <v>173</v>
+      </c>
+      <c r="C66" s="4"/>
+      <c r="D66" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="E66" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="F66" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G66" s="6">
+        <v>0.1088621832</v>
+      </c>
+      <c r="H66" s="6">
+        <v>0.00036871</v>
+      </c>
+      <c r="I66" s="6">
+        <v>50</v>
+      </c>
+      <c r="J66" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" customHeight="1" ht="55">
+      <c r="B67" s="8" t="s">
+        <v>175</v>
+      </c>
+      <c r="C67" s="4"/>
+      <c r="D67" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="F67" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G67" s="6">
+        <v>0.1088621832</v>
+      </c>
+      <c r="H67" s="6">
+        <v>0.00030173</v>
+      </c>
+      <c r="I67" s="6">
+        <v>50</v>
+      </c>
+      <c r="J67" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" customHeight="1" ht="55">
+      <c r="B68" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="C68" s="4"/>
+      <c r="D68" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="F68" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G68" s="6">
+        <v>0.1</v>
+      </c>
+      <c r="H68" s="6">
+        <v>0.00078658</v>
+      </c>
+      <c r="I68" s="6">
+        <v>50</v>
+      </c>
+      <c r="J68" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" customHeight="1" ht="55">
+      <c r="B69" s="8" t="s">
+        <v>181</v>
+      </c>
+      <c r="C69" s="4"/>
+      <c r="D69" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="E69" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="F69" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G69" s="6">
+        <v>0.198446661875</v>
+      </c>
+      <c r="H69" s="6">
+        <v>0</v>
+      </c>
+      <c r="I69" s="6">
+        <v>292</v>
+      </c>
+      <c r="J69" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" customHeight="1" ht="55">
+      <c r="B70" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="C70" s="4"/>
+      <c r="D70" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="E70" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="F70" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G70" s="6">
+        <v>0.2086525178</v>
+      </c>
+      <c r="H70" s="6">
+        <v>0.00057187</v>
+      </c>
+      <c r="I70" s="6">
+        <v>25</v>
+      </c>
+      <c r="J70" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" customHeight="1" ht="55">
+      <c r="B71" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="C71" s="4"/>
+      <c r="D71" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="E71" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="F71" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G71" s="6">
+        <v>0.1</v>
+      </c>
+      <c r="H71" s="6">
+        <v>0.00078658</v>
+      </c>
+      <c r="I71" s="6">
+        <v>12</v>
+      </c>
+      <c r="J71" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" customHeight="1" ht="55">
+      <c r="B72" s="8" t="s">
+        <v>190</v>
+      </c>
+      <c r="C72" s="4"/>
+      <c r="D72" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="E72" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="F72" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G72" s="6">
+        <v>0.198446661875</v>
+      </c>
+      <c r="H72" s="6">
+        <v>0.00078658</v>
+      </c>
+      <c r="I72" s="6">
+        <v>25</v>
+      </c>
+      <c r="J72" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" customHeight="1" ht="55">
+      <c r="B73" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="C73" s="4"/>
+      <c r="D73" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="F73" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G73" s="6">
+        <v>0.43091280849999</v>
+      </c>
+      <c r="H73" s="6">
+        <v>0.00093899</v>
+      </c>
+      <c r="I73" s="6">
+        <v>1</v>
+      </c>
+      <c r="J73" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" customHeight="1" ht="55">
+      <c r="B74" s="8" t="s">
+        <v>196</v>
+      </c>
+      <c r="C74" s="4"/>
+      <c r="D74" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="F74" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G74" s="6">
+        <v>0.42637688419999</v>
+      </c>
+      <c r="H74" s="6">
+        <v>0.00142403</v>
+      </c>
+      <c r="I74" s="6">
+        <v>1</v>
+      </c>
+      <c r="J74" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" customHeight="1" ht="55">
+      <c r="B75" s="8" t="s">
+        <v>199</v>
+      </c>
+      <c r="C75" s="4"/>
+      <c r="D75" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="E75" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="F75" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G75" s="6">
+        <v>0.34000018493995</v>
+      </c>
+      <c r="H75" s="6">
+        <v>0.00111918</v>
+      </c>
+      <c r="I75" s="6">
+        <v>1</v>
+      </c>
+      <c r="J75" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" customHeight="1" ht="55">
+      <c r="B76" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="C76" s="4"/>
+      <c r="D76" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="E76" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="F76" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G76" s="6">
+        <v>0.43091280849999</v>
+      </c>
+      <c r="H76" s="6">
+        <v>0.00132574</v>
+      </c>
+      <c r="I76" s="6">
+        <v>1</v>
+      </c>
+      <c r="J76" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" customHeight="1" ht="55">
+      <c r="B77" s="8" t="s">
+        <v>205</v>
+      </c>
+      <c r="C77" s="4"/>
+      <c r="D77" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="E77" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="F77" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G77" s="6">
+        <v>0.42184095989999</v>
+      </c>
+      <c r="H77" s="6">
+        <v>0.0014212</v>
+      </c>
+      <c r="I77" s="6">
+        <v>1</v>
+      </c>
+      <c r="J77" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" customHeight="1" ht="55">
+      <c r="B78" s="8" t="s">
+        <v>208</v>
+      </c>
+      <c r="C78" s="4"/>
+      <c r="D78" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="E78" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="F78" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G78" s="6">
+        <v>0.43998465709999</v>
+      </c>
+      <c r="H78" s="6">
+        <v>0.00106457</v>
+      </c>
+      <c r="I78" s="6">
+        <v>1</v>
+      </c>
+      <c r="J78" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" customHeight="1" ht="55">
+      <c r="B79" s="8" t="s">
+        <v>210</v>
+      </c>
+      <c r="C79" s="4"/>
+      <c r="D79" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="E79" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="F79" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G79" s="6">
+        <v>0.1</v>
+      </c>
+      <c r="H79" s="6">
+        <v>0.00078658</v>
+      </c>
+      <c r="I79" s="6">
+        <v>50</v>
+      </c>
+      <c r="J79" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" customHeight="1" ht="55">
+      <c r="B80" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="C80" s="4"/>
+      <c r="D80" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G80" s="6">
+        <v>0.18100016248991</v>
+      </c>
+      <c r="H80" s="6">
+        <v>0.00085311</v>
+      </c>
+      <c r="I80" s="6">
+        <v>100</v>
+      </c>
+      <c r="J80" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" customHeight="1" ht="55">
+      <c r="B81" s="8" t="s">
+        <v>215</v>
+      </c>
+      <c r="C81" s="4"/>
+      <c r="D81" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="F81" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G81" s="6">
+        <v>0.099790334599998</v>
+      </c>
+      <c r="H81" s="6">
+        <v>0.00064467</v>
+      </c>
+      <c r="I81" s="6">
+        <v>50</v>
+      </c>
+      <c r="J81" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" customHeight="1" ht="55">
+      <c r="B82" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="C82" s="4"/>
+      <c r="D82" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="E82" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="F82" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G82" s="6">
+        <v>0.48080797579999</v>
+      </c>
+      <c r="H82" s="6">
+        <v>0.00138909</v>
+      </c>
+      <c r="I82" s="6">
+        <v>1</v>
+      </c>
+      <c r="J82" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" customHeight="1" ht="55">
+      <c r="B83" s="8" t="s">
+        <v>220</v>
+      </c>
+      <c r="C83" s="4"/>
+      <c r="D83" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G83" s="6">
+        <v>0.33112247389999</v>
+      </c>
+      <c r="H83" s="6">
+        <v>0.00262193</v>
+      </c>
+      <c r="I83" s="6">
+        <v>150</v>
+      </c>
+      <c r="J83" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" customHeight="1" ht="55">
+      <c r="B84" s="8" t="s">
+        <v>223</v>
+      </c>
+      <c r="C84" s="4"/>
+      <c r="D84" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="F84" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G84" s="6">
+        <v>0.33112247389999</v>
+      </c>
+      <c r="H84" s="6">
+        <v>0.00262193</v>
+      </c>
+      <c r="I84" s="6">
+        <v>150</v>
+      </c>
+      <c r="J84" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" customHeight="1" ht="55">
+      <c r="B85" s="8" t="s">
+        <v>225</v>
+      </c>
+      <c r="C85" s="4"/>
+      <c r="D85" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="E85" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="F85" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G85" s="6">
+        <v>0.33112247389999</v>
+      </c>
+      <c r="H85" s="6">
+        <v>0.00262193</v>
+      </c>
+      <c r="I85" s="6">
+        <v>150</v>
+      </c>
+      <c r="J85" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" customHeight="1" ht="55">
+      <c r="B86" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="C86" s="4"/>
+      <c r="D86" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="E86" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="F86" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G86" s="6">
+        <v>0.33112247389999</v>
+      </c>
+      <c r="H86" s="6">
+        <v>0.00262193</v>
+      </c>
+      <c r="I86" s="6">
+        <v>150</v>
+      </c>
+      <c r="J86" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" customHeight="1" ht="55">
+      <c r="B87" s="8" t="s">
+        <v>231</v>
+      </c>
+      <c r="C87" s="4"/>
+      <c r="D87" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="E87" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="F87" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G87" s="6">
+        <v>0.33112247389999</v>
+      </c>
+      <c r="H87" s="6">
+        <v>0.00262193</v>
+      </c>
+      <c r="I87" s="6">
+        <v>150</v>
+      </c>
+      <c r="J87" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" customHeight="1" ht="55">
+      <c r="B88" s="8" t="s">
+        <v>234</v>
+      </c>
+      <c r="C88" s="4"/>
+      <c r="D88" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="E88" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="F88" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G88" s="6">
+        <v>0.33112247389999</v>
+      </c>
+      <c r="H88" s="6">
+        <v>0.00262193</v>
+      </c>
+      <c r="I88" s="6">
+        <v>150</v>
+      </c>
+      <c r="J88" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" customHeight="1" ht="55">
+      <c r="B89" s="8" t="s">
+        <v>237</v>
+      </c>
+      <c r="C89" s="4"/>
+      <c r="D89" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="E89" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="F89" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G89" s="6">
+        <v>0.33112247389999</v>
+      </c>
+      <c r="H89" s="6">
+        <v>0.00262193</v>
+      </c>
+      <c r="I89" s="6">
+        <v>150</v>
+      </c>
+      <c r="J89" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" customHeight="1" ht="55">
+      <c r="B90" s="8" t="s">
+        <v>239</v>
+      </c>
+      <c r="C90" s="4"/>
+      <c r="D90" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="E90" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="F90" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G90" s="6">
+        <v>0.30390692809999</v>
+      </c>
+      <c r="H90" s="6">
+        <v>0.00209754</v>
+      </c>
+      <c r="I90" s="6">
+        <v>150</v>
+      </c>
+      <c r="J90" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" customHeight="1" ht="55">
+      <c r="B91" s="8" t="s">
+        <v>242</v>
+      </c>
+      <c r="C91" s="4"/>
+      <c r="D91" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="E91" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="F91" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G91" s="6">
+        <v>0.85275376839998</v>
+      </c>
+      <c r="H91" s="6">
+        <v>0.00137651</v>
+      </c>
+      <c r="I91" s="6">
+        <v>106</v>
+      </c>
+      <c r="J91" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" customHeight="1" ht="55">
+      <c r="B92" s="8" t="s">
+        <v>245</v>
+      </c>
+      <c r="C92" s="4"/>
+      <c r="D92" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="E92" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="F92" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G92" s="6">
+        <v>1.7009716125</v>
+      </c>
+      <c r="H92" s="6">
+        <v>0.00137651</v>
+      </c>
+      <c r="I92" s="6">
+        <v>212</v>
+      </c>
+      <c r="J92" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" customHeight="1" ht="55">
+      <c r="B93" s="8" t="s">
+        <v>248</v>
+      </c>
+      <c r="C93" s="4"/>
+      <c r="D93" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="E93" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="F93" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G93" s="6">
+        <v>0.32200027654026</v>
+      </c>
+      <c r="H93" s="6">
+        <v>0.00149329</v>
+      </c>
+      <c r="I93" s="6">
+        <v>36</v>
+      </c>
+      <c r="J93" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" customHeight="1" ht="55">
+      <c r="B94" s="8" t="s">
+        <v>250</v>
+      </c>
+      <c r="C94" s="4"/>
+      <c r="D94" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="E94" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="F94" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G94" s="6">
+        <v>0.44905650569999</v>
+      </c>
+      <c r="H94" s="6">
+        <v>0.00163871</v>
+      </c>
+      <c r="I94" s="6">
+        <v>50</v>
+      </c>
+      <c r="J94" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" customHeight="1" ht="55">
+      <c r="B95" s="8" t="s">
+        <v>253</v>
+      </c>
+      <c r="C95" s="4"/>
+      <c r="D95" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="E95" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="F95" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G95" s="6">
+        <v>0.96615187589998</v>
+      </c>
+      <c r="H95" s="6">
+        <v>0.00327741</v>
+      </c>
+      <c r="I95" s="6">
+        <v>100</v>
+      </c>
+      <c r="J95" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" customHeight="1" ht="55">
+      <c r="B96" s="8" t="s">
+        <v>256</v>
+      </c>
+      <c r="C96" s="4"/>
+      <c r="D96" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="E96" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="F96" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G96" s="6">
+        <v>0.42637688419999</v>
+      </c>
+      <c r="H96" s="6">
+        <v>0.00086032</v>
+      </c>
+      <c r="I96" s="6">
+        <v>200</v>
+      </c>
+      <c r="J96" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" customHeight="1" ht="55">
+      <c r="B97" s="8" t="s">
+        <v>259</v>
+      </c>
+      <c r="C97" s="4"/>
+      <c r="D97" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="E97" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="F97" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G97" s="6">
+        <v>0.85275376839998</v>
+      </c>
+      <c r="H97" s="6">
+        <v>0.00086032</v>
+      </c>
+      <c r="I97" s="6">
+        <v>400</v>
+      </c>
+      <c r="J97" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" customHeight="1" ht="55">
+      <c r="B98" s="8" t="s">
+        <v>262</v>
+      </c>
+      <c r="C98" s="4"/>
+      <c r="D98" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="E98" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="F98" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G98" s="6">
+        <v>0.32200027654026</v>
+      </c>
+      <c r="H98" s="6">
+        <v>0.00152453</v>
+      </c>
+      <c r="I98" s="6">
+        <v>150</v>
+      </c>
+      <c r="J98" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" customHeight="1" ht="55">
+      <c r="B99" s="8" t="s">
+        <v>265</v>
+      </c>
+      <c r="C99" s="4"/>
+      <c r="D99" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="E99" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="F99" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G99" s="6">
+        <v>0.2976699928125</v>
+      </c>
+      <c r="H99" s="6">
+        <v>0.00078658</v>
+      </c>
+      <c r="I99" s="6">
+        <v>234</v>
+      </c>
+      <c r="J99" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" customHeight="1" ht="55">
+      <c r="B100" s="8" t="s">
+        <v>268</v>
+      </c>
+      <c r="C100" s="4"/>
+      <c r="D100" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="E100" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="F100" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G100" s="6">
+        <v>0.32658654959999</v>
+      </c>
+      <c r="H100" s="6">
+        <v>0.00116758</v>
+      </c>
+      <c r="I100" s="6">
+        <v>42</v>
+      </c>
+      <c r="J100" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" customHeight="1" ht="55">
+      <c r="B101" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="C101" s="4"/>
+      <c r="D101" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="E101" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="F101" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G101" s="6">
+        <v>0.85048569375</v>
+      </c>
+      <c r="H101" s="6">
+        <v>0.00235974</v>
+      </c>
+      <c r="I101" s="6">
+        <v>690</v>
+      </c>
+      <c r="J101" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" customHeight="1" ht="55">
+      <c r="B102" s="8" t="s">
+        <v>274</v>
+      </c>
+      <c r="C102" s="4"/>
+      <c r="D102" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="E102" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="F102" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G102" s="6">
+        <v>1.7009713875</v>
+      </c>
+      <c r="H102" s="6">
+        <v>0.00235974</v>
+      </c>
+      <c r="I102" s="6">
+        <v>1380</v>
+      </c>
+      <c r="J102" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" customHeight="1" ht="55">
+      <c r="B103" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C103" s="4"/>
+      <c r="D103" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="E103" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="F103" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G103" s="6">
+        <v>0.77110713099999</v>
+      </c>
+      <c r="H103" s="6">
+        <v>0.00235974</v>
+      </c>
+      <c r="I103" s="6">
+        <v>1700</v>
+      </c>
+      <c r="J103" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" customHeight="1" ht="55">
+      <c r="B104" s="8" t="s">
+        <v>280</v>
+      </c>
+      <c r="C104" s="4"/>
+      <c r="D104" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="E104" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="F104" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G104" s="6">
+        <v>1.496855019</v>
+      </c>
+      <c r="H104" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I104" s="6">
+        <v>3400</v>
+      </c>
+      <c r="J104" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10" customHeight="1" ht="55">
+      <c r="B105" s="8" t="s">
+        <v>283</v>
+      </c>
+      <c r="C105" s="4"/>
+      <c r="D105" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="E105" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="F105" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G105" s="6">
+        <v>0.90718474</v>
+      </c>
+      <c r="H105" s="6">
+        <v>0.00235974</v>
+      </c>
+      <c r="I105" s="6">
+        <v>106</v>
+      </c>
+      <c r="J105" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10" customHeight="1" ht="55">
+      <c r="B106" s="8" t="s">
+        <v>286</v>
+      </c>
+      <c r="C106" s="4"/>
+      <c r="D106" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="E106" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="F106" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G106" s="6">
+        <v>1.81436948</v>
+      </c>
+      <c r="H106" s="6">
+        <v>0.00353961</v>
+      </c>
+      <c r="I106" s="6">
+        <v>212</v>
+      </c>
+      <c r="J106" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" customHeight="1" ht="55">
+      <c r="B107" s="8" t="s">
+        <v>289</v>
+      </c>
+      <c r="C107" s="4"/>
+      <c r="D107" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="E107" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="F107" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G107" s="6">
+        <v>1.088621832</v>
+      </c>
+      <c r="H107" s="6">
+        <v>0.00314632</v>
+      </c>
+      <c r="I107" s="6">
+        <v>856</v>
+      </c>
+      <c r="J107" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10" customHeight="1" ht="55">
+      <c r="B108" s="8" t="s">
+        <v>292</v>
+      </c>
+      <c r="C108" s="4"/>
+      <c r="D108" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="E108" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="F108" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G108" s="6">
+        <v>1.088621832</v>
+      </c>
+      <c r="H108" s="6">
+        <v>0.00344128</v>
+      </c>
+      <c r="I108" s="6">
+        <v>1</v>
+      </c>
+      <c r="J108" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" customHeight="1" ht="55">
+      <c r="B109" s="8" t="s">
+        <v>295</v>
+      </c>
+      <c r="C109" s="4"/>
+      <c r="D109" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="E109" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="F109" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G109" s="6">
+        <v>1.0250009577682</v>
+      </c>
+      <c r="H109" s="6">
+        <v>0.00322115</v>
+      </c>
+      <c r="I109" s="6">
+        <v>1</v>
+      </c>
+      <c r="J109" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" customHeight="1" ht="55">
+      <c r="B110" s="8" t="s">
+        <v>298</v>
+      </c>
+      <c r="C110" s="4"/>
+      <c r="D110" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="E110" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="F110" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G110" s="6">
+        <v>1.043262589</v>
+      </c>
+      <c r="H110" s="6">
+        <v>0.00318823</v>
+      </c>
+      <c r="I110" s="6">
+        <v>1</v>
+      </c>
+      <c r="J110" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10" customHeight="1" ht="55">
+      <c r="B111" s="8" t="s">
+        <v>301</v>
+      </c>
+      <c r="C111" s="4"/>
+      <c r="D111" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="E111" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="F111" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G111" s="6">
+        <v>1.088621832</v>
+      </c>
+      <c r="H111" s="6">
+        <v>0.00318823</v>
+      </c>
+      <c r="I111" s="6">
+        <v>1</v>
+      </c>
+      <c r="J111" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10" customHeight="1" ht="55">
+      <c r="B112" s="8" t="s">
+        <v>304</v>
+      </c>
+      <c r="C112" s="4"/>
+      <c r="D112" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="E112" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="F112" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G112" s="6">
+        <v>1.088621832</v>
+      </c>
+      <c r="H112" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I112" s="6">
+        <v>0</v>
+      </c>
+      <c r="J112" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" customHeight="1" ht="55">
+      <c r="B113" s="8" t="s">
+        <v>306</v>
+      </c>
+      <c r="C113" s="4"/>
+      <c r="D113" s="4" t="s">
+        <v>307</v>
+      </c>
+      <c r="E113" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="F113" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G113" s="6">
+        <v>1.088621688</v>
+      </c>
+      <c r="H113" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I113" s="6">
+        <v>0</v>
+      </c>
+      <c r="J113" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10" customHeight="1" ht="55">
+      <c r="B114" s="8" t="s">
+        <v>309</v>
+      </c>
+      <c r="C114" s="4"/>
+      <c r="D114" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="E114" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="F114" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G114" s="6">
+        <v>1.088621832</v>
+      </c>
+      <c r="H114" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I114" s="6">
+        <v>120</v>
+      </c>
+      <c r="J114" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10" customHeight="1" ht="55">
+      <c r="B115" s="8" t="s">
+        <v>312</v>
+      </c>
+      <c r="C115" s="4"/>
+      <c r="D115" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="E115" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="F115" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G115" s="6">
+        <v>1.088621832</v>
+      </c>
+      <c r="H115" s="6">
+        <v>0.00335375</v>
+      </c>
+      <c r="I115" s="6">
+        <v>220</v>
+      </c>
+      <c r="J115" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" customHeight="1" ht="55">
+      <c r="B116" s="8" t="s">
+        <v>315</v>
+      </c>
+      <c r="C116" s="4"/>
+      <c r="D116" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="E116" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="F116" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G116" s="6">
+        <v>0.43091280849999</v>
+      </c>
+      <c r="H116" s="6">
+        <v>0.00185182</v>
+      </c>
+      <c r="I116" s="6">
+        <v>54</v>
+      </c>
+      <c r="J116" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10" customHeight="1" ht="55">
+      <c r="B117" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="C117" s="4"/>
+      <c r="D117" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="E117" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="F117" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G117" s="6">
+        <v>0.22199992864518</v>
+      </c>
+      <c r="H117" s="6">
+        <v>0.00147363</v>
+      </c>
+      <c r="I117" s="6">
+        <v>27</v>
+      </c>
+      <c r="J117" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10" customHeight="1" ht="55">
+      <c r="B118" s="8" t="s">
+        <v>321</v>
+      </c>
+      <c r="C118" s="4"/>
+      <c r="D118" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="E118" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="F118" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G118" s="6">
+        <v>1.088621832</v>
+      </c>
+      <c r="H118" s="6">
+        <v>0.00344128</v>
+      </c>
+      <c r="I118" s="6">
+        <v>139</v>
+      </c>
+      <c r="J118" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10">
+      <c r="B119" s="7" t="s">
+        <v>324</v>
+      </c>
+      <c r="C119" s="7"/>
+      <c r="D119" s="7"/>
+      <c r="E119" s="7"/>
+      <c r="F119" s="7"/>
+      <c r="G119" s="7"/>
+      <c r="H119" s="7"/>
+      <c r="I119" s="7"/>
+      <c r="J119" s="7"/>
+    </row>
+    <row r="120" spans="1:10" customHeight="1" ht="55">
+      <c r="B120" s="8" t="s">
+        <v>325</v>
+      </c>
+      <c r="C120" s="4"/>
+      <c r="D120" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="E120" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="F120" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G120" s="6">
+        <v>0</v>
+      </c>
+      <c r="H120" s="6">
+        <v>0</v>
+      </c>
+      <c r="I120" s="6">
+        <v>200</v>
+      </c>
+      <c r="J120" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10" customHeight="1" ht="55">
+      <c r="B121" s="8" t="s">
+        <v>328</v>
+      </c>
+      <c r="C121" s="4"/>
+      <c r="D121" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="E121" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="F121" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G121" s="6">
+        <v>0.23100010964124</v>
+      </c>
+      <c r="H121" s="6">
+        <v>0.00521554</v>
+      </c>
+      <c r="I121" s="6">
+        <v>15</v>
+      </c>
+      <c r="J121" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10" customHeight="1" ht="55">
+      <c r="B122" s="8" t="s">
+        <v>331</v>
+      </c>
+      <c r="C122" s="4"/>
+      <c r="D122" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="E122" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="F122" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G122" s="6">
+        <v>0.78000207855229</v>
+      </c>
+      <c r="H122" s="6">
+        <v>0.0045203</v>
+      </c>
+      <c r="I122" s="6">
+        <v>1</v>
+      </c>
+      <c r="J122" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10" customHeight="1" ht="55">
+      <c r="B123" s="8" t="s">
+        <v>334</v>
+      </c>
+      <c r="C123" s="4"/>
+      <c r="D123" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="E123" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="F123" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G123" s="6">
+        <v>0.78900135236349</v>
+      </c>
+      <c r="H123" s="6">
+        <v>0.00408248</v>
+      </c>
+      <c r="I123" s="6">
+        <v>100</v>
+      </c>
+      <c r="J123" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" customHeight="1" ht="55">
+      <c r="B124" s="8" t="s">
+        <v>337</v>
+      </c>
+      <c r="C124" s="4"/>
+      <c r="D124" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="E124" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="F124" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G124" s="6">
+        <v>0.79378675249999</v>
+      </c>
+      <c r="H124" s="6">
+        <v>0.0012905</v>
+      </c>
+      <c r="I124" s="6">
+        <v>100</v>
+      </c>
+      <c r="J124" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" customHeight="1" ht="55">
+      <c r="B125" s="8" t="s">
+        <v>340</v>
+      </c>
+      <c r="C125" s="4"/>
+      <c r="D125" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="E125" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="F125" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G125" s="6">
+        <v>0.77110713099999</v>
+      </c>
+      <c r="H125" s="6">
+        <v>0.00358107</v>
+      </c>
+      <c r="I125" s="6">
+        <v>100</v>
+      </c>
+      <c r="J125" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" customHeight="1" ht="55">
+      <c r="B126" s="8" t="s">
+        <v>343</v>
+      </c>
+      <c r="C126" s="4"/>
+      <c r="D126" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="E126" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="F126" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G126" s="6">
+        <v>0.78925082819999</v>
+      </c>
+      <c r="H126" s="6">
+        <v>0.00366583</v>
+      </c>
+      <c r="I126" s="6">
+        <v>1</v>
+      </c>
+      <c r="J126" s="6">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10" customHeight="1" ht="55">
+      <c r="B127" s="8" t="s">
+        <v>346</v>
+      </c>
+      <c r="C127" s="4"/>
+      <c r="D127" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="E127" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="F127" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G127" s="6">
+        <v>0.78900135236349</v>
+      </c>
+      <c r="H127" s="6">
+        <v>0.00344574</v>
+      </c>
+      <c r="I127" s="6">
+        <v>120</v>
+      </c>
+      <c r="J127" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10" customHeight="1" ht="55">
+      <c r="B128" s="8" t="s">
+        <v>349</v>
+      </c>
+      <c r="C128" s="4"/>
+      <c r="D128" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="E128" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="F128" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G128" s="6">
+        <v>0.058967015899999</v>
+      </c>
+      <c r="H128" s="6">
+        <v>0.00130272</v>
+      </c>
+      <c r="I128" s="6">
+        <v>120</v>
+      </c>
+      <c r="J128" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10" customHeight="1" ht="55">
+      <c r="B129" s="8" t="s">
+        <v>352</v>
+      </c>
+      <c r="C129" s="4"/>
+      <c r="D129" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="E129" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="F129" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G129" s="6">
+        <v>0.78925082819999</v>
+      </c>
+      <c r="H129" s="6">
+        <v>0.00414337</v>
+      </c>
+      <c r="I129" s="6">
+        <v>120</v>
+      </c>
+      <c r="J129" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10" customHeight="1" ht="55">
+      <c r="B130" s="8" t="s">
+        <v>355</v>
+      </c>
+      <c r="C130" s="4"/>
+      <c r="D130" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="E130" s="6" t="s">
+        <v>357</v>
+      </c>
+      <c r="F130" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G130" s="6">
+        <v>0.78925082819999</v>
+      </c>
+      <c r="H130" s="6">
+        <v>0.0045042</v>
+      </c>
+      <c r="I130" s="6">
+        <v>120</v>
+      </c>
+      <c r="J130" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10" customHeight="1" ht="55">
+      <c r="B131" s="8" t="s">
+        <v>358</v>
+      </c>
+      <c r="C131" s="4"/>
+      <c r="D131" s="4" t="s">
+        <v>359</v>
+      </c>
+      <c r="E131" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="F131" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G131" s="6">
+        <v>1.1019982727607</v>
+      </c>
+      <c r="H131" s="6">
+        <v>0.00509243</v>
+      </c>
+      <c r="I131" s="6">
+        <v>200</v>
+      </c>
+      <c r="J131" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10" customHeight="1" ht="55">
+      <c r="B132" s="8" t="s">
+        <v>361</v>
+      </c>
+      <c r="C132" s="4"/>
+      <c r="D132" s="4" t="s">
+        <v>362</v>
+      </c>
+      <c r="E132" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="F132" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G132" s="6">
+        <v>1.1110020824962</v>
+      </c>
+      <c r="H132" s="6">
+        <v>0.00514967</v>
+      </c>
+      <c r="I132" s="6">
+        <v>140</v>
+      </c>
+      <c r="J132" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10" customHeight="1" ht="55">
+      <c r="B133" s="8" t="s">
+        <v>363</v>
+      </c>
+      <c r="C133" s="4"/>
+      <c r="D133" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="E133" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="F133" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G133" s="6">
+        <v>0.7801789795999901</v>
+      </c>
+      <c r="H133" s="6">
+        <v>0.00353314</v>
+      </c>
+      <c r="I133" s="6">
+        <v>120</v>
+      </c>
+      <c r="J133" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10" customHeight="1" ht="55">
+      <c r="B134" s="8" t="s">
+        <v>365</v>
+      </c>
+      <c r="C134" s="4"/>
+      <c r="D134" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="E134" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F134" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G134" s="6">
+        <v>1.1022296049</v>
+      </c>
+      <c r="H134" s="6">
+        <v>0.00371273</v>
+      </c>
+      <c r="I134" s="6">
+        <v>960</v>
+      </c>
+      <c r="J134" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10" customHeight="1" ht="55">
+      <c r="B135" s="8" t="s">
+        <v>368</v>
+      </c>
+      <c r="C135" s="4"/>
+      <c r="D135" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="E135" s="6" t="s">
+        <v>370</v>
+      </c>
+      <c r="F135" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G135" s="6">
+        <v>0.78000207855229</v>
+      </c>
+      <c r="H135" s="6">
+        <v>0.00312178</v>
+      </c>
+      <c r="I135" s="6">
+        <v>113</v>
+      </c>
+      <c r="J135" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10" customHeight="1" ht="55">
+      <c r="B136" s="8" t="s">
+        <v>371</v>
+      </c>
+      <c r="C136" s="4"/>
+      <c r="D136" s="4" t="s">
+        <v>372</v>
+      </c>
+      <c r="E136" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="F136" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G136" s="6">
+        <v>0.78925082819999</v>
+      </c>
+      <c r="H136" s="6">
+        <v>0.00389722</v>
+      </c>
+      <c r="I136" s="6">
+        <v>600</v>
+      </c>
+      <c r="J136" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10" customHeight="1" ht="55">
+      <c r="B137" s="8" t="s">
+        <v>374</v>
+      </c>
+      <c r="C137" s="4"/>
+      <c r="D137" s="4" t="s">
+        <v>375</v>
+      </c>
+      <c r="E137" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="F137" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G137" s="6">
+        <v>0.8210022982999901</v>
+      </c>
+      <c r="H137" s="6">
+        <v>0.00372369</v>
+      </c>
+      <c r="I137" s="6">
+        <v>85</v>
+      </c>
+      <c r="J137" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10" customHeight="1" ht="55">
+      <c r="B138" s="8" t="s">
+        <v>376</v>
+      </c>
+      <c r="C138" s="4"/>
+      <c r="D138" s="4" t="s">
+        <v>377</v>
+      </c>
+      <c r="E138" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="F138" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G138" s="6">
+        <v>0.78925082819999</v>
+      </c>
+      <c r="H138" s="6">
+        <v>0.00370153</v>
+      </c>
+      <c r="I138" s="6">
+        <v>1135</v>
+      </c>
+      <c r="J138" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10" customHeight="1" ht="55">
+      <c r="B139" s="8" t="s">
+        <v>379</v>
+      </c>
+      <c r="C139" s="4"/>
+      <c r="D139" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="E139" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="F139" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G139" s="6">
+        <v>1.1110020824962</v>
+      </c>
+      <c r="H139" s="6">
+        <v>0.00469952</v>
+      </c>
+      <c r="I139" s="6">
+        <v>950</v>
+      </c>
+      <c r="J139" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10" customHeight="1" ht="55">
+      <c r="B140" s="8" t="s">
+        <v>382</v>
+      </c>
+      <c r="C140" s="4"/>
+      <c r="D140" s="4" t="s">
+        <v>383</v>
+      </c>
+      <c r="E140" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="F140" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G140" s="6">
+        <v>0.78000207855229</v>
+      </c>
+      <c r="H140" s="6">
+        <v>0.00368566</v>
+      </c>
+      <c r="I140" s="6">
+        <v>85</v>
+      </c>
+      <c r="J140" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10" customHeight="1" ht="55">
+      <c r="B141" s="8" t="s">
+        <v>385</v>
+      </c>
+      <c r="C141" s="4"/>
+      <c r="D141" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="E141" s="6" t="s">
+        <v>387</v>
+      </c>
+      <c r="F141" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G141" s="6">
+        <v>0.81193044969999</v>
+      </c>
+      <c r="H141" s="6">
+        <v>0.00435024</v>
+      </c>
+      <c r="I141" s="6">
+        <v>85</v>
+      </c>
+      <c r="J141" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10" customHeight="1" ht="55">
+      <c r="B142" s="8" t="s">
+        <v>388</v>
+      </c>
+      <c r="C142" s="4"/>
+      <c r="D142" s="4" t="s">
+        <v>389</v>
+      </c>
+      <c r="E142" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="F142" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G142" s="6">
+        <v>0.76203528239999</v>
+      </c>
+      <c r="H142" s="6">
+        <v>0.00370729</v>
+      </c>
+      <c r="I142" s="6">
+        <v>96</v>
+      </c>
+      <c r="J142" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10" customHeight="1" ht="55">
+      <c r="B143" s="8" t="s">
+        <v>391</v>
+      </c>
+      <c r="C143" s="4"/>
+      <c r="D143" s="4" t="s">
+        <v>392</v>
+      </c>
+      <c r="E143" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="F143" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G143" s="6">
+        <v>0.79800062617469</v>
+      </c>
+      <c r="H143" s="6">
+        <v>0.0034664</v>
+      </c>
+      <c r="I143" s="6">
+        <v>96</v>
+      </c>
+      <c r="J143" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10" customHeight="1" ht="55">
+      <c r="B144" s="8" t="s">
+        <v>394</v>
+      </c>
+      <c r="C144" s="4"/>
+      <c r="D144" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="E144" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="F144" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G144" s="6">
+        <v>0.81193044969999</v>
+      </c>
+      <c r="H144" s="6">
+        <v>0.00413258</v>
+      </c>
+      <c r="I144" s="6">
+        <v>96</v>
+      </c>
+      <c r="J144" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10" customHeight="1" ht="55">
+      <c r="B145" s="8" t="s">
+        <v>396</v>
+      </c>
+      <c r="C145" s="4"/>
+      <c r="D145" s="4" t="s">
+        <v>397</v>
+      </c>
+      <c r="E145" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="F145" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G145" s="6">
+        <v>0.79800062617469</v>
+      </c>
+      <c r="H145" s="6">
+        <v>0.00346255</v>
+      </c>
+      <c r="I145" s="6">
+        <v>96</v>
+      </c>
+      <c r="J145" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10" customHeight="1" ht="55">
+      <c r="B146" s="8" t="s">
+        <v>399</v>
+      </c>
+      <c r="C146" s="4"/>
+      <c r="D146" s="4" t="s">
+        <v>400</v>
+      </c>
+      <c r="E146" s="6" t="s">
+        <v>401</v>
+      </c>
+      <c r="F146" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G146" s="6">
+        <v>0.62099978814009</v>
+      </c>
+      <c r="H146" s="6">
+        <v>0.00397642</v>
+      </c>
+      <c r="I146" s="6">
+        <v>65</v>
+      </c>
+      <c r="J146" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10" customHeight="1" ht="55">
+      <c r="B147" s="8" t="s">
+        <v>402</v>
+      </c>
+      <c r="C147" s="4"/>
+      <c r="D147" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="E147" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="F147" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G147" s="6">
+        <v>0.77110713099999</v>
+      </c>
+      <c r="H147" s="6">
+        <v>0</v>
+      </c>
+      <c r="I147" s="6">
+        <v>170</v>
+      </c>
+      <c r="J147" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10" customHeight="1" ht="55">
+      <c r="B148" s="8" t="s">
+        <v>405</v>
+      </c>
+      <c r="C148" s="4"/>
+      <c r="D148" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="E148" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="F148" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G148" s="6">
+        <v>1.542214262</v>
+      </c>
+      <c r="H148" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I148" s="6">
+        <v>2</v>
+      </c>
+      <c r="J148" s="6">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10" customHeight="1" ht="55">
+      <c r="B149" s="8" t="s">
+        <v>408</v>
+      </c>
+      <c r="C149" s="4"/>
+      <c r="D149" s="4" t="s">
+        <v>409</v>
+      </c>
+      <c r="E149" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="F149" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G149" s="6">
+        <v>2.177243664</v>
+      </c>
+      <c r="H149" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I149" s="6">
+        <v>1900</v>
+      </c>
+      <c r="J149" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="150" spans="1:10" customHeight="1" ht="55">
+      <c r="B150" s="8" t="s">
+        <v>411</v>
+      </c>
+      <c r="C150" s="4"/>
+      <c r="D150" s="4" t="s">
+        <v>412</v>
+      </c>
+      <c r="E150" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="F150" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G150" s="6">
+        <v>1.542214262</v>
+      </c>
+      <c r="H150" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I150" s="6">
+        <v>240</v>
+      </c>
+      <c r="J150" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10" customHeight="1" ht="55">
+      <c r="B151" s="8" t="s">
+        <v>414</v>
+      </c>
+      <c r="C151" s="4"/>
+      <c r="D151" s="4" t="s">
+        <v>415</v>
+      </c>
+      <c r="E151" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="F151" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G151" s="6">
+        <v>1.587573505</v>
+      </c>
+      <c r="H151" s="6">
+        <v>0.00629263</v>
+      </c>
+      <c r="I151" s="6">
+        <v>30</v>
+      </c>
+      <c r="J151" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10" customHeight="1" ht="55">
+      <c r="B152" s="8" t="s">
+        <v>417</v>
+      </c>
+      <c r="C152" s="4"/>
+      <c r="D152" s="4" t="s">
+        <v>418</v>
+      </c>
+      <c r="E152" s="6" t="s">
+        <v>419</v>
+      </c>
+      <c r="F152" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G152" s="6">
+        <v>1.542214262</v>
+      </c>
+      <c r="H152" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I152" s="6">
+        <v>2</v>
+      </c>
+      <c r="J152" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10" customHeight="1" ht="55">
+      <c r="B153" s="8" t="s">
+        <v>420</v>
+      </c>
+      <c r="C153" s="4"/>
+      <c r="D153" s="4" t="s">
+        <v>421</v>
+      </c>
+      <c r="E153" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="F153" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G153" s="6">
+        <v>1.542214262</v>
+      </c>
+      <c r="H153" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I153" s="6">
+        <v>170</v>
+      </c>
+      <c r="J153" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10" customHeight="1" ht="55">
+      <c r="B154" s="8" t="s">
+        <v>423</v>
+      </c>
+      <c r="C154" s="4"/>
+      <c r="D154" s="4" t="s">
+        <v>424</v>
+      </c>
+      <c r="E154" s="6" t="s">
+        <v>425</v>
+      </c>
+      <c r="F154" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G154" s="6">
+        <v>2.72155458</v>
+      </c>
+      <c r="H154" s="6">
+        <v>0.00137651</v>
+      </c>
+      <c r="I154" s="6">
+        <v>280</v>
+      </c>
+      <c r="J154" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="155" spans="1:10" customHeight="1" ht="55">
+      <c r="B155" s="8" t="s">
+        <v>426</v>
+      </c>
+      <c r="C155" s="4"/>
+      <c r="D155" s="4" t="s">
+        <v>427</v>
+      </c>
+      <c r="E155" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="F155" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G155" s="6">
+        <v>1.542214058</v>
+      </c>
+      <c r="H155" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I155" s="6">
+        <v>240</v>
+      </c>
+      <c r="J155" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="156" spans="1:10" customHeight="1" ht="55">
+      <c r="B156" s="8" t="s">
+        <v>429</v>
+      </c>
+      <c r="C156" s="4"/>
+      <c r="D156" s="4" t="s">
+        <v>430</v>
+      </c>
+      <c r="E156" s="6" t="s">
+        <v>431</v>
+      </c>
+      <c r="F156" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G156" s="6">
+        <v>1.542214262</v>
+      </c>
+      <c r="H156" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I156" s="6">
+        <v>200</v>
+      </c>
+      <c r="J156" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10" customHeight="1" ht="55">
+      <c r="B157" s="8" t="s">
+        <v>432</v>
+      </c>
+      <c r="C157" s="4"/>
+      <c r="D157" s="4" t="s">
+        <v>433</v>
+      </c>
+      <c r="E157" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="F157" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G157" s="6">
+        <v>2.177243664</v>
+      </c>
+      <c r="H157" s="6">
+        <v>0.00137651</v>
+      </c>
+      <c r="I157" s="6">
+        <v>400</v>
+      </c>
+      <c r="J157" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="158" spans="1:10" customHeight="1" ht="55">
+      <c r="B158" s="8" t="s">
+        <v>435</v>
+      </c>
+      <c r="C158" s="4"/>
+      <c r="D158" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="E158" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="F158" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G158" s="6">
+        <v>1.632932532</v>
+      </c>
+      <c r="H158" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I158" s="6">
+        <v>192</v>
+      </c>
+      <c r="J158" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="159" spans="1:10" customHeight="1" ht="55">
+      <c r="B159" s="8" t="s">
+        <v>438</v>
+      </c>
+      <c r="C159" s="4"/>
+      <c r="D159" s="4" t="s">
+        <v>439</v>
+      </c>
+      <c r="E159" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="F159" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G159" s="6">
+        <v>1.542214058</v>
+      </c>
+      <c r="H159" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I159" s="6">
+        <v>226</v>
+      </c>
+      <c r="J159" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10" customHeight="1" ht="55">
+      <c r="B160" s="8" t="s">
+        <v>441</v>
+      </c>
+      <c r="C160" s="4"/>
+      <c r="D160" s="4" t="s">
+        <v>442</v>
+      </c>
+      <c r="E160" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="F160" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G160" s="6">
+        <v>3.265865064</v>
+      </c>
+      <c r="H160" s="6">
+        <v>0.008390180000000001</v>
+      </c>
+      <c r="I160" s="6">
+        <v>240</v>
+      </c>
+      <c r="J160" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10" customHeight="1" ht="55">
+      <c r="B161" s="8" t="s">
+        <v>444</v>
+      </c>
+      <c r="C161" s="4"/>
+      <c r="D161" s="4" t="s">
+        <v>445</v>
+      </c>
+      <c r="E161" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="F161" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G161" s="6">
+        <v>1.632932532</v>
+      </c>
+      <c r="H161" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I161" s="6">
+        <v>170</v>
+      </c>
+      <c r="J161" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10" customHeight="1" ht="55">
+      <c r="B162" s="8" t="s">
+        <v>447</v>
+      </c>
+      <c r="C162" s="4"/>
+      <c r="D162" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="E162" s="6" t="s">
+        <v>449</v>
+      </c>
+      <c r="F162" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G162" s="6">
+        <v>1.632932532</v>
+      </c>
+      <c r="H162" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I162" s="6">
+        <v>192</v>
+      </c>
+      <c r="J162" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10" customHeight="1" ht="55">
+      <c r="B163" s="8" t="s">
+        <v>450</v>
+      </c>
+      <c r="C163" s="4"/>
+      <c r="D163" s="4" t="s">
+        <v>451</v>
+      </c>
+      <c r="E163" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="F163" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G163" s="6">
+        <v>4.898797596000001</v>
+      </c>
+      <c r="H163" s="6">
+        <v>0.01258527</v>
+      </c>
+      <c r="I163" s="6">
+        <v>192</v>
+      </c>
+      <c r="J163" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10" customHeight="1" ht="55">
+      <c r="B164" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="C164" s="4"/>
+      <c r="D164" s="4" t="s">
+        <v>454</v>
+      </c>
+      <c r="E164" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="F164" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G164" s="6">
+        <v>0.78000207855229</v>
+      </c>
+      <c r="H164" s="6">
+        <v>0.00417198</v>
+      </c>
+      <c r="I164" s="6">
+        <v>99</v>
+      </c>
+      <c r="J164" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10" customHeight="1" ht="55">
+      <c r="B165" s="8" t="s">
+        <v>456</v>
+      </c>
+      <c r="C165" s="4"/>
+      <c r="D165" s="4" t="s">
+        <v>457</v>
+      </c>
+      <c r="E165" s="6" t="s">
+        <v>458</v>
+      </c>
+      <c r="F165" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G165" s="6">
+        <v>1.542214058</v>
+      </c>
+      <c r="H165" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I165" s="6">
+        <v>240</v>
+      </c>
+      <c r="J165" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10" customHeight="1" ht="55">
+      <c r="B166" s="8" t="s">
+        <v>459</v>
+      </c>
+      <c r="C166" s="4"/>
+      <c r="D166" s="4" t="s">
+        <v>460</v>
+      </c>
+      <c r="E166" s="6" t="s">
+        <v>461</v>
+      </c>
+      <c r="F166" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G166" s="6">
+        <v>1.632932532</v>
+      </c>
+      <c r="H166" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I166" s="6">
+        <v>170</v>
+      </c>
+      <c r="J166" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10">
+      <c r="B167" s="7" t="s">
+        <v>462</v>
+      </c>
+      <c r="C167" s="7"/>
+      <c r="D167" s="7"/>
+      <c r="E167" s="7"/>
+      <c r="F167" s="7"/>
+      <c r="G167" s="7"/>
+      <c r="H167" s="7"/>
+      <c r="I167" s="7"/>
+      <c r="J167" s="7"/>
+    </row>
+    <row r="168" spans="1:10" customHeight="1" ht="55">
+      <c r="B168" s="8" t="s">
+        <v>463</v>
+      </c>
+      <c r="C168" s="4"/>
+      <c r="D168" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="E168" s="6" t="s">
+        <v>465</v>
+      </c>
+      <c r="F168" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G168" s="6">
+        <v>0.2086525178</v>
+      </c>
+      <c r="H168" s="6">
+        <v>0.00062307</v>
+      </c>
+      <c r="I168" s="6">
+        <v>25</v>
+      </c>
+      <c r="J168" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10" customHeight="1" ht="55">
+      <c r="B169" s="8" t="s">
+        <v>466</v>
+      </c>
+      <c r="C169" s="4"/>
+      <c r="D169" s="4" t="s">
+        <v>467</v>
+      </c>
+      <c r="E169" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="F169" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G169" s="6">
+        <v>0.28100005679256</v>
+      </c>
+      <c r="H169" s="6">
+        <v>0.0006715100000000001</v>
+      </c>
+      <c r="I169" s="6">
+        <v>35</v>
+      </c>
+      <c r="J169" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10" customHeight="1" ht="55">
+      <c r="B170" s="8" t="s">
+        <v>469</v>
+      </c>
+      <c r="C170" s="4"/>
+      <c r="D170" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="E170" s="6" t="s">
+        <v>471</v>
+      </c>
+      <c r="F170" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G170" s="6">
+        <v>0.18100016248991</v>
+      </c>
+      <c r="H170" s="6">
+        <v>0.00057338</v>
+      </c>
+      <c r="I170" s="6">
+        <v>25</v>
+      </c>
+      <c r="J170" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" customHeight="1" ht="55">
+      <c r="B171" s="8" t="s">
+        <v>472</v>
+      </c>
+      <c r="C171" s="4"/>
+      <c r="D171" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="E171" s="6" t="s">
+        <v>474</v>
+      </c>
+      <c r="F171" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G171" s="6">
+        <v>0.33100000394389</v>
+      </c>
+      <c r="H171" s="6">
+        <v>0.0005905</v>
+      </c>
+      <c r="I171" s="6">
+        <v>35</v>
+      </c>
+      <c r="J171" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10" customHeight="1" ht="55">
+      <c r="B172" s="8" t="s">
+        <v>475</v>
+      </c>
+      <c r="C172" s="4"/>
+      <c r="D172" s="4" t="s">
+        <v>476</v>
+      </c>
+      <c r="E172" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="F172" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G172" s="6">
+        <v>0.44900026023867</v>
+      </c>
+      <c r="H172" s="6">
+        <v>0.00156346</v>
+      </c>
+      <c r="I172" s="6">
+        <v>8</v>
+      </c>
+      <c r="J172" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10" customHeight="1" ht="55">
+      <c r="B173" s="8" t="s">
+        <v>477</v>
+      </c>
+      <c r="C173" s="4"/>
+      <c r="D173" s="4" t="s">
+        <v>478</v>
+      </c>
+      <c r="E173" s="6" t="s">
+        <v>479</v>
+      </c>
+      <c r="F173" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G173" s="6">
+        <v>0.30800014618831</v>
+      </c>
+      <c r="H173" s="6">
+        <v>0.00058194</v>
+      </c>
+      <c r="I173" s="6">
+        <v>32</v>
+      </c>
+      <c r="J173" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10" customHeight="1" ht="55">
+      <c r="B174" s="8" t="s">
+        <v>480</v>
+      </c>
+      <c r="C174" s="4"/>
+      <c r="D174" s="4" t="s">
+        <v>481</v>
+      </c>
+      <c r="E174" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="F174" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G174" s="6">
+        <v>0.29000023778862</v>
+      </c>
+      <c r="H174" s="6">
+        <v>0.00066608</v>
+      </c>
+      <c r="I174" s="6">
+        <v>40</v>
+      </c>
+      <c r="J174" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10" customHeight="1" ht="55">
+      <c r="B175" s="8" t="s">
+        <v>483</v>
+      </c>
+      <c r="C175" s="4"/>
+      <c r="D175" s="4" t="s">
+        <v>484</v>
+      </c>
+      <c r="E175" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="F175" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G175" s="6">
+        <v>0.35800009333964</v>
+      </c>
+      <c r="H175" s="6">
+        <v>0.00089539</v>
+      </c>
+      <c r="I175" s="6">
+        <v>40</v>
+      </c>
+      <c r="J175" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="176" spans="1:10" customHeight="1" ht="55">
+      <c r="B176" s="8" t="s">
+        <v>486</v>
+      </c>
+      <c r="C176" s="4"/>
+      <c r="D176" s="4" t="s">
+        <v>487</v>
+      </c>
+      <c r="E176" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="F176" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G176" s="6">
+        <v>0.29937100379999</v>
+      </c>
+      <c r="H176" s="6">
+        <v>0.0006659599999999999</v>
+      </c>
+      <c r="I176" s="6">
+        <v>32</v>
+      </c>
+      <c r="J176" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="177" spans="1:10" customHeight="1" ht="55">
+      <c r="B177" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="C177" s="4"/>
+      <c r="D177" s="4" t="s">
+        <v>490</v>
+      </c>
+      <c r="E177" s="6" t="s">
+        <v>491</v>
+      </c>
+      <c r="F177" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G177" s="6">
+        <v>0.30800014618831</v>
+      </c>
+      <c r="H177" s="6">
+        <v>0.00059598</v>
+      </c>
+      <c r="I177" s="6">
+        <v>32</v>
+      </c>
+      <c r="J177" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10" customHeight="1" ht="55">
+      <c r="B178" s="8" t="s">
+        <v>492</v>
+      </c>
+      <c r="C178" s="4"/>
+      <c r="D178" s="4" t="s">
+        <v>493</v>
+      </c>
+      <c r="E178" s="6" t="s">
+        <v>494</v>
+      </c>
+      <c r="F178" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G178" s="6">
+        <v>0.29899996519225</v>
+      </c>
+      <c r="H178" s="6">
+        <v>0.00064263</v>
+      </c>
+      <c r="I178" s="6">
+        <v>32</v>
+      </c>
+      <c r="J178" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10" customHeight="1" ht="55">
+      <c r="B179" s="8" t="s">
+        <v>495</v>
+      </c>
+      <c r="C179" s="4"/>
+      <c r="D179" s="4" t="s">
+        <v>496</v>
+      </c>
+      <c r="E179" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="F179" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G179" s="6">
+        <v>0.29029915519999</v>
+      </c>
+      <c r="H179" s="6">
+        <v>0.00059151</v>
+      </c>
+      <c r="I179" s="6">
+        <v>32</v>
+      </c>
+      <c r="J179" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10" customHeight="1" ht="55">
+      <c r="B180" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="C180" s="4"/>
+      <c r="D180" s="4" t="s">
+        <v>498</v>
+      </c>
+      <c r="E180" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="F180" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G180" s="6">
         <v>0.29483507949999</v>
       </c>
-      <c r="H11" s="7">
+      <c r="H180" s="6">
         <v>0.0005985</v>
       </c>
-      <c r="I11" s="7">
+      <c r="I180" s="6">
         <v>32</v>
       </c>
-      <c r="J11" s="7">
-[...44 lines deleted...]
-      <c r="G13" s="7">
+      <c r="J180" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10" customHeight="1" ht="55">
+      <c r="B181" s="8" t="s">
+        <v>500</v>
+      </c>
+      <c r="C181" s="4"/>
+      <c r="D181" s="4" t="s">
+        <v>501</v>
+      </c>
+      <c r="E181" s="6" t="s">
+        <v>502</v>
+      </c>
+      <c r="F181" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G181" s="6">
+        <v>0.29899996519225</v>
+      </c>
+      <c r="H181" s="6">
+        <v>0.0006140400000000001</v>
+      </c>
+      <c r="I181" s="6">
+        <v>100</v>
+      </c>
+      <c r="J181" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10" customHeight="1" ht="55">
+      <c r="B182" s="8" t="s">
+        <v>503</v>
+      </c>
+      <c r="C182" s="4"/>
+      <c r="D182" s="4" t="s">
+        <v>504</v>
+      </c>
+      <c r="E182" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="F182" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G182" s="6">
+        <v>0.29000023778862</v>
+      </c>
+      <c r="H182" s="6">
+        <v>0.00063521</v>
+      </c>
+      <c r="I182" s="6">
+        <v>32</v>
+      </c>
+      <c r="J182" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10" customHeight="1" ht="55">
+      <c r="B183" s="8" t="s">
+        <v>506</v>
+      </c>
+      <c r="C183" s="4"/>
+      <c r="D183" s="4" t="s">
+        <v>507</v>
+      </c>
+      <c r="E183" s="6" t="s">
+        <v>508</v>
+      </c>
+      <c r="F183" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G183" s="6">
+        <v>0.29899996519225</v>
+      </c>
+      <c r="H183" s="6">
+        <v>0.00063698</v>
+      </c>
+      <c r="I183" s="6">
+        <v>32</v>
+      </c>
+      <c r="J183" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10" customHeight="1" ht="55">
+      <c r="B184" s="8" t="s">
+        <v>509</v>
+      </c>
+      <c r="C184" s="4"/>
+      <c r="D184" s="4" t="s">
+        <v>510</v>
+      </c>
+      <c r="E184" s="6" t="s">
+        <v>511</v>
+      </c>
+      <c r="F184" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G184" s="6">
+        <v>0.29937100379999</v>
+      </c>
+      <c r="H184" s="6">
+        <v>0.0006409</v>
+      </c>
+      <c r="I184" s="6">
+        <v>32</v>
+      </c>
+      <c r="J184" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10" customHeight="1" ht="55">
+      <c r="B185" s="8" t="s">
+        <v>512</v>
+      </c>
+      <c r="C185" s="4"/>
+      <c r="D185" s="4" t="s">
+        <v>513</v>
+      </c>
+      <c r="E185" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="F185" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G185" s="6">
         <v>0.34899991234358</v>
       </c>
-      <c r="H13" s="7">
+      <c r="H185" s="6">
         <v>0.00090562</v>
       </c>
-      <c r="I13" s="7">
+      <c r="I185" s="6">
         <v>32</v>
       </c>
-      <c r="J13" s="7">
-[...1781 lines deleted...]
-      <c r="J79" s="7">
+      <c r="J185" s="6">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
+    <mergeCell ref="B10:J10"/>
+    <mergeCell ref="B14:J14"/>
+    <mergeCell ref="B30:J30"/>
+    <mergeCell ref="B119:J119"/>
+    <mergeCell ref="B167:J167"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>