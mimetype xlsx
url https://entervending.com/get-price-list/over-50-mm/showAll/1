--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Over 2&quot; 50 mm" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -110,56 +110,50 @@
     <t>$23.25</t>
   </si>
   <si>
     <t xml:space="preserve">60FRB </t>
   </si>
   <si>
     <t>60mm Hi-Bounce Playful Balls with Frosty Texture for Interactive Play - Pack of 12 Bouncy Toy Balls with Neon Colors</t>
   </si>
   <si>
     <t>$12.38</t>
   </si>
   <si>
     <t xml:space="preserve">75ICB-6 </t>
   </si>
   <si>
     <t>Bouncy Balls - 3</t>
   </si>
   <si>
     <t>$16.78</t>
   </si>
   <si>
     <t xml:space="preserve">75ICB-4 </t>
   </si>
   <si>
     <t>$18.14</t>
-  </si>
-[...4 lines deleted...]
-    <t>$13.68</t>
   </si>
   <si>
     <t xml:space="preserve">BA-60MMB </t>
   </si>
   <si>
     <t>60mm 2.4" Ball Mix 25 pcs</t>
   </si>
   <si>
     <t>$16.19</t>
   </si>
   <si>
     <t xml:space="preserve">60MIB-6 </t>
   </si>
   <si>
     <t>Assorted Colorful Bouncy Balls 2.4 inch (60 mm) 6 psc - Rubber Balls for Toddlers Mixed Pattern Style Bouncy Balls for Kids Large Balls for Babies - Party Favors Gifts Toys &amp; Games</t>
   </si>
   <si>
     <t>$11.44</t>
   </si>
   <si>
     <t xml:space="preserve">BA-FRO60 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Ball 60 mm</t>
   </si>
@@ -273,51 +267,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce4a97226cdd702c4581c634d27690702.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0de8101003696b9b9fca9fb39e323af3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_333c93b3f2ce028a505b75aad835ef1f4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bc5ea2cc6b31240b23c561b250f033b5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4148bf4e544c2c772a39845845f9c55f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f5c8ab37194b09c10a25ffd5cab6ef277.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd2d612bcd5b58de59aae8d2fb218fee8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61bffe64ca9c98fc57e1ff393dbed70010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79482ea6525994af688ecd6d1a07489113.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce4a97226cdd702c4581c634d27690702.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0de8101003696b9b9fca9fb39e323af3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_333c93b3f2ce028a505b75aad835ef1f4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bc5ea2cc6b31240b23c561b250f033b5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4148bf4e544c2c772a39845845f9c55f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f5c8ab37194b09c10a25ffd5cab6ef277.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61bffe64ca9c98fc57e1ff393dbed7009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f910.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79482ea6525994af688ecd6d1a07489112.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -495,51 +489,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="838200"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -625,80 +619,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -965,54 +929,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J21"/>
+  <dimension ref="A1:J20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J21" sqref="J21"/>
+      <selection activeCell="J20" sqref="J20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1213,209 +1177,182 @@
         <v>29</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>30</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
         <v>0.71199950144669</v>
       </c>
       <c r="H15" s="7">
         <v>0.00363635</v>
       </c>
       <c r="I15" s="7">
         <v>4</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:10" customHeight="1" ht="83">
+    <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.37194579259999</v>
+        <v>3.401942775</v>
       </c>
       <c r="H16" s="7">
-        <v>0.0016236</v>
+        <v>0.00433438</v>
       </c>
       <c r="I16" s="7">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>3.401942775</v>
+        <v>0.84800011973358</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00433438</v>
+        <v>0.00309646</v>
       </c>
       <c r="I17" s="7">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>0.84800011973358</v>
+        <v>1.088621688</v>
       </c>
       <c r="H18" s="7">
-        <v>0.00309646</v>
+        <v>0.008754629999999999</v>
       </c>
       <c r="I18" s="7">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J18" s="7">
-        <v>0</v>
+        <v>144</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>1.088621688</v>
+        <v>2.1228122916</v>
       </c>
       <c r="H19" s="7">
-        <v>0.008754629999999999</v>
+        <v>0.008979060000000001</v>
       </c>
       <c r="I19" s="7">
         <v>12</v>
       </c>
       <c r="J19" s="7">
-        <v>144</v>
+        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>2.1228122916</v>
+        <v>1.81436948</v>
       </c>
       <c r="H20" s="7">
-        <v>0.008979060000000001</v>
+        <v>0.00262193</v>
       </c>
       <c r="I20" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J20" s="7">
-        <v>60</v>
-[...25 lines deleted...]
-      <c r="J21" s="7">
         <v>400</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">