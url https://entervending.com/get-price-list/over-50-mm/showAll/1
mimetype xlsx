--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Over 2&quot; 50 mm" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -95,65 +95,50 @@
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">75ICB </t>
   </si>
   <si>
     <t>75mm Icy Hi-Bounce Balls - Textured Frost Look, Multi-Colored Halves, Bouncy Play Fun, Perfect Themed Toys, Must-Have Toy Collection</t>
   </si>
   <si>
     <t xml:space="preserve">60MIB-25 </t>
   </si>
   <si>
     <t>60mm Hi-Bounce Ball Set 25 Pack - Assorted Designs for Fun Play and High Bounce Toy Collection</t>
   </si>
   <si>
     <t>$23.25</t>
   </si>
   <si>
     <t xml:space="preserve">60FRB </t>
   </si>
   <si>
     <t>60mm Hi-Bounce Playful Balls with Frosty Texture for Interactive Play - Pack of 12 Bouncy Toy Balls with Neon Colors</t>
   </si>
   <si>
     <t>$12.38</t>
-  </si>
-[...13 lines deleted...]
-    <t>$18.14</t>
   </si>
   <si>
     <t xml:space="preserve">BA-60MMB </t>
   </si>
   <si>
     <t>60mm 2.4" Ball Mix 25 pcs</t>
   </si>
   <si>
     <t>$16.19</t>
   </si>
   <si>
     <t xml:space="preserve">60MIB-6 </t>
   </si>
   <si>
     <t>Assorted Colorful Bouncy Balls 2.4 inch (60 mm) 6 psc - Rubber Balls for Toddlers Mixed Pattern Style Bouncy Balls for Kids Large Balls for Babies - Party Favors Gifts Toys &amp; Games</t>
   </si>
   <si>
     <t>$11.44</t>
   </si>
   <si>
     <t xml:space="preserve">BA-FRO60 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Ball 60 mm</t>
   </si>
@@ -267,51 +252,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce4a97226cdd702c4581c634d27690702.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0de8101003696b9b9fca9fb39e323af3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_333c93b3f2ce028a505b75aad835ef1f4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bc5ea2cc6b31240b23c561b250f033b5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4148bf4e544c2c772a39845845f9c55f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f5c8ab37194b09c10a25ffd5cab6ef277.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61bffe64ca9c98fc57e1ff393dbed7009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f910.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79482ea6525994af688ecd6d1a07489112.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce4a97226cdd702c4581c634d27690702.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0de8101003696b9b9fca9fb39e323af3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_333c93b3f2ce028a505b75aad835ef1f4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bc5ea2cc6b31240b23c561b250f033b5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61bffe64ca9c98fc57e1ff393dbed7007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f98.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79482ea6525994af688ecd6d1a07489110.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -459,51 +444,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="552450"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -559,110 +544,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -929,54 +854,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J20"/>
+  <dimension ref="A1:J18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J20" sqref="J20"/>
+      <selection activeCell="J18" sqref="J18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1138,221 +1063,167 @@
       <c r="H13" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I13" s="7">
         <v>12</v>
       </c>
       <c r="J13" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>28</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>1.060998053013</v>
+        <v>3.401942775</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00373776</v>
+        <v>0.00433438</v>
       </c>
       <c r="I14" s="7">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:10" customHeight="1" ht="53">
+    <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.71199950144669</v>
+        <v>0.84800011973358</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00363635</v>
+        <v>0.00309646</v>
       </c>
       <c r="I15" s="7">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>3.401942775</v>
+        <v>1.088621688</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00433438</v>
+        <v>0.008754629999999999</v>
       </c>
       <c r="I16" s="7">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="J16" s="7">
-        <v>0</v>
+        <v>144</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.84800011973358</v>
+        <v>2.1228122916</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00309646</v>
+        <v>0.008979060000000001</v>
       </c>
       <c r="I17" s="7">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J17" s="7">
-        <v>0</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>1.088621688</v>
+        <v>1.81436948</v>
       </c>
       <c r="H18" s="7">
-        <v>0.008754629999999999</v>
+        <v>0.00262193</v>
       </c>
       <c r="I18" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J18" s="7">
-        <v>144</v>
-[...52 lines deleted...]
-      <c r="J20" s="7">
         <v>400</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">