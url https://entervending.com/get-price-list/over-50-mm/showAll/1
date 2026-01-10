--- v2 (2025-11-21)
+++ v3 (2026-01-10)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Over 2&quot; 50 mm" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -67,96 +67,87 @@
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Over 2"/50 mm</t>
   </si>
   <si>
     <t xml:space="preserve">75FRB-12 </t>
   </si>
   <si>
     <t>75mm Frosty Hi-Bounce Balls 12-Pack for Unlimited Bouncing Adventure</t>
   </si>
   <si>
-    <t>$28.50</t>
+    <t>$25.50</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">75ICB </t>
   </si>
   <si>
     <t>75mm Icy Hi-Bounce Balls - Textured Frost Look, Multi-Colored Halves, Bouncy Play Fun, Perfect Themed Toys, Must-Have Toy Collection</t>
   </si>
   <si>
     <t xml:space="preserve">60MIB-25 </t>
   </si>
   <si>
     <t>60mm Hi-Bounce Ball Set 25 Pack - Assorted Designs for Fun Play and High Bounce Toy Collection</t>
   </si>
   <si>
-    <t>$23.25</t>
+    <t>$21.00</t>
   </si>
   <si>
     <t xml:space="preserve">60FRB </t>
   </si>
   <si>
     <t>60mm Hi-Bounce Playful Balls with Frosty Texture for Interactive Play - Pack of 12 Bouncy Toy Balls with Neon Colors</t>
   </si>
   <si>
-    <t>$12.38</t>
+    <t>$10.50</t>
   </si>
   <si>
     <t xml:space="preserve">BA-60MMB </t>
   </si>
   <si>
     <t>60mm 2.4" Ball Mix 25 pcs</t>
   </si>
   <si>
     <t>$16.19</t>
-  </si>
-[...7 lines deleted...]
-    <t>$11.44</t>
   </si>
   <si>
     <t xml:space="preserve">BA-FRO60 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Ball 60 mm</t>
   </si>
   <si>
     <t>$9.45</t>
   </si>
   <si>
     <t xml:space="preserve">BA-ICE75 </t>
   </si>
   <si>
     <t>Icy Hi-Bounce Ball 3in</t>
   </si>
   <si>
     <t>$26.33</t>
   </si>
   <si>
     <t xml:space="preserve">BA-FRO45 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Ball 45 mm</t>
   </si>
@@ -252,51 +243,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce4a97226cdd702c4581c634d27690702.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0de8101003696b9b9fca9fb39e323af3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_333c93b3f2ce028a505b75aad835ef1f4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bc5ea2cc6b31240b23c561b250f033b5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61bffe64ca9c98fc57e1ff393dbed7007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f98.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79482ea6525994af688ecd6d1a07489110.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce4a97226cdd702c4581c634d27690702.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0de8101003696b9b9fca9fb39e323af3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_333c93b3f2ce028a505b75aad835ef1f4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bc5ea2cc6b31240b23c561b250f033b5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f97.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79482ea6525994af688ecd6d1a0748919.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -514,80 +505,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -854,54 +815,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J18"/>
+  <dimension ref="A1:J17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J18" sqref="J18"/>
+      <selection activeCell="J17" sqref="J17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1090,140 +1051,113 @@
       <c r="H14" s="7">
         <v>0.00433438</v>
       </c>
       <c r="I14" s="7">
         <v>25</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>30</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>31</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.84800011973358</v>
+        <v>1.088621688</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00309646</v>
+        <v>0.008754629999999999</v>
       </c>
       <c r="I15" s="7">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J15" s="7">
-        <v>0</v>
+        <v>144</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>34</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>1.088621688</v>
+        <v>2.1228122916</v>
       </c>
       <c r="H16" s="7">
-        <v>0.008754629999999999</v>
+        <v>0.008979060000000001</v>
       </c>
       <c r="I16" s="7">
         <v>12</v>
       </c>
       <c r="J16" s="7">
-        <v>144</v>
+        <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>37</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>2.1228122916</v>
+        <v>1.81436948</v>
       </c>
       <c r="H17" s="7">
-        <v>0.008979060000000001</v>
+        <v>0.00262193</v>
       </c>
       <c r="I17" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J17" s="7">
-        <v>60</v>
-[...25 lines deleted...]
-      <c r="J18" s="7">
         <v>400</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">