--- v0 (2025-10-09)
+++ v1 (2025-11-18)
@@ -15,98 +15,107 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Other Parts" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Other Parts</t>
   </si>
   <si>
     <t xml:space="preserve">SCREWDRIVER </t>
   </si>
   <si>
     <t>Screwdriver</t>
   </si>
   <si>
     <t>$14.49</t>
   </si>
   <si>
     <t>Piece</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MD 6.9 MEGA WIZARD (RED) </t>
+  </si>
+  <si>
+    <t>MONEY DOOR 6.9 MEGA WIZARD (RED)</t>
+  </si>
+  <si>
+    <t>$139.19</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -172,51 +181,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_554a32eeade0df1937255a0e1e326a452.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_554a32eeade0df1937255a0e1e326a452.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -224,50 +233,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="523875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -534,64 +573,64 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H10" sqref="H10"/>
+      <selection activeCell="H11" sqref="H11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="12"/>
     <row r="2" spans="1:8">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="H3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="H4" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="H5" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="H6" s="1" t="s">
@@ -629,50 +668,71 @@
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="39">
       <c r="B10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="5"/>
       <c r="D10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="6">
         <v>0.045359237</v>
       </c>
       <c r="H10" s="6">
         <v>2.97E-5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" customHeight="1" ht="55">
+      <c r="B11" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" s="5"/>
+      <c r="D11" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" s="6">
+        <v>0.5669904625</v>
+      </c>
+      <c r="H11" s="6">
+        <v>0.01622319</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:H9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>