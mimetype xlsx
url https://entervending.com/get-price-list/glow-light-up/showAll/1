--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Glow &amp; Light-Up" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -82,75 +82,867 @@
   <si>
     <t>Glow &amp; Light-Up</t>
   </si>
   <si>
     <t xml:space="preserve">MIA9B-25 </t>
   </si>
   <si>
     <t>Glow in the Dark Alien Figurines for Kids - 25 Pcs Small Halloween Party Favors Fillers Goodie Bag Classroom Prizes Pinata Stuffers Halloween Toys Bulk Gifts for Kids - Vending Machine Toy Easter Toys</t>
   </si>
   <si>
     <t>$14.49</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PUFHG-12 </t>
   </si>
   <si>
     <t>3" Light-Up Puffer Hedgehog 12 pcs</t>
   </si>
   <si>
     <t>$16.99</t>
   </si>
   <si>
+    <t xml:space="preserve">EL0533 </t>
+  </si>
+  <si>
+    <t>Gaming Headset Retractable Microphone RGB Lighting Wired Headset Stereo Sound Boom Mic</t>
+  </si>
+  <si>
+    <t>$345.60</t>
+  </si>
+  <si>
+    <t>Box</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2110 </t>
+  </si>
+  <si>
+    <t>Pabst Blue Ribbon LED Sign Neon Rope Wall Decor</t>
+  </si>
+  <si>
+    <t>$135.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIA9B </t>
+  </si>
+  <si>
+    <t>Glow-in-the-Dark Alien Figures - Charged by Light for Ultimate Night-Time Fun (100pcs)</t>
+  </si>
+  <si>
+    <t>$13.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PUFHG-6 </t>
+  </si>
+  <si>
+    <t>3" Light-Up Puffer Hedgehog 6 pcs</t>
+  </si>
+  <si>
+    <t>$9.99</t>
+  </si>
+  <si>
     <t xml:space="preserve">SQS3B </t>
   </si>
   <si>
     <t>Squeezie Squeees Glow-in-the-Dark Series - Mochi Animal Squishy Toys (100pcs)</t>
   </si>
   <si>
     <t>$31.50</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PUFHG-6 </t>
-[...5 lines deleted...]
-    <t>$9.99</t>
+    <t xml:space="preserve">LP2101 </t>
+  </si>
+  <si>
+    <t>Minecraft Zombie Icon Light Night Lamp Pixel Figure</t>
+  </si>
+  <si>
+    <t>$576.00</t>
   </si>
   <si>
     <t xml:space="preserve">BA-SGL27 </t>
   </si>
   <si>
     <t>Glow In Dark Smile Face Ball 27 mm</t>
   </si>
   <si>
     <t>$10.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIUNB </t>
+  </si>
+  <si>
+    <t>Neon Glow Unicorns Bulk Figurines 100pcs Black Light Party Favors Kids Toys</t>
+  </si>
+  <si>
+    <t>$24.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB10264 </t>
+  </si>
+  <si>
+    <t>Spaceship Candy Squeeze Light Up Toy Display Snack</t>
+  </si>
+  <si>
+    <t>$26.73</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS4018 </t>
+  </si>
+  <si>
+    <t>Ultimate 20" Glow Tabletop Air Hockey! Perfect Portable Game Set for Night Play &amp; Fun Home Tournaments - Ideal Indoor Recreation for All Ages - Easy Setup &amp; Competitive Play</t>
+  </si>
+  <si>
+    <t>$97.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL0532 </t>
+  </si>
+  <si>
+    <t>Striker Gaming Headset Stereo Sound Boom Mic RGB Lighting</t>
+  </si>
+  <si>
+    <t>$324.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB74401 </t>
+  </si>
+  <si>
+    <t>Light Up Candy Pacifier Lollipop Snack Toy Treat Gift</t>
+  </si>
+  <si>
+    <t>$24.59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL0984 </t>
+  </si>
+  <si>
+    <t>USB-Powered Gaming Headset for WFH with LED Light-Up, Flexible Microphone, Adjustable Headband, Plush Ear Pads, and AUX Splitter.</t>
+  </si>
+  <si>
+    <t>$574.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL0497 </t>
+  </si>
+  <si>
+    <t>Cat Ear Bluetooth Headphones LED Wireless For Gaming Streaming School</t>
+  </si>
+  <si>
+    <t>$496.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LED1013 </t>
+  </si>
+  <si>
+    <t>Every Hour Happy Hour LED Sign for Ultimate Nightlife and Man Cave Decor</t>
+  </si>
+  <si>
+    <t>$239.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL0498 </t>
+  </si>
+  <si>
+    <t>Bluetooth Headphones Wireless Unicorn LED Audio Built In Microphone</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LED2000 </t>
+  </si>
+  <si>
+    <t>LED Neon Ramen Sign for Food Lovers - Illuminate Your Space and Satisfy Cravings with Vibrant Decor, Perfect for Ramen Connoisseurs!</t>
+  </si>
+  <si>
+    <t>$104.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL0656A </t>
+  </si>
+  <si>
+    <t>Elevate Gameplay with LVLUP Wired Mouse - Gaming Accessory, LED Lights, DPI Switch, Optical Sensor &amp; USB Connection</t>
+  </si>
+  <si>
+    <t>$171.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0650 </t>
+  </si>
+  <si>
+    <t>Disney Junior Marvel Spin Toy with Mickey Mouse, Spider-Man, Goofy Action with Lights and Funaton Sticker</t>
+  </si>
+  <si>
+    <t>$63.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL0932 </t>
+  </si>
+  <si>
+    <t>Color Changing Portable Speaker: Dynamic Lights &amp; Bluetooth Sound with Wireless Remote</t>
+  </si>
+  <si>
+    <t>$195.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2058 </t>
+  </si>
+  <si>
+    <t>Led Light Pineapple Lamp Neon Table Light Tropical Decor</t>
+  </si>
+  <si>
+    <t>$475.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL1010 </t>
+  </si>
+  <si>
+    <t>Pulse LED Portable Bluetooth Speaker with Wireless Audio and Mood Lighting, Perfect for Indoor and Outdoor Music Streaming, Featuring FM Radio and Rechargeable Battery.</t>
+  </si>
+  <si>
+    <t>$179.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TY1075 </t>
+  </si>
+  <si>
+    <t>Light-Up Sky Spinner: Launch High with Battery Power and Vibrant LED Lights</t>
+  </si>
+  <si>
+    <t>$388.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL1288 </t>
+  </si>
+  <si>
+    <t>Light-Up Mouse Pad with Ultra-Precise Tracking, Super-Size Design, USB Powered RGB with Customizable Effects, Durable Gaming Accessory for Smooth Gliding</t>
+  </si>
+  <si>
+    <t>$161.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2104 </t>
+  </si>
+  <si>
+    <t>Chevrolet Sign LED Neon Rope Garage Bar Wall Decor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL3002 </t>
+  </si>
+  <si>
+    <t>AIWA Wireless Speaker with Mic, Bluetooth Audio, LED Party Lights, Rechargeable Battery</t>
+  </si>
+  <si>
+    <t>$126.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2107 </t>
+  </si>
+  <si>
+    <t>Modelo LED Sign Neon Rope Wall Decor Bar Light</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FL0016 </t>
+  </si>
+  <si>
+    <t>LED Party Mouthpiece - Flashing, Multi-Colored Fun Gadget with Batteries Included</t>
+  </si>
+  <si>
+    <t>$38.88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AF1003 </t>
+  </si>
+  <si>
+    <t>F 35 Jet US Air Force Toy Interceptor Fighter Aircraft</t>
+  </si>
+  <si>
+    <t>$215.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GLOPOP </t>
+  </si>
+  <si>
+    <t>Glow-in-the-Dark Toy Blaster Gun with Pump Handle for Thrilling Night Play - Kids' Favorite Action Toy for Indoor Games with Soft Balls</t>
+  </si>
+  <si>
+    <t>$155.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS4147 </t>
+  </si>
+  <si>
+    <t>Beer Pong Glow In The Dark Game Set Cups Balls Racks</t>
+  </si>
+  <si>
+    <t>$112.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LED1006 </t>
+  </si>
+  <si>
+    <t>It's 5:00 Somewhere LED Sign 19in x 19in - Perfect Happy Hour Bar Decor and Illuminated Display with On/Off Switch.</t>
+  </si>
+  <si>
+    <t>$176.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL1035 </t>
+  </si>
+  <si>
+    <t>Solar Powered String Light Led Tube Garden Outdoor Decor</t>
+  </si>
+  <si>
+    <t>$466.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LED1007 </t>
+  </si>
+  <si>
+    <t>Illuminate Your Game Room: LED Light-Up Sign for Pool Enthusiasts and Billiard Halls - Wall-Mountable Gameroom Accessory with On/Off Switch</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL3079 </t>
+  </si>
+  <si>
+    <t>Bluetooth Speaker Wireless Hd Audio Phone Control Music</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LED1008 </t>
+  </si>
+  <si>
+    <t>LED Sign Princess Theme - Royal Touch Crown Symbol Home Decor &amp; Gift</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL4003 </t>
+  </si>
+  <si>
+    <t>Headphones Stand Gaming Setup Desk Accessory Audio Stand</t>
+  </si>
+  <si>
+    <t>$234.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LED1010 </t>
+  </si>
+  <si>
+    <t>LED Sign Party Time Eye-Catching Indoor Home Decor - Perfect for Parties, Vibrant Room Accent, Easy Installation, On-Off Switch</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL4004 </t>
+  </si>
+  <si>
+    <t>Gaming Mic USB Streaming Podcast Desktop Audio Recording</t>
+  </si>
+  <si>
+    <t>$180.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LED1011 </t>
+  </si>
+  <si>
+    <t>LED Sign Gameroom Joystick Design for Arcade Theme, Light-Up Wall Decor with On/Off Cord Switch, Easy Install for Modern and Vibrant Gaming Room Enhancement</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2062 </t>
+  </si>
+  <si>
+    <t>Donut Led Light Color Changing Desk Room Decor Lamp</t>
+  </si>
+  <si>
+    <t>$145.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LED1012 </t>
+  </si>
+  <si>
+    <t>Illuminate Your Space with Girls Rule LED Sign - Perfect Home Decor and Fun Room Accessory with Bright Display and Easy Installation!</t>
+  </si>
+  <si>
+    <t>$191.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2103 </t>
+  </si>
+  <si>
+    <t>Jeep Sign LED Neon Rope Garage Wall Light Decor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LED2004 </t>
+  </si>
+  <si>
+    <t>Neon Gamer Decor LED Sign - Immersive Lighting for Ultimate Game Room Upgrade</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2105 </t>
+  </si>
+  <si>
+    <t>Ford Sign LED Sign Marquee Neon Rope Genuine Parts Logo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI1579 </t>
+  </si>
+  <si>
+    <t>Nerf Safety Goggles and Light-Up Targets for Ultimate Practice Aim and Eye Protection in Favorite Games</t>
+  </si>
+  <si>
+    <t>$60.75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2109 </t>
+  </si>
+  <si>
+    <t>Led Sign Corvette Neon Rope Chevrolet Wall Light</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2057 </t>
+  </si>
+  <si>
+    <t>LED Neon Alien Light USB-Powered - Creative Decor for Unique Retro Vibes, Space-Themed Desk Decoration, and Home Ambiance</t>
+  </si>
+  <si>
+    <t>$500.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2111 </t>
+  </si>
+  <si>
+    <t>Led Sign Corona Extra Bar Decor Wall Decor Neon Rope</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2059 </t>
+  </si>
+  <si>
+    <t>LED Neon Ice Cream Popsicle Light - Retro Design, Mood Lighting, Unique Home Decor, Playful Ambiance, Battery/USB Powered</t>
+  </si>
+  <si>
+    <t>$478.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2112 </t>
+  </si>
+  <si>
+    <t>Gulf Oil Neon Sign Wall Art Garage Decor Man Cave Accessory</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2063 </t>
+  </si>
+  <si>
+    <t>Ultimate Gamer's LED Light: Game Controller Style Decor with Color Changing Features for Enthusiasts' Rooms</t>
+  </si>
+  <si>
+    <t>$194.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2115 </t>
+  </si>
+  <si>
+    <t>Harry Potter Candle Wand Remote Hogwarts Crest Decoration Fantasy</t>
+  </si>
+  <si>
+    <t>$198.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2064 </t>
+  </si>
+  <si>
+    <t>LED Love Light Neon Decor - Embrace Retro Style &amp; Vibrant Ambiance for Trendy Spaces</t>
+  </si>
+  <si>
+    <t>$143.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2117 </t>
+  </si>
+  <si>
+    <t>Spider&amp;#45;Man Squishy Glo Silicone Light Night Light Tap Brightness</t>
+  </si>
+  <si>
+    <t>$432.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2085 </t>
+  </si>
+  <si>
+    <t>XBox Light-Up Headphone Stand: Organize Your Gaming Setup with Cool Display, Convenient Headset Storage, USB Powered Holder - Never Lose Your Gear!</t>
+  </si>
+  <si>
+    <t>$483.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2118 </t>
+  </si>
+  <si>
+    <t>Super Mario Light Mario Lamp Gaming Decor Desk Light</t>
+  </si>
+  <si>
+    <t>$504.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2090 </t>
+  </si>
+  <si>
+    <t>Minecraft Creeper Biome Light: USB-C LED Glitter Mood Lamp for Gamers - USB or Battery Powered, Perfect for Home Decor and Gaming Accessories</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2120 </t>
+  </si>
+  <si>
+    <t>Texaco Neon Sign Led Wall Gasoline Garage Rope</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2092 </t>
+  </si>
+  <si>
+    <t>Minecraft Creeper Alarm Clock for Kids - Tap to Snooze with Interactive Digital Nightlight!</t>
+  </si>
+  <si>
+    <t>$468.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1038 </t>
+  </si>
+  <si>
+    <t>Barnyard Buddies Light Up Building Animal Toy Collection</t>
+  </si>
+  <si>
+    <t>$540.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2094 </t>
+  </si>
+  <si>
+    <t>Minecraft Panda Pixel Art LED Light</t>
+  </si>
+  <si>
+    <t>$648.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RDDCGB </t>
+  </si>
+  <si>
+    <t>Dc Comics Glowbot Kit Superhero Toy Led Building Toy</t>
+  </si>
+  <si>
+    <t>$157.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2096 </t>
+  </si>
+  <si>
+    <t>Minecraft Creeper SquishyGlo Light for Kids Room - Rechargeable Interactive Night Light &amp; Collectible Decor for Gaming Fans</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TG1192 </t>
+  </si>
+  <si>
+    <t>Gel Blaster Surge XL Velocity Dial Starfire Gellets Rechargeable</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2102 </t>
+  </si>
+  <si>
+    <t>Lilo &amp; Stitch Rechargeable Squishyglo Silicone Night Light for Calming Bedtime Routine</t>
+  </si>
+  <si>
+    <t>$864.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TG1193 </t>
+  </si>
+  <si>
+    <t>Gel Blaster Surge XL Gel Ball Blaster Electric Launcher</t>
+  </si>
+  <si>
+    <t>$360.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1006 </t>
+  </si>
+  <si>
+    <t>Light-Up Finger Beams: Toy Lights for Kids Fun &amp; Party Entertainment with Easy Wear and Safe Design</t>
+  </si>
+  <si>
+    <t>$26.22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI1638 </t>
+  </si>
+  <si>
+    <t>Air Hockey Tabletop Game Sonic Indoor Arcade Puck</t>
+  </si>
+  <si>
+    <t>$225.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1023 </t>
+  </si>
+  <si>
+    <t>Light Vision LED Strip Football - Neon Glow Night Visibility for Sports Enthusiasts, Fun Outdoor Play with Long-Lasting Illuminated Action</t>
+  </si>
+  <si>
+    <t>$140.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI1639 </t>
+  </si>
+  <si>
+    <t>Foosball Game Tabletop Sonic Soccer Match Score Counter</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1034 </t>
+  </si>
+  <si>
+    <t>Foam Glider Toy Plane with LED Lights for Outdoor Family Fun 12 Pack</t>
+  </si>
+  <si>
+    <t>$27.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL3103 </t>
+  </si>
+  <si>
+    <t>Bluetooth Speaker LED Infinity Dual Woofer TWS FM Radio USB</t>
+  </si>
+  <si>
+    <t>$206.55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV0046 </t>
+  </si>
+  <si>
+    <t>Light-Up Spring Top Toy with Spinning Action, Bright Flashing Lights, Interactive Child-Friendly Design, and Wind-Up Mechanism! Fun Gift for Kids!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL3104 </t>
+  </si>
+  <si>
+    <t>Dual Led Ring Light Boom Box Bluetooth Fm Radio Speaker</t>
+  </si>
+  <si>
+    <t>$137.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV2345A </t>
+  </si>
+  <si>
+    <t>Discovery Adventure: Mermaid Fossil Excavation Kit - Uncover Buried Treasure with an Educational Science Toy! Perfect Hands-on Learning Tool for Young Paleontologists.</t>
+  </si>
+  <si>
+    <t>$23.77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL3107 </t>
+  </si>
+  <si>
+    <t>Sound Bar Speaker Bluetooth Wireless Stereo Usb Music</t>
+  </si>
+  <si>
+    <t>$1077.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RC2230 </t>
+  </si>
+  <si>
+    <t>Remote Control Stunt Car for Unlimited Fun and Adventure with Flip Action and Precision Steering</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL3108 </t>
+  </si>
+  <si>
+    <t>Wireless Speaker Bluetooth Music Streaming Audio Device</t>
+  </si>
+  <si>
+    <t>$358.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RC3134 </t>
+  </si>
+  <si>
+    <t>Hornet Helicopter: Micro Coaxial Rotor, Night-Time Flights, USB Rechargeable, Perfect for R/C Beginners</t>
+  </si>
+  <si>
+    <t>$151.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL3111 </t>
+  </si>
+  <si>
+    <t>Mini Glo LED Wireless Speaker FM Radio Bluetooth Music</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1258 </t>
+  </si>
+  <si>
+    <t>Jumbo Squishy Alien Head for Stress Relief and Sensory Play, Perfect Desk Companion with Slow Rise Feature and Fun Quirky Design for Kids and Adults Alike</t>
+  </si>
+  <si>
+    <t>$118.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL4011 </t>
+  </si>
+  <si>
+    <t>Bluetooth Speaker TWS Sound Show Rainbow Light Music</t>
+  </si>
+  <si>
+    <t>$286.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TG1129 </t>
+  </si>
+  <si>
+    <t>Light Up Dinosaur Bubble Shooter Toy for Kids with LED Fun</t>
+  </si>
+  <si>
+    <t>$204.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL4019 </t>
+  </si>
+  <si>
+    <t>Led Flame Wireless Speaker Bluetooth Mode Light Sound</t>
+  </si>
+  <si>
+    <t>$322.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TY1074 </t>
+  </si>
+  <si>
+    <t>Transform Your Room with Glow Dark Dinosaur Stickers - Jurassic Dino Theme for Playful Decor</t>
+  </si>
+  <si>
+    <t>$36.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL4020 </t>
+  </si>
+  <si>
+    <t>Bluetooth Speaker Led Rgb Music Wireless Portable Sound</t>
+  </si>
+  <si>
+    <t>$716.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL1036 </t>
+  </si>
+  <si>
+    <t>Photo Display Usb Powered Led String Clip Light</t>
+  </si>
+  <si>
+    <t>$522.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2106 </t>
+  </si>
+  <si>
+    <t>Ford Led Sign Neon Rope Genuine Parts Service Garage Decor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HW1033 </t>
+  </si>
+  <si>
+    <t>Aroma Diffuser USB Power Lights Home Office Travel Pads</t>
+  </si>
+  <si>
+    <t>$76.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1039 </t>
+  </si>
+  <si>
+    <t>Light Sword LED Toy Expandable Glowing Weapon</t>
+  </si>
+  <si>
+    <t>$243.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LED132A </t>
+  </si>
+  <si>
+    <t>Led Sign Beer Decor Man Cave Bar Sign Wall Mount</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RC2236 </t>
+  </si>
+  <si>
+    <t>Battery Operated Robot Moving Action Sound Blaster Toy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0842 </t>
+  </si>
+  <si>
+    <t>Star Wars Darth Vader Hologram Plush Collectible Display</t>
+  </si>
+  <si>
+    <t>$5040.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI1669 </t>
+  </si>
+  <si>
+    <t>Air Hockey Led Tabletop Game Puck Striker Set Sports Illustrated</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2017 </t>
+  </si>
+  <si>
+    <t>Galaxy Dreams Moon Light Night Lamp Usb Cord Bedroom Decor</t>
+  </si>
+  <si>
+    <t>$300.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2053 </t>
+  </si>
+  <si>
+    <t>Police Light Beacon Emergency Signal Toy Prop</t>
+  </si>
+  <si>
+    <t>$216.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2114 </t>
+  </si>
+  <si>
+    <t>Care Bears cheer bear light glo buddies nostalgic decor collectible</t>
+  </si>
+  <si>
+    <t>$528.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TG1190 </t>
+  </si>
+  <si>
+    <t>Bubble Shooter Bubble Gun Light Up Toy Space Adventure</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TY1100 </t>
+  </si>
+  <si>
+    <t>Lcd Tablet Writing Tablet Digital Notepad Drawing Tablet</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -219,51 +1011,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a9948004279cda43287ed46095859f92.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54133.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c5284974.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b0036.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a9948004279cda43287ed46095859f92.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54133.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_918443194c8faaba6ad5ecc41422ee544.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_98252795a92fe21e83f47ec1e44764695.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_36a8a1fe8694baaa0acb474686f268876.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c5284978.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1960a0affb9c9bb545dace58e8c6335d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aaf720f6bb5797edb6978a5b3656e75811.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_18adfab7e60544cd9aa79b034a397e9e12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ea65b8c44188c1b02603a82db75ae1713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8818b59bc2b52af04ff5a53b71f6f85b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8200710b61123ca4ff4881925280ea515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3c48caf046f463303c84b9d878d9b9e416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60bb880e669a88892ad4633888b0dc9417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_34110193605e47318ef77d2f343d291a18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_085db43f35b276595621ed17ad8143db19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c3a4d006fa682cc4770f96f87e18d15c20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_beef0f1d7c0c65544d496505b89e8f3121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_265c864d6fc1ec63908fa8164b0e1f3022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cc3c9f61e0c0498c4593f9babf8b83223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09f39bc3d93a79d5fd3c66ccbcc2ea6e24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c17d5e583947581207518de0570ceb25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e8c84d9ca2e8e1a355de4eea984b76bd26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d3f95c201f3fcf5e8205802b018e95127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_93ea720f7e9ce2fcb2dc98c142bac41828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a196cd9e621d79d236f47260374156229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9e702ee96d12c80669e53f20ed421830.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_034de262f544e56ed1f8e5285eb5cc7f31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_446cf1233b334ef0288830cf681abf2f32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e841945a6e1a385cc1fb20b5b010a62633.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c2cfbdbe29eef3e469735cf2698aabe34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4f0199486db997755d035847b0ef2f2b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fcc3588ba001a35f1f35743929f2485136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe017cff1d581b9fca96bac9594b893237.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfc694158aa098522137a85301aac62738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3e9f2e3bdf395c8571460911c200563539.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f1af259803f085339da56a461f46476540.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79ee6353161422bfc29d8cdc3685ad7e41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c27167a897a7f22b5ec933fe74e5ad9f42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fbb5563b64193267cf82cdb881e8eca43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_14c53a85faa3945676c024ca4e0a0f1c44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_651af8d57cb938c6fe5da92166fb0eba45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_73d077c7ff2ee89d352042609ea32f5c46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1002f419fd2555a17447ed23169f6efa47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_961626e4a822f32f5c3f6e395853789e48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_693196ab2c0249a05743dcca6a87459e49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d7ab60dbd10ac50fd560ba69517d2eb50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fa470ddc3d144adf11dfc02c80038ff51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15eac8f302e4081a2da7313937729d8f52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ede2e30e673137b73c0a8716aef4f47053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_99a609dc2abdacb277689d55f37611c354.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_319651414bd18950e46df3b0bbf58ae155.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e477b3304c8c81f7f408676da2963f6b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_df6cba94ee12f6a4876c8b37892e22d457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_710b7c1955a5cdba4d3311b1510e122358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_86f978e706d85fae4766074c038bc0a959.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_549015322006711e7908872ac3c6603b60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c57b8c69731db941facd30d459d1742d61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e92686cbeba52124b6cecbe222ffcf4662.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f86f5783c44a14436d07c83b06d44fb63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_732ca03709535c7d1ea28c38988d6bf464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c9537e8a809b112a26c346dc1433028765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc176dfcbd4345828c82ac678d6a392666.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_615f93218033eab3e3eb4fce3158cc8067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_acf3d1cfc538fd4008e9b0522b009a0368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ab4417e7392c700d644b6d05217e85469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64520f2527b417a7f57411ba82ea9be570.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55cf1d51bdf6d6fc94e36d51b681c65671.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cb7645ac038562492c3efe4b025188572.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f0464c2a36ac0fa126fdf10ddfa58a173.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77db55569f47f7592fe7736d9908901374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_469be880b8c15f91acf710e41a45324a75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3dfe510fe91b2e84cc3a2bad415e9d0e76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_815f8737f0d6ab9c3fc61064143b32ef77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c2e5d601656727b9c7082502d45af0278.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7468e219963d378ed6a8297e4278fd8e79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_de922b90cd0217216a1a27e571b05e3280.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebac434c897041f932f81bd76b6d05b581.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_077084ff7a533dbd1056b437ed0d904382.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_845648555e2ceb54dbad9917a854e14b83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6580a1f23b29d9e4f4a3ce623603601184.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5411415520e7dd387952e1af1a4d37ad85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64822aa3e94d0090a55020341eb772f286.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e094a76563680a7a509a2918c8b741fd87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_962b580d09b7a272ddd865a616a41fa188.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a66f334056f35795e97bcac277b5db0c89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_be26ca40773b61245a33c016a7a5f4b390.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1de044f2661674b9e134577c30b93db391.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae7a5cee62384abe219f8bf2207db61192.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6227b880bff101322bef81005794cff593.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_82f52488972846f38ccbb19ac063a50a94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ef1b7800fb6976ff8896e93d854a51595.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e4ae1f8b4bcab7bc6dffa520efef205396.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b4595b979189435d86409f8653ac239f97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05d773af273d1de5d31c58a5912c888f98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce51e7bae20c93e3a5483758abecabba99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08f4e1b7618972f0b70355a6147a29ec100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a7cb94541d49f77ebfbde21bed4cccb101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e11bd8f695b0edf8da36e27b88306b3102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ebd68ee2a3c6cebe5f75e50f838c932103.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -391,50 +1183,2960 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -701,54 +4403,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J14"/>
+  <dimension ref="A1:J111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J14" sqref="J14"/>
+      <selection activeCell="J111" sqref="J111"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -853,117 +4555,2736 @@
       <c r="G11" s="7">
         <v>0.53977499169999</v>
       </c>
       <c r="H11" s="7">
         <v>0.003224</v>
       </c>
       <c r="I11" s="7">
         <v>12</v>
       </c>
       <c r="J11" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G12" s="7">
-        <v>0.90718474</v>
+        <v>0</v>
       </c>
       <c r="H12" s="7">
-        <v>0.0039329</v>
+        <v>0</v>
       </c>
       <c r="I12" s="7">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="J12" s="7">
-        <v>1000</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E13" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F13" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G13" s="7">
-        <v>0.2585476851</v>
+        <v>0</v>
       </c>
       <c r="H13" s="7">
-        <v>0.00122812</v>
+        <v>0</v>
       </c>
       <c r="I13" s="7">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J13" s="7">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E14" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
+        <v>0.45359237</v>
+      </c>
+      <c r="H14" s="7">
+        <v>0.00235974</v>
+      </c>
+      <c r="I14" s="7">
+        <v>100</v>
+      </c>
+      <c r="J14" s="7">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" customHeight="1" ht="55">
+      <c r="B15" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C15" s="6"/>
+      <c r="D15" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G15" s="7">
+        <v>0.2585476851</v>
+      </c>
+      <c r="H15" s="7">
+        <v>0.00122812</v>
+      </c>
+      <c r="I15" s="7">
+        <v>6</v>
+      </c>
+      <c r="J15" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" customHeight="1" ht="55">
+      <c r="B16" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="7">
+        <v>0.90718474</v>
+      </c>
+      <c r="H16" s="7">
+        <v>0.0039329</v>
+      </c>
+      <c r="I16" s="7">
+        <v>100</v>
+      </c>
+      <c r="J16" s="7">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" customHeight="1" ht="55">
+      <c r="B17" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0</v>
+      </c>
+      <c r="H17" s="7">
+        <v>0</v>
+      </c>
+      <c r="I17" s="7">
+        <v>1</v>
+      </c>
+      <c r="J17" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" customHeight="1" ht="55">
+      <c r="B18" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G18" s="7">
         <v>1.0523342984</v>
       </c>
-      <c r="H14" s="7">
+      <c r="H18" s="7">
         <v>0.01573158</v>
       </c>
-      <c r="I14" s="7">
+      <c r="I18" s="7">
         <v>144</v>
       </c>
-      <c r="J14" s="7">
+      <c r="J18" s="7">
         <v>864</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" customHeight="1" ht="55">
+      <c r="B19" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G19" s="7">
+        <v>0</v>
+      </c>
+      <c r="H19" s="7">
+        <v>0</v>
+      </c>
+      <c r="I19" s="7">
+        <v>100</v>
+      </c>
+      <c r="J19" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" customHeight="1" ht="55">
+      <c r="B20" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G20" s="7">
+        <v>0</v>
+      </c>
+      <c r="H20" s="7">
+        <v>0</v>
+      </c>
+      <c r="I20" s="7">
+        <v>12</v>
+      </c>
+      <c r="J20" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" customHeight="1" ht="55">
+      <c r="B21" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G21" s="7">
+        <v>0</v>
+      </c>
+      <c r="H21" s="7">
+        <v>0</v>
+      </c>
+      <c r="I21" s="7">
+        <v>1</v>
+      </c>
+      <c r="J21" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" customHeight="1" ht="55">
+      <c r="B22" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C22" s="6"/>
+      <c r="D22" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G22" s="7">
+        <v>0</v>
+      </c>
+      <c r="H22" s="7">
+        <v>0</v>
+      </c>
+      <c r="I22" s="7">
+        <v>1</v>
+      </c>
+      <c r="J22" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" customHeight="1" ht="55">
+      <c r="B23" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C23" s="6"/>
+      <c r="D23" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G23" s="7">
+        <v>0</v>
+      </c>
+      <c r="H23" s="7">
+        <v>0</v>
+      </c>
+      <c r="I23" s="7">
+        <v>12</v>
+      </c>
+      <c r="J23" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" customHeight="1" ht="55">
+      <c r="B24" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C24" s="6"/>
+      <c r="D24" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G24" s="7">
+        <v>0</v>
+      </c>
+      <c r="H24" s="7">
+        <v>0</v>
+      </c>
+      <c r="I24" s="7">
+        <v>1</v>
+      </c>
+      <c r="J24" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" customHeight="1" ht="55">
+      <c r="B25" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G25" s="7">
+        <v>0</v>
+      </c>
+      <c r="H25" s="7">
+        <v>0</v>
+      </c>
+      <c r="I25" s="7">
+        <v>1</v>
+      </c>
+      <c r="J25" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" customHeight="1" ht="55">
+      <c r="B26" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" s="6"/>
+      <c r="D26" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G26" s="7">
+        <v>0</v>
+      </c>
+      <c r="H26" s="7">
+        <v>0</v>
+      </c>
+      <c r="I26" s="7">
+        <v>1</v>
+      </c>
+      <c r="J26" s="7">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" customHeight="1" ht="55">
+      <c r="B27" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C27" s="6"/>
+      <c r="D27" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G27" s="7">
+        <v>0</v>
+      </c>
+      <c r="H27" s="7">
+        <v>0</v>
+      </c>
+      <c r="I27" s="7">
+        <v>1</v>
+      </c>
+      <c r="J27" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" customHeight="1" ht="55">
+      <c r="B28" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C28" s="6"/>
+      <c r="D28" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G28" s="7">
+        <v>0</v>
+      </c>
+      <c r="H28" s="7">
+        <v>0</v>
+      </c>
+      <c r="I28" s="7">
+        <v>1</v>
+      </c>
+      <c r="J28" s="7">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" customHeight="1" ht="55">
+      <c r="B29" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C29" s="6"/>
+      <c r="D29" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G29" s="7">
+        <v>0</v>
+      </c>
+      <c r="H29" s="7">
+        <v>0</v>
+      </c>
+      <c r="I29" s="7">
+        <v>1</v>
+      </c>
+      <c r="J29" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" customHeight="1" ht="55">
+      <c r="B30" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C30" s="6"/>
+      <c r="D30" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G30" s="7">
+        <v>0</v>
+      </c>
+      <c r="H30" s="7">
+        <v>0</v>
+      </c>
+      <c r="I30" s="7">
+        <v>1</v>
+      </c>
+      <c r="J30" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" customHeight="1" ht="55">
+      <c r="B31" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C31" s="6"/>
+      <c r="D31" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G31" s="7">
+        <v>0</v>
+      </c>
+      <c r="H31" s="7">
+        <v>0</v>
+      </c>
+      <c r="I31" s="7">
+        <v>1</v>
+      </c>
+      <c r="J31" s="7">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" customHeight="1" ht="55">
+      <c r="B32" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C32" s="6"/>
+      <c r="D32" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G32" s="7">
+        <v>0</v>
+      </c>
+      <c r="H32" s="7">
+        <v>0</v>
+      </c>
+      <c r="I32" s="7">
+        <v>1</v>
+      </c>
+      <c r="J32" s="7">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" customHeight="1" ht="55">
+      <c r="B33" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="C33" s="6"/>
+      <c r="D33" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G33" s="7">
+        <v>0</v>
+      </c>
+      <c r="H33" s="7">
+        <v>0</v>
+      </c>
+      <c r="I33" s="7">
+        <v>1</v>
+      </c>
+      <c r="J33" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" customHeight="1" ht="55">
+      <c r="B34" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C34" s="6"/>
+      <c r="D34" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G34" s="7">
+        <v>0</v>
+      </c>
+      <c r="H34" s="7">
+        <v>0</v>
+      </c>
+      <c r="I34" s="7">
+        <v>1</v>
+      </c>
+      <c r="J34" s="7">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" customHeight="1" ht="55">
+      <c r="B35" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="C35" s="6"/>
+      <c r="D35" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G35" s="7">
+        <v>0</v>
+      </c>
+      <c r="H35" s="7">
+        <v>0</v>
+      </c>
+      <c r="I35" s="7">
+        <v>1</v>
+      </c>
+      <c r="J35" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" customHeight="1" ht="55">
+      <c r="B36" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C36" s="6"/>
+      <c r="D36" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G36" s="7">
+        <v>0</v>
+      </c>
+      <c r="H36" s="7">
+        <v>0</v>
+      </c>
+      <c r="I36" s="7">
+        <v>1</v>
+      </c>
+      <c r="J36" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" customHeight="1" ht="55">
+      <c r="B37" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C37" s="6"/>
+      <c r="D37" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G37" s="7">
+        <v>0</v>
+      </c>
+      <c r="H37" s="7">
+        <v>0</v>
+      </c>
+      <c r="I37" s="7">
+        <v>1</v>
+      </c>
+      <c r="J37" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" customHeight="1" ht="55">
+      <c r="B38" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C38" s="6"/>
+      <c r="D38" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G38" s="7">
+        <v>0</v>
+      </c>
+      <c r="H38" s="7">
+        <v>0</v>
+      </c>
+      <c r="I38" s="7">
+        <v>1</v>
+      </c>
+      <c r="J38" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" customHeight="1" ht="55">
+      <c r="B39" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="C39" s="6"/>
+      <c r="D39" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G39" s="7">
+        <v>0</v>
+      </c>
+      <c r="H39" s="7">
+        <v>0</v>
+      </c>
+      <c r="I39" s="7">
+        <v>24</v>
+      </c>
+      <c r="J39" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" customHeight="1" ht="55">
+      <c r="B40" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="C40" s="6"/>
+      <c r="D40" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G40" s="7">
+        <v>0</v>
+      </c>
+      <c r="H40" s="7">
+        <v>0</v>
+      </c>
+      <c r="I40" s="7">
+        <v>1</v>
+      </c>
+      <c r="J40" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" customHeight="1" ht="55">
+      <c r="B41" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="C41" s="6"/>
+      <c r="D41" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G41" s="7">
+        <v>0</v>
+      </c>
+      <c r="H41" s="7">
+        <v>0</v>
+      </c>
+      <c r="I41" s="7">
+        <v>1</v>
+      </c>
+      <c r="J41" s="7">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" customHeight="1" ht="55">
+      <c r="B42" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C42" s="6"/>
+      <c r="D42" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G42" s="7">
+        <v>0</v>
+      </c>
+      <c r="H42" s="7">
+        <v>0</v>
+      </c>
+      <c r="I42" s="7">
+        <v>1</v>
+      </c>
+      <c r="J42" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" customHeight="1" ht="55">
+      <c r="B43" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C43" s="6"/>
+      <c r="D43" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G43" s="7">
+        <v>0</v>
+      </c>
+      <c r="H43" s="7">
+        <v>0</v>
+      </c>
+      <c r="I43" s="7">
+        <v>1</v>
+      </c>
+      <c r="J43" s="7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" customHeight="1" ht="55">
+      <c r="B44" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C44" s="6"/>
+      <c r="D44" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G44" s="7">
+        <v>0</v>
+      </c>
+      <c r="H44" s="7">
+        <v>0</v>
+      </c>
+      <c r="I44" s="7">
+        <v>1</v>
+      </c>
+      <c r="J44" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" customHeight="1" ht="55">
+      <c r="B45" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="C45" s="6"/>
+      <c r="D45" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G45" s="7">
+        <v>0</v>
+      </c>
+      <c r="H45" s="7">
+        <v>0</v>
+      </c>
+      <c r="I45" s="7">
+        <v>1</v>
+      </c>
+      <c r="J45" s="7">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" customHeight="1" ht="55">
+      <c r="B46" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C46" s="6"/>
+      <c r="D46" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G46" s="7">
+        <v>0</v>
+      </c>
+      <c r="H46" s="7">
+        <v>0</v>
+      </c>
+      <c r="I46" s="7">
+        <v>1</v>
+      </c>
+      <c r="J46" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" customHeight="1" ht="55">
+      <c r="B47" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="C47" s="6"/>
+      <c r="D47" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G47" s="7">
+        <v>0</v>
+      </c>
+      <c r="H47" s="7">
+        <v>0</v>
+      </c>
+      <c r="I47" s="7">
+        <v>1</v>
+      </c>
+      <c r="J47" s="7">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" customHeight="1" ht="55">
+      <c r="B48" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="C48" s="6"/>
+      <c r="D48" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G48" s="7">
+        <v>0</v>
+      </c>
+      <c r="H48" s="7">
+        <v>0</v>
+      </c>
+      <c r="I48" s="7">
+        <v>1</v>
+      </c>
+      <c r="J48" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" customHeight="1" ht="55">
+      <c r="B49" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C49" s="6"/>
+      <c r="D49" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G49" s="7">
+        <v>0</v>
+      </c>
+      <c r="H49" s="7">
+        <v>0</v>
+      </c>
+      <c r="I49" s="7">
+        <v>1</v>
+      </c>
+      <c r="J49" s="7">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" customHeight="1" ht="55">
+      <c r="B50" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C50" s="6"/>
+      <c r="D50" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G50" s="7">
+        <v>0</v>
+      </c>
+      <c r="H50" s="7">
+        <v>0</v>
+      </c>
+      <c r="I50" s="7">
+        <v>1</v>
+      </c>
+      <c r="J50" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" customHeight="1" ht="55">
+      <c r="B51" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C51" s="6"/>
+      <c r="D51" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G51" s="7">
+        <v>0</v>
+      </c>
+      <c r="H51" s="7">
+        <v>0</v>
+      </c>
+      <c r="I51" s="7">
+        <v>1</v>
+      </c>
+      <c r="J51" s="7">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" customHeight="1" ht="55">
+      <c r="B52" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="C52" s="6"/>
+      <c r="D52" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G52" s="7">
+        <v>0</v>
+      </c>
+      <c r="H52" s="7">
+        <v>0</v>
+      </c>
+      <c r="I52" s="7">
+        <v>1</v>
+      </c>
+      <c r="J52" s="7">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" customHeight="1" ht="55">
+      <c r="B53" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C53" s="6"/>
+      <c r="D53" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G53" s="7">
+        <v>0</v>
+      </c>
+      <c r="H53" s="7">
+        <v>0</v>
+      </c>
+      <c r="I53" s="7">
+        <v>1</v>
+      </c>
+      <c r="J53" s="7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" customHeight="1" ht="55">
+      <c r="B54" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C54" s="6"/>
+      <c r="D54" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G54" s="7">
+        <v>0</v>
+      </c>
+      <c r="H54" s="7">
+        <v>0</v>
+      </c>
+      <c r="I54" s="7">
+        <v>1</v>
+      </c>
+      <c r="J54" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" customHeight="1" ht="55">
+      <c r="B55" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="C55" s="6"/>
+      <c r="D55" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G55" s="7">
+        <v>0</v>
+      </c>
+      <c r="H55" s="7">
+        <v>0</v>
+      </c>
+      <c r="I55" s="7">
+        <v>1</v>
+      </c>
+      <c r="J55" s="7">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" customHeight="1" ht="55">
+      <c r="B56" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="C56" s="6"/>
+      <c r="D56" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G56" s="7">
+        <v>0</v>
+      </c>
+      <c r="H56" s="7">
+        <v>0</v>
+      </c>
+      <c r="I56" s="7">
+        <v>1</v>
+      </c>
+      <c r="J56" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" customHeight="1" ht="55">
+      <c r="B57" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C57" s="6"/>
+      <c r="D57" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G57" s="7">
+        <v>0</v>
+      </c>
+      <c r="H57" s="7">
+        <v>0</v>
+      </c>
+      <c r="I57" s="7">
+        <v>1</v>
+      </c>
+      <c r="J57" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" customHeight="1" ht="55">
+      <c r="B58" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="C58" s="6"/>
+      <c r="D58" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G58" s="7">
+        <v>0</v>
+      </c>
+      <c r="H58" s="7">
+        <v>0</v>
+      </c>
+      <c r="I58" s="7">
+        <v>1</v>
+      </c>
+      <c r="J58" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" customHeight="1" ht="55">
+      <c r="B59" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="C59" s="6"/>
+      <c r="D59" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G59" s="7">
+        <v>0</v>
+      </c>
+      <c r="H59" s="7">
+        <v>0</v>
+      </c>
+      <c r="I59" s="7">
+        <v>1</v>
+      </c>
+      <c r="J59" s="7">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" customHeight="1" ht="55">
+      <c r="B60" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="C60" s="6"/>
+      <c r="D60" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G60" s="7">
+        <v>0</v>
+      </c>
+      <c r="H60" s="7">
+        <v>0</v>
+      </c>
+      <c r="I60" s="7">
+        <v>1</v>
+      </c>
+      <c r="J60" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" customHeight="1" ht="55">
+      <c r="B61" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="C61" s="6"/>
+      <c r="D61" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G61" s="7">
+        <v>0</v>
+      </c>
+      <c r="H61" s="7">
+        <v>0</v>
+      </c>
+      <c r="I61" s="7">
+        <v>1</v>
+      </c>
+      <c r="J61" s="7">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" customHeight="1" ht="55">
+      <c r="B62" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="C62" s="6"/>
+      <c r="D62" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G62" s="7">
+        <v>0</v>
+      </c>
+      <c r="H62" s="7">
+        <v>0</v>
+      </c>
+      <c r="I62" s="7">
+        <v>1</v>
+      </c>
+      <c r="J62" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" customHeight="1" ht="55">
+      <c r="B63" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="C63" s="6"/>
+      <c r="D63" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G63" s="7">
+        <v>0</v>
+      </c>
+      <c r="H63" s="7">
+        <v>0</v>
+      </c>
+      <c r="I63" s="7">
+        <v>1</v>
+      </c>
+      <c r="J63" s="7">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" customHeight="1" ht="55">
+      <c r="B64" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="C64" s="6"/>
+      <c r="D64" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>166</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G64" s="7">
+        <v>0</v>
+      </c>
+      <c r="H64" s="7">
+        <v>0</v>
+      </c>
+      <c r="I64" s="7">
+        <v>1</v>
+      </c>
+      <c r="J64" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" customHeight="1" ht="55">
+      <c r="B65" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C65" s="6"/>
+      <c r="D65" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G65" s="7">
+        <v>0</v>
+      </c>
+      <c r="H65" s="7">
+        <v>0</v>
+      </c>
+      <c r="I65" s="7">
+        <v>1</v>
+      </c>
+      <c r="J65" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" customHeight="1" ht="55">
+      <c r="B66" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C66" s="6"/>
+      <c r="D66" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>172</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G66" s="7">
+        <v>0</v>
+      </c>
+      <c r="H66" s="7">
+        <v>0</v>
+      </c>
+      <c r="I66" s="7">
+        <v>1</v>
+      </c>
+      <c r="J66" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" customHeight="1" ht="55">
+      <c r="B67" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="C67" s="6"/>
+      <c r="D67" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>175</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G67" s="7">
+        <v>0</v>
+      </c>
+      <c r="H67" s="7">
+        <v>0</v>
+      </c>
+      <c r="I67" s="7">
+        <v>1</v>
+      </c>
+      <c r="J67" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" customHeight="1" ht="55">
+      <c r="B68" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="C68" s="6"/>
+      <c r="D68" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G68" s="7">
+        <v>0</v>
+      </c>
+      <c r="H68" s="7">
+        <v>0</v>
+      </c>
+      <c r="I68" s="7">
+        <v>1</v>
+      </c>
+      <c r="J68" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" customHeight="1" ht="55">
+      <c r="B69" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="C69" s="6"/>
+      <c r="D69" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G69" s="7">
+        <v>0</v>
+      </c>
+      <c r="H69" s="7">
+        <v>0</v>
+      </c>
+      <c r="I69" s="7">
+        <v>1</v>
+      </c>
+      <c r="J69" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" customHeight="1" ht="55">
+      <c r="B70" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="C70" s="6"/>
+      <c r="D70" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G70" s="7">
+        <v>0</v>
+      </c>
+      <c r="H70" s="7">
+        <v>0</v>
+      </c>
+      <c r="I70" s="7">
+        <v>1</v>
+      </c>
+      <c r="J70" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" customHeight="1" ht="55">
+      <c r="B71" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="C71" s="6"/>
+      <c r="D71" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G71" s="7">
+        <v>0</v>
+      </c>
+      <c r="H71" s="7">
+        <v>0</v>
+      </c>
+      <c r="I71" s="7">
+        <v>1</v>
+      </c>
+      <c r="J71" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" customHeight="1" ht="55">
+      <c r="B72" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="C72" s="6"/>
+      <c r="D72" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G72" s="7">
+        <v>0</v>
+      </c>
+      <c r="H72" s="7">
+        <v>0</v>
+      </c>
+      <c r="I72" s="7">
+        <v>1</v>
+      </c>
+      <c r="J72" s="7">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" customHeight="1" ht="55">
+      <c r="B73" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="C73" s="6"/>
+      <c r="D73" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="E73" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="F73" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G73" s="7">
+        <v>0</v>
+      </c>
+      <c r="H73" s="7">
+        <v>0</v>
+      </c>
+      <c r="I73" s="7">
+        <v>1</v>
+      </c>
+      <c r="J73" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" customHeight="1" ht="55">
+      <c r="B74" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="C74" s="6"/>
+      <c r="D74" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="E74" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="F74" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G74" s="7">
+        <v>0</v>
+      </c>
+      <c r="H74" s="7">
+        <v>0</v>
+      </c>
+      <c r="I74" s="7">
+        <v>10</v>
+      </c>
+      <c r="J74" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" customHeight="1" ht="55">
+      <c r="B75" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="C75" s="6"/>
+      <c r="D75" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="E75" s="7" t="s">
+        <v>172</v>
+      </c>
+      <c r="F75" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G75" s="7">
+        <v>0</v>
+      </c>
+      <c r="H75" s="7">
+        <v>0</v>
+      </c>
+      <c r="I75" s="7">
+        <v>1</v>
+      </c>
+      <c r="J75" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" customHeight="1" ht="55">
+      <c r="B76" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="C76" s="6"/>
+      <c r="D76" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="E76" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="F76" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G76" s="7">
+        <v>0</v>
+      </c>
+      <c r="H76" s="7">
+        <v>0</v>
+      </c>
+      <c r="I76" s="7">
+        <v>1</v>
+      </c>
+      <c r="J76" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" customHeight="1" ht="55">
+      <c r="B77" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="C77" s="6"/>
+      <c r="D77" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="E77" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="F77" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G77" s="7">
+        <v>0</v>
+      </c>
+      <c r="H77" s="7">
+        <v>0</v>
+      </c>
+      <c r="I77" s="7">
+        <v>1</v>
+      </c>
+      <c r="J77" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" customHeight="1" ht="55">
+      <c r="B78" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="C78" s="6"/>
+      <c r="D78" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="E78" s="7" t="s">
+        <v>204</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G78" s="7">
+        <v>0</v>
+      </c>
+      <c r="H78" s="7">
+        <v>0</v>
+      </c>
+      <c r="I78" s="7">
+        <v>1</v>
+      </c>
+      <c r="J78" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" customHeight="1" ht="55">
+      <c r="B79" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="C79" s="6"/>
+      <c r="D79" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="E79" s="7" t="s">
+        <v>207</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G79" s="7">
+        <v>0</v>
+      </c>
+      <c r="H79" s="7">
+        <v>0</v>
+      </c>
+      <c r="I79" s="7">
+        <v>24</v>
+      </c>
+      <c r="J79" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" customHeight="1" ht="55">
+      <c r="B80" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="C80" s="6"/>
+      <c r="D80" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="E80" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="F80" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G80" s="7">
+        <v>0</v>
+      </c>
+      <c r="H80" s="7">
+        <v>0</v>
+      </c>
+      <c r="I80" s="7">
+        <v>1</v>
+      </c>
+      <c r="J80" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" customHeight="1" ht="55">
+      <c r="B81" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="C81" s="6"/>
+      <c r="D81" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="E81" s="7" t="s">
+        <v>213</v>
+      </c>
+      <c r="F81" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G81" s="7">
+        <v>0</v>
+      </c>
+      <c r="H81" s="7">
+        <v>0</v>
+      </c>
+      <c r="I81" s="7">
+        <v>12</v>
+      </c>
+      <c r="J81" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" customHeight="1" ht="55">
+      <c r="B82" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="C82" s="6"/>
+      <c r="D82" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="E82" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="F82" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G82" s="7">
+        <v>0</v>
+      </c>
+      <c r="H82" s="7">
+        <v>0</v>
+      </c>
+      <c r="I82" s="7">
+        <v>1</v>
+      </c>
+      <c r="J82" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" customHeight="1" ht="55">
+      <c r="B83" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="C83" s="6"/>
+      <c r="D83" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="E83" s="7" t="s">
+        <v>218</v>
+      </c>
+      <c r="F83" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G83" s="7">
+        <v>0</v>
+      </c>
+      <c r="H83" s="7">
+        <v>0</v>
+      </c>
+      <c r="I83" s="7">
+        <v>12</v>
+      </c>
+      <c r="J83" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" customHeight="1" ht="55">
+      <c r="B84" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="C84" s="6"/>
+      <c r="D84" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="E84" s="7" t="s">
+        <v>221</v>
+      </c>
+      <c r="F84" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G84" s="7">
+        <v>0</v>
+      </c>
+      <c r="H84" s="7">
+        <v>0</v>
+      </c>
+      <c r="I84" s="7">
+        <v>1</v>
+      </c>
+      <c r="J84" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" customHeight="1" ht="55">
+      <c r="B85" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="C85" s="6"/>
+      <c r="D85" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="E85" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="F85" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G85" s="7">
+        <v>0</v>
+      </c>
+      <c r="H85" s="7">
+        <v>0</v>
+      </c>
+      <c r="I85" s="7">
+        <v>1</v>
+      </c>
+      <c r="J85" s="7">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" customHeight="1" ht="55">
+      <c r="B86" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="C86" s="6"/>
+      <c r="D86" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="E86" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="F86" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G86" s="7">
+        <v>0</v>
+      </c>
+      <c r="H86" s="7">
+        <v>0</v>
+      </c>
+      <c r="I86" s="7">
+        <v>1</v>
+      </c>
+      <c r="J86" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" customHeight="1" ht="55">
+      <c r="B87" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="C87" s="6"/>
+      <c r="D87" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="E87" s="7" t="s">
+        <v>229</v>
+      </c>
+      <c r="F87" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G87" s="7">
+        <v>0</v>
+      </c>
+      <c r="H87" s="7">
+        <v>0</v>
+      </c>
+      <c r="I87" s="7">
+        <v>12</v>
+      </c>
+      <c r="J87" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" customHeight="1" ht="55">
+      <c r="B88" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="C88" s="6"/>
+      <c r="D88" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="E88" s="7" t="s">
+        <v>232</v>
+      </c>
+      <c r="F88" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G88" s="7">
+        <v>0</v>
+      </c>
+      <c r="H88" s="7">
+        <v>0</v>
+      </c>
+      <c r="I88" s="7">
+        <v>1</v>
+      </c>
+      <c r="J88" s="7">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" customHeight="1" ht="55">
+      <c r="B89" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="C89" s="6"/>
+      <c r="D89" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="E89" s="7" t="s">
+        <v>213</v>
+      </c>
+      <c r="F89" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G89" s="7">
+        <v>0</v>
+      </c>
+      <c r="H89" s="7">
+        <v>0</v>
+      </c>
+      <c r="I89" s="7">
+        <v>1</v>
+      </c>
+      <c r="J89" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" customHeight="1" ht="55">
+      <c r="B90" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="C90" s="6"/>
+      <c r="D90" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="E90" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="F90" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G90" s="7">
+        <v>0</v>
+      </c>
+      <c r="H90" s="7">
+        <v>0</v>
+      </c>
+      <c r="I90" s="7">
+        <v>1</v>
+      </c>
+      <c r="J90" s="7">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" customHeight="1" ht="55">
+      <c r="B91" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="C91" s="6"/>
+      <c r="D91" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="E91" s="7" t="s">
+        <v>240</v>
+      </c>
+      <c r="F91" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G91" s="7">
+        <v>0</v>
+      </c>
+      <c r="H91" s="7">
+        <v>0</v>
+      </c>
+      <c r="I91" s="7">
+        <v>1</v>
+      </c>
+      <c r="J91" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" customHeight="1" ht="55">
+      <c r="B92" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="C92" s="6"/>
+      <c r="D92" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="E92" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="F92" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G92" s="7">
+        <v>0</v>
+      </c>
+      <c r="H92" s="7">
+        <v>0</v>
+      </c>
+      <c r="I92" s="7">
+        <v>1</v>
+      </c>
+      <c r="J92" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" customHeight="1" ht="55">
+      <c r="B93" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="C93" s="6"/>
+      <c r="D93" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="E93" s="7" t="s">
+        <v>245</v>
+      </c>
+      <c r="F93" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G93" s="7">
+        <v>0</v>
+      </c>
+      <c r="H93" s="7">
+        <v>0</v>
+      </c>
+      <c r="I93" s="7">
+        <v>1</v>
+      </c>
+      <c r="J93" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" customHeight="1" ht="55">
+      <c r="B94" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="C94" s="6"/>
+      <c r="D94" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="E94" s="7" t="s">
+        <v>248</v>
+      </c>
+      <c r="F94" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G94" s="7">
+        <v>0</v>
+      </c>
+      <c r="H94" s="7">
+        <v>0</v>
+      </c>
+      <c r="I94" s="7">
+        <v>1</v>
+      </c>
+      <c r="J94" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" customHeight="1" ht="55">
+      <c r="B95" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="C95" s="6"/>
+      <c r="D95" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="E95" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="F95" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G95" s="7">
+        <v>0</v>
+      </c>
+      <c r="H95" s="7">
+        <v>0</v>
+      </c>
+      <c r="I95" s="7">
+        <v>1</v>
+      </c>
+      <c r="J95" s="7">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" customHeight="1" ht="55">
+      <c r="B96" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="C96" s="6"/>
+      <c r="D96" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="E96" s="7" t="s">
+        <v>254</v>
+      </c>
+      <c r="F96" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G96" s="7">
+        <v>0</v>
+      </c>
+      <c r="H96" s="7">
+        <v>0</v>
+      </c>
+      <c r="I96" s="7">
+        <v>1</v>
+      </c>
+      <c r="J96" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" customHeight="1" ht="55">
+      <c r="B97" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="C97" s="6"/>
+      <c r="D97" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="E97" s="7" t="s">
+        <v>257</v>
+      </c>
+      <c r="F97" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G97" s="7">
+        <v>0</v>
+      </c>
+      <c r="H97" s="7">
+        <v>0</v>
+      </c>
+      <c r="I97" s="7">
+        <v>24</v>
+      </c>
+      <c r="J97" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" customHeight="1" ht="55">
+      <c r="B98" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="C98" s="6"/>
+      <c r="D98" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="E98" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="F98" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G98" s="7">
+        <v>0</v>
+      </c>
+      <c r="H98" s="7">
+        <v>0</v>
+      </c>
+      <c r="I98" s="7">
+        <v>1</v>
+      </c>
+      <c r="J98" s="7">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" customHeight="1" ht="55">
+      <c r="B99" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="C99" s="6"/>
+      <c r="D99" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="E99" s="7" t="s">
+        <v>263</v>
+      </c>
+      <c r="F99" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G99" s="7">
+        <v>0</v>
+      </c>
+      <c r="H99" s="7">
+        <v>0</v>
+      </c>
+      <c r="I99" s="7">
+        <v>1</v>
+      </c>
+      <c r="J99" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" customHeight="1" ht="55">
+      <c r="B100" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="C100" s="6"/>
+      <c r="D100" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="E100" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F100" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G100" s="7">
+        <v>0</v>
+      </c>
+      <c r="H100" s="7">
+        <v>0</v>
+      </c>
+      <c r="I100" s="7">
+        <v>1</v>
+      </c>
+      <c r="J100" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" customHeight="1" ht="55">
+      <c r="B101" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="C101" s="6"/>
+      <c r="D101" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="E101" s="7" t="s">
+        <v>268</v>
+      </c>
+      <c r="F101" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G101" s="7">
+        <v>0</v>
+      </c>
+      <c r="H101" s="7">
+        <v>0</v>
+      </c>
+      <c r="I101" s="7">
+        <v>1</v>
+      </c>
+      <c r="J101" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" customHeight="1" ht="55">
+      <c r="B102" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="C102" s="6"/>
+      <c r="D102" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="E102" s="7" t="s">
+        <v>271</v>
+      </c>
+      <c r="F102" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G102" s="7">
+        <v>0</v>
+      </c>
+      <c r="H102" s="7">
+        <v>0</v>
+      </c>
+      <c r="I102" s="7">
+        <v>1</v>
+      </c>
+      <c r="J102" s="7">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" customHeight="1" ht="55">
+      <c r="B103" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="C103" s="6"/>
+      <c r="D103" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="E103" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="F103" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G103" s="7">
+        <v>0</v>
+      </c>
+      <c r="H103" s="7">
+        <v>0</v>
+      </c>
+      <c r="I103" s="7">
+        <v>1</v>
+      </c>
+      <c r="J103" s="7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" customHeight="1" ht="55">
+      <c r="B104" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="C104" s="6"/>
+      <c r="D104" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="E104" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F104" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G104" s="7">
+        <v>0</v>
+      </c>
+      <c r="H104" s="7">
+        <v>0</v>
+      </c>
+      <c r="I104" s="7">
+        <v>1</v>
+      </c>
+      <c r="J104" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10" customHeight="1" ht="55">
+      <c r="B105" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="C105" s="6"/>
+      <c r="D105" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="E105" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="F105" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G105" s="7">
+        <v>0</v>
+      </c>
+      <c r="H105" s="7">
+        <v>0</v>
+      </c>
+      <c r="I105" s="7">
+        <v>1</v>
+      </c>
+      <c r="J105" s="7">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10" customHeight="1" ht="55">
+      <c r="B106" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="C106" s="6"/>
+      <c r="D106" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="E106" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="F106" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G106" s="7">
+        <v>0</v>
+      </c>
+      <c r="H106" s="7">
+        <v>0</v>
+      </c>
+      <c r="I106" s="7">
+        <v>1</v>
+      </c>
+      <c r="J106" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" customHeight="1" ht="55">
+      <c r="B107" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="C107" s="6"/>
+      <c r="D107" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="E107" s="7" t="s">
+        <v>283</v>
+      </c>
+      <c r="F107" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G107" s="7">
+        <v>0</v>
+      </c>
+      <c r="H107" s="7">
+        <v>0</v>
+      </c>
+      <c r="I107" s="7">
+        <v>1</v>
+      </c>
+      <c r="J107" s="7">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10" customHeight="1" ht="55">
+      <c r="B108" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="C108" s="6"/>
+      <c r="D108" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="E108" s="7" t="s">
+        <v>286</v>
+      </c>
+      <c r="F108" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G108" s="7">
+        <v>0</v>
+      </c>
+      <c r="H108" s="7">
+        <v>0</v>
+      </c>
+      <c r="I108" s="7">
+        <v>1</v>
+      </c>
+      <c r="J108" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" customHeight="1" ht="55">
+      <c r="B109" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="C109" s="6"/>
+      <c r="D109" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="E109" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="F109" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G109" s="7">
+        <v>0</v>
+      </c>
+      <c r="H109" s="7">
+        <v>0</v>
+      </c>
+      <c r="I109" s="7">
+        <v>1</v>
+      </c>
+      <c r="J109" s="7">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" customHeight="1" ht="55">
+      <c r="B110" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="C110" s="6"/>
+      <c r="D110" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="E110" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F110" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G110" s="7">
+        <v>0</v>
+      </c>
+      <c r="H110" s="7">
+        <v>0</v>
+      </c>
+      <c r="I110" s="7">
+        <v>1</v>
+      </c>
+      <c r="J110" s="7">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10" customHeight="1" ht="55">
+      <c r="B111" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="C111" s="6"/>
+      <c r="D111" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="E111" s="7" t="s">
+        <v>218</v>
+      </c>
+      <c r="F111" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G111" s="7">
+        <v>0</v>
+      </c>
+      <c r="H111" s="7">
+        <v>0</v>
+      </c>
+      <c r="I111" s="7">
+        <v>12</v>
+      </c>
+      <c r="J111" s="7">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>