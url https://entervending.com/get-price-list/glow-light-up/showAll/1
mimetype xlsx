--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Glow &amp; Light-Up" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="291">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -193,183 +193,165 @@
   <si>
     <t>Ultimate 20" Glow Tabletop Air Hockey! Perfect Portable Game Set for Night Play &amp; Fun Home Tournaments - Ideal Indoor Recreation for All Ages - Easy Setup &amp; Competitive Play</t>
   </si>
   <si>
     <t>$97.50</t>
   </si>
   <si>
     <t xml:space="preserve">EL0532 </t>
   </si>
   <si>
     <t>Striker Gaming Headset Stereo Sound Boom Mic RGB Lighting</t>
   </si>
   <si>
     <t>$324.00</t>
   </si>
   <si>
     <t xml:space="preserve">DB74401 </t>
   </si>
   <si>
     <t>Light Up Candy Pacifier Lollipop Snack Toy Treat Gift</t>
   </si>
   <si>
     <t>$24.59</t>
   </si>
   <si>
-    <t xml:space="preserve">EL0984 </t>
-[...5 lines deleted...]
-    <t>$574.20</t>
+    <t xml:space="preserve">LED1013 </t>
+  </si>
+  <si>
+    <t>Every Hour Happy Hour LED Sign for Ultimate Nightlife and Man Cave Decor</t>
+  </si>
+  <si>
+    <t>$239.25</t>
   </si>
   <si>
     <t xml:space="preserve">EL0497 </t>
   </si>
   <si>
     <t>Cat Ear Bluetooth Headphones LED Wireless For Gaming Streaming School</t>
   </si>
   <si>
     <t>$496.80</t>
   </si>
   <si>
-    <t xml:space="preserve">LED1013 </t>
-[...5 lines deleted...]
-    <t>$239.25</t>
+    <t xml:space="preserve">LED2000 </t>
+  </si>
+  <si>
+    <t>LED Neon Ramen Sign for Food Lovers - Illuminate Your Space and Satisfy Cravings with Vibrant Decor, Perfect for Ramen Connoisseurs!</t>
+  </si>
+  <si>
+    <t>$104.40</t>
   </si>
   <si>
     <t xml:space="preserve">EL0498 </t>
   </si>
   <si>
     <t>Bluetooth Headphones Wireless Unicorn LED Audio Built In Microphone</t>
   </si>
   <si>
-    <t xml:space="preserve">LED2000 </t>
-[...5 lines deleted...]
-    <t>$104.40</t>
+    <t xml:space="preserve">LI0650 </t>
+  </si>
+  <si>
+    <t>Disney Junior Marvel Spin Toy with Mickey Mouse, Spider-Man, Goofy Action with Lights and Funaton Sticker</t>
+  </si>
+  <si>
+    <t>$63.00</t>
   </si>
   <si>
     <t xml:space="preserve">EL0656A </t>
   </si>
   <si>
     <t>Elevate Gameplay with LVLUP Wired Mouse - Gaming Accessory, LED Lights, DPI Switch, Optical Sensor &amp; USB Connection</t>
   </si>
   <si>
     <t>$171.00</t>
   </si>
   <si>
-    <t xml:space="preserve">LI0650 </t>
-[...5 lines deleted...]
-    <t>$63.00</t>
+    <t xml:space="preserve">LP2058 </t>
+  </si>
+  <si>
+    <t>Led Light Pineapple Lamp Neon Table Light Tropical Decor</t>
+  </si>
+  <si>
+    <t>$475.20</t>
   </si>
   <si>
     <t xml:space="preserve">EL0932 </t>
   </si>
   <si>
     <t>Color Changing Portable Speaker: Dynamic Lights &amp; Bluetooth Sound with Wireless Remote</t>
   </si>
   <si>
     <t>$195.00</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2058 </t>
-[...5 lines deleted...]
-    <t>$475.20</t>
+    <t xml:space="preserve">TY1075 </t>
+  </si>
+  <si>
+    <t>Light-Up Sky Spinner: Launch High with Battery Power and Vibrant LED Lights</t>
+  </si>
+  <si>
+    <t>$388.80</t>
   </si>
   <si>
     <t xml:space="preserve">EL1010 </t>
   </si>
   <si>
     <t>Pulse LED Portable Bluetooth Speaker with Wireless Audio and Mood Lighting, Perfect for Indoor and Outdoor Music Streaming, Featuring FM Radio and Rechargeable Battery.</t>
   </si>
   <si>
     <t>$179.10</t>
   </si>
   <si>
-    <t xml:space="preserve">TY1075 </t>
-[...5 lines deleted...]
-    <t>$388.80</t>
+    <t xml:space="preserve">LP2104 </t>
+  </si>
+  <si>
+    <t>Chevrolet Sign LED Neon Rope Garage Bar Wall Decor</t>
   </si>
   <si>
     <t xml:space="preserve">EL1288 </t>
   </si>
   <si>
     <t>Light-Up Mouse Pad with Ultra-Precise Tracking, Super-Size Design, USB Powered RGB with Customizable Effects, Durable Gaming Accessory for Smooth Gliding</t>
   </si>
   <si>
     <t>$161.10</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2104 </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">LP2107 </t>
   </si>
   <si>
     <t>Modelo LED Sign Neon Rope Wall Decor Bar Light</t>
   </si>
   <si>
-    <t xml:space="preserve">FL0016 </t>
-[...5 lines deleted...]
-    <t>$38.88</t>
+    <t xml:space="preserve">EL3027 </t>
+  </si>
+  <si>
+    <t>LED Karaoke Mic 50th Anniv. of Hip Hop with Bluetooth Speaker and FM Radio</t>
+  </si>
+  <si>
+    <t>$315.00</t>
   </si>
   <si>
     <t xml:space="preserve">AF1003 </t>
   </si>
   <si>
     <t>F 35 Jet US Air Force Toy Interceptor Fighter Aircraft</t>
   </si>
   <si>
     <t>$215.10</t>
   </si>
   <si>
     <t xml:space="preserve">GLOPOP </t>
   </si>
   <si>
     <t>Glow-in-the-Dark Toy Blaster Gun with Pump Handle for Thrilling Night Play - Kids' Favorite Action Toy for Indoor Games with Soft Balls</t>
   </si>
   <si>
     <t>$155.25</t>
   </si>
   <si>
     <t xml:space="preserve">CS4147 </t>
   </si>
   <si>
     <t>Beer Pong Glow In The Dark Game Set Cups Balls Racks</t>
   </si>
@@ -421,156 +403,174 @@
   <si>
     <t>$234.00</t>
   </si>
   <si>
     <t xml:space="preserve">LED1010 </t>
   </si>
   <si>
     <t>LED Sign Party Time Eye-Catching Indoor Home Decor - Perfect for Parties, Vibrant Room Accent, Easy Installation, On-Off Switch</t>
   </si>
   <si>
     <t xml:space="preserve">EL4004 </t>
   </si>
   <si>
     <t>Gaming Mic USB Streaming Podcast Desktop Audio Recording</t>
   </si>
   <si>
     <t>$180.00</t>
   </si>
   <si>
     <t xml:space="preserve">LED1011 </t>
   </si>
   <si>
     <t>LED Sign Gameroom Joystick Design for Arcade Theme, Light-Up Wall Decor with On/Off Cord Switch, Easy Install for Modern and Vibrant Gaming Room Enhancement</t>
   </si>
   <si>
+    <t xml:space="preserve">LI0726 </t>
+  </si>
+  <si>
+    <t>Monster Trucks Hot Wheels Toy Truck Die-Cast Crashing</t>
+  </si>
+  <si>
+    <t>$702.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LED1012 </t>
+  </si>
+  <si>
+    <t>Illuminate Your Space with Girls Rule LED Sign - Perfect Home Decor and Fun Room Accessory with Bright Display and Easy Installation!</t>
+  </si>
+  <si>
+    <t>$191.40</t>
+  </si>
+  <si>
     <t xml:space="preserve">LP2062 </t>
   </si>
   <si>
     <t>Donut Led Light Color Changing Desk Room Decor Lamp</t>
   </si>
   <si>
     <t>$145.80</t>
   </si>
   <si>
-    <t xml:space="preserve">LED1012 </t>
-[...5 lines deleted...]
-    <t>$191.40</t>
+    <t xml:space="preserve">LED2004 </t>
+  </si>
+  <si>
+    <t>Neon Gamer Decor LED Sign - Immersive Lighting for Ultimate Game Room Upgrade</t>
   </si>
   <si>
     <t xml:space="preserve">LP2103 </t>
   </si>
   <si>
     <t>Jeep Sign LED Neon Rope Garage Wall Light Decor</t>
   </si>
   <si>
-    <t xml:space="preserve">LED2004 </t>
-[...2 lines deleted...]
-    <t>Neon Gamer Decor LED Sign - Immersive Lighting for Ultimate Game Room Upgrade</t>
+    <t xml:space="preserve">LI1579 </t>
+  </si>
+  <si>
+    <t>Nerf Safety Goggles and Light-Up Targets for Ultimate Practice Aim and Eye Protection in Favorite Games</t>
+  </si>
+  <si>
+    <t>$60.75</t>
   </si>
   <si>
     <t xml:space="preserve">LP2105 </t>
   </si>
   <si>
     <t>Ford Sign LED Sign Marquee Neon Rope Genuine Parts Logo</t>
   </si>
   <si>
-    <t xml:space="preserve">LI1579 </t>
-[...5 lines deleted...]
-    <t>$60.75</t>
+    <t xml:space="preserve">LP2057 </t>
+  </si>
+  <si>
+    <t>LED Neon Alien Light USB-Powered - Creative Decor for Unique Retro Vibes, Space-Themed Desk Decoration, and Home Ambiance</t>
+  </si>
+  <si>
+    <t>$500.40</t>
   </si>
   <si>
     <t xml:space="preserve">LP2109 </t>
   </si>
   <si>
     <t>Led Sign Corvette Neon Rope Chevrolet Wall Light</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2057 </t>
-[...5 lines deleted...]
-    <t>$500.40</t>
+    <t xml:space="preserve">LP2059 </t>
+  </si>
+  <si>
+    <t>LED Neon Ice Cream Popsicle Light - Retro Design, Mood Lighting, Unique Home Decor, Playful Ambiance, Battery/USB Powered</t>
+  </si>
+  <si>
+    <t>$478.80</t>
   </si>
   <si>
     <t xml:space="preserve">LP2111 </t>
   </si>
   <si>
     <t>Led Sign Corona Extra Bar Decor Wall Decor Neon Rope</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2059 </t>
-[...5 lines deleted...]
-    <t>$478.80</t>
+    <t xml:space="preserve">LP2063 </t>
+  </si>
+  <si>
+    <t>Ultimate Gamer's LED Light: Game Controller Style Decor with Color Changing Features for Enthusiasts' Rooms</t>
+  </si>
+  <si>
+    <t>$194.40</t>
   </si>
   <si>
     <t xml:space="preserve">LP2112 </t>
   </si>
   <si>
     <t>Gulf Oil Neon Sign Wall Art Garage Decor Man Cave Accessory</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2063 </t>
-[...5 lines deleted...]
-    <t>$194.40</t>
+    <t xml:space="preserve">LP2064 </t>
+  </si>
+  <si>
+    <t>LED Love Light Neon Decor - Embrace Retro Style &amp; Vibrant Ambiance for Trendy Spaces</t>
+  </si>
+  <si>
+    <t>$143.10</t>
   </si>
   <si>
     <t xml:space="preserve">LP2115 </t>
   </si>
   <si>
     <t>Harry Potter Candle Wand Remote Hogwarts Crest Decoration Fantasy</t>
   </si>
   <si>
     <t>$198.00</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2064 </t>
-[...5 lines deleted...]
-    <t>$143.10</t>
+    <t xml:space="preserve">LP2082 </t>
+  </si>
+  <si>
+    <t>Pyramid Prism LED Lamp with Ambient Lighting for Home Decor</t>
+  </si>
+  <si>
+    <t>$118.80</t>
   </si>
   <si>
     <t xml:space="preserve">LP2117 </t>
   </si>
   <si>
     <t>Spider&amp;#45;Man Squishy Glo Silicone Light Night Light Tap Brightness</t>
   </si>
   <si>
     <t>$432.00</t>
   </si>
   <si>
     <t xml:space="preserve">LP2085 </t>
   </si>
   <si>
     <t>XBox Light-Up Headphone Stand: Organize Your Gaming Setup with Cool Display, Convenient Headset Storage, USB Powered Holder - Never Lose Your Gear!</t>
   </si>
   <si>
     <t>$483.30</t>
   </si>
   <si>
     <t xml:space="preserve">LP2118 </t>
   </si>
   <si>
     <t>Super Mario Light Mario Lamp Gaming Decor Desk Light</t>
   </si>
@@ -586,357 +586,348 @@
   <si>
     <t xml:space="preserve">LP2120 </t>
   </si>
   <si>
     <t>Texaco Neon Sign Led Wall Gasoline Garage Rope</t>
   </si>
   <si>
     <t xml:space="preserve">LP2092 </t>
   </si>
   <si>
     <t>Minecraft Creeper Alarm Clock for Kids - Tap to Snooze with Interactive Digital Nightlight!</t>
   </si>
   <si>
     <t>$468.00</t>
   </si>
   <si>
     <t xml:space="preserve">LU1038 </t>
   </si>
   <si>
     <t>Barnyard Buddies Light Up Building Animal Toy Collection</t>
   </si>
   <si>
     <t>$540.00</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2094 </t>
-[...5 lines deleted...]
-    <t>$648.00</t>
+    <t xml:space="preserve">LP2096 </t>
+  </si>
+  <si>
+    <t>Minecraft Creeper SquishyGlo Light for Kids Room - Rechargeable Interactive Night Light &amp; Collectible Decor for Gaming Fans</t>
   </si>
   <si>
     <t xml:space="preserve">RDDCGB </t>
   </si>
   <si>
     <t>Dc Comics Glowbot Kit Superhero Toy Led Building Toy</t>
   </si>
   <si>
     <t>$157.50</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2096 </t>
-[...2 lines deleted...]
-    <t>Minecraft Creeper SquishyGlo Light for Kids Room - Rechargeable Interactive Night Light &amp; Collectible Decor for Gaming Fans</t>
+    <t xml:space="preserve">LP2102 </t>
+  </si>
+  <si>
+    <t>Lilo &amp; Stitch Rechargeable Squishyglo Silicone Night Light for Calming Bedtime Routine</t>
+  </si>
+  <si>
+    <t>$864.00</t>
   </si>
   <si>
     <t xml:space="preserve">TG1192 </t>
   </si>
   <si>
     <t>Gel Blaster Surge XL Velocity Dial Starfire Gellets Rechargeable</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2102 </t>
-[...5 lines deleted...]
-    <t>$864.00</t>
+    <t xml:space="preserve">LU1006 </t>
+  </si>
+  <si>
+    <t>Light-Up Finger Beams: Toy Lights for Kids Fun &amp; Party Entertainment with Easy Wear and Safe Design</t>
+  </si>
+  <si>
+    <t>$26.22</t>
   </si>
   <si>
     <t xml:space="preserve">TG1193 </t>
   </si>
   <si>
     <t>Gel Blaster Surge XL Gel Ball Blaster Electric Launcher</t>
   </si>
   <si>
     <t>$360.00</t>
   </si>
   <si>
-    <t xml:space="preserve">LU1006 </t>
-[...5 lines deleted...]
-    <t>$26.22</t>
+    <t xml:space="preserve">LU1023 </t>
+  </si>
+  <si>
+    <t>Light Vision LED Strip Football - Neon Glow Night Visibility for Sports Enthusiasts, Fun Outdoor Play with Long-Lasting Illuminated Action</t>
+  </si>
+  <si>
+    <t>$140.40</t>
   </si>
   <si>
     <t xml:space="preserve">LI1638 </t>
   </si>
   <si>
     <t>Air Hockey Tabletop Game Sonic Indoor Arcade Puck</t>
   </si>
   <si>
     <t>$225.00</t>
   </si>
   <si>
-    <t xml:space="preserve">LU1023 </t>
-[...5 lines deleted...]
-    <t>$140.40</t>
+    <t xml:space="preserve">LU1034 </t>
+  </si>
+  <si>
+    <t>Foam Glider Toy Plane with LED Lights for Outdoor Family Fun 12 Pack</t>
+  </si>
+  <si>
+    <t>$27.00</t>
   </si>
   <si>
     <t xml:space="preserve">LI1639 </t>
   </si>
   <si>
     <t>Foosball Game Tabletop Sonic Soccer Match Score Counter</t>
   </si>
   <si>
-    <t xml:space="preserve">LU1034 </t>
-[...5 lines deleted...]
-    <t>$27.00</t>
+    <t xml:space="preserve">NV2345A </t>
+  </si>
+  <si>
+    <t>Discovery Adventure: Mermaid Fossil Excavation Kit - Uncover Buried Treasure with an Educational Science Toy! Perfect Hands-on Learning Tool for Young Paleontologists.</t>
+  </si>
+  <si>
+    <t>$23.77</t>
   </si>
   <si>
     <t xml:space="preserve">EL3103 </t>
   </si>
   <si>
     <t>Bluetooth Speaker LED Infinity Dual Woofer TWS FM Radio USB</t>
   </si>
   <si>
     <t>$206.55</t>
   </si>
   <si>
-    <t xml:space="preserve">NV0046 </t>
-[...2 lines deleted...]
-    <t>Light-Up Spring Top Toy with Spinning Action, Bright Flashing Lights, Interactive Child-Friendly Design, and Wind-Up Mechanism! Fun Gift for Kids!</t>
+    <t xml:space="preserve">RC2230 </t>
+  </si>
+  <si>
+    <t>Remote Control Stunt Car for Unlimited Fun and Adventure with Flip Action and Precision Steering</t>
   </si>
   <si>
     <t xml:space="preserve">EL3104 </t>
   </si>
   <si>
     <t>Dual Led Ring Light Boom Box Bluetooth Fm Radio Speaker</t>
   </si>
   <si>
     <t>$137.70</t>
   </si>
   <si>
-    <t xml:space="preserve">NV2345A </t>
-[...5 lines deleted...]
-    <t>$23.77</t>
+    <t xml:space="preserve">RC3134 </t>
+  </si>
+  <si>
+    <t>Hornet Helicopter: Micro Coaxial Rotor, Night-Time Flights, USB Rechargeable, Perfect for R/C Beginners</t>
+  </si>
+  <si>
+    <t>$151.20</t>
   </si>
   <si>
     <t xml:space="preserve">EL3107 </t>
   </si>
   <si>
     <t>Sound Bar Speaker Bluetooth Wireless Stereo Usb Music</t>
   </si>
   <si>
     <t>$1077.00</t>
   </si>
   <si>
-    <t xml:space="preserve">RC2230 </t>
-[...2 lines deleted...]
-    <t>Remote Control Stunt Car for Unlimited Fun and Adventure with Flip Action and Precision Steering</t>
+    <t xml:space="preserve">SQ1258 </t>
+  </si>
+  <si>
+    <t>Jumbo Squishy Alien Head for Stress Relief and Sensory Play, Perfect Desk Companion with Slow Rise Feature and Fun Quirky Design for Kids and Adults Alike</t>
   </si>
   <si>
     <t xml:space="preserve">EL3108 </t>
   </si>
   <si>
     <t>Wireless Speaker Bluetooth Music Streaming Audio Device</t>
   </si>
   <si>
     <t>$358.80</t>
   </si>
   <si>
-    <t xml:space="preserve">RC3134 </t>
-[...5 lines deleted...]
-    <t>$151.20</t>
+    <t xml:space="preserve">TG1129 </t>
+  </si>
+  <si>
+    <t>Light Up Dinosaur Bubble Shooter Toy for Kids with LED Fun</t>
+  </si>
+  <si>
+    <t>$204.00</t>
   </si>
   <si>
     <t xml:space="preserve">EL3111 </t>
   </si>
   <si>
-    <t>Mini Glo LED Wireless Speaker FM Radio Bluetooth Music</t>
-[...8 lines deleted...]
-    <t>$118.80</t>
+    <t>Mini GLO LED Wireless Speaker Bluetooth Portable FM Radio</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TY1074 </t>
+  </si>
+  <si>
+    <t>Transform Your Room with Glow Dark Dinosaur Stickers - Jurassic Dino Theme for Playful Decor</t>
+  </si>
+  <si>
+    <t>$36.00</t>
   </si>
   <si>
     <t xml:space="preserve">EL4011 </t>
   </si>
   <si>
     <t>Bluetooth Speaker TWS Sound Show Rainbow Light Music</t>
   </si>
   <si>
     <t>$286.20</t>
   </si>
   <si>
-    <t xml:space="preserve">TG1129 </t>
-[...5 lines deleted...]
-    <t>$204.00</t>
+    <t xml:space="preserve">EL0983 </t>
+  </si>
+  <si>
+    <t>Wireless Bluetooth Headphones with LED Lights for Uninterrupted Audio Experience</t>
+  </si>
+  <si>
+    <t>$642.96</t>
   </si>
   <si>
     <t xml:space="preserve">EL4019 </t>
   </si>
   <si>
     <t>Led Flame Wireless Speaker Bluetooth Mode Light Sound</t>
   </si>
   <si>
     <t>$322.20</t>
   </si>
   <si>
-    <t xml:space="preserve">TY1074 </t>
-[...5 lines deleted...]
-    <t>$36.00</t>
+    <t xml:space="preserve">EL1036 </t>
+  </si>
+  <si>
+    <t>Photo Display Usb Powered Led String Clip Light</t>
+  </si>
+  <si>
+    <t>$522.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2106 </t>
+  </si>
+  <si>
+    <t>Ford Led Sign Neon Rope Genuine Parts Service Garage Decor</t>
   </si>
   <si>
     <t xml:space="preserve">EL4020 </t>
   </si>
   <si>
     <t>Bluetooth Speaker Led Rgb Music Wireless Portable Sound</t>
   </si>
   <si>
     <t>$716.40</t>
   </si>
   <si>
-    <t xml:space="preserve">EL1036 </t>
-[...11 lines deleted...]
-    <t>Ford Led Sign Neon Rope Genuine Parts Service Garage Decor</t>
+    <t xml:space="preserve">LU1039 </t>
+  </si>
+  <si>
+    <t>Light Sword LED Toy Expandable Glowing Weapon</t>
+  </si>
+  <si>
+    <t>$243.00</t>
   </si>
   <si>
     <t xml:space="preserve">HW1033 </t>
   </si>
   <si>
     <t>Aroma Diffuser USB Power Lights Home Office Travel Pads</t>
   </si>
   <si>
     <t>$76.50</t>
   </si>
   <si>
-    <t xml:space="preserve">LU1039 </t>
-[...5 lines deleted...]
-    <t>$243.00</t>
+    <t xml:space="preserve">RC2236 </t>
+  </si>
+  <si>
+    <t>Battery Operated Robot Moving Action Sound Blaster Toy</t>
   </si>
   <si>
     <t xml:space="preserve">LED132A </t>
   </si>
   <si>
-    <t>Led Sign Beer Decor Man Cave Bar Sign Wall Mount</t>
-[...5 lines deleted...]
-    <t>Battery Operated Robot Moving Action Sound Blaster Toy</t>
+    <t>LED Sign Beer O Clock Acrylic Cover Man Cave Bar Pub Wall Plug</t>
   </si>
   <si>
     <t xml:space="preserve">LI0842 </t>
   </si>
   <si>
     <t>Star Wars Darth Vader Hologram Plush Collectible Display</t>
   </si>
   <si>
     <t>$5040.00</t>
   </si>
   <si>
     <t xml:space="preserve">LI1669 </t>
   </si>
   <si>
     <t>Air Hockey Led Tabletop Game Puck Striker Set Sports Illustrated</t>
   </si>
   <si>
     <t xml:space="preserve">LP2017 </t>
   </si>
   <si>
     <t>Galaxy Dreams Moon Light Night Lamp Usb Cord Bedroom Decor</t>
   </si>
   <si>
     <t>$300.00</t>
   </si>
   <si>
     <t xml:space="preserve">LP2053 </t>
   </si>
   <si>
     <t>Police Light Beacon Emergency Signal Toy Prop</t>
   </si>
   <si>
     <t>$216.00</t>
   </si>
   <si>
     <t xml:space="preserve">LP2114 </t>
   </si>
   <si>
     <t>Care Bears cheer bear light glo buddies nostalgic decor collectible</t>
   </si>
   <si>
     <t>$528.00</t>
   </si>
   <si>
     <t xml:space="preserve">TG1190 </t>
   </si>
   <si>
-    <t>Bubble Shooter Bubble Gun Light Up Toy Space Adventure</t>
+    <t>Space Bubble Gun Fun Bubble Shooter Light Up Toy Outdoor Party</t>
   </si>
   <si>
     <t xml:space="preserve">TY1100 </t>
   </si>
   <si>
     <t>Lcd Tablet Writing Tablet Digital Notepad Drawing Tablet</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1011,51 +1002,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a9948004279cda43287ed46095859f92.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54133.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_918443194c8faaba6ad5ecc41422ee544.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_98252795a92fe21e83f47ec1e44764695.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_36a8a1fe8694baaa0acb474686f268876.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c5284978.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1960a0affb9c9bb545dace58e8c6335d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aaf720f6bb5797edb6978a5b3656e75811.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_18adfab7e60544cd9aa79b034a397e9e12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ea65b8c44188c1b02603a82db75ae1713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8818b59bc2b52af04ff5a53b71f6f85b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8200710b61123ca4ff4881925280ea515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3c48caf046f463303c84b9d878d9b9e416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60bb880e669a88892ad4633888b0dc9417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_34110193605e47318ef77d2f343d291a18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_085db43f35b276595621ed17ad8143db19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c3a4d006fa682cc4770f96f87e18d15c20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_beef0f1d7c0c65544d496505b89e8f3121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_265c864d6fc1ec63908fa8164b0e1f3022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cc3c9f61e0c0498c4593f9babf8b83223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09f39bc3d93a79d5fd3c66ccbcc2ea6e24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c17d5e583947581207518de0570ceb25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e8c84d9ca2e8e1a355de4eea984b76bd26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d3f95c201f3fcf5e8205802b018e95127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_93ea720f7e9ce2fcb2dc98c142bac41828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a196cd9e621d79d236f47260374156229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9e702ee96d12c80669e53f20ed421830.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_034de262f544e56ed1f8e5285eb5cc7f31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_446cf1233b334ef0288830cf681abf2f32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e841945a6e1a385cc1fb20b5b010a62633.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c2cfbdbe29eef3e469735cf2698aabe34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4f0199486db997755d035847b0ef2f2b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fcc3588ba001a35f1f35743929f2485136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe017cff1d581b9fca96bac9594b893237.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfc694158aa098522137a85301aac62738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3e9f2e3bdf395c8571460911c200563539.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f1af259803f085339da56a461f46476540.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79ee6353161422bfc29d8cdc3685ad7e41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c27167a897a7f22b5ec933fe74e5ad9f42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fbb5563b64193267cf82cdb881e8eca43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_14c53a85faa3945676c024ca4e0a0f1c44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_651af8d57cb938c6fe5da92166fb0eba45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_73d077c7ff2ee89d352042609ea32f5c46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1002f419fd2555a17447ed23169f6efa47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_961626e4a822f32f5c3f6e395853789e48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_693196ab2c0249a05743dcca6a87459e49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d7ab60dbd10ac50fd560ba69517d2eb50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fa470ddc3d144adf11dfc02c80038ff51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15eac8f302e4081a2da7313937729d8f52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ede2e30e673137b73c0a8716aef4f47053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_99a609dc2abdacb277689d55f37611c354.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_319651414bd18950e46df3b0bbf58ae155.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e477b3304c8c81f7f408676da2963f6b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_df6cba94ee12f6a4876c8b37892e22d457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_710b7c1955a5cdba4d3311b1510e122358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_86f978e706d85fae4766074c038bc0a959.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_549015322006711e7908872ac3c6603b60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c57b8c69731db941facd30d459d1742d61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e92686cbeba52124b6cecbe222ffcf4662.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f86f5783c44a14436d07c83b06d44fb63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_732ca03709535c7d1ea28c38988d6bf464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c9537e8a809b112a26c346dc1433028765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc176dfcbd4345828c82ac678d6a392666.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_615f93218033eab3e3eb4fce3158cc8067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_acf3d1cfc538fd4008e9b0522b009a0368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ab4417e7392c700d644b6d05217e85469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64520f2527b417a7f57411ba82ea9be570.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55cf1d51bdf6d6fc94e36d51b681c65671.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cb7645ac038562492c3efe4b025188572.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f0464c2a36ac0fa126fdf10ddfa58a173.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77db55569f47f7592fe7736d9908901374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_469be880b8c15f91acf710e41a45324a75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3dfe510fe91b2e84cc3a2bad415e9d0e76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_815f8737f0d6ab9c3fc61064143b32ef77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c2e5d601656727b9c7082502d45af0278.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7468e219963d378ed6a8297e4278fd8e79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_de922b90cd0217216a1a27e571b05e3280.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebac434c897041f932f81bd76b6d05b581.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_077084ff7a533dbd1056b437ed0d904382.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_845648555e2ceb54dbad9917a854e14b83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6580a1f23b29d9e4f4a3ce623603601184.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5411415520e7dd387952e1af1a4d37ad85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64822aa3e94d0090a55020341eb772f286.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e094a76563680a7a509a2918c8b741fd87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_962b580d09b7a272ddd865a616a41fa188.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a66f334056f35795e97bcac277b5db0c89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_be26ca40773b61245a33c016a7a5f4b390.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1de044f2661674b9e134577c30b93db391.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae7a5cee62384abe219f8bf2207db61192.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6227b880bff101322bef81005794cff593.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_82f52488972846f38ccbb19ac063a50a94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ef1b7800fb6976ff8896e93d854a51595.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e4ae1f8b4bcab7bc6dffa520efef205396.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b4595b979189435d86409f8653ac239f97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05d773af273d1de5d31c58a5912c888f98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce51e7bae20c93e3a5483758abecabba99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08f4e1b7618972f0b70355a6147a29ec100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a7cb94541d49f77ebfbde21bed4cccb101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e11bd8f695b0edf8da36e27b88306b3102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ebd68ee2a3c6cebe5f75e50f838c932103.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a9948004279cda43287ed46095859f92.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54133.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_918443194c8faaba6ad5ecc41422ee544.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_98252795a92fe21e83f47ec1e44764695.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_36a8a1fe8694baaa0acb474686f268876.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c5284978.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1960a0affb9c9bb545dace58e8c6335d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aaf720f6bb5797edb6978a5b3656e75811.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_18adfab7e60544cd9aa79b034a397e9e12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ea65b8c44188c1b02603a82db75ae1713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8818b59bc2b52af04ff5a53b71f6f85b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8200710b61123ca4ff4881925280ea515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_34110193605e47318ef77d2f343d291a16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60bb880e669a88892ad4633888b0dc9417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c3a4d006fa682cc4770f96f87e18d15c18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_085db43f35b276595621ed17ad8143db19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_265c864d6fc1ec63908fa8164b0e1f3020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_beef0f1d7c0c65544d496505b89e8f3121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09f39bc3d93a79d5fd3c66ccbcc2ea6e22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cc3c9f61e0c0498c4593f9babf8b83223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e8c84d9ca2e8e1a355de4eea984b76bd24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c17d5e583947581207518de0570ceb25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_93ea720f7e9ce2fcb2dc98c142bac41826.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d3f95c201f3fcf5e8205802b018e95127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9e702ee96d12c80669e53f20ed421828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_93b09884d8ec34318ef886fec30925ca29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_446cf1233b334ef0288830cf681abf2f30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e841945a6e1a385cc1fb20b5b010a62631.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c2cfbdbe29eef3e469735cf2698aabe32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4f0199486db997755d035847b0ef2f2b33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fcc3588ba001a35f1f35743929f2485134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe017cff1d581b9fca96bac9594b893235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfc694158aa098522137a85301aac62736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3e9f2e3bdf395c8571460911c200563537.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f1af259803f085339da56a461f46476538.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79ee6353161422bfc29d8cdc3685ad7e39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c27167a897a7f22b5ec933fe74e5ad9f40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fbb5563b64193267cf82cdb881e8eca41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2693d5ef1e57239f9a17d375939438a842.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_651af8d57cb938c6fe5da92166fb0eba43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_14c53a85faa3945676c024ca4e0a0f1c44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1002f419fd2555a17447ed23169f6efa45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_73d077c7ff2ee89d352042609ea32f5c46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_693196ab2c0249a05743dcca6a87459e47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_961626e4a822f32f5c3f6e395853789e48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fa470ddc3d144adf11dfc02c80038ff49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d7ab60dbd10ac50fd560ba69517d2eb50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ede2e30e673137b73c0a8716aef4f47051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15eac8f302e4081a2da7313937729d8f52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_319651414bd18950e46df3b0bbf58ae153.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_99a609dc2abdacb277689d55f37611c354.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_df6cba94ee12f6a4876c8b37892e22d455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e477b3304c8c81f7f408676da2963f6b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6967fa9bf995d02c4f3ae6a190d7e2ba57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_710b7c1955a5cdba4d3311b1510e122358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_86f978e706d85fae4766074c038bc0a959.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_549015322006711e7908872ac3c6603b60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c57b8c69731db941facd30d459d1742d61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e92686cbeba52124b6cecbe222ffcf4662.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f86f5783c44a14436d07c83b06d44fb63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_732ca03709535c7d1ea28c38988d6bf464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_615f93218033eab3e3eb4fce3158cc8065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc176dfcbd4345828c82ac678d6a392666.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ab4417e7392c700d644b6d05217e85467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_acf3d1cfc538fd4008e9b0522b009a0368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55cf1d51bdf6d6fc94e36d51b681c65669.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64520f2527b417a7f57411ba82ea9be570.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f0464c2a36ac0fa126fdf10ddfa58a171.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cb7645ac038562492c3efe4b025188572.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_469be880b8c15f91acf710e41a45324a73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77db55569f47f7592fe7736d9908901374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7468e219963d378ed6a8297e4278fd8e75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3dfe510fe91b2e84cc3a2bad415e9d0e76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebac434c897041f932f81bd76b6d05b577.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c2e5d601656727b9c7082502d45af0278.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_845648555e2ceb54dbad9917a854e14b79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_de922b90cd0217216a1a27e571b05e3280.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5411415520e7dd387952e1af1a4d37ad81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_077084ff7a533dbd1056b437ed0d904382.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e094a76563680a7a509a2918c8b741fd83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6580a1f23b29d9e4f4a3ce623603601184.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a66f334056f35795e97bcac277b5db0c85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64822aa3e94d0090a55020341eb772f286.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3dac305a1c53d986b8d2af239b94286587.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_962b580d09b7a272ddd865a616a41fa188.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1de044f2661674b9e134577c30b93db389.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae7a5cee62384abe219f8bf2207db61190.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_be26ca40773b61245a33c016a7a5f4b391.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_82f52488972846f38ccbb19ac063a50a92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6227b880bff101322bef81005794cff593.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e4ae1f8b4bcab7bc6dffa520efef205394.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ef1b7800fb6976ff8896e93d854a51595.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b4595b979189435d86409f8653ac239f96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05d773af273d1de5d31c58a5912c888f97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce51e7bae20c93e3a5483758abecabba98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08f4e1b7618972f0b70355a6147a29ec99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a7cb94541d49f77ebfbde21bed4cccb100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e11bd8f695b0edf8da36e27b88306b3101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ebd68ee2a3c6cebe5f75e50f838c932102.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4063,80 +4054,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>109</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="102" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4403,54 +4364,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J111"/>
+  <dimension ref="A1:J110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J111" sqref="J111"/>
+      <selection activeCell="J110" sqref="J110"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -4891,51 +4852,51 @@
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G24" s="7">
         <v>0</v>
       </c>
       <c r="H24" s="7">
         <v>0</v>
       </c>
       <c r="I24" s="7">
         <v>1</v>
       </c>
       <c r="J24" s="7">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G25" s="7">
         <v>0</v>
       </c>
       <c r="H25" s="7">
         <v>0</v>
       </c>
       <c r="I25" s="7">
         <v>1</v>
       </c>
@@ -4999,51 +4960,51 @@
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>69</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>71</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G28" s="7">
         <v>0</v>
       </c>
       <c r="H28" s="7">
         <v>0</v>
       </c>
       <c r="I28" s="7">
         <v>1</v>
       </c>
       <c r="J28" s="7">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>72</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>74</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G29" s="7">
         <v>0</v>
       </c>
       <c r="H29" s="7">
         <v>0</v>
       </c>
       <c r="I29" s="7">
         <v>1</v>
       </c>
@@ -5053,51 +5014,51 @@
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>77</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G30" s="7">
         <v>0</v>
       </c>
       <c r="H30" s="7">
         <v>0</v>
       </c>
       <c r="I30" s="7">
         <v>1</v>
       </c>
       <c r="J30" s="7">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
         <v>78</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>80</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G31" s="7">
         <v>0</v>
       </c>
       <c r="H31" s="7">
         <v>0</v>
       </c>
       <c r="I31" s="7">
         <v>1</v>
       </c>
@@ -5107,672 +5068,672 @@
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
         <v>81</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
         <v>82</v>
       </c>
       <c r="E32" s="7" t="s">
         <v>83</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G32" s="7">
         <v>0</v>
       </c>
       <c r="H32" s="7">
         <v>0</v>
       </c>
       <c r="I32" s="7">
         <v>1</v>
       </c>
       <c r="J32" s="7">
-        <v>48</v>
+        <v>144</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
         <v>84</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>85</v>
       </c>
       <c r="E33" s="7" t="s">
         <v>86</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G33" s="7">
         <v>0</v>
       </c>
       <c r="H33" s="7">
         <v>0</v>
       </c>
       <c r="I33" s="7">
         <v>1</v>
       </c>
       <c r="J33" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
         <v>87</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
         <v>88</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>89</v>
+        <v>27</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G34" s="7">
         <v>0</v>
       </c>
       <c r="H34" s="7">
         <v>0</v>
       </c>
       <c r="I34" s="7">
         <v>1</v>
       </c>
       <c r="J34" s="7">
-        <v>144</v>
+        <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="E35" s="7" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G35" s="7">
         <v>0</v>
       </c>
       <c r="H35" s="7">
         <v>0</v>
       </c>
       <c r="I35" s="7">
         <v>1</v>
       </c>
       <c r="J35" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G36" s="7">
         <v>0</v>
       </c>
       <c r="H36" s="7">
         <v>0</v>
       </c>
       <c r="I36" s="7">
         <v>1</v>
       </c>
       <c r="J36" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="E37" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="E37" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G37" s="7">
         <v>0</v>
       </c>
       <c r="H37" s="7">
         <v>0</v>
       </c>
       <c r="I37" s="7">
         <v>1</v>
       </c>
       <c r="J37" s="7">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="E38" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="E38" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F38" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G38" s="7">
         <v>0</v>
       </c>
       <c r="H38" s="7">
         <v>0</v>
       </c>
       <c r="I38" s="7">
         <v>1</v>
       </c>
       <c r="J38" s="7">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>102</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G39" s="7">
         <v>0</v>
       </c>
       <c r="H39" s="7">
         <v>0</v>
       </c>
       <c r="I39" s="7">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J39" s="7">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
         <v>103</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
         <v>104</v>
       </c>
       <c r="E40" s="7" t="s">
         <v>105</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G40" s="7">
         <v>0</v>
       </c>
       <c r="H40" s="7">
         <v>0</v>
       </c>
       <c r="I40" s="7">
         <v>1</v>
       </c>
       <c r="J40" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
         <v>106</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
         <v>107</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>108</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G41" s="7">
         <v>0</v>
       </c>
       <c r="H41" s="7">
         <v>0</v>
       </c>
       <c r="I41" s="7">
         <v>1</v>
       </c>
       <c r="J41" s="7">
-        <v>18</v>
+        <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
         <v>109</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
         <v>110</v>
       </c>
       <c r="E42" s="7" t="s">
         <v>111</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G42" s="7">
         <v>0</v>
       </c>
       <c r="H42" s="7">
         <v>0</v>
       </c>
       <c r="I42" s="7">
         <v>1</v>
       </c>
       <c r="J42" s="7">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>112</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
         <v>113</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>114</v>
+        <v>60</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G43" s="7">
         <v>0</v>
       </c>
       <c r="H43" s="7">
         <v>0</v>
       </c>
       <c r="I43" s="7">
         <v>1</v>
       </c>
       <c r="J43" s="7">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G44" s="7">
         <v>0</v>
       </c>
       <c r="H44" s="7">
         <v>0</v>
       </c>
       <c r="I44" s="7">
         <v>1</v>
       </c>
       <c r="J44" s="7">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G45" s="7">
         <v>0</v>
       </c>
       <c r="H45" s="7">
         <v>0</v>
       </c>
       <c r="I45" s="7">
         <v>1</v>
       </c>
       <c r="J45" s="7">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G46" s="7">
         <v>0</v>
       </c>
       <c r="H46" s="7">
         <v>0</v>
       </c>
       <c r="I46" s="7">
         <v>1</v>
       </c>
       <c r="J46" s="7">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G47" s="7">
         <v>0</v>
       </c>
       <c r="H47" s="7">
         <v>0</v>
       </c>
       <c r="I47" s="7">
         <v>1</v>
       </c>
       <c r="J47" s="7">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="E48" s="7" t="s">
         <v>125</v>
       </c>
-      <c r="E48" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G48" s="7">
         <v>0</v>
       </c>
       <c r="H48" s="7">
         <v>0</v>
       </c>
       <c r="I48" s="7">
         <v>1</v>
       </c>
       <c r="J48" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G49" s="7">
         <v>0</v>
       </c>
       <c r="H49" s="7">
         <v>0</v>
       </c>
       <c r="I49" s="7">
         <v>1</v>
       </c>
       <c r="J49" s="7">
         <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="E50" s="7" t="s">
         <v>130</v>
       </c>
-      <c r="E50" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G50" s="7">
         <v>0</v>
       </c>
       <c r="H50" s="7">
         <v>0</v>
       </c>
       <c r="I50" s="7">
         <v>1</v>
       </c>
       <c r="J50" s="7">
-        <v>12</v>
+        <v>72</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="E51" s="7" t="s">
         <v>133</v>
       </c>
-      <c r="E51" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G51" s="7">
         <v>0</v>
       </c>
       <c r="H51" s="7">
         <v>0</v>
       </c>
       <c r="I51" s="7">
         <v>1</v>
       </c>
       <c r="J51" s="7">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
         <v>134</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
         <v>135</v>
       </c>
       <c r="E52" s="7" t="s">
         <v>136</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G52" s="7">
         <v>0</v>
       </c>
       <c r="H52" s="7">
         <v>0</v>
       </c>
       <c r="I52" s="7">
         <v>1</v>
       </c>
       <c r="J52" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
         <v>137</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
         <v>138</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>139</v>
+        <v>66</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G53" s="7">
         <v>0</v>
       </c>
       <c r="H53" s="7">
         <v>0</v>
       </c>
       <c r="I53" s="7">
         <v>1</v>
       </c>
       <c r="J53" s="7">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="E54" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G54" s="7">
         <v>0</v>
       </c>
       <c r="H54" s="7">
         <v>0</v>
       </c>
       <c r="I54" s="7">
         <v>1</v>
       </c>
       <c r="J54" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="E55" s="7" t="s">
         <v>143</v>
       </c>
-      <c r="E55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G55" s="7">
         <v>0</v>
       </c>
       <c r="H55" s="7">
         <v>0</v>
       </c>
       <c r="I55" s="7">
         <v>1</v>
       </c>
       <c r="J55" s="7">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
         <v>144</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
         <v>145</v>
       </c>
       <c r="E56" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G56" s="7">
         <v>0</v>
       </c>
       <c r="H56" s="7">
         <v>0</v>
       </c>
       <c r="I56" s="7">
         <v>1</v>
       </c>
@@ -5782,51 +5743,51 @@
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
         <v>146</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
         <v>147</v>
       </c>
       <c r="E57" s="7" t="s">
         <v>148</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G57" s="7">
         <v>0</v>
       </c>
       <c r="H57" s="7">
         <v>0</v>
       </c>
       <c r="I57" s="7">
         <v>1</v>
       </c>
       <c r="J57" s="7">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
         <v>149</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
         <v>150</v>
       </c>
       <c r="E58" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G58" s="7">
         <v>0</v>
       </c>
       <c r="H58" s="7">
         <v>0</v>
       </c>
       <c r="I58" s="7">
         <v>1</v>
       </c>
@@ -5944,51 +5905,51 @@
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
         <v>161</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
         <v>162</v>
       </c>
       <c r="E63" s="7" t="s">
         <v>163</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G63" s="7">
         <v>0</v>
       </c>
       <c r="H63" s="7">
         <v>0</v>
       </c>
       <c r="I63" s="7">
         <v>1</v>
       </c>
       <c r="J63" s="7">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
         <v>164</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
         <v>165</v>
       </c>
       <c r="E64" s="7" t="s">
         <v>166</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G64" s="7">
         <v>0</v>
       </c>
       <c r="H64" s="7">
         <v>0</v>
       </c>
       <c r="I64" s="7">
         <v>1</v>
       </c>
@@ -6199,225 +6160,225 @@
       <c r="F72" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G72" s="7">
         <v>0</v>
       </c>
       <c r="H72" s="7">
         <v>0</v>
       </c>
       <c r="I72" s="7">
         <v>1</v>
       </c>
       <c r="J72" s="7">
         <v>72</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
         <v>189</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="6" t="s">
         <v>190</v>
       </c>
       <c r="E73" s="7" t="s">
-        <v>191</v>
+        <v>172</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G73" s="7">
         <v>0</v>
       </c>
       <c r="H73" s="7">
         <v>0</v>
       </c>
       <c r="I73" s="7">
         <v>1</v>
       </c>
       <c r="J73" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="4" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="E74" s="7" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="7">
         <v>0</v>
       </c>
       <c r="H74" s="7">
         <v>0</v>
       </c>
       <c r="I74" s="7">
         <v>10</v>
       </c>
       <c r="J74" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="4" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="E75" s="7" t="s">
         <v>196</v>
       </c>
-      <c r="E75" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F75" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G75" s="7">
         <v>0</v>
       </c>
       <c r="H75" s="7">
         <v>0</v>
       </c>
       <c r="I75" s="7">
         <v>1</v>
       </c>
       <c r="J75" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="4" t="s">
         <v>197</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="6" t="s">
         <v>198</v>
       </c>
       <c r="E76" s="7" t="s">
         <v>188</v>
       </c>
       <c r="F76" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G76" s="7">
         <v>0</v>
       </c>
       <c r="H76" s="7">
         <v>0</v>
       </c>
       <c r="I76" s="7">
         <v>1</v>
       </c>
       <c r="J76" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="55">
       <c r="B77" s="4" t="s">
         <v>199</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="6" t="s">
         <v>200</v>
       </c>
       <c r="E77" s="7" t="s">
         <v>201</v>
       </c>
       <c r="F77" s="7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G77" s="7">
         <v>0</v>
       </c>
       <c r="H77" s="7">
         <v>0</v>
       </c>
       <c r="I77" s="7">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="J77" s="7">
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="55">
       <c r="B78" s="4" t="s">
         <v>202</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="6" t="s">
         <v>203</v>
       </c>
       <c r="E78" s="7" t="s">
         <v>204</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G78" s="7">
         <v>0</v>
       </c>
       <c r="H78" s="7">
         <v>0</v>
       </c>
       <c r="I78" s="7">
         <v>1</v>
       </c>
       <c r="J78" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="55">
       <c r="B79" s="4" t="s">
         <v>205</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="6" t="s">
         <v>206</v>
       </c>
       <c r="E79" s="7" t="s">
         <v>207</v>
       </c>
       <c r="F79" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G79" s="7">
         <v>0</v>
       </c>
       <c r="H79" s="7">
         <v>0</v>
       </c>
       <c r="I79" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J79" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="55">
       <c r="B80" s="4" t="s">
         <v>208</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="6" t="s">
         <v>209</v>
       </c>
       <c r="E80" s="7" t="s">
         <v>210</v>
       </c>
       <c r="F80" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G80" s="7">
         <v>0</v>
       </c>
       <c r="H80" s="7">
         <v>0</v>
       </c>
@@ -6523,174 +6484,174 @@
       <c r="F84" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G84" s="7">
         <v>0</v>
       </c>
       <c r="H84" s="7">
         <v>0</v>
       </c>
       <c r="I84" s="7">
         <v>1</v>
       </c>
       <c r="J84" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="55">
       <c r="B85" s="4" t="s">
         <v>222</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="6" t="s">
         <v>223</v>
       </c>
       <c r="E85" s="7" t="s">
-        <v>191</v>
+        <v>207</v>
       </c>
       <c r="F85" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G85" s="7">
         <v>0</v>
       </c>
       <c r="H85" s="7">
         <v>0</v>
       </c>
       <c r="I85" s="7">
         <v>1</v>
       </c>
       <c r="J85" s="7">
-        <v>144</v>
+        <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="55">
       <c r="B86" s="4" t="s">
         <v>224</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="6" t="s">
         <v>225</v>
       </c>
       <c r="E86" s="7" t="s">
         <v>226</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G86" s="7">
         <v>0</v>
       </c>
       <c r="H86" s="7">
         <v>0</v>
       </c>
       <c r="I86" s="7">
         <v>1</v>
       </c>
       <c r="J86" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="55">
       <c r="B87" s="4" t="s">
         <v>227</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="6" t="s">
         <v>228</v>
       </c>
       <c r="E87" s="7" t="s">
         <v>229</v>
       </c>
       <c r="F87" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G87" s="7">
         <v>0</v>
       </c>
       <c r="H87" s="7">
         <v>0</v>
       </c>
       <c r="I87" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J87" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="55">
       <c r="B88" s="4" t="s">
         <v>230</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="6" t="s">
         <v>231</v>
       </c>
       <c r="E88" s="7" t="s">
         <v>232</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G88" s="7">
         <v>0</v>
       </c>
       <c r="H88" s="7">
         <v>0</v>
       </c>
       <c r="I88" s="7">
         <v>1</v>
       </c>
       <c r="J88" s="7">
         <v>40</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="55">
       <c r="B89" s="4" t="s">
         <v>233</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="6" t="s">
         <v>234</v>
       </c>
       <c r="E89" s="7" t="s">
-        <v>213</v>
+        <v>169</v>
       </c>
       <c r="F89" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G89" s="7">
         <v>0</v>
       </c>
       <c r="H89" s="7">
         <v>0</v>
       </c>
       <c r="I89" s="7">
         <v>1</v>
       </c>
       <c r="J89" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="55">
       <c r="B90" s="4" t="s">
         <v>235</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="6" t="s">
         <v>236</v>
       </c>
       <c r="E90" s="7" t="s">
         <v>237</v>
       </c>
       <c r="F90" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G90" s="7">
         <v>0</v>
       </c>
       <c r="H90" s="7">
         <v>0</v>
       </c>
       <c r="I90" s="7">
         <v>1</v>
       </c>
@@ -6700,105 +6661,105 @@
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="55">
       <c r="B91" s="4" t="s">
         <v>238</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="6" t="s">
         <v>239</v>
       </c>
       <c r="E91" s="7" t="s">
         <v>240</v>
       </c>
       <c r="F91" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G91" s="7">
         <v>0</v>
       </c>
       <c r="H91" s="7">
         <v>0</v>
       </c>
       <c r="I91" s="7">
         <v>1</v>
       </c>
       <c r="J91" s="7">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="55">
       <c r="B92" s="4" t="s">
         <v>241</v>
       </c>
       <c r="C92" s="6"/>
       <c r="D92" s="6" t="s">
         <v>242</v>
       </c>
       <c r="E92" s="7" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="F92" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G92" s="7">
         <v>0</v>
       </c>
       <c r="H92" s="7">
         <v>0</v>
       </c>
       <c r="I92" s="7">
         <v>1</v>
       </c>
       <c r="J92" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="55">
       <c r="B93" s="4" t="s">
         <v>243</v>
       </c>
       <c r="C93" s="6"/>
       <c r="D93" s="6" t="s">
         <v>244</v>
       </c>
       <c r="E93" s="7" t="s">
         <v>245</v>
       </c>
       <c r="F93" s="7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G93" s="7">
         <v>0</v>
       </c>
       <c r="H93" s="7">
         <v>0</v>
       </c>
       <c r="I93" s="7">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="J93" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="55">
       <c r="B94" s="4" t="s">
         <v>246</v>
       </c>
       <c r="C94" s="6"/>
       <c r="D94" s="6" t="s">
         <v>247</v>
       </c>
       <c r="E94" s="7" t="s">
         <v>248</v>
       </c>
       <c r="F94" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G94" s="7">
         <v>0</v>
       </c>
       <c r="H94" s="7">
         <v>0</v>
       </c>
       <c r="I94" s="7">
         <v>1</v>
       </c>
@@ -6808,482 +6769,455 @@
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="55">
       <c r="B95" s="4" t="s">
         <v>249</v>
       </c>
       <c r="C95" s="6"/>
       <c r="D95" s="6" t="s">
         <v>250</v>
       </c>
       <c r="E95" s="7" t="s">
         <v>251</v>
       </c>
       <c r="F95" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G95" s="7">
         <v>0</v>
       </c>
       <c r="H95" s="7">
         <v>0</v>
       </c>
       <c r="I95" s="7">
         <v>1</v>
       </c>
       <c r="J95" s="7">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="55">
       <c r="B96" s="4" t="s">
         <v>252</v>
       </c>
       <c r="C96" s="6"/>
       <c r="D96" s="6" t="s">
         <v>253</v>
       </c>
       <c r="E96" s="7" t="s">
         <v>254</v>
       </c>
       <c r="F96" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G96" s="7">
         <v>0</v>
       </c>
       <c r="H96" s="7">
         <v>0</v>
       </c>
       <c r="I96" s="7">
         <v>1</v>
       </c>
       <c r="J96" s="7">
         <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="55">
       <c r="B97" s="4" t="s">
         <v>255</v>
       </c>
       <c r="C97" s="6"/>
       <c r="D97" s="6" t="s">
         <v>256</v>
       </c>
       <c r="E97" s="7" t="s">
         <v>257</v>
       </c>
       <c r="F97" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G97" s="7">
         <v>0</v>
       </c>
       <c r="H97" s="7">
         <v>0</v>
       </c>
       <c r="I97" s="7">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J97" s="7">
-        <v>0</v>
+        <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="55">
       <c r="B98" s="4" t="s">
         <v>258</v>
       </c>
       <c r="C98" s="6"/>
       <c r="D98" s="6" t="s">
         <v>259</v>
       </c>
       <c r="E98" s="7" t="s">
-        <v>260</v>
+        <v>27</v>
       </c>
       <c r="F98" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G98" s="7">
         <v>0</v>
       </c>
       <c r="H98" s="7">
         <v>0</v>
       </c>
       <c r="I98" s="7">
         <v>1</v>
       </c>
       <c r="J98" s="7">
-        <v>48</v>
+        <v>4</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="55">
       <c r="B99" s="4" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="C99" s="6"/>
       <c r="D99" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="E99" s="7" t="s">
         <v>262</v>
       </c>
-      <c r="E99" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F99" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G99" s="7">
         <v>0</v>
       </c>
       <c r="H99" s="7">
         <v>0</v>
       </c>
       <c r="I99" s="7">
         <v>1</v>
       </c>
       <c r="J99" s="7">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="55">
       <c r="B100" s="4" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="C100" s="6"/>
       <c r="D100" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="E100" s="7" t="s">
         <v>265</v>
       </c>
-      <c r="E100" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F100" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G100" s="7">
         <v>0</v>
       </c>
       <c r="H100" s="7">
         <v>0</v>
       </c>
       <c r="I100" s="7">
         <v>1</v>
       </c>
       <c r="J100" s="7">
-        <v>4</v>
+        <v>72</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="55">
       <c r="B101" s="4" t="s">
         <v>266</v>
       </c>
       <c r="C101" s="6"/>
       <c r="D101" s="6" t="s">
         <v>267</v>
       </c>
       <c r="E101" s="7" t="s">
         <v>268</v>
       </c>
       <c r="F101" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G101" s="7">
         <v>0</v>
       </c>
       <c r="H101" s="7">
         <v>0</v>
       </c>
       <c r="I101" s="7">
         <v>1</v>
       </c>
       <c r="J101" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="55">
       <c r="B102" s="4" t="s">
         <v>269</v>
       </c>
       <c r="C102" s="6"/>
       <c r="D102" s="6" t="s">
         <v>270</v>
       </c>
       <c r="E102" s="7" t="s">
-        <v>271</v>
+        <v>27</v>
       </c>
       <c r="F102" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G102" s="7">
         <v>0</v>
       </c>
       <c r="H102" s="7">
         <v>0</v>
       </c>
       <c r="I102" s="7">
         <v>1</v>
       </c>
       <c r="J102" s="7">
-        <v>72</v>
+        <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="55">
       <c r="B103" s="4" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C103" s="6"/>
       <c r="D103" s="6" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="E103" s="7" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="F103" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G103" s="7">
         <v>0</v>
       </c>
       <c r="H103" s="7">
         <v>0</v>
       </c>
       <c r="I103" s="7">
         <v>1</v>
       </c>
       <c r="J103" s="7">
         <v>5</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="55">
       <c r="B104" s="4" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="C104" s="6"/>
       <c r="D104" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="E104" s="7" t="s">
         <v>275</v>
       </c>
-      <c r="E104" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F104" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G104" s="7">
         <v>0</v>
       </c>
       <c r="H104" s="7">
         <v>0</v>
       </c>
       <c r="I104" s="7">
         <v>1</v>
       </c>
       <c r="J104" s="7">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="55">
       <c r="B105" s="4" t="s">
         <v>276</v>
       </c>
       <c r="C105" s="6"/>
       <c r="D105" s="6" t="s">
         <v>277</v>
       </c>
       <c r="E105" s="7" t="s">
-        <v>278</v>
+        <v>210</v>
       </c>
       <c r="F105" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G105" s="7">
         <v>0</v>
       </c>
       <c r="H105" s="7">
         <v>0</v>
       </c>
       <c r="I105" s="7">
         <v>1</v>
       </c>
       <c r="J105" s="7">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="55">
       <c r="B106" s="4" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C106" s="6"/>
       <c r="D106" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="E106" s="7" t="s">
         <v>280</v>
       </c>
-      <c r="E106" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F106" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G106" s="7">
         <v>0</v>
       </c>
       <c r="H106" s="7">
         <v>0</v>
       </c>
       <c r="I106" s="7">
         <v>1</v>
       </c>
       <c r="J106" s="7">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="55">
       <c r="B107" s="4" t="s">
         <v>281</v>
       </c>
       <c r="C107" s="6"/>
       <c r="D107" s="6" t="s">
         <v>282</v>
       </c>
       <c r="E107" s="7" t="s">
         <v>283</v>
       </c>
       <c r="F107" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G107" s="7">
         <v>0</v>
       </c>
       <c r="H107" s="7">
         <v>0</v>
       </c>
       <c r="I107" s="7">
         <v>1</v>
       </c>
       <c r="J107" s="7">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="55">
       <c r="B108" s="4" t="s">
         <v>284</v>
       </c>
       <c r="C108" s="6"/>
       <c r="D108" s="6" t="s">
         <v>285</v>
       </c>
       <c r="E108" s="7" t="s">
         <v>286</v>
       </c>
       <c r="F108" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G108" s="7">
         <v>0</v>
       </c>
       <c r="H108" s="7">
         <v>0</v>
       </c>
       <c r="I108" s="7">
         <v>1</v>
       </c>
       <c r="J108" s="7">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="55">
       <c r="B109" s="4" t="s">
         <v>287</v>
       </c>
       <c r="C109" s="6"/>
       <c r="D109" s="6" t="s">
         <v>288</v>
       </c>
       <c r="E109" s="7" t="s">
-        <v>289</v>
+        <v>54</v>
       </c>
       <c r="F109" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G109" s="7">
         <v>0</v>
       </c>
       <c r="H109" s="7">
         <v>0</v>
       </c>
       <c r="I109" s="7">
         <v>1</v>
       </c>
       <c r="J109" s="7">
-        <v>16</v>
+        <v>48</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="55">
       <c r="B110" s="4" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="C110" s="6"/>
       <c r="D110" s="6" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="E110" s="7" t="s">
-        <v>54</v>
+        <v>213</v>
       </c>
       <c r="F110" s="7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G110" s="7">
         <v>0</v>
       </c>
       <c r="H110" s="7">
         <v>0</v>
       </c>
       <c r="I110" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J110" s="7">
-        <v>48</v>
-[...25 lines deleted...]
-      <c r="J111" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">