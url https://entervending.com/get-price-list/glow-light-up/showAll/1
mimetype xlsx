--- v2 (2025-11-19)
+++ v3 (2025-12-13)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Glow &amp; Light-Up" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -193,687 +193,663 @@
   <si>
     <t>Ultimate 20" Glow Tabletop Air Hockey! Perfect Portable Game Set for Night Play &amp; Fun Home Tournaments - Ideal Indoor Recreation for All Ages - Easy Setup &amp; Competitive Play</t>
   </si>
   <si>
     <t>$97.50</t>
   </si>
   <si>
     <t xml:space="preserve">EL0532 </t>
   </si>
   <si>
     <t>Striker Gaming Headset Stereo Sound Boom Mic RGB Lighting</t>
   </si>
   <si>
     <t>$324.00</t>
   </si>
   <si>
     <t xml:space="preserve">DB74401 </t>
   </si>
   <si>
     <t>Light Up Candy Pacifier Lollipop Snack Toy Treat Gift</t>
   </si>
   <si>
     <t>$24.59</t>
   </si>
   <si>
+    <t xml:space="preserve">EL0984 </t>
+  </si>
+  <si>
+    <t>USB-Powered Gaming Headset for WFH with LED Light-Up, Flexible Microphone, Adjustable Headband, Plush Ear Pads, and AUX Splitter.</t>
+  </si>
+  <si>
+    <t>$574.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL0497 </t>
+  </si>
+  <si>
+    <t>Cat Ear Bluetooth Headphones LED Wireless For Gaming Streaming School</t>
+  </si>
+  <si>
+    <t>$496.80</t>
+  </si>
+  <si>
     <t xml:space="preserve">LED1013 </t>
   </si>
   <si>
     <t>Every Hour Happy Hour LED Sign for Ultimate Nightlife and Man Cave Decor</t>
   </si>
   <si>
     <t>$239.25</t>
   </si>
   <si>
-    <t xml:space="preserve">EL0497 </t>
-[...5 lines deleted...]
-    <t>$496.80</t>
+    <t xml:space="preserve">EL0498 </t>
+  </si>
+  <si>
+    <t>Bluetooth Headphones Wireless Unicorn LED Audio Built In Microphone</t>
   </si>
   <si>
     <t xml:space="preserve">LED2000 </t>
   </si>
   <si>
     <t>LED Neon Ramen Sign for Food Lovers - Illuminate Your Space and Satisfy Cravings with Vibrant Decor, Perfect for Ramen Connoisseurs!</t>
   </si>
   <si>
     <t>$104.40</t>
   </si>
   <si>
-    <t xml:space="preserve">EL0498 </t>
-[...2 lines deleted...]
-    <t>Bluetooth Headphones Wireless Unicorn LED Audio Built In Microphone</t>
+    <t xml:space="preserve">EL0656A </t>
+  </si>
+  <si>
+    <t>Elevate Gameplay with LVLUP Wired Mouse - Gaming Accessory, LED Lights, DPI Switch, Optical Sensor &amp; USB Connection</t>
+  </si>
+  <si>
+    <t>$171.00</t>
   </si>
   <si>
     <t xml:space="preserve">LI0650 </t>
   </si>
   <si>
     <t>Disney Junior Marvel Spin Toy with Mickey Mouse, Spider-Man, Goofy Action with Lights and Funaton Sticker</t>
   </si>
   <si>
     <t>$63.00</t>
   </si>
   <si>
-    <t xml:space="preserve">EL0656A </t>
-[...5 lines deleted...]
-    <t>$171.00</t>
+    <t xml:space="preserve">EL0932 </t>
+  </si>
+  <si>
+    <t>Color Changing Portable Speaker: Dynamic Lights &amp; Bluetooth Sound with Wireless Remote</t>
+  </si>
+  <si>
+    <t>$195.00</t>
   </si>
   <si>
     <t xml:space="preserve">LP2058 </t>
   </si>
   <si>
     <t>Led Light Pineapple Lamp Neon Table Light Tropical Decor</t>
   </si>
   <si>
     <t>$475.20</t>
   </si>
   <si>
-    <t xml:space="preserve">EL0932 </t>
-[...5 lines deleted...]
-    <t>$195.00</t>
+    <t xml:space="preserve">EL1010 </t>
+  </si>
+  <si>
+    <t>Pulse LED Portable Bluetooth Speaker with Wireless Audio and Mood Lighting, Perfect for Indoor and Outdoor Music Streaming, Featuring FM Radio and Rechargeable Battery.</t>
+  </si>
+  <si>
+    <t>$179.10</t>
   </si>
   <si>
     <t xml:space="preserve">TY1075 </t>
   </si>
   <si>
     <t>Light-Up Sky Spinner: Launch High with Battery Power and Vibrant LED Lights</t>
   </si>
   <si>
     <t>$388.80</t>
   </si>
   <si>
-    <t xml:space="preserve">EL1010 </t>
-[...5 lines deleted...]
-    <t>$179.10</t>
+    <t xml:space="preserve">EL1288 </t>
+  </si>
+  <si>
+    <t>Light-Up Mouse Pad with Ultra-Precise Tracking, Super-Size Design, USB Powered RGB with Customizable Effects, Durable Gaming Accessory for Smooth Gliding</t>
+  </si>
+  <si>
+    <t>$161.10</t>
   </si>
   <si>
     <t xml:space="preserve">LP2104 </t>
   </si>
   <si>
     <t>Chevrolet Sign LED Neon Rope Garage Bar Wall Decor</t>
   </si>
   <si>
-    <t xml:space="preserve">EL1288 </t>
-[...5 lines deleted...]
-    <t>$161.10</t>
+    <t xml:space="preserve">GLOPOP </t>
+  </si>
+  <si>
+    <t>Glow-in-the-Dark Toy Blaster Gun with Pump Handle for Thrilling Night Play - Kids' Favorite Action Toy for Indoor Games with Soft Balls</t>
+  </si>
+  <si>
+    <t>$155.25</t>
   </si>
   <si>
     <t xml:space="preserve">LP2107 </t>
   </si>
   <si>
     <t>Modelo LED Sign Neon Rope Wall Decor Bar Light</t>
   </si>
   <si>
-    <t xml:space="preserve">EL3027 </t>
-[...5 lines deleted...]
-    <t>$315.00</t>
+    <t xml:space="preserve">LED1006 </t>
+  </si>
+  <si>
+    <t>It's 5:00 Somewhere LED Sign 19in x 19in - Perfect Happy Hour Bar Decor and Illuminated Display with On/Off Switch.</t>
+  </si>
+  <si>
+    <t>$176.25</t>
   </si>
   <si>
     <t xml:space="preserve">AF1003 </t>
   </si>
   <si>
     <t>F 35 Jet US Air Force Toy Interceptor Fighter Aircraft</t>
   </si>
   <si>
     <t>$215.10</t>
   </si>
   <si>
-    <t xml:space="preserve">GLOPOP </t>
-[...5 lines deleted...]
-    <t>$155.25</t>
+    <t xml:space="preserve">LED1007 </t>
+  </si>
+  <si>
+    <t>Illuminate Your Game Room: LED Light-Up Sign for Pool Enthusiasts and Billiard Halls - Wall-Mountable Gameroom Accessory with On/Off Switch</t>
   </si>
   <si>
     <t xml:space="preserve">CS4147 </t>
   </si>
   <si>
     <t>Beer Pong Glow In The Dark Game Set Cups Balls Racks</t>
   </si>
   <si>
     <t>$112.50</t>
   </si>
   <si>
-    <t xml:space="preserve">LED1006 </t>
-[...5 lines deleted...]
-    <t>$176.25</t>
+    <t xml:space="preserve">LED1008 </t>
+  </si>
+  <si>
+    <t>LED Sign Princess Theme - Royal Touch Crown Symbol Home Decor &amp; Gift</t>
   </si>
   <si>
     <t xml:space="preserve">EL1035 </t>
   </si>
   <si>
     <t>Solar Powered String Light Led Tube Garden Outdoor Decor</t>
   </si>
   <si>
     <t>$466.20</t>
   </si>
   <si>
-    <t xml:space="preserve">LED1007 </t>
-[...2 lines deleted...]
-    <t>Illuminate Your Game Room: LED Light-Up Sign for Pool Enthusiasts and Billiard Halls - Wall-Mountable Gameroom Accessory with On/Off Switch</t>
+    <t xml:space="preserve">LED1010 </t>
+  </si>
+  <si>
+    <t>LED Sign Party Time Eye-Catching Indoor Home Decor - Perfect for Parties, Vibrant Room Accent, Easy Installation, On-Off Switch</t>
   </si>
   <si>
     <t xml:space="preserve">EL3079 </t>
   </si>
   <si>
     <t>Bluetooth Speaker Wireless Hd Audio Phone Control Music</t>
   </si>
   <si>
-    <t xml:space="preserve">LED1008 </t>
-[...2 lines deleted...]
-    <t>LED Sign Princess Theme - Royal Touch Crown Symbol Home Decor &amp; Gift</t>
+    <t xml:space="preserve">LED1011 </t>
+  </si>
+  <si>
+    <t>LED Sign Gameroom Joystick Design for Arcade Theme, Light-Up Wall Decor with On/Off Cord Switch, Easy Install for Modern and Vibrant Gaming Room Enhancement</t>
   </si>
   <si>
     <t xml:space="preserve">EL4003 </t>
   </si>
   <si>
     <t>Headphones Stand Gaming Setup Desk Accessory Audio Stand</t>
   </si>
   <si>
     <t>$234.00</t>
   </si>
   <si>
-    <t xml:space="preserve">LED1010 </t>
-[...2 lines deleted...]
-    <t>LED Sign Party Time Eye-Catching Indoor Home Decor - Perfect for Parties, Vibrant Room Accent, Easy Installation, On-Off Switch</t>
+    <t xml:space="preserve">LED1012 </t>
+  </si>
+  <si>
+    <t>Illuminate Your Space with Girls Rule LED Sign - Perfect Home Decor and Fun Room Accessory with Bright Display and Easy Installation!</t>
+  </si>
+  <si>
+    <t>$191.40</t>
   </si>
   <si>
     <t xml:space="preserve">EL4004 </t>
   </si>
   <si>
     <t>Gaming Mic USB Streaming Podcast Desktop Audio Recording</t>
   </si>
   <si>
     <t>$180.00</t>
   </si>
   <si>
-    <t xml:space="preserve">LED1011 </t>
-[...2 lines deleted...]
-    <t>LED Sign Gameroom Joystick Design for Arcade Theme, Light-Up Wall Decor with On/Off Cord Switch, Easy Install for Modern and Vibrant Gaming Room Enhancement</t>
+    <t xml:space="preserve">LED2004 </t>
+  </si>
+  <si>
+    <t>Neon Gamer Decor LED Sign - Immersive Lighting for Ultimate Game Room Upgrade</t>
   </si>
   <si>
     <t xml:space="preserve">LI0726 </t>
   </si>
   <si>
     <t>Monster Trucks Hot Wheels Toy Truck Die-Cast Crashing</t>
   </si>
   <si>
     <t>$702.00</t>
   </si>
   <si>
-    <t xml:space="preserve">LED1012 </t>
-[...5 lines deleted...]
-    <t>$191.40</t>
+    <t xml:space="preserve">LI1579 </t>
+  </si>
+  <si>
+    <t>Nerf Safety Goggles and Light-Up Targets for Ultimate Practice Aim and Eye Protection in Favorite Games</t>
+  </si>
+  <si>
+    <t>$60.75</t>
   </si>
   <si>
     <t xml:space="preserve">LP2062 </t>
   </si>
   <si>
     <t>Donut Led Light Color Changing Desk Room Decor Lamp</t>
   </si>
   <si>
     <t>$145.80</t>
   </si>
   <si>
-    <t xml:space="preserve">LED2004 </t>
-[...2 lines deleted...]
-    <t>Neon Gamer Decor LED Sign - Immersive Lighting for Ultimate Game Room Upgrade</t>
+    <t xml:space="preserve">LP2057 </t>
+  </si>
+  <si>
+    <t>LED Neon Alien Light USB-Powered - Creative Decor for Unique Retro Vibes, Space-Themed Desk Decoration, and Home Ambiance</t>
+  </si>
+  <si>
+    <t>$500.40</t>
   </si>
   <si>
     <t xml:space="preserve">LP2103 </t>
   </si>
   <si>
     <t>Jeep Sign LED Neon Rope Garage Wall Light Decor</t>
   </si>
   <si>
-    <t xml:space="preserve">LI1579 </t>
-[...5 lines deleted...]
-    <t>$60.75</t>
+    <t xml:space="preserve">LP2059 </t>
+  </si>
+  <si>
+    <t>LED Neon Ice Cream Popsicle Light - Retro Design, Mood Lighting, Unique Home Decor, Playful Ambiance, Battery/USB Powered</t>
+  </si>
+  <si>
+    <t>$478.80</t>
   </si>
   <si>
     <t xml:space="preserve">LP2105 </t>
   </si>
   <si>
     <t>Ford Sign LED Sign Marquee Neon Rope Genuine Parts Logo</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2057 </t>
-[...5 lines deleted...]
-    <t>$500.40</t>
+    <t xml:space="preserve">LP2063 </t>
+  </si>
+  <si>
+    <t>Ultimate Gamer's LED Light: Game Controller Style Decor with Color Changing Features for Enthusiasts' Rooms</t>
+  </si>
+  <si>
+    <t>$194.40</t>
   </si>
   <si>
     <t xml:space="preserve">LP2109 </t>
   </si>
   <si>
     <t>Led Sign Corvette Neon Rope Chevrolet Wall Light</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2059 </t>
-[...5 lines deleted...]
-    <t>$478.80</t>
+    <t xml:space="preserve">LP2064 </t>
+  </si>
+  <si>
+    <t>LED Love Light Neon Decor - Embrace Retro Style &amp; Vibrant Ambiance for Trendy Spaces</t>
+  </si>
+  <si>
+    <t>$143.10</t>
   </si>
   <si>
     <t xml:space="preserve">LP2111 </t>
   </si>
   <si>
     <t>Led Sign Corona Extra Bar Decor Wall Decor Neon Rope</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2063 </t>
-[...5 lines deleted...]
-    <t>$194.40</t>
+    <t xml:space="preserve">LP2085 </t>
+  </si>
+  <si>
+    <t>XBox Light-Up Headphone Stand: Organize Your Gaming Setup with Cool Display, Convenient Headset Storage, USB Powered Holder - Never Lose Your Gear!</t>
+  </si>
+  <si>
+    <t>$483.30</t>
   </si>
   <si>
     <t xml:space="preserve">LP2112 </t>
   </si>
   <si>
     <t>Gulf Oil Neon Sign Wall Art Garage Decor Man Cave Accessory</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2064 </t>
-[...20 lines deleted...]
-    <t>Pyramid Prism LED Lamp with Ambient Lighting for Home Decor</t>
+    <t xml:space="preserve">LP2090 </t>
+  </si>
+  <si>
+    <t>Minecraft Creeper Biome Light: USB-C LED Glitter Mood Lamp for Gamers - USB or Battery Powered, Perfect for Home Decor and Gaming Accessories</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2117 </t>
+  </si>
+  <si>
+    <t>Spider&amp;#45;Man Squishy Glo Silicone Light Night Light Tap Brightness</t>
+  </si>
+  <si>
+    <t>$432.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2092 </t>
+  </si>
+  <si>
+    <t>Minecraft Creeper Alarm Clock for Kids - Tap to Snooze with Interactive Digital Nightlight!</t>
+  </si>
+  <si>
+    <t>$468.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2118 </t>
+  </si>
+  <si>
+    <t>Super Mario Light Mario Lamp Gaming Decor Desk Light</t>
+  </si>
+  <si>
+    <t>$504.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2096 </t>
+  </si>
+  <si>
+    <t>Minecraft Creeper SquishyGlo Light for Kids Room - Rechargeable Interactive Night Light &amp; Collectible Decor for Gaming Fans</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2120 </t>
+  </si>
+  <si>
+    <t>Texaco Neon Sign Led Wall Gasoline Garage Rope</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2102 </t>
+  </si>
+  <si>
+    <t>Lilo &amp; Stitch Rechargeable Squishyglo Silicone Night Light for Calming Bedtime Routine</t>
+  </si>
+  <si>
+    <t>$864.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1038 </t>
+  </si>
+  <si>
+    <t>Barnyard Buddies Light Up Building Animal Toy Collection</t>
+  </si>
+  <si>
+    <t>$540.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1006 </t>
+  </si>
+  <si>
+    <t>Light-Up Finger Beams: Toy Lights for Kids Fun &amp; Party Entertainment with Easy Wear and Safe Design</t>
+  </si>
+  <si>
+    <t>$26.22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RDDCGB </t>
+  </si>
+  <si>
+    <t>Dc Comics Glowbot Kit Superhero Toy Led Building Toy</t>
+  </si>
+  <si>
+    <t>$157.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1023 </t>
+  </si>
+  <si>
+    <t>Light Vision LED Strip Football - Neon Glow Night Visibility for Sports Enthusiasts, Fun Outdoor Play with Long-Lasting Illuminated Action</t>
+  </si>
+  <si>
+    <t>$140.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TG1192 </t>
+  </si>
+  <si>
+    <t>Gel Blaster Surge XL Velocity Dial Starfire Gellets Rechargeable</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1034 </t>
+  </si>
+  <si>
+    <t>Foam Glider Toy Plane with LED Lights for Outdoor Family Fun 12 Pack</t>
+  </si>
+  <si>
+    <t>$27.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TG1193 </t>
+  </si>
+  <si>
+    <t>Gel Blaster Surge XL Gel Ball Blaster Electric Launcher</t>
+  </si>
+  <si>
+    <t>$360.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV0046 </t>
+  </si>
+  <si>
+    <t>Light-Up Spring Top Toy with Spinning Action, Bright Flashing Lights, Interactive Child-Friendly Design, and Wind-Up Mechanism! Fun Gift for Kids!</t>
+  </si>
+  <si>
+    <t>$648.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI1638 </t>
+  </si>
+  <si>
+    <t>Air Hockey Tabletop Game Sonic Indoor Arcade Puck</t>
+  </si>
+  <si>
+    <t>$225.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV2345A </t>
+  </si>
+  <si>
+    <t>Discovery Adventure: Mermaid Fossil Excavation Kit - Uncover Buried Treasure with an Educational Science Toy! Perfect Hands-on Learning Tool for Young Paleontologists.</t>
+  </si>
+  <si>
+    <t>$23.77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI1639 </t>
+  </si>
+  <si>
+    <t>Foosball Game Tabletop Sonic Soccer Match Score Counter</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RC2230 </t>
+  </si>
+  <si>
+    <t>Remote Control Stunt Car for Unlimited Fun and Adventure with Flip Action and Precision Steering</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL3103 </t>
+  </si>
+  <si>
+    <t>Bluetooth Speaker LED Infinity Dual Woofer TWS FM Radio USB</t>
+  </si>
+  <si>
+    <t>$206.55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RC3134 </t>
+  </si>
+  <si>
+    <t>Hornet Helicopter: Micro Coaxial Rotor, Night-Time Flights, USB Rechargeable, Perfect for R/C Beginners</t>
+  </si>
+  <si>
+    <t>$151.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL3104 </t>
+  </si>
+  <si>
+    <t>Dual Led Ring Light Boom Box Bluetooth Fm Radio Speaker</t>
+  </si>
+  <si>
+    <t>$137.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1258 </t>
+  </si>
+  <si>
+    <t>Jumbo Squishy Alien Head for Stress Relief and Sensory Play, Perfect Desk Companion with Slow Rise Feature and Fun Quirky Design for Kids and Adults Alike</t>
   </si>
   <si>
     <t>$118.80</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2117 </t>
-[...178 lines deleted...]
-  <si>
     <t xml:space="preserve">EL3107 </t>
   </si>
   <si>
     <t>Sound Bar Speaker Bluetooth Wireless Stereo Usb Music</t>
   </si>
   <si>
     <t>$1077.00</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1258 </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">TG1129 </t>
   </si>
   <si>
     <t>Light Up Dinosaur Bubble Shooter Toy for Kids with LED Fun</t>
   </si>
   <si>
     <t>$204.00</t>
   </si>
   <si>
     <t xml:space="preserve">EL3111 </t>
   </si>
   <si>
     <t>Mini GLO LED Wireless Speaker Bluetooth Portable FM Radio</t>
   </si>
   <si>
     <t xml:space="preserve">TY1074 </t>
   </si>
   <si>
     <t>Transform Your Room with Glow Dark Dinosaur Stickers - Jurassic Dino Theme for Playful Decor</t>
   </si>
   <si>
     <t>$36.00</t>
   </si>
   <si>
     <t xml:space="preserve">EL4011 </t>
   </si>
   <si>
     <t>Bluetooth Speaker TWS Sound Show Rainbow Light Music</t>
   </si>
   <si>
     <t>$286.20</t>
   </si>
   <si>
-    <t xml:space="preserve">EL0983 </t>
-[...5 lines deleted...]
-    <t>$642.96</t>
+    <t xml:space="preserve">EL1036 </t>
+  </si>
+  <si>
+    <t>Photo Display Usb Powered Led String Clip Light</t>
+  </si>
+  <si>
+    <t>$522.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2106 </t>
+  </si>
+  <si>
+    <t>Ford Led Sign Neon Rope Genuine Parts Service Garage Decor</t>
   </si>
   <si>
     <t xml:space="preserve">EL4019 </t>
   </si>
   <si>
     <t>Led Flame Wireless Speaker Bluetooth Mode Light Sound</t>
   </si>
   <si>
     <t>$322.20</t>
   </si>
   <si>
-    <t xml:space="preserve">EL1036 </t>
-[...11 lines deleted...]
-    <t>Ford Led Sign Neon Rope Genuine Parts Service Garage Decor</t>
+    <t xml:space="preserve">LU1039 </t>
+  </si>
+  <si>
+    <t>Light Sword LED Toy Expandable Glowing Weapon</t>
+  </si>
+  <si>
+    <t>$243.00</t>
   </si>
   <si>
     <t xml:space="preserve">EL4020 </t>
   </si>
   <si>
     <t>Bluetooth Speaker Led Rgb Music Wireless Portable Sound</t>
   </si>
   <si>
     <t>$716.40</t>
   </si>
   <si>
-    <t xml:space="preserve">LU1039 </t>
-[...5 lines deleted...]
-    <t>$243.00</t>
+    <t xml:space="preserve">RC2236 </t>
+  </si>
+  <si>
+    <t>Battery Operated Robot Moving Action Sound Blaster Toy</t>
   </si>
   <si>
     <t xml:space="preserve">HW1033 </t>
   </si>
   <si>
     <t>Aroma Diffuser USB Power Lights Home Office Travel Pads</t>
   </si>
   <si>
     <t>$76.50</t>
-  </si>
-[...4 lines deleted...]
-    <t>Battery Operated Robot Moving Action Sound Blaster Toy</t>
   </si>
   <si>
     <t xml:space="preserve">LED132A </t>
   </si>
   <si>
     <t>LED Sign Beer O Clock Acrylic Cover Man Cave Bar Pub Wall Plug</t>
   </si>
   <si>
     <t xml:space="preserve">LI0842 </t>
   </si>
   <si>
     <t>Star Wars Darth Vader Hologram Plush Collectible Display</t>
   </si>
   <si>
     <t>$5040.00</t>
   </si>
   <si>
     <t xml:space="preserve">LI1669 </t>
   </si>
   <si>
     <t>Air Hockey Led Tabletop Game Puck Striker Set Sports Illustrated</t>
   </si>
   <si>
     <t xml:space="preserve">LP2017 </t>
   </si>
@@ -1002,51 +978,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a9948004279cda43287ed46095859f92.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54133.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_918443194c8faaba6ad5ecc41422ee544.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_98252795a92fe21e83f47ec1e44764695.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_36a8a1fe8694baaa0acb474686f268876.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c5284978.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1960a0affb9c9bb545dace58e8c6335d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aaf720f6bb5797edb6978a5b3656e75811.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_18adfab7e60544cd9aa79b034a397e9e12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ea65b8c44188c1b02603a82db75ae1713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8818b59bc2b52af04ff5a53b71f6f85b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8200710b61123ca4ff4881925280ea515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_34110193605e47318ef77d2f343d291a16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60bb880e669a88892ad4633888b0dc9417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c3a4d006fa682cc4770f96f87e18d15c18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_085db43f35b276595621ed17ad8143db19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_265c864d6fc1ec63908fa8164b0e1f3020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_beef0f1d7c0c65544d496505b89e8f3121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09f39bc3d93a79d5fd3c66ccbcc2ea6e22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cc3c9f61e0c0498c4593f9babf8b83223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e8c84d9ca2e8e1a355de4eea984b76bd24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c17d5e583947581207518de0570ceb25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_93ea720f7e9ce2fcb2dc98c142bac41826.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d3f95c201f3fcf5e8205802b018e95127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9e702ee96d12c80669e53f20ed421828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_93b09884d8ec34318ef886fec30925ca29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_446cf1233b334ef0288830cf681abf2f30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e841945a6e1a385cc1fb20b5b010a62631.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c2cfbdbe29eef3e469735cf2698aabe32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4f0199486db997755d035847b0ef2f2b33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fcc3588ba001a35f1f35743929f2485134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe017cff1d581b9fca96bac9594b893235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfc694158aa098522137a85301aac62736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3e9f2e3bdf395c8571460911c200563537.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f1af259803f085339da56a461f46476538.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79ee6353161422bfc29d8cdc3685ad7e39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c27167a897a7f22b5ec933fe74e5ad9f40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fbb5563b64193267cf82cdb881e8eca41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2693d5ef1e57239f9a17d375939438a842.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_651af8d57cb938c6fe5da92166fb0eba43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_14c53a85faa3945676c024ca4e0a0f1c44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1002f419fd2555a17447ed23169f6efa45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_73d077c7ff2ee89d352042609ea32f5c46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_693196ab2c0249a05743dcca6a87459e47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_961626e4a822f32f5c3f6e395853789e48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fa470ddc3d144adf11dfc02c80038ff49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d7ab60dbd10ac50fd560ba69517d2eb50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ede2e30e673137b73c0a8716aef4f47051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15eac8f302e4081a2da7313937729d8f52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_319651414bd18950e46df3b0bbf58ae153.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_99a609dc2abdacb277689d55f37611c354.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_df6cba94ee12f6a4876c8b37892e22d455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e477b3304c8c81f7f408676da2963f6b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6967fa9bf995d02c4f3ae6a190d7e2ba57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_710b7c1955a5cdba4d3311b1510e122358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_86f978e706d85fae4766074c038bc0a959.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_549015322006711e7908872ac3c6603b60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c57b8c69731db941facd30d459d1742d61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e92686cbeba52124b6cecbe222ffcf4662.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f86f5783c44a14436d07c83b06d44fb63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_732ca03709535c7d1ea28c38988d6bf464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_615f93218033eab3e3eb4fce3158cc8065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc176dfcbd4345828c82ac678d6a392666.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ab4417e7392c700d644b6d05217e85467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_acf3d1cfc538fd4008e9b0522b009a0368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55cf1d51bdf6d6fc94e36d51b681c65669.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64520f2527b417a7f57411ba82ea9be570.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f0464c2a36ac0fa126fdf10ddfa58a171.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cb7645ac038562492c3efe4b025188572.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_469be880b8c15f91acf710e41a45324a73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77db55569f47f7592fe7736d9908901374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7468e219963d378ed6a8297e4278fd8e75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3dfe510fe91b2e84cc3a2bad415e9d0e76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebac434c897041f932f81bd76b6d05b577.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c2e5d601656727b9c7082502d45af0278.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_845648555e2ceb54dbad9917a854e14b79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_de922b90cd0217216a1a27e571b05e3280.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5411415520e7dd387952e1af1a4d37ad81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_077084ff7a533dbd1056b437ed0d904382.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e094a76563680a7a509a2918c8b741fd83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6580a1f23b29d9e4f4a3ce623603601184.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a66f334056f35795e97bcac277b5db0c85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64822aa3e94d0090a55020341eb772f286.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3dac305a1c53d986b8d2af239b94286587.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_962b580d09b7a272ddd865a616a41fa188.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1de044f2661674b9e134577c30b93db389.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae7a5cee62384abe219f8bf2207db61190.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_be26ca40773b61245a33c016a7a5f4b391.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_82f52488972846f38ccbb19ac063a50a92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6227b880bff101322bef81005794cff593.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e4ae1f8b4bcab7bc6dffa520efef205394.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ef1b7800fb6976ff8896e93d854a51595.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b4595b979189435d86409f8653ac239f96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05d773af273d1de5d31c58a5912c888f97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce51e7bae20c93e3a5483758abecabba98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08f4e1b7618972f0b70355a6147a29ec99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a7cb94541d49f77ebfbde21bed4cccb100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e11bd8f695b0edf8da36e27b88306b3101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ebd68ee2a3c6cebe5f75e50f838c932102.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a9948004279cda43287ed46095859f92.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54133.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_918443194c8faaba6ad5ecc41422ee544.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_98252795a92fe21e83f47ec1e44764695.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_36a8a1fe8694baaa0acb474686f268876.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c5284978.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1960a0affb9c9bb545dace58e8c6335d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aaf720f6bb5797edb6978a5b3656e75811.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_18adfab7e60544cd9aa79b034a397e9e12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ea65b8c44188c1b02603a82db75ae1713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8818b59bc2b52af04ff5a53b71f6f85b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8200710b61123ca4ff4881925280ea515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3c48caf046f463303c84b9d878d9b9e416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60bb880e669a88892ad4633888b0dc9417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_34110193605e47318ef77d2f343d291a18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_085db43f35b276595621ed17ad8143db19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c3a4d006fa682cc4770f96f87e18d15c20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_beef0f1d7c0c65544d496505b89e8f3121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_265c864d6fc1ec63908fa8164b0e1f3022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cc3c9f61e0c0498c4593f9babf8b83223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09f39bc3d93a79d5fd3c66ccbcc2ea6e24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c17d5e583947581207518de0570ceb25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e8c84d9ca2e8e1a355de4eea984b76bd26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d3f95c201f3fcf5e8205802b018e95127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_93ea720f7e9ce2fcb2dc98c142bac41828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e841945a6e1a385cc1fb20b5b010a62629.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9e702ee96d12c80669e53f20ed421830.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4f0199486db997755d035847b0ef2f2b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_446cf1233b334ef0288830cf681abf2f32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe017cff1d581b9fca96bac9594b893233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c2cfbdbe29eef3e469735cf2698aabe34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3e9f2e3bdf395c8571460911c200563535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fcc3588ba001a35f1f35743929f2485136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79ee6353161422bfc29d8cdc3685ad7e37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfc694158aa098522137a85301aac62738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fbb5563b64193267cf82cdb881e8eca39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f1af259803f085339da56a461f46476540.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_651af8d57cb938c6fe5da92166fb0eba41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c27167a897a7f22b5ec933fe74e5ad9f42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1002f419fd2555a17447ed23169f6efa43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2693d5ef1e57239f9a17d375939438a844.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_693196ab2c0249a05743dcca6a87459e45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_14c53a85faa3945676c024ca4e0a0f1c46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fa470ddc3d144adf11dfc02c80038ff47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_73d077c7ff2ee89d352042609ea32f5c48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ede2e30e673137b73c0a8716aef4f47049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_961626e4a822f32f5c3f6e395853789e50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_319651414bd18950e46df3b0bbf58ae151.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d7ab60dbd10ac50fd560ba69517d2eb52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_df6cba94ee12f6a4876c8b37892e22d453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15eac8f302e4081a2da7313937729d8f54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_86f978e706d85fae4766074c038bc0a955.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_99a609dc2abdacb277689d55f37611c356.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c57b8c69731db941facd30d459d1742d57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_710b7c1955a5cdba4d3311b1510e122358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f86f5783c44a14436d07c83b06d44fb59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_549015322006711e7908872ac3c6603b60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_615f93218033eab3e3eb4fce3158cc8061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e92686cbeba52124b6cecbe222ffcf4662.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ab4417e7392c700d644b6d05217e85463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_732ca03709535c7d1ea28c38988d6bf464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55cf1d51bdf6d6fc94e36d51b681c65665.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc176dfcbd4345828c82ac678d6a392666.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f0464c2a36ac0fa126fdf10ddfa58a167.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_acf3d1cfc538fd4008e9b0522b009a0368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_469be880b8c15f91acf710e41a45324a69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64520f2527b417a7f57411ba82ea9be570.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_815f8737f0d6ab9c3fc61064143b32ef71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cb7645ac038562492c3efe4b025188572.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7468e219963d378ed6a8297e4278fd8e73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77db55569f47f7592fe7736d9908901374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebac434c897041f932f81bd76b6d05b575.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3dfe510fe91b2e84cc3a2bad415e9d0e76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_845648555e2ceb54dbad9917a854e14b77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c2e5d601656727b9c7082502d45af0278.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5411415520e7dd387952e1af1a4d37ad79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_de922b90cd0217216a1a27e571b05e3280.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e094a76563680a7a509a2918c8b741fd81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6580a1f23b29d9e4f4a3ce623603601182.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a66f334056f35795e97bcac277b5db0c83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64822aa3e94d0090a55020341eb772f284.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1de044f2661674b9e134577c30b93db385.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae7a5cee62384abe219f8bf2207db61186.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_962b580d09b7a272ddd865a616a41fa187.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_82f52488972846f38ccbb19ac063a50a88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_be26ca40773b61245a33c016a7a5f4b389.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e4ae1f8b4bcab7bc6dffa520efef205390.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6227b880bff101322bef81005794cff591.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ef1b7800fb6976ff8896e93d854a51592.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b4595b979189435d86409f8653ac239f93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05d773af273d1de5d31c58a5912c888f94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce51e7bae20c93e3a5483758abecabba95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08f4e1b7618972f0b70355a6147a29ec96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a7cb94541d49f77ebfbde21bed4cccb97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e11bd8f695b0edf8da36e27b88306b398.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ebd68ee2a3c6cebe5f75e50f838c93299.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3964,140 +3940,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>106</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="99" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4364,54 +4250,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J110"/>
+  <dimension ref="A1:J107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J110" sqref="J110"/>
+      <selection activeCell="J107" sqref="J107"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -4852,51 +4738,51 @@
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G24" s="7">
         <v>0</v>
       </c>
       <c r="H24" s="7">
         <v>0</v>
       </c>
       <c r="I24" s="7">
         <v>1</v>
       </c>
       <c r="J24" s="7">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G25" s="7">
         <v>0</v>
       </c>
       <c r="H25" s="7">
         <v>0</v>
       </c>
       <c r="I25" s="7">
         <v>1</v>
       </c>
@@ -4960,51 +4846,51 @@
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>69</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>71</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G28" s="7">
         <v>0</v>
       </c>
       <c r="H28" s="7">
         <v>0</v>
       </c>
       <c r="I28" s="7">
         <v>1</v>
       </c>
       <c r="J28" s="7">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>72</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>74</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G29" s="7">
         <v>0</v>
       </c>
       <c r="H29" s="7">
         <v>0</v>
       </c>
       <c r="I29" s="7">
         <v>1</v>
       </c>
@@ -5014,51 +4900,51 @@
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>77</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G30" s="7">
         <v>0</v>
       </c>
       <c r="H30" s="7">
         <v>0</v>
       </c>
       <c r="I30" s="7">
         <v>1</v>
       </c>
       <c r="J30" s="7">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
         <v>78</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>80</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G31" s="7">
         <v>0</v>
       </c>
       <c r="H31" s="7">
         <v>0</v>
       </c>
       <c r="I31" s="7">
         <v>1</v>
       </c>
@@ -5068,1320 +4954,1320 @@
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
         <v>81</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
         <v>82</v>
       </c>
       <c r="E32" s="7" t="s">
         <v>83</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G32" s="7">
         <v>0</v>
       </c>
       <c r="H32" s="7">
         <v>0</v>
       </c>
       <c r="I32" s="7">
         <v>1</v>
       </c>
       <c r="J32" s="7">
-        <v>144</v>
+        <v>48</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
         <v>84</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>85</v>
       </c>
       <c r="E33" s="7" t="s">
         <v>86</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G33" s="7">
         <v>0</v>
       </c>
       <c r="H33" s="7">
         <v>0</v>
       </c>
       <c r="I33" s="7">
         <v>1</v>
       </c>
       <c r="J33" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
         <v>87</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
         <v>88</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>27</v>
+        <v>89</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G34" s="7">
         <v>0</v>
       </c>
       <c r="H34" s="7">
         <v>0</v>
       </c>
       <c r="I34" s="7">
         <v>1</v>
       </c>
       <c r="J34" s="7">
-        <v>4</v>
+        <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G35" s="7">
         <v>0</v>
       </c>
       <c r="H35" s="7">
         <v>0</v>
       </c>
       <c r="I35" s="7">
         <v>1</v>
       </c>
       <c r="J35" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G36" s="7">
         <v>0</v>
       </c>
       <c r="H36" s="7">
         <v>0</v>
       </c>
       <c r="I36" s="7">
         <v>1</v>
       </c>
       <c r="J36" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G37" s="7">
         <v>0</v>
       </c>
       <c r="H37" s="7">
         <v>0</v>
       </c>
       <c r="I37" s="7">
         <v>1</v>
       </c>
       <c r="J37" s="7">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G38" s="7">
         <v>0</v>
       </c>
       <c r="H38" s="7">
         <v>0</v>
       </c>
       <c r="I38" s="7">
         <v>1</v>
       </c>
       <c r="J38" s="7">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>102</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G39" s="7">
         <v>0</v>
       </c>
       <c r="H39" s="7">
         <v>0</v>
       </c>
       <c r="I39" s="7">
         <v>1</v>
       </c>
       <c r="J39" s="7">
-        <v>18</v>
+        <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
         <v>103</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
         <v>104</v>
       </c>
       <c r="E40" s="7" t="s">
         <v>105</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G40" s="7">
         <v>0</v>
       </c>
       <c r="H40" s="7">
         <v>0</v>
       </c>
       <c r="I40" s="7">
         <v>1</v>
       </c>
       <c r="J40" s="7">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
         <v>106</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
         <v>107</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>108</v>
+        <v>66</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G41" s="7">
         <v>0</v>
       </c>
       <c r="H41" s="7">
         <v>0</v>
       </c>
       <c r="I41" s="7">
         <v>1</v>
       </c>
       <c r="J41" s="7">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="E42" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="E42" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F42" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G42" s="7">
         <v>0</v>
       </c>
       <c r="H42" s="7">
         <v>0</v>
       </c>
       <c r="I42" s="7">
         <v>1</v>
       </c>
       <c r="J42" s="7">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G43" s="7">
         <v>0</v>
       </c>
       <c r="H43" s="7">
         <v>0</v>
       </c>
       <c r="I43" s="7">
         <v>1</v>
       </c>
       <c r="J43" s="7">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="E44" s="7" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G44" s="7">
         <v>0</v>
       </c>
       <c r="H44" s="7">
         <v>0</v>
       </c>
       <c r="I44" s="7">
         <v>1</v>
       </c>
       <c r="J44" s="7">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
         <v>116</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
         <v>117</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G45" s="7">
         <v>0</v>
       </c>
       <c r="H45" s="7">
         <v>0</v>
       </c>
       <c r="I45" s="7">
         <v>1</v>
       </c>
       <c r="J45" s="7">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
         <v>118</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
         <v>119</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G46" s="7">
         <v>0</v>
       </c>
       <c r="H46" s="7">
         <v>0</v>
       </c>
       <c r="I46" s="7">
         <v>1</v>
       </c>
       <c r="J46" s="7">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G47" s="7">
         <v>0</v>
       </c>
       <c r="H47" s="7">
         <v>0</v>
       </c>
       <c r="I47" s="7">
         <v>1</v>
       </c>
       <c r="J47" s="7">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="E48" s="7" t="s">
         <v>124</v>
       </c>
-      <c r="E48" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G48" s="7">
         <v>0</v>
       </c>
       <c r="H48" s="7">
         <v>0</v>
       </c>
       <c r="I48" s="7">
         <v>1</v>
       </c>
       <c r="J48" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="E49" s="7" t="s">
         <v>127</v>
       </c>
-      <c r="E49" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F49" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G49" s="7">
         <v>0</v>
       </c>
       <c r="H49" s="7">
         <v>0</v>
       </c>
       <c r="I49" s="7">
         <v>1</v>
       </c>
       <c r="J49" s="7">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
         <v>129</v>
       </c>
       <c r="E50" s="7" t="s">
         <v>130</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G50" s="7">
         <v>0</v>
       </c>
       <c r="H50" s="7">
         <v>0</v>
       </c>
       <c r="I50" s="7">
         <v>1</v>
       </c>
       <c r="J50" s="7">
-        <v>72</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
         <v>131</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
         <v>132</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>133</v>
+        <v>71</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G51" s="7">
         <v>0</v>
       </c>
       <c r="H51" s="7">
         <v>0</v>
       </c>
       <c r="I51" s="7">
         <v>1</v>
       </c>
       <c r="J51" s="7">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="E52" s="7" t="s">
         <v>135</v>
       </c>
-      <c r="E52" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F52" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G52" s="7">
         <v>0</v>
       </c>
       <c r="H52" s="7">
         <v>0</v>
       </c>
       <c r="I52" s="7">
         <v>1</v>
       </c>
       <c r="J52" s="7">
-        <v>36</v>
+        <v>72</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="E53" s="7" t="s">
         <v>138</v>
       </c>
-      <c r="E53" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G53" s="7">
         <v>0</v>
       </c>
       <c r="H53" s="7">
         <v>0</v>
       </c>
       <c r="I53" s="7">
         <v>1</v>
       </c>
       <c r="J53" s="7">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
         <v>139</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
         <v>140</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>27</v>
+        <v>141</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G54" s="7">
         <v>0</v>
       </c>
       <c r="H54" s="7">
         <v>0</v>
       </c>
       <c r="I54" s="7">
         <v>1</v>
       </c>
       <c r="J54" s="7">
-        <v>4</v>
+        <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G55" s="7">
         <v>0</v>
       </c>
       <c r="H55" s="7">
         <v>0</v>
       </c>
       <c r="I55" s="7">
         <v>1</v>
       </c>
       <c r="J55" s="7">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E56" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G56" s="7">
         <v>0</v>
       </c>
       <c r="H56" s="7">
         <v>0</v>
       </c>
       <c r="I56" s="7">
         <v>1</v>
       </c>
       <c r="J56" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G57" s="7">
         <v>0</v>
       </c>
       <c r="H57" s="7">
         <v>0</v>
       </c>
       <c r="I57" s="7">
         <v>1</v>
       </c>
       <c r="J57" s="7">
         <v>48</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E58" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G58" s="7">
         <v>0</v>
       </c>
       <c r="H58" s="7">
         <v>0</v>
       </c>
       <c r="I58" s="7">
         <v>1</v>
       </c>
       <c r="J58" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G59" s="7">
         <v>0</v>
       </c>
       <c r="H59" s="7">
         <v>0</v>
       </c>
       <c r="I59" s="7">
         <v>1</v>
       </c>
       <c r="J59" s="7">
         <v>48</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E60" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G60" s="7">
         <v>0</v>
       </c>
       <c r="H60" s="7">
         <v>0</v>
       </c>
       <c r="I60" s="7">
         <v>1</v>
       </c>
       <c r="J60" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G61" s="7">
         <v>0</v>
       </c>
       <c r="H61" s="7">
         <v>0</v>
       </c>
       <c r="I61" s="7">
         <v>1</v>
       </c>
       <c r="J61" s="7">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E62" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G62" s="7">
         <v>0</v>
       </c>
       <c r="H62" s="7">
         <v>0</v>
       </c>
       <c r="I62" s="7">
         <v>1</v>
       </c>
       <c r="J62" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G63" s="7">
         <v>0</v>
       </c>
       <c r="H63" s="7">
         <v>0</v>
       </c>
       <c r="I63" s="7">
         <v>1</v>
       </c>
       <c r="J63" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>166</v>
+        <v>27</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G64" s="7">
         <v>0</v>
       </c>
       <c r="H64" s="7">
         <v>0</v>
       </c>
       <c r="I64" s="7">
         <v>1</v>
       </c>
       <c r="J64" s="7">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
         <v>167</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
         <v>168</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>169</v>
+        <v>39</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G65" s="7">
         <v>0</v>
       </c>
       <c r="H65" s="7">
         <v>0</v>
       </c>
       <c r="I65" s="7">
         <v>1</v>
       </c>
       <c r="J65" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="4" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="E66" s="7" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G66" s="7">
         <v>0</v>
       </c>
       <c r="H66" s="7">
         <v>0</v>
       </c>
       <c r="I66" s="7">
         <v>1</v>
       </c>
       <c r="J66" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="4" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="E67" s="7" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G67" s="7">
         <v>0</v>
       </c>
       <c r="H67" s="7">
         <v>0</v>
       </c>
       <c r="I67" s="7">
         <v>1</v>
       </c>
       <c r="J67" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="55">
       <c r="B68" s="4" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="E68" s="7" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G68" s="7">
         <v>0</v>
       </c>
       <c r="H68" s="7">
         <v>0</v>
       </c>
       <c r="I68" s="7">
         <v>1</v>
       </c>
       <c r="J68" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="55">
       <c r="B69" s="4" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="6" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="E69" s="7" t="s">
-        <v>39</v>
+        <v>171</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G69" s="7">
         <v>0</v>
       </c>
       <c r="H69" s="7">
         <v>0</v>
       </c>
       <c r="I69" s="7">
         <v>1</v>
       </c>
       <c r="J69" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="55">
       <c r="B70" s="4" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="6" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="E70" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G70" s="7">
         <v>0</v>
       </c>
       <c r="H70" s="7">
         <v>0</v>
       </c>
       <c r="I70" s="7">
         <v>1</v>
       </c>
       <c r="J70" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="55">
       <c r="B71" s="4" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="E71" s="7" t="s">
         <v>184</v>
       </c>
-      <c r="E71" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F71" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G71" s="7">
         <v>0</v>
       </c>
       <c r="H71" s="7">
         <v>0</v>
       </c>
       <c r="I71" s="7">
         <v>1</v>
       </c>
       <c r="J71" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="4" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="E72" s="7" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G72" s="7">
         <v>0</v>
       </c>
       <c r="H72" s="7">
         <v>0</v>
       </c>
       <c r="I72" s="7">
         <v>1</v>
       </c>
       <c r="J72" s="7">
         <v>72</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="E73" s="7" t="s">
         <v>190</v>
       </c>
-      <c r="E73" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" s="7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G73" s="7">
         <v>0</v>
       </c>
       <c r="H73" s="7">
         <v>0</v>
       </c>
       <c r="I73" s="7">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="J73" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="4" t="s">
         <v>191</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="6" t="s">
         <v>192</v>
       </c>
       <c r="E74" s="7" t="s">
         <v>193</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="7">
         <v>0</v>
       </c>
       <c r="H74" s="7">
         <v>0</v>
       </c>
       <c r="I74" s="7">
         <v>10</v>
       </c>
       <c r="J74" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="4" t="s">
         <v>194</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="6" t="s">
         <v>195</v>
       </c>
       <c r="E75" s="7" t="s">
         <v>196</v>
       </c>
       <c r="F75" s="7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G75" s="7">
         <v>0</v>
       </c>
       <c r="H75" s="7">
         <v>0</v>
       </c>
       <c r="I75" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J75" s="7">
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="4" t="s">
         <v>197</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="6" t="s">
         <v>198</v>
       </c>
       <c r="E76" s="7" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="F76" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G76" s="7">
         <v>0</v>
       </c>
       <c r="H76" s="7">
         <v>0</v>
       </c>
       <c r="I76" s="7">
         <v>1</v>
       </c>
       <c r="J76" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="55">
       <c r="B77" s="4" t="s">
         <v>199</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="6" t="s">
         <v>200</v>
       </c>
       <c r="E77" s="7" t="s">
         <v>201</v>
       </c>
       <c r="F77" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G77" s="7">
         <v>0</v>
       </c>
       <c r="H77" s="7">
         <v>0</v>
       </c>
       <c r="I77" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J77" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="55">
       <c r="B78" s="4" t="s">
         <v>202</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="6" t="s">
         <v>203</v>
       </c>
       <c r="E78" s="7" t="s">
         <v>204</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G78" s="7">
         <v>0</v>
       </c>
       <c r="H78" s="7">
         <v>0</v>
       </c>
       <c r="I78" s="7">
         <v>1</v>
       </c>
       <c r="J78" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="55">
       <c r="B79" s="4" t="s">
         <v>205</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="6" t="s">
         <v>206</v>
       </c>
       <c r="E79" s="7" t="s">
         <v>207</v>
       </c>
       <c r="F79" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G79" s="7">
         <v>0</v>
       </c>
       <c r="H79" s="7">
         <v>0</v>
       </c>
       <c r="I79" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J79" s="7">
-        <v>0</v>
+        <v>144</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="55">
       <c r="B80" s="4" t="s">
         <v>208</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="6" t="s">
         <v>209</v>
       </c>
       <c r="E80" s="7" t="s">
         <v>210</v>
       </c>
       <c r="F80" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G80" s="7">
         <v>0</v>
       </c>
       <c r="H80" s="7">
         <v>0</v>
       </c>
       <c r="I80" s="7">
         <v>1</v>
       </c>
@@ -6430,120 +6316,120 @@
       <c r="F82" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G82" s="7">
         <v>0</v>
       </c>
       <c r="H82" s="7">
         <v>0</v>
       </c>
       <c r="I82" s="7">
         <v>1</v>
       </c>
       <c r="J82" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="55">
       <c r="B83" s="4" t="s">
         <v>216</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="6" t="s">
         <v>217</v>
       </c>
       <c r="E83" s="7" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="F83" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G83" s="7">
         <v>0</v>
       </c>
       <c r="H83" s="7">
         <v>0</v>
       </c>
       <c r="I83" s="7">
+        <v>1</v>
+      </c>
+      <c r="J83" s="7">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="55">
       <c r="B84" s="4" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="E84" s="7" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="F84" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G84" s="7">
         <v>0</v>
       </c>
       <c r="H84" s="7">
         <v>0</v>
       </c>
       <c r="I84" s="7">
         <v>1</v>
       </c>
       <c r="J84" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="55">
       <c r="B85" s="4" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="E85" s="7" t="s">
         <v>223</v>
       </c>
-      <c r="E85" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F85" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G85" s="7">
         <v>0</v>
       </c>
       <c r="H85" s="7">
         <v>0</v>
       </c>
       <c r="I85" s="7">
         <v>1</v>
       </c>
       <c r="J85" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="55">
       <c r="B86" s="4" t="s">
         <v>224</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="6" t="s">
         <v>225</v>
       </c>
       <c r="E86" s="7" t="s">
         <v>226</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G86" s="7">
         <v>0</v>
       </c>
       <c r="H86" s="7">
         <v>0</v>
       </c>
       <c r="I86" s="7">
         <v>1</v>
       </c>
@@ -6592,201 +6478,201 @@
       <c r="F88" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G88" s="7">
         <v>0</v>
       </c>
       <c r="H88" s="7">
         <v>0</v>
       </c>
       <c r="I88" s="7">
         <v>1</v>
       </c>
       <c r="J88" s="7">
         <v>40</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="55">
       <c r="B89" s="4" t="s">
         <v>233</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="6" t="s">
         <v>234</v>
       </c>
       <c r="E89" s="7" t="s">
-        <v>169</v>
+        <v>235</v>
       </c>
       <c r="F89" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G89" s="7">
         <v>0</v>
       </c>
       <c r="H89" s="7">
         <v>0</v>
       </c>
       <c r="I89" s="7">
         <v>1</v>
       </c>
       <c r="J89" s="7">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="55">
       <c r="B90" s="4" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E90" s="7" t="s">
-        <v>237</v>
+        <v>92</v>
       </c>
       <c r="F90" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G90" s="7">
         <v>0</v>
       </c>
       <c r="H90" s="7">
         <v>0</v>
       </c>
       <c r="I90" s="7">
         <v>1</v>
       </c>
       <c r="J90" s="7">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="55">
       <c r="B91" s="4" t="s">
         <v>238</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="6" t="s">
         <v>239</v>
       </c>
       <c r="E91" s="7" t="s">
         <v>240</v>
       </c>
       <c r="F91" s="7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G91" s="7">
         <v>0</v>
       </c>
       <c r="H91" s="7">
         <v>0</v>
       </c>
       <c r="I91" s="7">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="J91" s="7">
-        <v>32</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="55">
       <c r="B92" s="4" t="s">
         <v>241</v>
       </c>
       <c r="C92" s="6"/>
       <c r="D92" s="6" t="s">
         <v>242</v>
       </c>
       <c r="E92" s="7" t="s">
-        <v>91</v>
+        <v>243</v>
       </c>
       <c r="F92" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G92" s="7">
         <v>0</v>
       </c>
       <c r="H92" s="7">
         <v>0</v>
       </c>
       <c r="I92" s="7">
         <v>1</v>
       </c>
       <c r="J92" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="55">
       <c r="B93" s="4" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C93" s="6"/>
       <c r="D93" s="6" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E93" s="7" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F93" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G93" s="7">
         <v>0</v>
       </c>
       <c r="H93" s="7">
         <v>0</v>
       </c>
       <c r="I93" s="7">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J93" s="7">
-        <v>0</v>
+        <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="55">
       <c r="B94" s="4" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C94" s="6"/>
       <c r="D94" s="6" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E94" s="7" t="s">
-        <v>248</v>
+        <v>27</v>
       </c>
       <c r="F94" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G94" s="7">
         <v>0</v>
       </c>
       <c r="H94" s="7">
         <v>0</v>
       </c>
       <c r="I94" s="7">
         <v>1</v>
       </c>
       <c r="J94" s="7">
-        <v>24</v>
+        <v>4</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="55">
       <c r="B95" s="4" t="s">
         <v>249</v>
       </c>
       <c r="C95" s="6"/>
       <c r="D95" s="6" t="s">
         <v>250</v>
       </c>
       <c r="E95" s="7" t="s">
         <v>251</v>
       </c>
       <c r="F95" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G95" s="7">
         <v>0</v>
       </c>
       <c r="H95" s="7">
         <v>0</v>
       </c>
       <c r="I95" s="7">
         <v>1</v>
       </c>
@@ -6796,428 +6682,347 @@
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="55">
       <c r="B96" s="4" t="s">
         <v>252</v>
       </c>
       <c r="C96" s="6"/>
       <c r="D96" s="6" t="s">
         <v>253</v>
       </c>
       <c r="E96" s="7" t="s">
         <v>254</v>
       </c>
       <c r="F96" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G96" s="7">
         <v>0</v>
       </c>
       <c r="H96" s="7">
         <v>0</v>
       </c>
       <c r="I96" s="7">
         <v>1</v>
       </c>
       <c r="J96" s="7">
-        <v>24</v>
+        <v>72</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="55">
       <c r="B97" s="4" t="s">
         <v>255</v>
       </c>
       <c r="C97" s="6"/>
       <c r="D97" s="6" t="s">
         <v>256</v>
       </c>
       <c r="E97" s="7" t="s">
         <v>257</v>
       </c>
       <c r="F97" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G97" s="7">
         <v>0</v>
       </c>
       <c r="H97" s="7">
         <v>0</v>
       </c>
       <c r="I97" s="7">
         <v>1</v>
       </c>
       <c r="J97" s="7">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="55">
       <c r="B98" s="4" t="s">
         <v>258</v>
       </c>
       <c r="C98" s="6"/>
       <c r="D98" s="6" t="s">
         <v>259</v>
       </c>
       <c r="E98" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F98" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G98" s="7">
         <v>0</v>
       </c>
       <c r="H98" s="7">
         <v>0</v>
       </c>
       <c r="I98" s="7">
         <v>1</v>
       </c>
       <c r="J98" s="7">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="55">
       <c r="B99" s="4" t="s">
         <v>260</v>
       </c>
       <c r="C99" s="6"/>
       <c r="D99" s="6" t="s">
         <v>261</v>
       </c>
       <c r="E99" s="7" t="s">
         <v>262</v>
       </c>
       <c r="F99" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G99" s="7">
         <v>0</v>
       </c>
       <c r="H99" s="7">
         <v>0</v>
       </c>
       <c r="I99" s="7">
         <v>1</v>
       </c>
       <c r="J99" s="7">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="55">
       <c r="B100" s="4" t="s">
         <v>263</v>
       </c>
       <c r="C100" s="6"/>
       <c r="D100" s="6" t="s">
         <v>264</v>
       </c>
       <c r="E100" s="7" t="s">
-        <v>265</v>
+        <v>130</v>
       </c>
       <c r="F100" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G100" s="7">
         <v>0</v>
       </c>
       <c r="H100" s="7">
         <v>0</v>
       </c>
       <c r="I100" s="7">
         <v>1</v>
       </c>
       <c r="J100" s="7">
-        <v>72</v>
+        <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="55">
       <c r="B101" s="4" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="C101" s="6"/>
       <c r="D101" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="E101" s="7" t="s">
         <v>267</v>
       </c>
-      <c r="E101" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F101" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G101" s="7">
         <v>0</v>
       </c>
       <c r="H101" s="7">
         <v>0</v>
       </c>
       <c r="I101" s="7">
         <v>1</v>
       </c>
       <c r="J101" s="7">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="55">
       <c r="B102" s="4" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="C102" s="6"/>
       <c r="D102" s="6" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="E102" s="7" t="s">
-        <v>27</v>
+        <v>210</v>
       </c>
       <c r="F102" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G102" s="7">
         <v>0</v>
       </c>
       <c r="H102" s="7">
         <v>0</v>
       </c>
       <c r="I102" s="7">
         <v>1</v>
       </c>
       <c r="J102" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="55">
       <c r="B103" s="4" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="C103" s="6"/>
       <c r="D103" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="E103" s="7" t="s">
         <v>272</v>
       </c>
-      <c r="E103" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F103" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G103" s="7">
         <v>0</v>
       </c>
       <c r="H103" s="7">
         <v>0</v>
       </c>
       <c r="I103" s="7">
         <v>1</v>
       </c>
       <c r="J103" s="7">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="55">
       <c r="B104" s="4" t="s">
         <v>273</v>
       </c>
       <c r="C104" s="6"/>
       <c r="D104" s="6" t="s">
         <v>274</v>
       </c>
       <c r="E104" s="7" t="s">
         <v>275</v>
       </c>
       <c r="F104" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G104" s="7">
         <v>0</v>
       </c>
       <c r="H104" s="7">
         <v>0</v>
       </c>
       <c r="I104" s="7">
         <v>1</v>
       </c>
       <c r="J104" s="7">
-        <v>48</v>
+        <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="55">
       <c r="B105" s="4" t="s">
         <v>276</v>
       </c>
       <c r="C105" s="6"/>
       <c r="D105" s="6" t="s">
         <v>277</v>
       </c>
       <c r="E105" s="7" t="s">
-        <v>210</v>
+        <v>278</v>
       </c>
       <c r="F105" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G105" s="7">
         <v>0</v>
       </c>
       <c r="H105" s="7">
         <v>0</v>
       </c>
       <c r="I105" s="7">
         <v>1</v>
       </c>
       <c r="J105" s="7">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="55">
       <c r="B106" s="4" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C106" s="6"/>
       <c r="D106" s="6" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E106" s="7" t="s">
-        <v>280</v>
+        <v>54</v>
       </c>
       <c r="F106" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G106" s="7">
         <v>0</v>
       </c>
       <c r="H106" s="7">
         <v>0</v>
       </c>
       <c r="I106" s="7">
         <v>1</v>
       </c>
       <c r="J106" s="7">
-        <v>16</v>
+        <v>48</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="55">
       <c r="B107" s="4" t="s">
         <v>281</v>
       </c>
       <c r="C107" s="6"/>
       <c r="D107" s="6" t="s">
         <v>282</v>
       </c>
       <c r="E107" s="7" t="s">
-        <v>283</v>
+        <v>201</v>
       </c>
       <c r="F107" s="7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G107" s="7">
         <v>0</v>
       </c>
       <c r="H107" s="7">
         <v>0</v>
       </c>
       <c r="I107" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J107" s="7">
-        <v>24</v>
-[...79 lines deleted...]
-      <c r="J110" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">