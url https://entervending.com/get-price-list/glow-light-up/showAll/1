--- v3 (2025-12-13)
+++ v4 (2026-03-12)
@@ -15,895 +15,754 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Glow &amp; Light-Up" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Glow &amp; Light-Up</t>
   </si>
   <si>
-    <t xml:space="preserve">MIA9B-25 </t>
-[...5 lines deleted...]
-    <t>$14.49</t>
+    <t xml:space="preserve">MIA9B </t>
+  </si>
+  <si>
+    <t>Glow-in-the-Dark Alien Figures - Charged by Light for Ultimate Night-Time Fun (100pcs)</t>
+  </si>
+  <si>
+    <t>$13.50</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PUFHG-12 </t>
   </si>
   <si>
     <t>3" Light-Up Puffer Hedgehog 12 pcs</t>
   </si>
   <si>
     <t>$16.99</t>
   </si>
   <si>
     <t xml:space="preserve">EL0533 </t>
   </si>
   <si>
     <t>Gaming Headset Retractable Microphone RGB Lighting Wired Headset Stereo Sound Boom Mic</t>
   </si>
   <si>
-    <t>$345.60</t>
-[...2 lines deleted...]
-    <t>Box</t>
+    <t>$297.00</t>
+  </si>
+  <si>
+    <t>Case</t>
   </si>
   <si>
     <t xml:space="preserve">LP2110 </t>
   </si>
   <si>
     <t>Pabst Blue Ribbon LED Sign Neon Rope Wall Decor</t>
   </si>
   <si>
     <t>$135.00</t>
   </si>
   <si>
-    <t xml:space="preserve">MIA9B </t>
-[...5 lines deleted...]
-    <t>$13.50</t>
+    <t xml:space="preserve">SQS3B </t>
+  </si>
+  <si>
+    <t>Squeezie Squeees Glow-in-the-Dark Series - Mochi Animal Squishy Toys (100pcs)</t>
+  </si>
+  <si>
+    <t>$31.50</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PUFHG-6 </t>
   </si>
   <si>
     <t>3" Light-Up Puffer Hedgehog 6 pcs</t>
   </si>
   <si>
     <t>$9.99</t>
   </si>
   <si>
-    <t xml:space="preserve">SQS3B </t>
-[...5 lines deleted...]
-    <t>$31.50</t>
+    <t xml:space="preserve">BA-SGL27 </t>
+  </si>
+  <si>
+    <t>144 pcs Glow In Dark Smile Face Ball 27 mm</t>
+  </si>
+  <si>
+    <t>$11.40</t>
   </si>
   <si>
     <t xml:space="preserve">LP2101 </t>
   </si>
   <si>
     <t>Minecraft Zombie Icon Light Night Lamp Pixel Figure</t>
   </si>
   <si>
     <t>$576.00</t>
   </si>
   <si>
-    <t xml:space="preserve">BA-SGL27 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">SIUNB </t>
   </si>
   <si>
     <t>Neon Glow Unicorns Bulk Figurines 100pcs Black Light Party Favors Kids Toys</t>
   </si>
   <si>
     <t>$24.30</t>
   </si>
   <si>
-    <t xml:space="preserve">DB10264 </t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">EL0532 </t>
   </si>
   <si>
     <t>Striker Gaming Headset Stereo Sound Boom Mic RGB Lighting</t>
   </si>
   <si>
     <t>$324.00</t>
   </si>
   <si>
     <t xml:space="preserve">DB74401 </t>
   </si>
   <si>
     <t>Light Up Candy Pacifier Lollipop Snack Toy Treat Gift</t>
   </si>
   <si>
     <t>$24.59</t>
   </si>
   <si>
     <t xml:space="preserve">EL0984 </t>
   </si>
   <si>
     <t>USB-Powered Gaming Headset for WFH with LED Light-Up, Flexible Microphone, Adjustable Headband, Plush Ear Pads, and AUX Splitter.</t>
   </si>
   <si>
     <t>$574.20</t>
   </si>
   <si>
     <t xml:space="preserve">EL0497 </t>
   </si>
   <si>
     <t>Cat Ear Bluetooth Headphones LED Wireless For Gaming Streaming School</t>
   </si>
   <si>
     <t>$496.80</t>
   </si>
   <si>
-    <t xml:space="preserve">LED1013 </t>
-[...2 lines deleted...]
-    <t>Every Hour Happy Hour LED Sign for Ultimate Nightlife and Man Cave Decor</t>
+    <t xml:space="preserve">LED2000 </t>
+  </si>
+  <si>
+    <t>LED Neon Ramen Sign for Food Lovers - Illuminate Your Space and Satisfy Cravings with Vibrant Decor, Perfect for Ramen Connoisseurs!</t>
+  </si>
+  <si>
+    <t>$104.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL0498 </t>
+  </si>
+  <si>
+    <t>Bluetooth Headphones Wireless Unicorn LED Audio Built In Microphone</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2058 </t>
+  </si>
+  <si>
+    <t>Led Light Pineapple Lamp Neon Table Light Tropical Decor</t>
+  </si>
+  <si>
+    <t>$475.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL0656A </t>
+  </si>
+  <si>
+    <t>Elevate Gameplay with LVLUP Wired Mouse - Gaming Accessory, LED Lights, DPI Switch, Optical Sensor &amp; USB Connection</t>
+  </si>
+  <si>
+    <t>$171.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2064 </t>
+  </si>
+  <si>
+    <t>Love Light LED Lamp Retro Neon Desk Sign USB Battery Powered</t>
+  </si>
+  <si>
+    <t>$143.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL0868 </t>
+  </si>
+  <si>
+    <t>Muze Thunder LED Sound Blast: Bluetooth Speaker with Rich Stereo, Mobile Connection, and 7-Hour Playtime</t>
+  </si>
+  <si>
+    <t>$161.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2104 </t>
+  </si>
+  <si>
+    <t>Chevrolet Sign LED Neon Rope Garage Bar Wall Decor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL1288 </t>
+  </si>
+  <si>
+    <t>Light-Up Mouse Pad with Ultra-Precise Tracking, Super-Size Design, USB Powered RGB with Customizable Effects, Durable Gaming Accessory for Smooth Gliding</t>
+  </si>
+  <si>
+    <t>$161.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2107 </t>
+  </si>
+  <si>
+    <t>Modelo LED Sign Neon Rope Wall Decor Bar Light</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FL0016 </t>
+  </si>
+  <si>
+    <t>LED Party Mouthpiece - Flashing, Multi-Colored Fun Gadget with Batteries Included</t>
+  </si>
+  <si>
+    <t>$38.88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AF1003 </t>
+  </si>
+  <si>
+    <t>F 35 Jet US Air Force Toy Interceptor Fighter Aircraft</t>
+  </si>
+  <si>
+    <t>$215.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GLOPOP </t>
+  </si>
+  <si>
+    <t>Glow-in-the-Dark Toy Blaster Gun with Pump Handle for Thrilling Night Play - Kids' Favorite Action Toy for Indoor Games with Soft Balls</t>
+  </si>
+  <si>
+    <t>$155.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL1035 </t>
+  </si>
+  <si>
+    <t>Solar Powered String Light Led Tube Garden Outdoor Decor</t>
+  </si>
+  <si>
+    <t>$466.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LED1006 </t>
+  </si>
+  <si>
+    <t>It's 5:00 Somewhere LED Sign 19in x 19in - Perfect Happy Hour Bar Decor and Illuminated Display with On/Off Switch.</t>
+  </si>
+  <si>
+    <t>$176.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL4004 </t>
+  </si>
+  <si>
+    <t>Gaming Mic USB Streaming Podcast Desktop Audio Recording</t>
+  </si>
+  <si>
+    <t>$180.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LED1007 </t>
+  </si>
+  <si>
+    <t>Illuminate Your Game Room: LED Light-Up Sign for Pool Enthusiasts and Billiard Halls - Wall-Mountable Gameroom Accessory with On/Off Switch</t>
   </si>
   <si>
     <t>$239.25</t>
   </si>
   <si>
-    <t xml:space="preserve">EL0498 </t>
-[...128 lines deleted...]
-    <t>$112.50</t>
+    <t xml:space="preserve">LI0726 </t>
+  </si>
+  <si>
+    <t>Monster Trucks Hot Wheels Toy Truck Die-Cast Crashing</t>
+  </si>
+  <si>
+    <t>$702.00</t>
   </si>
   <si>
     <t xml:space="preserve">LED1008 </t>
   </si>
   <si>
     <t>LED Sign Princess Theme - Royal Touch Crown Symbol Home Decor &amp; Gift</t>
   </si>
   <si>
-    <t xml:space="preserve">EL1035 </t>
-[...5 lines deleted...]
-    <t>$466.20</t>
+    <t>$209.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2062 </t>
+  </si>
+  <si>
+    <t>Donut Led Light Color Changing Desk Room Decor Lamp</t>
+  </si>
+  <si>
+    <t>$145.80</t>
   </si>
   <si>
     <t xml:space="preserve">LED1010 </t>
   </si>
   <si>
     <t>LED Sign Party Time Eye-Catching Indoor Home Decor - Perfect for Parties, Vibrant Room Accent, Easy Installation, On-Off Switch</t>
   </si>
   <si>
-    <t xml:space="preserve">EL3079 </t>
-[...2 lines deleted...]
-    <t>Bluetooth Speaker Wireless Hd Audio Phone Control Music</t>
+    <t xml:space="preserve">LP2103 </t>
+  </si>
+  <si>
+    <t>Jeep Sign LED Neon Rope Garage Wall Light Decor</t>
   </si>
   <si>
     <t xml:space="preserve">LED1011 </t>
   </si>
   <si>
     <t>LED Sign Gameroom Joystick Design for Arcade Theme, Light-Up Wall Decor with On/Off Cord Switch, Easy Install for Modern and Vibrant Gaming Room Enhancement</t>
   </si>
   <si>
-    <t xml:space="preserve">EL4003 </t>
-[...5 lines deleted...]
-    <t>$234.00</t>
+    <t xml:space="preserve">LP2105 </t>
+  </si>
+  <si>
+    <t>Ford Sign LED Sign Marquee Neon Rope Genuine Parts Logo</t>
   </si>
   <si>
     <t xml:space="preserve">LED1012 </t>
   </si>
   <si>
     <t>Illuminate Your Space with Girls Rule LED Sign - Perfect Home Decor and Fun Room Accessory with Bright Display and Easy Installation!</t>
   </si>
   <si>
-    <t>$191.40</t>
-[...23 lines deleted...]
-    <t>$702.00</t>
+    <t>$167.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2109 </t>
+  </si>
+  <si>
+    <t>Led Sign Corvette Neon Rope Chevrolet Wall Light</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LED2002 </t>
+  </si>
+  <si>
+    <t>LED Neon Man Cave Sign - Wall-Mounted Room Decor with USB Power, Acrylic Panel, and Chain for Ultimate Man Cave Ambiance and Vibrant Statement Lighting</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP2111 </t>
+  </si>
+  <si>
+    <t>Led Sign Corona Extra Bar Decor Wall Decor Neon Rope</t>
   </si>
   <si>
     <t xml:space="preserve">LI1579 </t>
   </si>
   <si>
     <t>Nerf Safety Goggles and Light-Up Targets for Ultimate Practice Aim and Eye Protection in Favorite Games</t>
   </si>
   <si>
     <t>$60.75</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2062 </t>
-[...5 lines deleted...]
-    <t>$145.80</t>
+    <t xml:space="preserve">LP2112 </t>
+  </si>
+  <si>
+    <t>Gulf Oil Neon Sign Wall Art Garage Decor Man Cave Accessory</t>
   </si>
   <si>
     <t xml:space="preserve">LP2057 </t>
   </si>
   <si>
     <t>LED Neon Alien Light USB-Powered - Creative Decor for Unique Retro Vibes, Space-Themed Desk Decoration, and Home Ambiance</t>
   </si>
   <si>
     <t>$500.40</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2103 </t>
-[...2 lines deleted...]
-    <t>Jeep Sign LED Neon Rope Garage Wall Light Decor</t>
+    <t xml:space="preserve">LP2117 </t>
+  </si>
+  <si>
+    <t>Spider&amp;#45;Man Squishy Glo Silicone Light Night Light Tap Brightness</t>
+  </si>
+  <si>
+    <t>$432.00</t>
   </si>
   <si>
     <t xml:space="preserve">LP2059 </t>
   </si>
   <si>
     <t>LED Neon Ice Cream Popsicle Light - Retro Design, Mood Lighting, Unique Home Decor, Playful Ambiance, Battery/USB Powered</t>
   </si>
   <si>
     <t>$478.80</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2105 </t>
-[...2 lines deleted...]
-    <t>Ford Sign LED Sign Marquee Neon Rope Genuine Parts Logo</t>
+    <t xml:space="preserve">LP2118 </t>
+  </si>
+  <si>
+    <t>Super Mario Light Mario Lamp Gaming Decor Desk Light</t>
+  </si>
+  <si>
+    <t>$504.00</t>
   </si>
   <si>
     <t xml:space="preserve">LP2063 </t>
   </si>
   <si>
     <t>Ultimate Gamer's LED Light: Game Controller Style Decor with Color Changing Features for Enthusiasts' Rooms</t>
   </si>
   <si>
     <t>$194.40</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2109 </t>
-[...32 lines deleted...]
-    <t>Gulf Oil Neon Sign Wall Art Garage Decor Man Cave Accessory</t>
+    <t xml:space="preserve">LP2120 </t>
+  </si>
+  <si>
+    <t>Texaco Neon Sign Led Wall Gasoline Garage Rope</t>
   </si>
   <si>
     <t xml:space="preserve">LP2090 </t>
   </si>
   <si>
     <t>Minecraft Creeper Biome Light: USB-C LED Glitter Mood Lamp for Gamers - USB or Battery Powered, Perfect for Home Decor and Gaming Accessories</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2117 </t>
-[...23 lines deleted...]
-    <t>$504.00</t>
+    <t xml:space="preserve">RC2236 </t>
+  </si>
+  <si>
+    <t>Otto Robot Kids Toy Action Lights Sounds Blaster Shield</t>
   </si>
   <si>
     <t xml:space="preserve">LP2096 </t>
   </si>
   <si>
     <t>Minecraft Creeper SquishyGlo Light for Kids Room - Rechargeable Interactive Night Light &amp; Collectible Decor for Gaming Fans</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2120 </t>
-[...2 lines deleted...]
-    <t>Texaco Neon Sign Led Wall Gasoline Garage Rope</t>
+    <t xml:space="preserve">TG1192 </t>
+  </si>
+  <si>
+    <t>Gel Blaster Surge XL Velocity Dial Starfire Gellets Rechargeable</t>
+  </si>
+  <si>
+    <t>$540.00</t>
   </si>
   <si>
     <t xml:space="preserve">LP2102 </t>
   </si>
   <si>
     <t>Lilo &amp; Stitch Rechargeable Squishyglo Silicone Night Light for Calming Bedtime Routine</t>
   </si>
   <si>
     <t>$864.00</t>
   </si>
   <si>
-    <t xml:space="preserve">LU1038 </t>
-[...5 lines deleted...]
-    <t>$540.00</t>
+    <t xml:space="preserve">TG1193 </t>
+  </si>
+  <si>
+    <t>Gel Blaster Surge XL Gel Ball Blaster Electric Launcher</t>
+  </si>
+  <si>
+    <t>$360.00</t>
   </si>
   <si>
     <t xml:space="preserve">LU1006 </t>
   </si>
   <si>
     <t>Light-Up Finger Beams: Toy Lights for Kids Fun &amp; Party Entertainment with Easy Wear and Safe Design</t>
   </si>
   <si>
     <t>$26.22</t>
   </si>
   <si>
-    <t xml:space="preserve">RDDCGB </t>
-[...5 lines deleted...]
-    <t>$157.50</t>
+    <t xml:space="preserve">LI1638 </t>
+  </si>
+  <si>
+    <t>Air Hockey Tabletop Game Sonic Indoor Arcade Puck</t>
+  </si>
+  <si>
+    <t>$225.00</t>
   </si>
   <si>
     <t xml:space="preserve">LU1023 </t>
   </si>
   <si>
     <t>Light Vision LED Strip Football - Neon Glow Night Visibility for Sports Enthusiasts, Fun Outdoor Play with Long-Lasting Illuminated Action</t>
   </si>
   <si>
     <t>$140.40</t>
   </si>
   <si>
-    <t xml:space="preserve">TG1192 </t>
-[...2 lines deleted...]
-    <t>Gel Blaster Surge XL Velocity Dial Starfire Gellets Rechargeable</t>
+    <t xml:space="preserve">LI1639 </t>
+  </si>
+  <si>
+    <t>Foosball Game Tabletop Sonic Soccer Match Score Counter</t>
   </si>
   <si>
     <t xml:space="preserve">LU1034 </t>
   </si>
   <si>
     <t>Foam Glider Toy Plane with LED Lights for Outdoor Family Fun 12 Pack</t>
   </si>
   <si>
     <t>$27.00</t>
   </si>
   <si>
-    <t xml:space="preserve">TG1193 </t>
-[...5 lines deleted...]
-    <t>$360.00</t>
+    <t xml:space="preserve">EL3103 </t>
+  </si>
+  <si>
+    <t>Bluetooth Speaker LED Infinity Dual Woofer TWS FM Radio USB</t>
+  </si>
+  <si>
+    <t>$206.55</t>
   </si>
   <si>
     <t xml:space="preserve">NV0046 </t>
   </si>
   <si>
     <t>Light-Up Spring Top Toy with Spinning Action, Bright Flashing Lights, Interactive Child-Friendly Design, and Wind-Up Mechanism! Fun Gift for Kids!</t>
   </si>
   <si>
     <t>$648.00</t>
   </si>
   <si>
-    <t xml:space="preserve">LI1638 </t>
-[...5 lines deleted...]
-    <t>$225.00</t>
+    <t xml:space="preserve">EL3104 </t>
+  </si>
+  <si>
+    <t>Dual Led Ring Light Boom Box Bluetooth Fm Radio Speaker</t>
+  </si>
+  <si>
+    <t>$137.70</t>
   </si>
   <si>
     <t xml:space="preserve">NV2345A </t>
   </si>
   <si>
     <t>Discovery Adventure: Mermaid Fossil Excavation Kit - Uncover Buried Treasure with an Educational Science Toy! Perfect Hands-on Learning Tool for Young Paleontologists.</t>
   </si>
   <si>
     <t>$23.77</t>
   </si>
   <si>
-    <t xml:space="preserve">LI1639 </t>
-[...2 lines deleted...]
-    <t>Foosball Game Tabletop Sonic Soccer Match Score Counter</t>
+    <t xml:space="preserve">EL3107 </t>
+  </si>
+  <si>
+    <t>Sound Bar Speaker Bluetooth Wireless Stereo Usb Music</t>
+  </si>
+  <si>
+    <t>$1077.00</t>
   </si>
   <si>
     <t xml:space="preserve">RC2230 </t>
   </si>
   <si>
     <t>Remote Control Stunt Car for Unlimited Fun and Adventure with Flip Action and Precision Steering</t>
   </si>
   <si>
-    <t xml:space="preserve">EL3103 </t>
-[...5 lines deleted...]
-    <t>$206.55</t>
+    <t xml:space="preserve">EL4011 </t>
+  </si>
+  <si>
+    <t>Bluetooth Speaker TWS Stereo Lightshow LED Wireless RGB</t>
+  </si>
+  <si>
+    <t>$286.20</t>
   </si>
   <si>
     <t xml:space="preserve">RC3134 </t>
   </si>
   <si>
     <t>Hornet Helicopter: Micro Coaxial Rotor, Night-Time Flights, USB Rechargeable, Perfect for R/C Beginners</t>
   </si>
   <si>
     <t>$151.20</t>
   </si>
   <si>
-    <t xml:space="preserve">EL3104 </t>
-[...5 lines deleted...]
-    <t>$137.70</t>
+    <t xml:space="preserve">EL4020 </t>
+  </si>
+  <si>
+    <t>Bluetooth Speaker RGB LED Wireless Sound Music Portable Gentek</t>
+  </si>
+  <si>
+    <t>$716.40</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1258 </t>
   </si>
   <si>
     <t>Jumbo Squishy Alien Head for Stress Relief and Sensory Play, Perfect Desk Companion with Slow Rise Feature and Fun Quirky Design for Kids and Adults Alike</t>
   </si>
   <si>
-    <t>$118.80</t>
-[...8 lines deleted...]
-    <t>$1077.00</t>
+    <t>$81.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HW1033 </t>
+  </si>
+  <si>
+    <t>Aroma Diffuser USB Power Lights Home Office Travel Pads</t>
+  </si>
+  <si>
+    <t>$76.50</t>
   </si>
   <si>
     <t xml:space="preserve">TG1129 </t>
   </si>
   <si>
     <t>Light Up Dinosaur Bubble Shooter Toy for Kids with LED Fun</t>
   </si>
   <si>
     <t>$204.00</t>
   </si>
   <si>
-    <t xml:space="preserve">EL3111 </t>
-[...20 lines deleted...]
-    <t>$286.20</t>
+    <t xml:space="preserve">LED132A </t>
+  </si>
+  <si>
+    <t>LED Sign Beer O Clock Acrylic Cover Man Cave Bar Pub Wall Plug</t>
+  </si>
+  <si>
+    <t>$165.00</t>
   </si>
   <si>
     <t xml:space="preserve">EL1036 </t>
   </si>
   <si>
     <t>Photo Display Usb Powered Led String Clip Light</t>
   </si>
   <si>
     <t>$522.00</t>
   </si>
   <si>
     <t xml:space="preserve">LP2106 </t>
   </si>
   <si>
     <t>Ford Led Sign Neon Rope Genuine Parts Service Garage Decor</t>
   </si>
   <si>
-    <t xml:space="preserve">EL4019 </t>
-[...46 lines deleted...]
-  <si>
     <t xml:space="preserve">LI0842 </t>
   </si>
   <si>
     <t>Star Wars Darth Vader Hologram Plush Collectible Display</t>
   </si>
   <si>
     <t>$5040.00</t>
   </si>
   <si>
     <t xml:space="preserve">LI1669 </t>
   </si>
   <si>
     <t>Air Hockey Led Tabletop Game Puck Striker Set Sports Illustrated</t>
   </si>
   <si>
-    <t xml:space="preserve">LP2017 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">LP2053 </t>
   </si>
   <si>
     <t>Police Light Beacon Emergency Signal Toy Prop</t>
   </si>
   <si>
     <t>$216.00</t>
   </si>
   <si>
     <t xml:space="preserve">LP2114 </t>
   </si>
   <si>
     <t>Care Bears cheer bear light glo buddies nostalgic decor collectible</t>
   </si>
   <si>
     <t>$528.00</t>
   </si>
   <si>
     <t xml:space="preserve">TG1190 </t>
   </si>
   <si>
     <t>Space Bubble Gun Fun Bubble Shooter Light Up Toy Outdoor Party</t>
+  </si>
+  <si>
+    <t>$284.40</t>
   </si>
   <si>
     <t xml:space="preserve">TY1100 </t>
   </si>
   <si>
     <t>Lcd Tablet Writing Tablet Digital Notepad Drawing Tablet</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -978,51 +837,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a9948004279cda43287ed46095859f92.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54133.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_918443194c8faaba6ad5ecc41422ee544.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_98252795a92fe21e83f47ec1e44764695.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_36a8a1fe8694baaa0acb474686f268876.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c5284978.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1960a0affb9c9bb545dace58e8c6335d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aaf720f6bb5797edb6978a5b3656e75811.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_18adfab7e60544cd9aa79b034a397e9e12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ea65b8c44188c1b02603a82db75ae1713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8818b59bc2b52af04ff5a53b71f6f85b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8200710b61123ca4ff4881925280ea515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3c48caf046f463303c84b9d878d9b9e416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60bb880e669a88892ad4633888b0dc9417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_34110193605e47318ef77d2f343d291a18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_085db43f35b276595621ed17ad8143db19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c3a4d006fa682cc4770f96f87e18d15c20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_beef0f1d7c0c65544d496505b89e8f3121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_265c864d6fc1ec63908fa8164b0e1f3022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cc3c9f61e0c0498c4593f9babf8b83223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09f39bc3d93a79d5fd3c66ccbcc2ea6e24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c17d5e583947581207518de0570ceb25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e8c84d9ca2e8e1a355de4eea984b76bd26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d3f95c201f3fcf5e8205802b018e95127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_93ea720f7e9ce2fcb2dc98c142bac41828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e841945a6e1a385cc1fb20b5b010a62629.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9e702ee96d12c80669e53f20ed421830.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4f0199486db997755d035847b0ef2f2b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_446cf1233b334ef0288830cf681abf2f32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe017cff1d581b9fca96bac9594b893233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c2cfbdbe29eef3e469735cf2698aabe34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3e9f2e3bdf395c8571460911c200563535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fcc3588ba001a35f1f35743929f2485136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79ee6353161422bfc29d8cdc3685ad7e37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfc694158aa098522137a85301aac62738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fbb5563b64193267cf82cdb881e8eca39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f1af259803f085339da56a461f46476540.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_651af8d57cb938c6fe5da92166fb0eba41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c27167a897a7f22b5ec933fe74e5ad9f42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1002f419fd2555a17447ed23169f6efa43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2693d5ef1e57239f9a17d375939438a844.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_693196ab2c0249a05743dcca6a87459e45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_14c53a85faa3945676c024ca4e0a0f1c46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fa470ddc3d144adf11dfc02c80038ff47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_73d077c7ff2ee89d352042609ea32f5c48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ede2e30e673137b73c0a8716aef4f47049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_961626e4a822f32f5c3f6e395853789e50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_319651414bd18950e46df3b0bbf58ae151.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d7ab60dbd10ac50fd560ba69517d2eb52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_df6cba94ee12f6a4876c8b37892e22d453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15eac8f302e4081a2da7313937729d8f54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_86f978e706d85fae4766074c038bc0a955.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_99a609dc2abdacb277689d55f37611c356.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c57b8c69731db941facd30d459d1742d57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_710b7c1955a5cdba4d3311b1510e122358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f86f5783c44a14436d07c83b06d44fb59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_549015322006711e7908872ac3c6603b60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_615f93218033eab3e3eb4fce3158cc8061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e92686cbeba52124b6cecbe222ffcf4662.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ab4417e7392c700d644b6d05217e85463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_732ca03709535c7d1ea28c38988d6bf464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55cf1d51bdf6d6fc94e36d51b681c65665.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc176dfcbd4345828c82ac678d6a392666.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f0464c2a36ac0fa126fdf10ddfa58a167.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_acf3d1cfc538fd4008e9b0522b009a0368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_469be880b8c15f91acf710e41a45324a69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64520f2527b417a7f57411ba82ea9be570.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_815f8737f0d6ab9c3fc61064143b32ef71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cb7645ac038562492c3efe4b025188572.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7468e219963d378ed6a8297e4278fd8e73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77db55569f47f7592fe7736d9908901374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebac434c897041f932f81bd76b6d05b575.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3dfe510fe91b2e84cc3a2bad415e9d0e76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_845648555e2ceb54dbad9917a854e14b77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c2e5d601656727b9c7082502d45af0278.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5411415520e7dd387952e1af1a4d37ad79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_de922b90cd0217216a1a27e571b05e3280.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e094a76563680a7a509a2918c8b741fd81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6580a1f23b29d9e4f4a3ce623603601182.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a66f334056f35795e97bcac277b5db0c83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64822aa3e94d0090a55020341eb772f284.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1de044f2661674b9e134577c30b93db385.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae7a5cee62384abe219f8bf2207db61186.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_962b580d09b7a272ddd865a616a41fa187.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_82f52488972846f38ccbb19ac063a50a88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_be26ca40773b61245a33c016a7a5f4b389.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e4ae1f8b4bcab7bc6dffa520efef205390.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6227b880bff101322bef81005794cff591.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ef1b7800fb6976ff8896e93d854a51592.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b4595b979189435d86409f8653ac239f93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05d773af273d1de5d31c58a5912c888f94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce51e7bae20c93e3a5483758abecabba95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08f4e1b7618972f0b70355a6147a29ec96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a7cb94541d49f77ebfbde21bed4cccb97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e11bd8f695b0edf8da36e27b88306b398.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ebd68ee2a3c6cebe5f75e50f838c93299.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_36a8a1fe8694baaa0acb474686f268872.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54133.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_918443194c8faaba6ad5ecc41422ee544.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_98252795a92fe21e83f47ec1e44764695.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c5284976.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b0038.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1960a0affb9c9bb545dace58e8c6335d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aaf720f6bb5797edb6978a5b3656e75810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8818b59bc2b52af04ff5a53b71f6f85b11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8200710b61123ca4ff4881925280ea512.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3c48caf046f463303c84b9d878d9b9e413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60bb880e669a88892ad4633888b0dc9414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c3a4d006fa682cc4770f96f87e18d15c15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_085db43f35b276595621ed17ad8143db16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09f39bc3d93a79d5fd3c66ccbcc2ea6e17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_beef0f1d7c0c65544d496505b89e8f3118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_df6cba94ee12f6a4876c8b37892e22d419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b81dedc94c8deb00b66a9f6d41428f1e20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_93ea720f7e9ce2fcb2dc98c142bac41821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d3f95c201f3fcf5e8205802b018e95122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9e702ee96d12c80669e53f20ed421823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_034de262f544e56ed1f8e5285eb5cc7f24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_446cf1233b334ef0288830cf681abf2f25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e841945a6e1a385cc1fb20b5b010a62626.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fcc3588ba001a35f1f35743929f2485127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4f0199486db997755d035847b0ef2f2b28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c27167a897a7f22b5ec933fe74e5ad9f29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe017cff1d581b9fca96bac9594b893230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2693d5ef1e57239f9a17d375939438a831.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3e9f2e3bdf395c8571460911c200563532.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_14c53a85faa3945676c024ca4e0a0f1c33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79ee6353161422bfc29d8cdc3685ad7e34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_73d077c7ff2ee89d352042609ea32f5c35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fbb5563b64193267cf82cdb881e8eca36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_961626e4a822f32f5c3f6e395853789e37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_651af8d57cb938c6fe5da92166fb0eba38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d7ab60dbd10ac50fd560ba69517d2eb39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9082b4ebdcd96acff0bb94234fd5173740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15eac8f302e4081a2da7313937729d8f41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_693196ab2c0249a05743dcca6a87459e42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_99a609dc2abdacb277689d55f37611c343.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fa470ddc3d144adf11dfc02c80038ff44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_710b7c1955a5cdba4d3311b1510e122345.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ede2e30e673137b73c0a8716aef4f47046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_549015322006711e7908872ac3c6603b47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_319651414bd18950e46df3b0bbf58ae148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e92686cbeba52124b6cecbe222ffcf4649.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c57b8c69731db941facd30d459d1742d50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e4ae1f8b4bcab7bc6dffa520efef205351.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_615f93218033eab3e3eb4fce3158cc8052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_acf3d1cfc538fd4008e9b0522b009a0353.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ab4417e7392c700d644b6d05217e85454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64520f2527b417a7f57411ba82ea9be555.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55cf1d51bdf6d6fc94e36d51b681c65656.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cb7645ac038562492c3efe4b025188557.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f0464c2a36ac0fa126fdf10ddfa58a158.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77db55569f47f7592fe7736d9908901359.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_469be880b8c15f91acf710e41a45324a60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3dfe510fe91b2e84cc3a2bad415e9d0e61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_815f8737f0d6ab9c3fc61064143b32ef62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c2e5d601656727b9c7082502d45af0263.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7468e219963d378ed6a8297e4278fd8e64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_de922b90cd0217216a1a27e571b05e3265.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebac434c897041f932f81bd76b6d05b566.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64822aa3e94d0090a55020341eb772f267.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_845648555e2ceb54dbad9917a854e14b68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_be26ca40773b61245a33c016a7a5f4b369.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5411415520e7dd387952e1af1a4d37ad70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6227b880bff101322bef81005794cff571.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e094a76563680a7a509a2918c8b741fd72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ef1b7800fb6976ff8896e93d854a51573.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1de044f2661674b9e134577c30b93db374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae7a5cee62384abe219f8bf2207db61175.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b4595b979189435d86409f8653ac239f76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05d773af273d1de5d31c58a5912c888f77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08f4e1b7618972f0b70355a6147a29ec78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a7cb94541d49f77ebfbde21bed4cccb79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e11bd8f695b0edf8da36e27b88306b380.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ebd68ee2a3c6cebe5f75e50f838c93281.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3400,590 +3259,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>88</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="81" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
-        <a:stretch>
-[...538 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4250,54 +3569,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J107"/>
+  <dimension ref="A1:J89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J107" sqref="J107"/>
+      <selection activeCell="J89" sqref="J89"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -4351,60 +3670,60 @@
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="55">
       <c r="B10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="7">
-        <v>0.07711071309999901</v>
+        <v>0.45359237</v>
       </c>
       <c r="H10" s="7">
-        <v>0.00027751</v>
+        <v>0.00235974</v>
       </c>
       <c r="I10" s="7">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J10" s="7">
-        <v>0</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
         <v>0.53977499169999</v>
       </c>
       <c r="H11" s="7">
         <v>0.003224</v>
       </c>
       <c r="I11" s="7">
         <v>12</v>
       </c>
@@ -4459,195 +3778,195 @@
       <c r="H13" s="7">
         <v>0</v>
       </c>
       <c r="I13" s="7">
         <v>1</v>
       </c>
       <c r="J13" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>0.45359237</v>
+        <v>0.90718474</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00235974</v>
+        <v>0.0039329</v>
       </c>
       <c r="I14" s="7">
         <v>100</v>
       </c>
       <c r="J14" s="7">
-        <v>4000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
         <v>0.2585476851</v>
       </c>
       <c r="H15" s="7">
         <v>0.00122812</v>
       </c>
       <c r="I15" s="7">
         <v>6</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>36</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.90718474</v>
+        <v>1.0523342984</v>
       </c>
       <c r="H16" s="7">
-        <v>0.0039329</v>
+        <v>0.00209754</v>
       </c>
       <c r="I16" s="7">
-        <v>100</v>
+        <v>144</v>
       </c>
       <c r="J16" s="7">
-        <v>1000</v>
+        <v>864</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="7">
         <v>0</v>
       </c>
       <c r="H17" s="7">
         <v>0</v>
       </c>
       <c r="I17" s="7">
         <v>1</v>
       </c>
       <c r="J17" s="7">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>1.0523342984</v>
+        <v>0</v>
       </c>
       <c r="H18" s="7">
-        <v>0.01573158</v>
+        <v>0</v>
       </c>
       <c r="I18" s="7">
-        <v>144</v>
+        <v>100</v>
       </c>
       <c r="J18" s="7">
-        <v>864</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G19" s="7">
         <v>0</v>
       </c>
       <c r="H19" s="7">
         <v>0</v>
       </c>
       <c r="I19" s="7">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="J19" s="7">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>48</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
         <v>0</v>
       </c>
       <c r="H20" s="7">
         <v>0</v>
       </c>
       <c r="I20" s="7">
         <v>12</v>
       </c>
@@ -4657,2372 +3976,1886 @@
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>51</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G21" s="7">
         <v>0</v>
       </c>
       <c r="H21" s="7">
         <v>0</v>
       </c>
       <c r="I21" s="7">
         <v>1</v>
       </c>
       <c r="J21" s="7">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>54</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G22" s="7">
         <v>0</v>
       </c>
       <c r="H22" s="7">
         <v>0</v>
       </c>
       <c r="I22" s="7">
         <v>1</v>
       </c>
       <c r="J22" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G23" s="7">
         <v>0</v>
       </c>
       <c r="H23" s="7">
         <v>0</v>
       </c>
       <c r="I23" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J23" s="7">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G24" s="7">
         <v>0</v>
       </c>
       <c r="H24" s="7">
         <v>0</v>
       </c>
       <c r="I24" s="7">
         <v>1</v>
       </c>
       <c r="J24" s="7">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E25" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="E25" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G25" s="7">
         <v>0</v>
       </c>
       <c r="H25" s="7">
         <v>0</v>
       </c>
       <c r="I25" s="7">
         <v>1</v>
       </c>
       <c r="J25" s="7">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E26" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="E26" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G26" s="7">
         <v>0</v>
       </c>
       <c r="H26" s="7">
         <v>0</v>
       </c>
       <c r="I26" s="7">
         <v>1</v>
       </c>
       <c r="J26" s="7">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E27" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="E27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G27" s="7">
         <v>0</v>
       </c>
       <c r="H27" s="7">
         <v>0</v>
       </c>
       <c r="I27" s="7">
         <v>1</v>
       </c>
       <c r="J27" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>69</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>71</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G28" s="7">
         <v>0</v>
       </c>
       <c r="H28" s="7">
         <v>0</v>
       </c>
       <c r="I28" s="7">
         <v>1</v>
       </c>
       <c r="J28" s="7">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>72</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E29" s="7" t="s">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G29" s="7">
         <v>0</v>
       </c>
       <c r="H29" s="7">
         <v>0</v>
       </c>
       <c r="I29" s="7">
         <v>1</v>
       </c>
       <c r="J29" s="7">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E30" s="7" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G30" s="7">
         <v>0</v>
       </c>
       <c r="H30" s="7">
         <v>0</v>
       </c>
       <c r="I30" s="7">
         <v>1</v>
       </c>
       <c r="J30" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G31" s="7">
         <v>0</v>
       </c>
       <c r="H31" s="7">
         <v>0</v>
       </c>
       <c r="I31" s="7">
         <v>1</v>
       </c>
       <c r="J31" s="7">
-        <v>20</v>
+        <v>4</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F32" s="7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G32" s="7">
         <v>0</v>
       </c>
       <c r="H32" s="7">
         <v>0</v>
       </c>
       <c r="I32" s="7">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="J32" s="7">
-        <v>48</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G33" s="7">
         <v>0</v>
       </c>
       <c r="H33" s="7">
         <v>0</v>
       </c>
       <c r="I33" s="7">
         <v>1</v>
       </c>
       <c r="J33" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G34" s="7">
         <v>0</v>
       </c>
       <c r="H34" s="7">
         <v>0</v>
       </c>
       <c r="I34" s="7">
         <v>1</v>
       </c>
       <c r="J34" s="7">
-        <v>144</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G35" s="7">
         <v>0</v>
       </c>
       <c r="H35" s="7">
         <v>0</v>
       </c>
       <c r="I35" s="7">
         <v>1</v>
       </c>
       <c r="J35" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>27</v>
+        <v>93</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G36" s="7">
         <v>0</v>
       </c>
       <c r="H36" s="7">
         <v>0</v>
       </c>
       <c r="I36" s="7">
         <v>1</v>
       </c>
       <c r="J36" s="7">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="E37" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="E37" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G37" s="7">
         <v>0</v>
       </c>
       <c r="H37" s="7">
         <v>0</v>
       </c>
       <c r="I37" s="7">
         <v>1</v>
       </c>
       <c r="J37" s="7">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="E38" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="E38" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F38" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G38" s="7">
         <v>0</v>
       </c>
       <c r="H38" s="7">
         <v>0</v>
       </c>
       <c r="I38" s="7">
         <v>1</v>
       </c>
       <c r="J38" s="7">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>102</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G39" s="7">
         <v>0</v>
       </c>
       <c r="H39" s="7">
         <v>0</v>
       </c>
       <c r="I39" s="7">
         <v>1</v>
       </c>
       <c r="J39" s="7">
-        <v>5</v>
+        <v>72</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
         <v>103</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
         <v>104</v>
       </c>
       <c r="E40" s="7" t="s">
         <v>105</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G40" s="7">
         <v>0</v>
       </c>
       <c r="H40" s="7">
         <v>0</v>
       </c>
       <c r="I40" s="7">
         <v>1</v>
       </c>
       <c r="J40" s="7">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
         <v>106</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
         <v>107</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>66</v>
+        <v>108</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G41" s="7">
         <v>0</v>
       </c>
       <c r="H41" s="7">
         <v>0</v>
       </c>
       <c r="I41" s="7">
         <v>1</v>
       </c>
       <c r="J41" s="7">
-        <v>10</v>
+        <v>36</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G42" s="7">
         <v>0</v>
       </c>
       <c r="H42" s="7">
         <v>0</v>
       </c>
       <c r="I42" s="7">
         <v>1</v>
       </c>
       <c r="J42" s="7">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>111</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
         <v>112</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>66</v>
+        <v>27</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G43" s="7">
         <v>0</v>
       </c>
       <c r="H43" s="7">
         <v>0</v>
       </c>
       <c r="I43" s="7">
         <v>1</v>
       </c>
       <c r="J43" s="7">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
         <v>113</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
         <v>114</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G44" s="7">
         <v>0</v>
       </c>
       <c r="H44" s="7">
         <v>0</v>
       </c>
       <c r="I44" s="7">
         <v>1</v>
       </c>
       <c r="J44" s="7">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>66</v>
+        <v>27</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G45" s="7">
         <v>0</v>
       </c>
       <c r="H45" s="7">
         <v>0</v>
       </c>
       <c r="I45" s="7">
         <v>1</v>
       </c>
       <c r="J45" s="7">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E46" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="E46" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G46" s="7">
         <v>0</v>
       </c>
       <c r="H46" s="7">
         <v>0</v>
       </c>
       <c r="I46" s="7">
         <v>1</v>
       </c>
       <c r="J46" s="7">
-        <v>24</v>
+        <v>8</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
         <v>120</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
         <v>121</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>66</v>
+        <v>27</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G47" s="7">
         <v>0</v>
       </c>
       <c r="H47" s="7">
         <v>0</v>
       </c>
       <c r="I47" s="7">
         <v>1</v>
       </c>
       <c r="J47" s="7">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
         <v>122</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
         <v>123</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>124</v>
+        <v>57</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G48" s="7">
         <v>0</v>
       </c>
       <c r="H48" s="7">
         <v>0</v>
       </c>
       <c r="I48" s="7">
         <v>1</v>
       </c>
       <c r="J48" s="7">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>127</v>
+        <v>27</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G49" s="7">
         <v>0</v>
       </c>
       <c r="H49" s="7">
         <v>0</v>
       </c>
       <c r="I49" s="7">
         <v>1</v>
       </c>
       <c r="J49" s="7">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G50" s="7">
         <v>0</v>
       </c>
       <c r="H50" s="7">
         <v>0</v>
       </c>
       <c r="I50" s="7">
         <v>1</v>
       </c>
       <c r="J50" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G51" s="7">
         <v>0</v>
       </c>
       <c r="H51" s="7">
         <v>0</v>
       </c>
       <c r="I51" s="7">
         <v>1</v>
       </c>
       <c r="J51" s="7">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G52" s="7">
         <v>0</v>
       </c>
       <c r="H52" s="7">
         <v>0</v>
       </c>
       <c r="I52" s="7">
         <v>1</v>
       </c>
       <c r="J52" s="7">
-        <v>72</v>
+        <v>48</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G53" s="7">
         <v>0</v>
       </c>
       <c r="H53" s="7">
         <v>0</v>
       </c>
       <c r="I53" s="7">
         <v>1</v>
       </c>
       <c r="J53" s="7">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G54" s="7">
         <v>0</v>
       </c>
       <c r="H54" s="7">
         <v>0</v>
       </c>
       <c r="I54" s="7">
         <v>1</v>
       </c>
       <c r="J54" s="7">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G55" s="7">
         <v>0</v>
       </c>
       <c r="H55" s="7">
         <v>0</v>
       </c>
       <c r="I55" s="7">
         <v>1</v>
       </c>
       <c r="J55" s="7">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>27</v>
+        <v>145</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G56" s="7">
         <v>0</v>
       </c>
       <c r="H56" s="7">
         <v>0</v>
       </c>
       <c r="I56" s="7">
         <v>1</v>
       </c>
       <c r="J56" s="7">
-        <v>4</v>
+        <v>48</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G57" s="7">
         <v>0</v>
       </c>
       <c r="H57" s="7">
         <v>0</v>
       </c>
       <c r="I57" s="7">
         <v>1</v>
       </c>
       <c r="J57" s="7">
-        <v>48</v>
+        <v>4</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G58" s="7">
         <v>0</v>
       </c>
       <c r="H58" s="7">
         <v>0</v>
       </c>
       <c r="I58" s="7">
         <v>1</v>
       </c>
       <c r="J58" s="7">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>154</v>
+        <v>27</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G59" s="7">
         <v>0</v>
       </c>
       <c r="H59" s="7">
         <v>0</v>
       </c>
       <c r="I59" s="7">
         <v>1</v>
       </c>
       <c r="J59" s="7">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>27</v>
+        <v>136</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G60" s="7">
         <v>0</v>
       </c>
       <c r="H60" s="7">
         <v>0</v>
       </c>
       <c r="I60" s="7">
         <v>1</v>
       </c>
       <c r="J60" s="7">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G61" s="7">
         <v>0</v>
       </c>
       <c r="H61" s="7">
         <v>0</v>
       </c>
       <c r="I61" s="7">
         <v>1</v>
       </c>
       <c r="J61" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>27</v>
+        <v>159</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G62" s="7">
         <v>0</v>
       </c>
       <c r="H62" s="7">
         <v>0</v>
       </c>
       <c r="I62" s="7">
         <v>1</v>
       </c>
       <c r="J62" s="7">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G63" s="7">
         <v>0</v>
       </c>
       <c r="H63" s="7">
         <v>0</v>
       </c>
       <c r="I63" s="7">
         <v>1</v>
       </c>
       <c r="J63" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>27</v>
+        <v>165</v>
       </c>
       <c r="F64" s="7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G64" s="7">
         <v>0</v>
       </c>
       <c r="H64" s="7">
         <v>0</v>
       </c>
       <c r="I64" s="7">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="J64" s="7">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="E65" s="7" t="s">
         <v>168</v>
       </c>
-      <c r="E65" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F65" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G65" s="7">
         <v>0</v>
       </c>
       <c r="H65" s="7">
         <v>0</v>
       </c>
       <c r="I65" s="7">
         <v>1</v>
       </c>
       <c r="J65" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="4" t="s">
         <v>169</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="6" t="s">
         <v>170</v>
       </c>
       <c r="E66" s="7" t="s">
         <v>171</v>
       </c>
       <c r="F66" s="7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G66" s="7">
         <v>0</v>
       </c>
       <c r="H66" s="7">
         <v>0</v>
       </c>
       <c r="I66" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J66" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="4" t="s">
         <v>172</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
         <v>173</v>
       </c>
       <c r="E67" s="7" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G67" s="7">
         <v>0</v>
       </c>
       <c r="H67" s="7">
         <v>0</v>
       </c>
       <c r="I67" s="7">
         <v>1</v>
       </c>
       <c r="J67" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="55">
       <c r="B68" s="4" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="E68" s="7" t="s">
         <v>176</v>
       </c>
-      <c r="E68" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F68" s="7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G68" s="7">
         <v>0</v>
       </c>
       <c r="H68" s="7">
         <v>0</v>
       </c>
       <c r="I68" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J68" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="55">
       <c r="B69" s="4" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="E69" s="7" t="s">
         <v>179</v>
       </c>
-      <c r="E69" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G69" s="7">
         <v>0</v>
       </c>
       <c r="H69" s="7">
         <v>0</v>
       </c>
       <c r="I69" s="7">
         <v>1</v>
       </c>
       <c r="J69" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="55">
       <c r="B70" s="4" t="s">
         <v>180</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="6" t="s">
         <v>181</v>
       </c>
       <c r="E70" s="7" t="s">
-        <v>27</v>
+        <v>182</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G70" s="7">
         <v>0</v>
       </c>
       <c r="H70" s="7">
         <v>0</v>
       </c>
       <c r="I70" s="7">
         <v>1</v>
       </c>
       <c r="J70" s="7">
-        <v>4</v>
+        <v>144</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="55">
       <c r="B71" s="4" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E71" s="7" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G71" s="7">
         <v>0</v>
       </c>
       <c r="H71" s="7">
         <v>0</v>
       </c>
       <c r="I71" s="7">
         <v>1</v>
       </c>
       <c r="J71" s="7">
-        <v>24</v>
+        <v>4</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="4" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E72" s="7" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F72" s="7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G72" s="7">
         <v>0</v>
       </c>
       <c r="H72" s="7">
         <v>0</v>
       </c>
       <c r="I72" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J72" s="7">
-        <v>72</v>
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E73" s="7" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F73" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G73" s="7">
         <v>0</v>
       </c>
       <c r="H73" s="7">
         <v>0</v>
       </c>
       <c r="I73" s="7">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J73" s="7">
-        <v>0</v>
+        <v>40</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="4" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E74" s="7" t="s">
-        <v>193</v>
+        <v>171</v>
       </c>
       <c r="F74" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G74" s="7">
         <v>0</v>
       </c>
       <c r="H74" s="7">
         <v>0</v>
       </c>
       <c r="I74" s="7">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J74" s="7">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="4" t="s">
         <v>194</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="6" t="s">
         <v>195</v>
       </c>
       <c r="E75" s="7" t="s">
         <v>196</v>
       </c>
       <c r="F75" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G75" s="7">
         <v>0</v>
       </c>
       <c r="H75" s="7">
         <v>0</v>
       </c>
       <c r="I75" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J75" s="7">
-        <v>0</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="4" t="s">
         <v>197</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="6" t="s">
         <v>198</v>
       </c>
       <c r="E76" s="7" t="s">
-        <v>187</v>
+        <v>199</v>
       </c>
       <c r="F76" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G76" s="7">
         <v>0</v>
       </c>
       <c r="H76" s="7">
         <v>0</v>
       </c>
       <c r="I76" s="7">
         <v>1</v>
       </c>
       <c r="J76" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="55">
       <c r="B77" s="4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E77" s="7" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F77" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G77" s="7">
         <v>0</v>
       </c>
       <c r="H77" s="7">
         <v>0</v>
       </c>
       <c r="I77" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J77" s="7">
-        <v>0</v>
+        <v>48</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="55">
       <c r="B78" s="4" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E78" s="7" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G78" s="7">
         <v>0</v>
       </c>
       <c r="H78" s="7">
         <v>0</v>
       </c>
       <c r="I78" s="7">
         <v>1</v>
       </c>
       <c r="J78" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="55">
       <c r="B79" s="4" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="6" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E79" s="7" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F79" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G79" s="7">
         <v>0</v>
       </c>
       <c r="H79" s="7">
         <v>0</v>
       </c>
       <c r="I79" s="7">
         <v>1</v>
       </c>
       <c r="J79" s="7">
-        <v>144</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="55">
       <c r="B80" s="4" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="6" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E80" s="7" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F80" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G80" s="7">
         <v>0</v>
       </c>
       <c r="H80" s="7">
         <v>0</v>
       </c>
       <c r="I80" s="7">
         <v>1</v>
       </c>
       <c r="J80" s="7">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="55">
       <c r="B81" s="4" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C81" s="6"/>
       <c r="D81" s="6" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E81" s="7" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F81" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G81" s="7">
         <v>0</v>
       </c>
       <c r="H81" s="7">
         <v>0</v>
       </c>
       <c r="I81" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J81" s="7">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="55">
       <c r="B82" s="4" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="6" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E82" s="7" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G82" s="7">
         <v>0</v>
       </c>
       <c r="H82" s="7">
         <v>0</v>
       </c>
       <c r="I82" s="7">
         <v>1</v>
       </c>
       <c r="J82" s="7">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="55">
       <c r="B83" s="4" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="6" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="E83" s="7" t="s">
-        <v>196</v>
+        <v>27</v>
       </c>
       <c r="F83" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G83" s="7">
         <v>0</v>
       </c>
       <c r="H83" s="7">
         <v>0</v>
       </c>
       <c r="I83" s="7">
         <v>1</v>
       </c>
       <c r="J83" s="7">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="55">
       <c r="B84" s="4" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="6" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E84" s="7" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="F84" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G84" s="7">
         <v>0</v>
       </c>
       <c r="H84" s="7">
         <v>0</v>
       </c>
       <c r="I84" s="7">
         <v>1</v>
       </c>
       <c r="J84" s="7">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="55">
       <c r="B85" s="4" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="6" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E85" s="7" t="s">
-        <v>223</v>
+        <v>168</v>
       </c>
       <c r="F85" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G85" s="7">
         <v>0</v>
       </c>
       <c r="H85" s="7">
         <v>0</v>
       </c>
       <c r="I85" s="7">
         <v>1</v>
       </c>
       <c r="J85" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="55">
       <c r="B86" s="4" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="6" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E86" s="7" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G86" s="7">
         <v>0</v>
       </c>
       <c r="H86" s="7">
         <v>0</v>
       </c>
       <c r="I86" s="7">
         <v>1</v>
       </c>
       <c r="J86" s="7">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="55">
       <c r="B87" s="4" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="6" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E87" s="7" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F87" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G87" s="7">
         <v>0</v>
       </c>
       <c r="H87" s="7">
         <v>0</v>
       </c>
       <c r="I87" s="7">
         <v>1</v>
       </c>
       <c r="J87" s="7">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="55">
       <c r="B88" s="4" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="6" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E88" s="7" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G88" s="7">
         <v>0</v>
       </c>
       <c r="H88" s="7">
         <v>0</v>
       </c>
       <c r="I88" s="7">
         <v>1</v>
       </c>
       <c r="J88" s="7">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="55">
       <c r="B89" s="4" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="6" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E89" s="7" t="s">
-        <v>235</v>
+        <v>176</v>
       </c>
       <c r="F89" s="7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G89" s="7">
         <v>0</v>
       </c>
       <c r="H89" s="7">
         <v>0</v>
       </c>
       <c r="I89" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J89" s="7">
-        <v>32</v>
-[...484 lines deleted...]
-      <c r="J107" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">