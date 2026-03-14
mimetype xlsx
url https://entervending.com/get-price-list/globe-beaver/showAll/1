--- v0 (2025-10-05)
+++ v1 (2026-03-14)
@@ -859,54 +859,54 @@
       <c r="B9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="55">
       <c r="B10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="5"/>
       <c r="D10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="6">
-        <v>0</v>
+        <v>0.362873896</v>
       </c>
       <c r="H10" s="6">
-        <v>0</v>
+        <v>0.008390180000000001</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <v>0.3855535145</v>
       </c>
       <c r="H11" s="6">
         <v>0.01022553</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">