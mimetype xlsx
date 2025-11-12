--- v0 (2025-10-23)
+++ v1 (2025-11-12)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Fidget Toys" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -73,839 +73,830 @@
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Fidget Toys</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PAMPALI-24 </t>
   </si>
   <si>
     <t>Alien Toys for Kids - 1.75 Inch Alien Toys for Kids - Funny Squishy Toys for Party Favors, Goody Bags, Classroom Prizes - Mini Puffer Ball - Pack of 24 - Easter Basket Stuffers</t>
   </si>
   <si>
     <t>$20.89</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
+    <t xml:space="preserve">NV3036 </t>
+  </si>
+  <si>
+    <t>Squishy Toy Stress Relief Fidget Toy Flour Filled</t>
+  </si>
+  <si>
+    <t>$75.60</t>
+  </si>
+  <si>
+    <t>Box</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV4022 </t>
+  </si>
+  <si>
+    <t>Squishy Toy Stress Relief Fruit Ice Cubes Fidget Toy</t>
+  </si>
+  <si>
+    <t>$22.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PAMPUMX-20 </t>
+  </si>
+  <si>
+    <t>Mini Puffer Assortment Mix 1.5" 20 pcs</t>
+  </si>
+  <si>
+    <t>$24.39</t>
+  </si>
+  <si>
     <t xml:space="preserve">GOYOB-25 </t>
   </si>
   <si>
     <t>Goofy Eye Yo-Yo Mix 25 pcs</t>
   </si>
   <si>
     <t>$8.99</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPUMX-20 </t>
-[...26 lines deleted...]
-    <t>$22.50</t>
+    <t xml:space="preserve">BT-PUFHG-12 </t>
+  </si>
+  <si>
+    <t>3" Light-Up Puffer Hedgehog 12 pcs</t>
+  </si>
+  <si>
+    <t>$16.99</t>
   </si>
   <si>
     <t xml:space="preserve">STHIB-25 </t>
   </si>
   <si>
     <t>Sticky Hands for Kids - 25 Pcs Slappy Hands - Stretchy Toys - 7 Inch Sticky Hand - Sensory Toys - Party Favors for Kids - Easter Toy</t>
   </si>
   <si>
     <t>$8.07</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PUFHG-12 </t>
-[...5 lines deleted...]
-    <t>$16.99</t>
+    <t xml:space="preserve">BT-PUFHG-6 </t>
+  </si>
+  <si>
+    <t>3" Light-Up Puffer Hedgehog 6 pcs</t>
+  </si>
+  <si>
+    <t>$9.99</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PAMPSHA-12 </t>
   </si>
   <si>
     <t>Mini Shark Toy - 1.75 inch Puffer Toy - Stress Relief Toy, Squishy Fidget Toys - 6 Colors - Tiny Shark Toys for Kids 12 pcs - Teacher Treasure Classroom Prizes - Easter Basket Stuffers</t>
   </si>
   <si>
     <t>$6.14</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PUFHG-6 </t>
-[...5 lines deleted...]
-    <t>$9.99</t>
+    <t xml:space="preserve">LI0656 </t>
+  </si>
+  <si>
+    <t>Disney Styro Putty: Mickey Mouse &amp; Minnie Mouse Slime Fun</t>
+  </si>
+  <si>
+    <t>$216.00</t>
   </si>
   <si>
     <t xml:space="preserve">PA-MPALI </t>
   </si>
   <si>
     <t>Mini Puffer Alien 1.75in</t>
   </si>
   <si>
     <t>$13.10</t>
   </si>
   <si>
     <t xml:space="preserve">PA-MPBEA </t>
   </si>
   <si>
     <t>Mini Puffer Bear 1.75"</t>
   </si>
   <si>
     <t>$13.65</t>
   </si>
   <si>
-    <t xml:space="preserve">LI0656 </t>
-[...5 lines deleted...]
-    <t>$216.00</t>
+    <t xml:space="preserve">LU1036 </t>
+  </si>
+  <si>
+    <t>Light Up Alien Toy Squeeze Puffer Sensory Kids</t>
+  </si>
+  <si>
+    <t>$15.12</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PAMPBEA-12 </t>
   </si>
   <si>
     <t>Puffer Bear Toys - Mini Bears Puffers Figures 1.75 Inch - Easter Egg Fillers - Gummy Bear 12 Pcs - Squeeze Toys for Party Favors, Goody Bags, Classroom Prizes &amp; Treasure Box</t>
   </si>
   <si>
     <t>$5.81</t>
   </si>
   <si>
-    <t xml:space="preserve">LU1036 </t>
-[...5 lines deleted...]
-    <t>$15.12</t>
+    <t xml:space="preserve">NV2471 </t>
+  </si>
+  <si>
+    <t>Squeeze Toy Satisfying Sensory Stress Relief, Must-Have Stretchy Squishy Toy, Perfect Novelty Gift and Fun for Imaginative Play, Complete Your Collection</t>
+  </si>
+  <si>
+    <t>$21.60</t>
   </si>
   <si>
     <t xml:space="preserve">PA-SSDFO </t>
   </si>
   <si>
     <t>9" Dinosaur Fossil Stretchy String 24 pcs</t>
   </si>
   <si>
     <t>$1.05</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PASTRL4-48 </t>
   </si>
   <si>
     <t>Lizard Stretchy Toy for Kids - 4” Reptile Toys for Party Favors, Sensory Toys - Treasure Box Prizes - Stretchy Strings - Bulk Toy Pack of 48 - Easter Toys</t>
   </si>
   <si>
     <t>$32.69</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PASTRL4-100 </t>
   </si>
   <si>
     <t>Lizard Stretchy Toy for Kids - 4” Reptile Toys for Party Favors, Sensory Toys - Treasure Box Prizes - Stretchy Strings - Bulk Toys Pack of 100</t>
   </si>
   <si>
     <t>$44.99</t>
   </si>
   <si>
-    <t xml:space="preserve">NV2471 </t>
-[...5 lines deleted...]
-    <t>$21.60</t>
+    <t xml:space="preserve">NV3023 </t>
+  </si>
+  <si>
+    <t>Puffer Balls Sensory Toys - Ultimate Stress Relief and Hand Therapy - Fun Display Box of 12!</t>
+  </si>
+  <si>
+    <t>$27.45</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PAMPSHA-48 </t>
   </si>
   <si>
     <t>Shark Toy - Pack of 48 - 1.75 inch Puffer Toys - Stress Relief Toy, Fidget Toys Bulk - 6 Colors - Mini Sharks Squishes for Kids and Novelty Gift - Teacher Treasure Classroom Prize</t>
   </si>
   <si>
     <t>$14.47</t>
   </si>
   <si>
-    <t xml:space="preserve">NV3023 </t>
-[...5 lines deleted...]
-    <t>$27.45</t>
+    <t xml:space="preserve">SB2167 </t>
+  </si>
+  <si>
+    <t>Squishy Dim Sum Delight - 24 Piece Set for Stress Relief &amp; Tactile Satisfaction</t>
+  </si>
+  <si>
+    <t>$25.92</t>
   </si>
   <si>
     <t xml:space="preserve">PA-MPSHA </t>
   </si>
   <si>
     <t>Mini Puffer Shark 1.75" 24 pcs</t>
   </si>
   <si>
     <t>$10.50</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN3B </t>
   </si>
   <si>
     <t>Squishy Cupcake Toys Collection in Bulk Bag Kids Party Favor Sensory Stress Relief</t>
   </si>
   <si>
     <t>$41.40</t>
   </si>
   <si>
-    <t xml:space="preserve">SB2167 </t>
-[...5 lines deleted...]
-    <t>$25.92</t>
+    <t xml:space="preserve">SQ1245 </t>
+  </si>
+  <si>
+    <t>Squishy Strawberry Shortcake Squeeze Toy Set - Stress Relief, Collectible, Perfect Gift Idea, Decorative Sensory Fun (Pack of 12)</t>
+  </si>
+  <si>
+    <t>$43.20</t>
   </si>
   <si>
     <t xml:space="preserve">FISTB </t>
   </si>
   <si>
     <t>Fidget Stretchy Strings 100pcs - Ultimate Sensory Play for Stress Relief, Anxiety, and Endless Entertainment</t>
   </si>
   <si>
     <t>$19.80</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1245 </t>
-[...5 lines deleted...]
-    <t>$23.93</t>
+    <t xml:space="preserve">SQ1259 </t>
+  </si>
+  <si>
+    <t>Squeezy Gummy Bears 1.5-inch Sensory Toys for Stress Relief and Fun Collectible Companion</t>
+  </si>
+  <si>
+    <t>$432.00</t>
   </si>
   <si>
     <t xml:space="preserve">STPEB </t>
   </si>
   <si>
     <t>Stretchy Lizards Snakes Frogs Spiders Bugs | Kids Sensory Play Collectible Toys</t>
   </si>
   <si>
     <t>$12.60</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1259 </t>
-[...5 lines deleted...]
-    <t>$432.00</t>
+    <t xml:space="preserve">SQ1268 </t>
+  </si>
+  <si>
+    <t>Squishy Toy Foam Cake Stress Relief Hand Toy Squeeze</t>
+  </si>
+  <si>
+    <t>$10.80</t>
   </si>
   <si>
     <t xml:space="preserve">STBAB28 </t>
   </si>
   <si>
     <t>Splatterz Balls Sticky Squishy Toys Fun Splat Reshape Throwing Outdoor Play</t>
   </si>
   <si>
     <t>$16.20</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1268 </t>
-[...5 lines deleted...]
-    <t>$10.80</t>
+    <t xml:space="preserve">SQ1275 </t>
+  </si>
+  <si>
+    <t>Squishy Bundle: Ice Cream &amp; Popsicle Fun Pack - 12pc Tactile Toys</t>
+  </si>
+  <si>
+    <t>$27.00</t>
   </si>
   <si>
     <t xml:space="preserve">SQS3B </t>
   </si>
   <si>
     <t>Squeezie Squeees Glow-in-the-Dark Series - Mochi Animal Squishy Toys (100pcs)</t>
   </si>
   <si>
     <t>$31.50</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1275 </t>
-[...5 lines deleted...]
-    <t>$27.00</t>
+    <t xml:space="preserve">SQ1290 </t>
+  </si>
+  <si>
+    <t>Sour Patch Kids Sensory Squeeze Toy Pack Scented Squishy Stress Reliever</t>
+  </si>
+  <si>
+    <t>$101.25</t>
   </si>
   <si>
     <t xml:space="preserve">SQS2B </t>
   </si>
   <si>
     <t>Squeezie Squeees Series 2 - Enchanting Mochi Animals Collectibles (100pcs)</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1290 </t>
-[...5 lines deleted...]
-    <t>$101.25</t>
+    <t xml:space="preserve">SQ1292 </t>
+  </si>
+  <si>
+    <t>Swedish Fish Scented Squishy Toy - Stress Relief Sensory Play Delight - Playful Escape Gift Pack</t>
+  </si>
+  <si>
+    <t>$118.12</t>
   </si>
   <si>
     <t xml:space="preserve">SMSTB </t>
   </si>
   <si>
     <t>Small Sticky Hands Mix - Classic Fun Toy Pack for Kids Entertainment, Party Favors, Outdoor Play</t>
   </si>
   <si>
     <t>$11.52</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1292 </t>
-[...5 lines deleted...]
-    <t>$118.12</t>
+    <t xml:space="preserve">SQ1294 </t>
+  </si>
+  <si>
+    <t>Squishy Toy Set 4in Capybara Edition in Fruit Design (12 Pieces)</t>
+  </si>
+  <si>
+    <t>$29.40</t>
   </si>
   <si>
     <t xml:space="preserve">MESTB </t>
   </si>
   <si>
     <t>Sticky Critters 100 Pcs - Fun Kids Toys Including Dragonflies, Caterpillars, Cobras, Alligators, Frogs for Outdoor Use!</t>
   </si>
   <si>
     <t>$13.50</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1294 </t>
-[...5 lines deleted...]
-    <t>$29.40</t>
+    <t xml:space="preserve">SQ1295 </t>
+  </si>
+  <si>
+    <t>Panda Squishy Set Stress Relief Foam Toy Pack 12 Pieces</t>
   </si>
   <si>
     <t xml:space="preserve">NOYOB </t>
   </si>
   <si>
     <t>Noodle Stretchy Yo-Yo Noodles - Mix Match Kids Sensory Toys by A&amp;A Global</t>
   </si>
   <si>
     <t>$13.02</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1295 </t>
-[...2 lines deleted...]
-    <t>Panda Squishy Set Stress Relief Foam Toy Pack 12 Pieces</t>
+    <t xml:space="preserve">SQ1305 </t>
+  </si>
+  <si>
+    <t>Bazooka Nostalgic Bubblegum Scented Stress Reliever Toy Collectible 15pcs</t>
+  </si>
+  <si>
+    <t>$123.75</t>
   </si>
   <si>
     <t xml:space="preserve">STEMB </t>
   </si>
   <si>
     <t>Stretchable Emoji Figures Variety Pack for Kids Playrooms and Creative Activities</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1305 </t>
-[...5 lines deleted...]
-    <t>$123.75</t>
+    <t xml:space="preserve">ST1018 </t>
+  </si>
+  <si>
+    <t>Jumbo Spring Toy for Kids - Classic Stretch, Twist &amp; Flex Fun! Durable &amp; Colorful Novelty Gift!</t>
+  </si>
+  <si>
+    <t>$151.20</t>
   </si>
   <si>
     <t xml:space="preserve">STHIB </t>
   </si>
   <si>
     <t>Large Sticky Hands in Bulk Bag (100pcs) - Fun Classic Toy for Kids of All Ages</t>
   </si>
   <si>
     <t>$18.52</t>
   </si>
   <si>
-    <t xml:space="preserve">ST1018 </t>
-[...5 lines deleted...]
-    <t>$151.20</t>
+    <t xml:space="preserve">LI0705 </t>
+  </si>
+  <si>
+    <t>Sonic Squishy Toy Blind Bag Collectible Figure Mystery</t>
+  </si>
+  <si>
+    <t>$75.00</t>
   </si>
   <si>
     <t xml:space="preserve">YOYOB </t>
   </si>
   <si>
     <t>Stretchy Yo-Yo Toy with Spiny Air-Filled Balls and Glow-In-The-Dark (100 Pieces Bulk Bag)</t>
   </si>
   <si>
     <t>$22.05</t>
   </si>
   <si>
-    <t xml:space="preserve">LI0705 </t>
-[...5 lines deleted...]
-    <t>$75.00</t>
+    <t xml:space="preserve">LI0729 </t>
+  </si>
+  <si>
+    <t>Play Doh Super Stretch Slime Toy Krackle Cloud Compound</t>
+  </si>
+  <si>
+    <t>$690.00</t>
   </si>
   <si>
     <t xml:space="preserve">ANYOB </t>
   </si>
   <si>
     <t>Animal Yo-Yo Toy Set (100pcs): Fun Stretchy Bouncy Creatures for Kids Playtime and Collectors</t>
   </si>
   <si>
     <t>$24.30</t>
   </si>
   <si>
-    <t xml:space="preserve">LI0729 </t>
-[...5 lines deleted...]
-    <t>$690.00</t>
+    <t xml:space="preserve">NV0184 </t>
+  </si>
+  <si>
+    <t>Kawaii Sushi Puff Toy Collectible Squishy Display Set</t>
+  </si>
+  <si>
+    <t>$63.00</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PAMPSHA-24 </t>
   </si>
   <si>
     <t>Mini Shark Toys - Pack of 24 - 1.75 inch Puffer Toy - Stress Relief Squishi Toys, Fidget Toy in 6 Colors - Tiny Sharks Squishes for Kids - Teacher Treasure Classroom Prizes</t>
   </si>
   <si>
     <t>$12.56</t>
   </si>
   <si>
-    <t xml:space="preserve">NV0184 </t>
-[...14 lines deleted...]
-    <t>$23.75</t>
+    <t xml:space="preserve">BT-PAMPALI-48 </t>
+  </si>
+  <si>
+    <t>Alien Toys for Kids - 1.75 Inch Alien Toys for Kids - Funny Squishy Toys for Party Favors, Goody Bags, Classroom Prizes - Mini Puffer Ball - Pack of 48 - Easter Basket Stuffers</t>
+  </si>
+  <si>
+    <t>$24.59</t>
   </si>
   <si>
     <t xml:space="preserve">NV2513 </t>
   </si>
   <si>
     <t>Squeeze Ice Cream Cone Stress Relief Toy Fidget Collectible</t>
   </si>
   <si>
     <t>$19.44</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPALI-48 </t>
-[...5 lines deleted...]
-    <t>$24.59</t>
+    <t xml:space="preserve">LIUNCV </t>
+  </si>
+  <si>
+    <t>Lil' Unicorns in 1.1in Capsules (250pcs) Stress Relief Adorable Squeeze Toys with Metallic Horns Cute Collectible Figures</t>
+  </si>
+  <si>
+    <t>$53.25</t>
   </si>
   <si>
     <t xml:space="preserve">PU1200 </t>
   </si>
   <si>
     <t>Unicorn Poo Putty Toy Sensory Fun Stretchy Slime Gift</t>
   </si>
   <si>
     <t>$162.00</t>
   </si>
   <si>
-    <t xml:space="preserve">LIUNCV </t>
-[...5 lines deleted...]
-    <t>$53.25</t>
+    <t xml:space="preserve">ALPAB </t>
+  </si>
+  <si>
+    <t>100 Alpaca Squishes - Micro Critters Fluffy Animal Squishies for Stress Relief</t>
   </si>
   <si>
     <t xml:space="preserve">PU1210 </t>
   </si>
   <si>
     <t>Ramen Slime Noodle Toy Slime Play Squishy Toy Sensory Toy</t>
   </si>
   <si>
     <t>$30.24</t>
   </si>
   <si>
-    <t xml:space="preserve">ALPAB </t>
-[...2 lines deleted...]
-    <t>100 Alpaca Squishes - Micro Critters Fluffy Animal Squishies for Stress Relief</t>
+    <t xml:space="preserve">AXOLB </t>
+  </si>
+  <si>
+    <t>Axolotl Squish Toys Bulk – Collectible Squishy Animals for Stress Relief, Party Favors, Classroom Rewards, and Fidget Toys</t>
   </si>
   <si>
     <t xml:space="preserve">TY3774 </t>
   </si>
   <si>
-    <t>Sensory Board Fidget Toys Activity Board Learning Toy</t>
+    <t>Tubular Sensory Board Rectangle Shape Activity Kit Fidget Board</t>
   </si>
   <si>
     <t>$125.10</t>
   </si>
   <si>
-    <t xml:space="preserve">AXOLB </t>
-[...2 lines deleted...]
-    <t>Axolotl Squish Toys Bulk – Collectible Squishy Animals for Stress Relief, Party Favors, Classroom Rewards, and Fidget Toys</t>
+    <t xml:space="preserve">CCSQB </t>
+  </si>
+  <si>
+    <t>Color Change Squooshers Sensory Stress Balls - Hidden Reveal for Fidget Fun and Tactile Play - Pack of 50</t>
   </si>
   <si>
     <t xml:space="preserve">TY3775 </t>
   </si>
   <si>
-    <t>Sensory Board Fidget Board Octagon Tactile Maze Play</t>
-[...5 lines deleted...]
-    <t>Color Change Squooshers Sensory Stress Balls - Hidden Reveal for Fidget Fun and Tactile Play - Pack of 50</t>
+    <t>Sensory Board Octagon Fidget Board Activity Kit Kids Play</t>
+  </si>
+  <si>
+    <t>$71.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQSN6B </t>
+  </si>
+  <si>
+    <t>Squishy Axolotl Toy Collection – 50pcs – Perfect for Stress Relief, Kids, Collectors, Fidgeting, Sensory Play</t>
+  </si>
+  <si>
+    <t>$20.70</t>
   </si>
   <si>
     <t xml:space="preserve">WSTOYSCM </t>
   </si>
   <si>
     <t>Tiny Toys Collectible Desk Classic Retro Miniature Figures</t>
   </si>
   <si>
     <t>$213.00</t>
   </si>
   <si>
-    <t xml:space="preserve">SQSN6B </t>
-[...5 lines deleted...]
-    <t>$20.70</t>
+    <t xml:space="preserve">SQSN7B </t>
+  </si>
+  <si>
+    <t>Squishy Octopus Toy Collection - Slow Rise Foam, Stress Relief, Hand Strength, Sensory Play</t>
   </si>
   <si>
     <t xml:space="preserve">YY1059 </t>
   </si>
   <si>
     <t>Light Up Yoyo Spinning Toy Led Yoyo Kids Game</t>
   </si>
   <si>
-    <t xml:space="preserve">SQSN7B </t>
-[...2 lines deleted...]
-    <t>Squishy Octopus Toy Collection - Slow Rise Foam, Stress Relief, Hand Strength, Sensory Play</t>
+    <t xml:space="preserve">SQSN8B </t>
+  </si>
+  <si>
+    <t>Discover Squishy Bubble Tea Animal Set – 50pcs Collection, Stress Relief Slow-Rise Foam Toys, Perfect Fidget &amp; Collectible for Kids</t>
   </si>
   <si>
     <t xml:space="preserve">LI0585 </t>
   </si>
   <si>
     <t>Disney Junior Mickey Minnie Spider Man Character Head Toy</t>
   </si>
   <si>
     <t>$153.90</t>
   </si>
   <si>
-    <t xml:space="preserve">SQSN8B </t>
-[...2 lines deleted...]
-    <t>Discover Squishy Bubble Tea Animal Set – 50pcs Collection, Stress Relief Slow-Rise Foam Toys, Perfect Fidget &amp; Collectible for Kids</t>
+    <t xml:space="preserve">SQS5B </t>
+  </si>
+  <si>
+    <t>Mochi Critters Series 5: Super Soft, Squishy, Adorable Toys for Kids - Individually Wrapped Collectible Figures</t>
   </si>
   <si>
     <t xml:space="preserve">NV0194 </t>
   </si>
   <si>
     <t>Pinata Toys Party Game Gift Pack Surprise Mini Pull String</t>
   </si>
   <si>
     <t>$72.00</t>
   </si>
   <si>
-    <t xml:space="preserve">SQS5B </t>
-[...2 lines deleted...]
-    <t>Mochi Critters Series 5: Super Soft, Squishy, Adorable Toys for Kids - Individually Wrapped Collectible Figures</t>
+    <t xml:space="preserve">SQSN10B </t>
+  </si>
+  <si>
+    <t>Ultimate Squishy Toy Bundle: 50 Animal Shapes for Stress Relief &amp; Tactile Play</t>
   </si>
   <si>
     <t xml:space="preserve">NV2514 </t>
   </si>
   <si>
     <t>Squeeze Toy Dim Sum Squishy Hand Stress Relief Toy</t>
   </si>
   <si>
     <t>$14.03</t>
   </si>
   <si>
-    <t xml:space="preserve">SQSN10B </t>
-[...2 lines deleted...]
-    <t>Ultimate Squishy Toy Bundle: 50 Animal Shapes for Stress Relief &amp; Tactile Play</t>
+    <t xml:space="preserve">SQSN12B </t>
+  </si>
+  <si>
+    <t>Squishy Capybara Figure Stress Relief Fidget Toy Set for Collectors and Novelty Gift Assortment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV2521 </t>
+  </si>
+  <si>
+    <t>Squeeze Sugar Candy Toy Silicone Display Box Stretch Pull Fun</t>
+  </si>
+  <si>
+    <t>$11.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COIL135 </t>
+  </si>
+  <si>
+    <t>Rainbow Coil Spring Classic Toy - Set of 12 for Vibrant Playtime &amp; Stress-Free Fun</t>
+  </si>
+  <si>
+    <t>$67.50</t>
   </si>
   <si>
     <t xml:space="preserve">NV3037 </t>
   </si>
   <si>
-    <t>Squishy Lemon Stress Relief Toy Fidget Squeeze Therapy</t>
-[...5 lines deleted...]
-    <t>Squishy Capybara Figure Stress Relief Fidget Toy Set for Collectors and Novelty Gift Assortment</t>
+    <t>Lemon Squishy Toy Fidget Stress Anxiety Therapy Gift</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0616 </t>
+  </si>
+  <si>
+    <t>Disney Toy Nightmare Before Christmas Squishy Toy Collectible Toy Blind Bag</t>
+  </si>
+  <si>
+    <t>$231.00</t>
   </si>
   <si>
     <t xml:space="preserve">NV4020 </t>
   </si>
   <si>
     <t>Taba Squishy Cookie Gummy Toy Set Gift Accessory Stress Relief</t>
   </si>
   <si>
-    <t xml:space="preserve">HOBERMANS </t>
-[...5 lines deleted...]
-    <t>$349.20</t>
+    <t xml:space="preserve">LI0698 </t>
+  </si>
+  <si>
+    <t>Ultimate Netflix Series Collectibles Bundle for Fans and Families</t>
+  </si>
+  <si>
+    <t>$126.00</t>
   </si>
   <si>
     <t xml:space="preserve">NV4021 </t>
   </si>
   <si>
     <t>Taba Squishy Gummy Ice Cream Cone Surprise Gift Fun Toy</t>
   </si>
   <si>
-    <t xml:space="preserve">LI0616 </t>
-[...5 lines deleted...]
-    <t>$231.00</t>
+    <t xml:space="preserve">LU1035 </t>
+  </si>
+  <si>
+    <t>Light-Up Alien Toys 12-Pack Fun Suction Creative Play Adventures</t>
   </si>
   <si>
     <t xml:space="preserve">NV4023 </t>
   </si>
   <si>
     <t>Taba Squishy Gummy Ice Cream Sandwich Bear Stress Toy Gift</t>
   </si>
   <si>
-    <t xml:space="preserve">LI0698 </t>
-[...5 lines deleted...]
-    <t>$126.00</t>
+    <t xml:space="preserve">NV1112 </t>
+  </si>
+  <si>
+    <t>Unwind with Spider Stretch Toy - Squeeze Stress, Boost Focus, Enjoy Sensory Fun</t>
+  </si>
+  <si>
+    <t>$342.00</t>
   </si>
   <si>
     <t xml:space="preserve">NV4025 </t>
   </si>
   <si>
     <t>Taba Squishy Gummy Berry Cake Stress Relief Pinch Toy Gift Pack</t>
   </si>
   <si>
-    <t xml:space="preserve">NV1112 </t>
-[...5 lines deleted...]
-    <t>$342.00</t>
+    <t xml:space="preserve">NV2133 </t>
+  </si>
+  <si>
+    <t>Magic Cat String for Interactive Play and Endless Feline Fun - TikTok Viral Pet Toy with Automatic Movement and Mesmerizing Motion!</t>
+  </si>
+  <si>
+    <t>$388.80</t>
   </si>
   <si>
     <t xml:space="preserve">NV4027 </t>
   </si>
   <si>
     <t>Taba Squishy Gummy Triangle Waffle Toy Accessory Pinch Relief</t>
   </si>
   <si>
-    <t xml:space="preserve">NV2133 </t>
-[...5 lines deleted...]
-    <t>$388.80</t>
+    <t xml:space="preserve">NV2456 </t>
+  </si>
+  <si>
+    <t>Stretchable Banana Fidget Toy - Stress Relief &amp; Sensory Play Moldable Sand-Filled Novelty!</t>
   </si>
   <si>
     <t xml:space="preserve">NV4028 </t>
   </si>
   <si>
     <t>Taba Squishy Gummy Cookie Lollipop Middle Stress Relief Toy</t>
   </si>
   <si>
-    <t xml:space="preserve">NV2426 </t>
-[...5 lines deleted...]
-    <t>$18.00</t>
+    <t xml:space="preserve">NV3035 </t>
+  </si>
+  <si>
+    <t>Squishy Brain Stress Relief Toy for Anxiety Relief and Therapeutic Sensory Play</t>
+  </si>
+  <si>
+    <t>$76.50</t>
   </si>
   <si>
     <t xml:space="preserve">NV4029 </t>
   </si>
   <si>
     <t>Taba Squishy Gummy Donut Stress Relief Pinch Toy Gift Accessory</t>
   </si>
   <si>
-    <t xml:space="preserve">NV2456 </t>
-[...2 lines deleted...]
-    <t>Stretchable Banana Fidget Toy - Stress Relief &amp; Sensory Play Moldable Sand-Filled Novelty!</t>
+    <t xml:space="preserve">PIN2 </t>
+  </si>
+  <si>
+    <t>Mini Rainbow Pin Art 2in 3D Impressions Interactive Art Device for Creative Expression and Stress Relief</t>
+  </si>
+  <si>
+    <t>$54.00</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1301 </t>
   </si>
   <si>
     <t>Gaming Controller Squishy Toy Stress Relief Foam Gamepad</t>
   </si>
   <si>
     <t>$17.25</t>
   </si>
   <si>
-    <t xml:space="preserve">NV3035 </t>
-[...5 lines deleted...]
-    <t>$76.50</t>
+    <t xml:space="preserve">SQ1187 </t>
+  </si>
+  <si>
+    <t>Mythical Friends Squish Play Foam Beads - Soft Sensory Fun &amp; Creativity</t>
+  </si>
+  <si>
+    <t>$486.00</t>
   </si>
   <si>
     <t xml:space="preserve">Z1065 </t>
   </si>
   <si>
     <t>Zuru Smashers Slam Heroes Monster Figures Action Toys</t>
   </si>
   <si>
     <t>$114.75</t>
   </si>
   <si>
-    <t xml:space="preserve">PIN2 </t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">SQ1235 </t>
   </si>
   <si>
     <t>Squishy Funny Face Fruit Squeeze Toy Stress Relief Slow Rise Collection</t>
   </si>
   <si>
     <t>$36.00</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1236 </t>
   </si>
   <si>
     <t>Squishy Fruit Slice Fidget Toys for Stress Relief and Sensory Play - Kiwi, Orange, Grapefruit, Lime &amp; Watermelon Fun!</t>
   </si>
   <si>
     <t>$35.28</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1248 </t>
   </si>
   <si>
     <t>Alien Squishies Collection - 12 Pack of Slow Rise Stress Relievers for Fun and Sensory Play</t>
   </si>
   <si>
     <t>$45.36</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1252 </t>
   </si>
   <si>
     <t>Squishy Octopus Stress Toy Pack of 12 - Ultimate Hand-Sized Sensory Relief and Relaxation Companion for Kids and Adults</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1282 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">SQ1293 </t>
   </si>
   <si>
     <t>Squishy Bag Geometric Fruit Stress Reliever Squeeze Toy Fidget Toy</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1296 </t>
   </si>
   <si>
     <t>Squishy Animal Stress Reliever Toys for Kids and Adults - Perfect Collectible Party Favors and Gifts</t>
   </si>
   <si>
     <t xml:space="preserve">SQRAT </t>
   </si>
   <si>
     <t>Stretchy Rat Toy: Realistic Prank Fun with Fake Rat Gag for Laughs</t>
   </si>
   <si>
     <t>$518.40</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1276 </t>
   </si>
   <si>
     <t>Squishy Duck Stress Toy Collectible Fidget Animal Squeeze Toy Duck Shape</t>
@@ -916,93 +907,75 @@
   <si>
     <t>Squishy Toy Stress Relief Animal Squeeze Fidget Desk Toy</t>
   </si>
   <si>
     <t>$108.87</t>
   </si>
   <si>
     <t xml:space="preserve">NV2522 </t>
   </si>
   <si>
     <t>Squeeze Toy Stress Toy Stretch Toy Tomato Toy Lemon Toy</t>
   </si>
   <si>
     <t>$40.50</t>
   </si>
   <si>
     <t xml:space="preserve">PA-MPDOG </t>
   </si>
   <si>
     <t>Mini Puffer Dog 1.75"</t>
   </si>
   <si>
     <t>$17.24</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPDOG-12 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">BT-PAMPDOG-24 </t>
   </si>
   <si>
     <t>Mini Puffer Dog Squishy Toys – 24 Pcs, 1.75 Inch Gummy Dogs Figures – Easter Egg Fillers, Party Favors, Stress Relief Toys for Kids &amp; Classroom Prizes</t>
   </si>
   <si>
     <t>$9.27</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PAMPDOG-48 </t>
   </si>
   <si>
     <t>Mini Puffer Dog Squishy Toys – 48 Pcs, 1.75 Inch Gummy Dogs Figures – Easter Egg Fillers, Party Favors, Stress Relief Toys for Kids &amp; Classroom Prizes</t>
   </si>
   <si>
     <t>$27.05</t>
   </si>
   <si>
     <t xml:space="preserve">LI0781 </t>
   </si>
   <si>
     <t>Pokemon Block Set Nanoblock Pikachu Charizard Gengar Snorlax</t>
   </si>
   <si>
     <t>$1404.00</t>
-  </si>
-[...7 lines deleted...]
-    <t>$11.70</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1071,51 +1044,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_941d4559cd970259fd13d3d5d3e4994c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7483ffd38c29a47f78c7c75dd98068b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc701e4ba4ba4ca819edb23659bf45e04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4efd321ebcbc680cc2207c8026e87ff95.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b2b4fc95a1769e8e1978fa5a45a734586.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c44315f78af492a1cc02bb8ac250de9f7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54138.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_137f4ffb30d12a8fdd85b4e7512b12859.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfdfbc53dea362dc871b2dec00c1d09911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_01ff73023c443c517017ef5f8ad9abaa12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5df6c5aeb1359301e16ed78c6ea564bd13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_976e921d6ebd913fd10ed2ec18f5d86514.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f643b241157cbde9bdf923448a1262c15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_432d66259091594077219dcb8f29d70d16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_696d48a9cc6f737633dda66dcc7f4f3217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc28ff9aa4b96b6d29255470253865cd18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_840984d57527bcf01ebc81775a2075ff19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1351cfb517acb6aedf311d4e2456bd7b20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8366d13f864d7e99000ab6e3faba630521.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_302ca8ebb5bed800009b9136b0d3012622.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5856ffb4ce78111f9395b3fffd21f8723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf982ce240881f85484481d07d79e70924.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4bca5e6da99c6b6346d9c571a11833b325.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3cec8666f3950fdec26bf38b8df7e35926.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_585e3e6ca1e336de90cd94a40569d3d127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef0eabed4ff4a122f75b86d0f9563bd228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_809ef36e1821035054194a6f55d04aea30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c52849731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9edea7d4fa6773e8ce0dd5f8d22d18b732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b96e9ca172bd9a0a2560ffd55eb705433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_42a167aa611008a2665213f177d2139934.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8847d439331e7a93e218f95312e116b535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3594c92f6d897627fe7563f7abbc224836.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3bbe05d36202d7872fc7e9262a883dac37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d28885677e08230f415743a0f7504d8a38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5701479aa225b7a532e3a7dd4cecf02839.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebac603b8c9d899f2f1f758986e6d23040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b366c9821d7d4c4b3b2f48856efd88e41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9204a56e60c42f9ef568620605d772c942.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76ebd0ae5e429341e2a600f6b59b2d0043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b41297919deab01960b17b8c063faab944.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4386aba170c49ff62b7d127ca106f57145.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_241cc468307c0af148a87ca3e9bf212746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_890be86bbfde8e63cb6d70c32e944e6b47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1ceefd93eb7cea4faf54d0a29d6a9f6248.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239f5240bf193e3f73adbf1ef00282bc49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_258f34a271f882832c3af8f7514c76e350.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0907d0543ccb47c8eb9170380ab95e7a51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cac9f9439bada57ae7ef9e9f5523cf752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d689d2002c99147a82246baa5f34b8b953.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2279adc5ef5ff523647a294e9ab3cca54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c31ccdd8eac5c4278cd3e32b40adf27755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac5ed8106a0d61aaf25e4363b2ed442b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e25796dbc4fd112948eb9af57c81fc3e57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04230cb9693c510dfbd944e400249bb758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27ff4d9604ac2a5b40601ed00bc4b67059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12e179b5b96367d948027557c6217d0260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_812d73adecb640c390e025af3b49594062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a88cf5ffbd39e1c5a1b2d96b69854f8c63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439f09c324cfe7b847216ebc658ea95864.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efa7e92669a744cef6abda7b2016441865.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f34d61745222b7a89283ffd63d29a4de66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8d3fdea5792b0b52d1c6e2155da5fd367.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ad25dc8331a228f692520037e8fee51c68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8be1d81d05c3a879baddf2c4c91ade0f69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4606a95c458ff40d5ee63faf89fb1d0070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1219337a4b9590ec1d3f59db9ea2500671.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30eef7df7d171bef31f6bf8e68e6225272.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da0a550f8560d8f49e27432027026f8373.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27664d403832a6da2f42a4c5cda4453374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55acce16ef4f052513b0e15be132bf2775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d8c70c0ac2004d00e1f24ce191926476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e7b9982da826e968ef73342ebdd0f23d77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8ca44dcb2e614473259202a81546ab1078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6eb828d5b371f7982a656e46e6b59aa79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f89751c373cb10ba017ea13c99e37a680.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96e1fd65f7331021b10a9f6ce50c4c2181.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e782cd00b1571b51779282bbeeafbe882.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_121c0b9752f81f14e7625c308495109283.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_519f5133e8bdae8dce09a9eea4cdc11284.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_87e7e96bb931f2646a2b8bd45746c90685.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db920ce6cf173ccd155e22f56323a69186.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c4eb5ba504ceec2aedab7be45ff172187.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfdb4589ff3ac1efdda83e24c8c6665888.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64a115a59bd93409bed7c808d9fcb34989.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2b4300dfc4dea1f942ddd6ee1c6f0cf90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c7c7946ec73437d07890ae9130c433d91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd292d8f11de3d1d4388ab915d28550592.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0ef633ccf88cc4a3977a0c61766d222393.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e16428f9160889a9c485d2f249e26ca94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0389f33db6421007ad056663eed31e9d95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b714109311d6baa245d231a8e60ddc8296.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_11b3999fbd0298f9dbbf79608c256de697.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef7a819b8dda278664b271c6df49ca3c98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b159a41004fa6a749f6d7c67d16917b99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_108c371d11a03618ea8744e416d10f81100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79828d43ece825f98f67ed7e1a33aa8a101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b569f81f6aa75d6fe884baed0653c14c102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6a5d28e14aa73989669156b5c2c9413f103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0aa8922ba8bd55d702c5ccae8bb50ae7104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f5582c3ad1adb8c1082c4a1b01281ae105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd8395a6511a1c7d6c2a9ce5426d63df106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f86e8a7baf1e94d87b5e8e50a92d6ec107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dccc240ebf577f4afec464cab719ea29108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5990c42f8984ab424da93fa16749c4c5109.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_941d4559cd970259fd13d3d5d3e4994c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4efd321ebcbc680cc2207c8026e87ff93.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b2b4fc95a1769e8e1978fa5a45a734584.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc701e4ba4ba4ca819edb23659bf45e05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7483ffd38c29a47f78c7c75dd98068b6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54137.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c44315f78af492a1cc02bb8ac250de9f8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_137f4ffb30d12a8fdd85b4e7512b128510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5df6c5aeb1359301e16ed78c6ea564bd11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfdfbc53dea362dc871b2dec00c1d09912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_01ff73023c443c517017ef5f8ad9abaa13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f643b241157cbde9bdf923448a1262c14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_976e921d6ebd913fd10ed2ec18f5d86515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_840984d57527bcf01ebc81775a2075ff16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_432d66259091594077219dcb8f29d70d17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_696d48a9cc6f737633dda66dcc7f4f3218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc28ff9aa4b96b6d29255470253865cd19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8366d13f864d7e99000ab6e3faba630520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1351cfb517acb6aedf311d4e2456bd7b21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf982ce240881f85484481d07d79e70922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_302ca8ebb5bed800009b9136b0d3012623.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5856ffb4ce78111f9395b3fffd21f8724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3cec8666f3950fdec26bf38b8df7e35925.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4bca5e6da99c6b6346d9c571a11833b326.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef0eabed4ff4a122f75b86d0f9563bd227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_585e3e6ca1e336de90cd94a40569d3d128.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_809ef36e1821035054194a6f55d04aea29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad130.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9edea7d4fa6773e8ce0dd5f8d22d18b731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c52849732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_42a167aa611008a2665213f177d2139933.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b96e9ca172bd9a0a2560ffd55eb705434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3594c92f6d897627fe7563f7abbc224835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8847d439331e7a93e218f95312e116b536.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d28885677e08230f415743a0f7504d8a37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3bbe05d36202d7872fc7e9262a883dac38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebac603b8c9d899f2f1f758986e6d23039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5701479aa225b7a532e3a7dd4cecf02840.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9204a56e60c42f9ef568620605d772c941.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b366c9821d7d4c4b3b2f48856efd88e42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b41297919deab01960b17b8c063faab943.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76ebd0ae5e429341e2a600f6b59b2d0044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_241cc468307c0af148a87ca3e9bf212745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4386aba170c49ff62b7d127ca106f57146.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1ceefd93eb7cea4faf54d0a29d6a9f6247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_890be86bbfde8e63cb6d70c32e944e6b48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_258f34a271f882832c3af8f7514c76e349.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239f5240bf193e3f73adbf1ef00282bc50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d689d2002c99147a82246baa5f34b8b951.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cac9f9439bada57ae7ef9e9f5523cf752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c31ccdd8eac5c4278cd3e32b40adf27753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2279adc5ef5ff523647a294e9ab3cca54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e25796dbc4fd112948eb9af57c81fc3e55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac5ed8106a0d61aaf25e4363b2ed442b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27ff4d9604ac2a5b40601ed00bc4b67057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04230cb9693c510dfbd944e400249bb758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12e179b5b96367d948027557c6217d0260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a88cf5ffbd39e1c5a1b2d96b69854f8c61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_812d73adecb640c390e025af3b49594062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efa7e92669a744cef6abda7b2016441863.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439f09c324cfe7b847216ebc658ea95864.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8d3fdea5792b0b52d1c6e2155da5fd365.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f34d61745222b7a89283ffd63d29a4de66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8be1d81d05c3a879baddf2c4c91ade0f67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ad25dc8331a228f692520037e8fee51c68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1219337a4b9590ec1d3f59db9ea2500669.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4606a95c458ff40d5ee63faf89fb1d0070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da0a550f8560d8f49e27432027026f8371.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5990c42f8984ab424da93fa16749c4c572.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b1db95363528e4c38984e98c8da442d73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30eef7df7d171bef31f6bf8e68e6225274.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e7b9982da826e968ef73342ebdd0f23d75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27664d403832a6da2f42a4c5cda4453376.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6eb828d5b371f7982a656e46e6b59aa77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d8c70c0ac2004d00e1f24ce191926478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e3e1466eeb7244ff564166a034f6d5ad79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8ca44dcb2e614473259202a81546ab1080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96e1fd65f7331021b10a9f6ce50c4c2181.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f89751c373cb10ba017ea13c99e37a682.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_121c0b9752f81f14e7625c308495109283.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e782cd00b1571b51779282bbeeafbe884.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c4eb5ba504ceec2aedab7be45ff172185.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_519f5133e8bdae8dce09a9eea4cdc11286.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64a115a59bd93409bed7c808d9fcb34987.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db920ce6cf173ccd155e22f56323a69188.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c7c7946ec73437d07890ae9130c433d89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfdb4589ff3ac1efdda83e24c8c6665890.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd292d8f11de3d1d4388ab915d28550591.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2b4300dfc4dea1f942ddd6ee1c6f0cf92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0ef633ccf88cc4a3977a0c61766d222393.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e16428f9160889a9c485d2f249e26ca94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0389f33db6421007ad056663eed31e9d95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b714109311d6baa245d231a8e60ddc8296.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef7a819b8dda278664b271c6df49ca3c97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b159a41004fa6a749f6d7c67d16917b98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_108c371d11a03618ea8744e416d10f8199.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79828d43ece825f98f67ed7e1a33aa8a100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b569f81f6aa75d6fe884baed0653c14c101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6a5d28e14aa73989669156b5c2c9413f102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0aa8922ba8bd55d702c5ccae8bb50ae7103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd8395a6511a1c7d6c2a9ce5426d63df104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f86e8a7baf1e94d87b5e8e50a92d6ec105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dccc240ebf577f4afec464cab719ea29106.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4243,140 +4216,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>113</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="106" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4643,54 +4526,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J117"/>
+  <dimension ref="A1:J114"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J117" sqref="J117"/>
+      <selection activeCell="J114" sqref="J114"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -4768,2466 +4651,2466 @@
       <c r="G10" s="7">
         <v>0.2358680636</v>
       </c>
       <c r="H10" s="7">
         <v>0.00217326</v>
       </c>
       <c r="I10" s="7">
         <v>24</v>
       </c>
       <c r="J10" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G11" s="7">
-        <v>0.23813599425</v>
+        <v>0</v>
       </c>
       <c r="H11" s="7">
-        <v>0.00108155</v>
+        <v>0</v>
       </c>
       <c r="I11" s="7">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="J11" s="7">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E12" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>0.2177243664</v>
+        <v>0</v>
       </c>
       <c r="H12" s="7">
-        <v>0.00139281</v>
+        <v>0</v>
       </c>
       <c r="I12" s="7">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="J12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E13" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F13" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>0</v>
+        <v>0.2177243664</v>
       </c>
       <c r="H13" s="7">
-        <v>0</v>
+        <v>0.00139281</v>
       </c>
       <c r="I13" s="7">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="J13" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>0</v>
+        <v>0.23813599425</v>
       </c>
       <c r="H14" s="7">
-        <v>0</v>
+        <v>0.00108155</v>
       </c>
       <c r="I14" s="7">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.22199992864518</v>
+        <v>0.53977499169999</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00168875</v>
+        <v>0.003224</v>
       </c>
       <c r="I15" s="7">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>36</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.53977499169999</v>
+        <v>0.22199992864518</v>
       </c>
       <c r="H16" s="7">
-        <v>0.003224</v>
+        <v>0.00168875</v>
       </c>
       <c r="I16" s="7">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.090718485999998</v>
+        <v>0.2585476851</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00042795</v>
+        <v>0.00122812</v>
       </c>
       <c r="I17" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>0.2585476851</v>
+        <v>0.090718485999998</v>
       </c>
       <c r="H18" s="7">
-        <v>0.00122812</v>
+        <v>0.00042795</v>
       </c>
       <c r="I18" s="7">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G19" s="7">
-        <v>0.2358680324</v>
+        <v>0</v>
       </c>
       <c r="H19" s="7">
-        <v>0.00213671</v>
+        <v>0</v>
       </c>
       <c r="I19" s="7">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J19" s="7">
-        <v>0</v>
+        <v>48</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>48</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0.3311224301</v>
+        <v>0.2358680324</v>
       </c>
       <c r="H20" s="7">
-        <v>0.00051128</v>
+        <v>0.00213671</v>
       </c>
       <c r="I20" s="7">
         <v>24</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>51</v>
       </c>
       <c r="F21" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>0</v>
+        <v>0.3311224301</v>
       </c>
       <c r="H21" s="7">
-        <v>0</v>
+        <v>0.00051128</v>
       </c>
       <c r="I21" s="7">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="J21" s="7">
-        <v>48</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>54</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0.1678291991</v>
+        <v>0</v>
       </c>
       <c r="H22" s="7">
-        <v>0.00096198</v>
+        <v>0</v>
       </c>
       <c r="I22" s="7">
         <v>12</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>0</v>
+        <v>0.1678291991</v>
       </c>
       <c r="H23" s="7">
-        <v>0</v>
+        <v>0.00096198</v>
       </c>
       <c r="I23" s="7">
         <v>12</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>0.362873896</v>
+        <v>0</v>
       </c>
       <c r="H24" s="7">
-        <v>0.00197874</v>
+        <v>0</v>
       </c>
       <c r="I24" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>0.28576323089999</v>
+        <v>0.362873896</v>
       </c>
       <c r="H25" s="7">
-        <v>0.00140519</v>
+        <v>0.00197874</v>
       </c>
       <c r="I25" s="7">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="J25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>64</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>66</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>0.40823318699999</v>
+        <v>0.28576323089999</v>
       </c>
       <c r="H26" s="7">
-        <v>0.00078658</v>
+        <v>0.00140519</v>
       </c>
       <c r="I26" s="7">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>67</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>69</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>0</v>
+        <v>0.40823318699999</v>
       </c>
       <c r="H27" s="7">
-        <v>0</v>
+        <v>0.00078658</v>
       </c>
       <c r="I27" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>70</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>72</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>0.39916133839999</v>
+        <v>0</v>
       </c>
       <c r="H28" s="7">
-        <v>0.0026547</v>
+        <v>0</v>
       </c>
       <c r="I28" s="7">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
-        <v>0</v>
+        <v>0.39916133839999</v>
       </c>
       <c r="H29" s="7">
-        <v>0</v>
+        <v>0.0026547</v>
       </c>
       <c r="I29" s="7">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>76</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>78</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>0.408233133</v>
+        <v>0</v>
       </c>
       <c r="H30" s="7">
-        <v>0.00028677</v>
+        <v>0</v>
       </c>
       <c r="I30" s="7">
         <v>24</v>
       </c>
       <c r="J30" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
         <v>79</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>80</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>81</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
-        <v>0.544310844</v>
+        <v>0.408233133</v>
       </c>
       <c r="H31" s="7">
-        <v>0.00235974</v>
+        <v>0.00028677</v>
       </c>
       <c r="I31" s="7">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="J31" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
         <v>83</v>
       </c>
       <c r="E32" s="7" t="s">
         <v>84</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
-        <v>0</v>
+        <v>0.544310844</v>
       </c>
       <c r="H32" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I32" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J32" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
         <v>85</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>86</v>
       </c>
       <c r="E33" s="7" t="s">
         <v>87</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="7">
-        <v>0.8663614267</v>
+        <v>0</v>
       </c>
       <c r="H33" s="7">
-        <v>0.00663676</v>
+        <v>0</v>
       </c>
       <c r="I33" s="7">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="J33" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
         <v>88</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
         <v>89</v>
       </c>
       <c r="E34" s="7" t="s">
         <v>90</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="7">
-        <v>0</v>
+        <v>0.8663614267</v>
       </c>
       <c r="H34" s="7">
-        <v>0</v>
+        <v>0.00663676</v>
       </c>
       <c r="I34" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J34" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
         <v>91</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>93</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G35" s="7">
-        <v>0.544310844</v>
+        <v>0</v>
       </c>
       <c r="H35" s="7">
-        <v>0.00235974</v>
+        <v>0</v>
       </c>
       <c r="I35" s="7">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="J35" s="7">
-        <v>6000</v>
+        <v>144</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
         <v>94</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>96</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G36" s="7">
-        <v>0</v>
+        <v>0.544310844</v>
       </c>
       <c r="H36" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I36" s="7">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="J36" s="7">
-        <v>144</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
         <v>97</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
         <v>98</v>
       </c>
       <c r="E37" s="7" t="s">
         <v>99</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
-        <v>0.45359237</v>
+        <v>0</v>
       </c>
       <c r="H37" s="7">
-        <v>0.00235974</v>
+        <v>0</v>
       </c>
       <c r="I37" s="7">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="J37" s="7">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E38" s="7" t="s">
         <v>102</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
-        <v>0</v>
+        <v>0.45359237</v>
       </c>
       <c r="H38" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I38" s="7">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="J38" s="7">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
         <v>103</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
         <v>104</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>105</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
-        <v>0.90718474</v>
+        <v>0</v>
       </c>
       <c r="H39" s="7">
-        <v>0.0039329</v>
+        <v>0</v>
       </c>
       <c r="I39" s="7">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="J39" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
         <v>106</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
         <v>107</v>
       </c>
       <c r="E40" s="7" t="s">
         <v>108</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="7">
-        <v>0</v>
+        <v>0.90718474</v>
       </c>
       <c r="H40" s="7">
-        <v>0</v>
+        <v>0.0039329</v>
       </c>
       <c r="I40" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J40" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
         <v>109</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
         <v>110</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
-        <v>0.90718474</v>
+        <v>0</v>
       </c>
       <c r="H41" s="7">
-        <v>0.0039329</v>
+        <v>0</v>
       </c>
       <c r="I41" s="7">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="J41" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
-        <v>0</v>
+        <v>0.90718474</v>
       </c>
       <c r="H42" s="7">
-        <v>0</v>
+        <v>0.0039329</v>
       </c>
       <c r="I42" s="7">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="J42" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>114</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
         <v>115</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>116</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
-        <v>0.45359237</v>
+        <v>0</v>
       </c>
       <c r="H43" s="7">
-        <v>0.00235974</v>
+        <v>0</v>
       </c>
       <c r="I43" s="7">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="J43" s="7">
-        <v>10000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
         <v>117</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
         <v>118</v>
       </c>
       <c r="E44" s="7" t="s">
         <v>119</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
-        <v>0</v>
+        <v>0.45359237</v>
       </c>
       <c r="H44" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I44" s="7">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="J44" s="7">
-        <v>0</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
         <v>120</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
         <v>121</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>122</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
-        <v>1.179340162</v>
+        <v>0</v>
       </c>
       <c r="H45" s="7">
-        <v>0.00491612</v>
+        <v>0</v>
       </c>
       <c r="I45" s="7">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="J45" s="7">
-        <v>4000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
         <v>123</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
         <v>124</v>
       </c>
       <c r="E46" s="7" t="s">
         <v>125</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
-        <v>0</v>
+        <v>1.179340162</v>
       </c>
       <c r="H46" s="7">
-        <v>0</v>
+        <v>0.00491612</v>
       </c>
       <c r="I46" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J46" s="7">
-        <v>0</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
         <v>126</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
         <v>127</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
-        <v>0.45359237</v>
+        <v>0</v>
       </c>
       <c r="H47" s="7">
-        <v>0.00235974</v>
+        <v>0</v>
       </c>
       <c r="I47" s="7">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="J47" s="7">
-        <v>4000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="E48" s="7" t="s">
         <v>130</v>
       </c>
-      <c r="E48" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
-        <v>0</v>
+        <v>0.45359237</v>
       </c>
       <c r="H48" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I48" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J48" s="7">
-        <v>0</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
         <v>131</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
         <v>132</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>122</v>
+        <v>133</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
-        <v>0.544310844</v>
+        <v>0</v>
       </c>
       <c r="H49" s="7">
-        <v>0.00294967</v>
+        <v>0</v>
       </c>
       <c r="I49" s="7">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="J49" s="7">
-        <v>4000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="7">
-        <v>0</v>
+        <v>0.544310844</v>
       </c>
       <c r="H50" s="7">
-        <v>0</v>
+        <v>0.00294967</v>
       </c>
       <c r="I50" s="7">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="J50" s="7">
-        <v>0</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
         <v>136</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
         <v>137</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>138</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G51" s="7">
-        <v>0.544310844</v>
+        <v>0</v>
       </c>
       <c r="H51" s="7">
-        <v>0.00235974</v>
+        <v>0</v>
       </c>
       <c r="I51" s="7">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="J51" s="7">
-        <v>1000</v>
+        <v>48</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
         <v>139</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
         <v>140</v>
       </c>
       <c r="E52" s="7" t="s">
         <v>141</v>
       </c>
       <c r="F52" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G52" s="7">
-        <v>0</v>
+        <v>0.544310844</v>
       </c>
       <c r="H52" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I52" s="7">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="J52" s="7">
-        <v>48</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
         <v>142</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
         <v>143</v>
       </c>
       <c r="E53" s="7" t="s">
         <v>144</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
-        <v>0.544310844</v>
+        <v>0</v>
       </c>
       <c r="H53" s="7">
-        <v>0.00235974</v>
+        <v>0</v>
       </c>
       <c r="I53" s="7">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="J53" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
         <v>145</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
         <v>146</v>
       </c>
       <c r="E54" s="7" t="s">
         <v>147</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
-        <v>0</v>
+        <v>0.544310844</v>
       </c>
       <c r="H54" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I54" s="7">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="J54" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
         <v>148</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
         <v>149</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>150</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G55" s="7">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H55" s="7">
-        <v>0.0412954</v>
+        <v>0</v>
       </c>
       <c r="I55" s="7">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="J55" s="7">
-        <v>1000</v>
+        <v>50</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
         <v>151</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
         <v>152</v>
       </c>
       <c r="E56" s="7" t="s">
         <v>153</v>
       </c>
       <c r="F56" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G56" s="7">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H56" s="7">
-        <v>0</v>
+        <v>0.0412954</v>
       </c>
       <c r="I56" s="7">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="J56" s="7">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
         <v>154</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
         <v>155</v>
       </c>
       <c r="E57" s="7" t="s">
         <v>156</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
-        <v>0.40823318699999</v>
+        <v>0</v>
       </c>
       <c r="H57" s="7">
-        <v>0.00086032</v>
+        <v>0</v>
       </c>
       <c r="I57" s="7">
         <v>24</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
         <v>158</v>
       </c>
       <c r="E58" s="7" t="s">
         <v>159</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
-        <v>0</v>
+        <v>0.40823318699999</v>
       </c>
       <c r="H58" s="7">
-        <v>0</v>
+        <v>0.00086032</v>
       </c>
       <c r="I58" s="7">
         <v>24</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
         <v>160</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
         <v>161</v>
       </c>
       <c r="E59" s="7" t="s">
         <v>162</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="7">
-        <v>0.226796215</v>
+        <v>0.45359242999999</v>
       </c>
       <c r="H59" s="7">
-        <v>1.639E-5</v>
+        <v>0.00235974</v>
       </c>
       <c r="I59" s="7">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="J59" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
         <v>163</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
         <v>164</v>
       </c>
       <c r="E60" s="7" t="s">
         <v>165</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="7">
         <v>0</v>
       </c>
       <c r="H60" s="7">
         <v>0</v>
       </c>
       <c r="I60" s="7">
         <v>12</v>
       </c>
       <c r="J60" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
         <v>166</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
         <v>167</v>
       </c>
       <c r="E61" s="7" t="s">
         <v>168</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="7">
-        <v>0.45359242999999</v>
+        <v>1.08862</v>
       </c>
       <c r="H61" s="7">
-        <v>0.00235974</v>
+        <v>0.00825908</v>
       </c>
       <c r="I61" s="7">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
         <v>169</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
         <v>170</v>
       </c>
       <c r="E62" s="7" t="s">
         <v>171</v>
       </c>
       <c r="F62" s="7" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G62" s="7">
         <v>0</v>
       </c>
       <c r="H62" s="7">
         <v>0</v>
       </c>
       <c r="I62" s="7">
         <v>1</v>
       </c>
       <c r="J62" s="7">
         <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
         <v>172</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
         <v>173</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>174</v>
+        <v>102</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="7">
-        <v>1.08862</v>
+        <v>1.2</v>
       </c>
       <c r="H63" s="7">
-        <v>0.00825908</v>
+        <v>0.00589934</v>
       </c>
       <c r="I63" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J63" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="E64" s="7" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="7">
         <v>0</v>
       </c>
       <c r="H64" s="7">
         <v>0</v>
       </c>
       <c r="I64" s="7">
         <v>15</v>
       </c>
       <c r="J64" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G65" s="7">
-        <v>1.2</v>
+        <v>5</v>
       </c>
       <c r="H65" s="7">
-        <v>0.00589934</v>
+        <v>0.03539606</v>
       </c>
       <c r="I65" s="7">
         <v>100</v>
       </c>
       <c r="J65" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="4" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="E66" s="7" t="s">
         <v>181</v>
       </c>
-      <c r="E66" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F66" s="7" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G66" s="7">
         <v>0</v>
       </c>
       <c r="H66" s="7">
         <v>0</v>
       </c>
       <c r="I66" s="7">
         <v>1</v>
       </c>
       <c r="J66" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="4" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="E67" s="7" t="s">
-        <v>99</v>
+        <v>24</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="7">
-        <v>5</v>
+        <v>2.6</v>
       </c>
       <c r="H67" s="7">
-        <v>0.03539606</v>
+        <v>0.00471947</v>
       </c>
       <c r="I67" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J67" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="55">
       <c r="B68" s="4" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="E68" s="7" t="s">
         <v>186</v>
       </c>
-      <c r="E68" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F68" s="7" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G68" s="7">
         <v>0</v>
       </c>
       <c r="H68" s="7">
         <v>0</v>
       </c>
       <c r="I68" s="7">
         <v>1</v>
       </c>
       <c r="J68" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="55">
       <c r="B69" s="4" t="s">
         <v>187</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="6" t="s">
         <v>188</v>
       </c>
       <c r="E69" s="7" t="s">
-        <v>30</v>
+        <v>189</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="7">
-        <v>2.6</v>
+        <v>1</v>
       </c>
       <c r="H69" s="7">
-        <v>0.00471947</v>
+        <v>0.01638706</v>
       </c>
       <c r="I69" s="7">
         <v>50</v>
       </c>
       <c r="J69" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="55">
       <c r="B70" s="4" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="6" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E70" s="7" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="7">
         <v>0</v>
       </c>
       <c r="H70" s="7">
         <v>0</v>
       </c>
       <c r="I70" s="7">
         <v>24</v>
       </c>
       <c r="J70" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="55">
       <c r="B71" s="4" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="6" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E71" s="7" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G71" s="7">
         <v>1</v>
       </c>
       <c r="H71" s="7">
-        <v>0.01638706</v>
+        <v>0.01966448</v>
       </c>
       <c r="I71" s="7">
         <v>50</v>
       </c>
       <c r="J71" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="4" t="s">
         <v>195</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="6" t="s">
         <v>196</v>
       </c>
       <c r="E72" s="7" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="7">
         <v>0</v>
       </c>
       <c r="H72" s="7">
         <v>0</v>
       </c>
       <c r="I72" s="7">
         <v>12</v>
       </c>
       <c r="J72" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
         <v>197</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="6" t="s">
         <v>198</v>
       </c>
       <c r="E73" s="7" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="7">
-        <v>1</v>
+        <v>4.3</v>
       </c>
       <c r="H73" s="7">
-        <v>0.01966448</v>
+        <v>0.0377558</v>
       </c>
       <c r="I73" s="7">
         <v>50</v>
       </c>
       <c r="J73" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="4" t="s">
         <v>199</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="6" t="s">
         <v>200</v>
       </c>
       <c r="E74" s="7" t="s">
         <v>201</v>
       </c>
       <c r="F74" s="7" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G74" s="7">
         <v>0</v>
       </c>
       <c r="H74" s="7">
         <v>0</v>
       </c>
       <c r="I74" s="7">
         <v>1</v>
       </c>
       <c r="J74" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="4" t="s">
         <v>202</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="6" t="s">
         <v>203</v>
       </c>
       <c r="E75" s="7" t="s">
-        <v>194</v>
+        <v>105</v>
       </c>
       <c r="F75" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="7">
-        <v>4.3</v>
+        <v>0</v>
       </c>
       <c r="H75" s="7">
-        <v>0.0377558</v>
+        <v>0</v>
       </c>
       <c r="I75" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J75" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="4" t="s">
         <v>204</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="6" t="s">
         <v>205</v>
       </c>
       <c r="E76" s="7" t="s">
         <v>206</v>
       </c>
       <c r="F76" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="7">
         <v>0</v>
       </c>
       <c r="H76" s="7">
         <v>0</v>
       </c>
       <c r="I76" s="7">
         <v>12</v>
       </c>
       <c r="J76" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="55">
       <c r="B77" s="4" t="s">
         <v>207</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="6" t="s">
         <v>208</v>
       </c>
       <c r="E77" s="7" t="s">
-        <v>108</v>
+        <v>189</v>
       </c>
       <c r="F77" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G77" s="7">
-        <v>0</v>
+        <v>2.6</v>
       </c>
       <c r="H77" s="7">
-        <v>0</v>
+        <v>0.02359737</v>
       </c>
       <c r="I77" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J77" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="55">
       <c r="B78" s="4" t="s">
         <v>209</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="6" t="s">
         <v>210</v>
       </c>
       <c r="E78" s="7" t="s">
         <v>211</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G78" s="7">
         <v>0</v>
       </c>
       <c r="H78" s="7">
         <v>0</v>
       </c>
       <c r="I78" s="7">
         <v>12</v>
       </c>
       <c r="J78" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="55">
       <c r="B79" s="4" t="s">
         <v>212</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="6" t="s">
         <v>213</v>
       </c>
       <c r="E79" s="7" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="F79" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G79" s="7">
         <v>2.6</v>
       </c>
       <c r="H79" s="7">
         <v>0.02359737</v>
       </c>
       <c r="I79" s="7">
         <v>50</v>
       </c>
       <c r="J79" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="55">
       <c r="B80" s="4" t="s">
         <v>214</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="6" t="s">
         <v>215</v>
       </c>
       <c r="E80" s="7" t="s">
-        <v>26</v>
+        <v>216</v>
       </c>
       <c r="F80" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G80" s="7">
         <v>0</v>
       </c>
       <c r="H80" s="7">
         <v>0</v>
       </c>
       <c r="I80" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J80" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="55">
       <c r="B81" s="4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C81" s="6"/>
       <c r="D81" s="6" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E81" s="7" t="s">
-        <v>194</v>
+        <v>219</v>
       </c>
       <c r="F81" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G81" s="7">
-        <v>2.6</v>
+        <v>0</v>
       </c>
       <c r="H81" s="7">
-        <v>0.02359737</v>
+        <v>0</v>
       </c>
       <c r="I81" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J81" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="55">
       <c r="B82" s="4" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="6" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E82" s="7" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F82" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G82" s="7">
         <v>0</v>
       </c>
       <c r="H82" s="7">
         <v>0</v>
       </c>
       <c r="I82" s="7">
+        <v>1</v>
+      </c>
+      <c r="J82" s="7">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="55">
       <c r="B83" s="4" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="6" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E83" s="7" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="F83" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G83" s="7">
         <v>0</v>
       </c>
       <c r="H83" s="7">
         <v>0</v>
       </c>
       <c r="I83" s="7">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="J83" s="7">
-        <v>48</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="55">
       <c r="B84" s="4" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E84" s="7" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F84" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G84" s="7">
         <v>0</v>
       </c>
       <c r="H84" s="7">
         <v>0</v>
       </c>
       <c r="I84" s="7">
         <v>12</v>
       </c>
       <c r="J84" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="55">
       <c r="B85" s="4" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="6" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="E85" s="7" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F85" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G85" s="7">
         <v>0</v>
       </c>
       <c r="H85" s="7">
         <v>0</v>
       </c>
       <c r="I85" s="7">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="J85" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="55">
       <c r="B86" s="4" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="6" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="E86" s="7" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G86" s="7">
         <v>0</v>
       </c>
       <c r="H86" s="7">
         <v>0</v>
       </c>
       <c r="I86" s="7">
         <v>12</v>
       </c>
       <c r="J86" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="55">
       <c r="B87" s="4" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="6" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E87" s="7" t="s">
-        <v>232</v>
+        <v>90</v>
       </c>
       <c r="F87" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="7">
         <v>0</v>
       </c>
       <c r="H87" s="7">
         <v>0</v>
       </c>
       <c r="I87" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J87" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="55">
       <c r="B88" s="4" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="6" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E88" s="7" t="s">
-        <v>108</v>
+        <v>24</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G88" s="7">
         <v>0</v>
       </c>
       <c r="H88" s="7">
         <v>0</v>
       </c>
       <c r="I88" s="7">
         <v>12</v>
       </c>
       <c r="J88" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="55">
       <c r="B89" s="4" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E89" s="7" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F89" s="7" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G89" s="7">
         <v>0</v>
       </c>
       <c r="H89" s="7">
         <v>0</v>
       </c>
       <c r="I89" s="7">
         <v>1</v>
       </c>
       <c r="J89" s="7">
         <v>48</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="55">
       <c r="B90" s="4" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="6" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E90" s="7" t="s">
-        <v>30</v>
+        <v>105</v>
       </c>
       <c r="F90" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="7">
         <v>0</v>
       </c>
       <c r="H90" s="7">
         <v>0</v>
       </c>
       <c r="I90" s="7">
         <v>12</v>
       </c>
       <c r="J90" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="55">
       <c r="B91" s="4" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="6" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E91" s="7" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F91" s="7" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G91" s="7">
         <v>0</v>
       </c>
       <c r="H91" s="7">
         <v>0</v>
       </c>
       <c r="I91" s="7">
         <v>1</v>
       </c>
       <c r="J91" s="7">
         <v>72</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="55">
       <c r="B92" s="4" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C92" s="6"/>
       <c r="D92" s="6" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E92" s="7" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F92" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G92" s="7">
         <v>0</v>
       </c>
       <c r="H92" s="7">
         <v>0</v>
       </c>
       <c r="I92" s="7">
         <v>12</v>
       </c>
       <c r="J92" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="55">
       <c r="B93" s="4" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C93" s="6"/>
       <c r="D93" s="6" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E93" s="7" t="s">
-        <v>247</v>
+        <v>105</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G93" s="7">
         <v>0</v>
       </c>
       <c r="H93" s="7">
         <v>0</v>
       </c>
       <c r="I93" s="7">
         <v>12</v>
       </c>
       <c r="J93" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="55">
       <c r="B94" s="4" t="s">
         <v>248</v>
       </c>
       <c r="C94" s="6"/>
       <c r="D94" s="6" t="s">
         <v>249</v>
       </c>
       <c r="E94" s="7" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F94" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G94" s="7">
         <v>0</v>
       </c>
       <c r="H94" s="7">
         <v>0</v>
       </c>
       <c r="I94" s="7">
         <v>12</v>
       </c>
       <c r="J94" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="55">
       <c r="B95" s="4" t="s">
         <v>250</v>
       </c>
       <c r="C95" s="6"/>
       <c r="D95" s="6" t="s">
         <v>251</v>
       </c>
       <c r="E95" s="7" t="s">
-        <v>108</v>
+        <v>252</v>
       </c>
       <c r="F95" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G95" s="7">
         <v>0</v>
       </c>
       <c r="H95" s="7">
         <v>0</v>
       </c>
       <c r="I95" s="7">
+        <v>1</v>
+      </c>
+      <c r="J95" s="7">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="55">
       <c r="B96" s="4" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C96" s="6"/>
       <c r="D96" s="6" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E96" s="7" t="s">
-        <v>254</v>
+        <v>24</v>
       </c>
       <c r="F96" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G96" s="7">
         <v>0</v>
       </c>
       <c r="H96" s="7">
         <v>0</v>
       </c>
       <c r="I96" s="7">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J96" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="55">
       <c r="B97" s="4" t="s">
         <v>255</v>
       </c>
       <c r="C97" s="6"/>
       <c r="D97" s="6" t="s">
         <v>256</v>
       </c>
       <c r="E97" s="7" t="s">
         <v>257</v>
       </c>
       <c r="F97" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G97" s="7">
         <v>0</v>
       </c>
       <c r="H97" s="7">
         <v>0</v>
       </c>
       <c r="I97" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J97" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="55">
       <c r="B98" s="4" t="s">
         <v>258</v>
       </c>
       <c r="C98" s="6"/>
       <c r="D98" s="6" t="s">
         <v>259</v>
       </c>
       <c r="E98" s="7" t="s">
         <v>260</v>
       </c>
       <c r="F98" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G98" s="7">
         <v>0</v>
       </c>
       <c r="H98" s="7">
         <v>0</v>
       </c>
       <c r="I98" s="7">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J98" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="55">
       <c r="B99" s="4" t="s">
         <v>261</v>
       </c>
       <c r="C99" s="6"/>
       <c r="D99" s="6" t="s">
         <v>262</v>
       </c>
       <c r="E99" s="7" t="s">
         <v>263</v>
       </c>
       <c r="F99" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G99" s="7">
         <v>0</v>
       </c>
       <c r="H99" s="7">
         <v>0</v>
       </c>
       <c r="I99" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J99" s="7">
-        <v>0</v>
+        <v>144</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="55">
       <c r="B100" s="4" t="s">
         <v>264</v>
       </c>
       <c r="C100" s="6"/>
       <c r="D100" s="6" t="s">
         <v>265</v>
       </c>
       <c r="E100" s="7" t="s">
         <v>266</v>
       </c>
       <c r="F100" s="7" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G100" s="7">
         <v>0</v>
       </c>
       <c r="H100" s="7">
         <v>0</v>
       </c>
       <c r="I100" s="7">
         <v>1</v>
       </c>
       <c r="J100" s="7">
-        <v>144</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="55">
       <c r="B101" s="4" t="s">
         <v>267</v>
       </c>
       <c r="C101" s="6"/>
       <c r="D101" s="6" t="s">
         <v>268</v>
       </c>
       <c r="E101" s="7" t="s">
         <v>269</v>
       </c>
       <c r="F101" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="7">
         <v>0</v>
       </c>
       <c r="H101" s="7">
         <v>0</v>
       </c>
       <c r="I101" s="7">
         <v>12</v>
       </c>
@@ -7276,417 +7159,336 @@
       <c r="F103" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G103" s="7">
         <v>0</v>
       </c>
       <c r="H103" s="7">
         <v>0</v>
       </c>
       <c r="I103" s="7">
         <v>12</v>
       </c>
       <c r="J103" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="55">
       <c r="B104" s="4" t="s">
         <v>276</v>
       </c>
       <c r="C104" s="6"/>
       <c r="D104" s="6" t="s">
         <v>277</v>
       </c>
       <c r="E104" s="7" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F104" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G104" s="7">
         <v>0</v>
       </c>
       <c r="H104" s="7">
         <v>0</v>
       </c>
       <c r="I104" s="7">
         <v>12</v>
       </c>
       <c r="J104" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="55">
       <c r="B105" s="4" t="s">
         <v>278</v>
       </c>
       <c r="C105" s="6"/>
       <c r="D105" s="6" t="s">
         <v>279</v>
       </c>
       <c r="E105" s="7" t="s">
-        <v>280</v>
+        <v>122</v>
       </c>
       <c r="F105" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G105" s="7">
         <v>0</v>
       </c>
       <c r="H105" s="7">
         <v>0</v>
       </c>
       <c r="I105" s="7">
         <v>12</v>
       </c>
       <c r="J105" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="55">
       <c r="B106" s="4" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="C106" s="6"/>
       <c r="D106" s="6" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="E106" s="7" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="F106" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G106" s="7">
         <v>0</v>
       </c>
       <c r="H106" s="7">
         <v>0</v>
       </c>
       <c r="I106" s="7">
         <v>12</v>
       </c>
       <c r="J106" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="55">
       <c r="B107" s="4" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="C107" s="6"/>
       <c r="D107" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="E107" s="7" t="s">
         <v>284</v>
       </c>
-      <c r="E107" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F107" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G107" s="7">
         <v>0</v>
       </c>
       <c r="H107" s="7">
         <v>0</v>
       </c>
       <c r="I107" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J107" s="7">
-        <v>0</v>
+        <v>144</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="55">
       <c r="B108" s="4" t="s">
         <v>285</v>
       </c>
       <c r="C108" s="6"/>
       <c r="D108" s="6" t="s">
         <v>286</v>
       </c>
       <c r="E108" s="7" t="s">
-        <v>287</v>
+        <v>108</v>
       </c>
       <c r="F108" s="7" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G108" s="7">
         <v>0</v>
       </c>
       <c r="H108" s="7">
         <v>0</v>
       </c>
       <c r="I108" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J108" s="7">
-        <v>144</v>
+        <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="55">
       <c r="B109" s="4" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="C109" s="6"/>
       <c r="D109" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="E109" s="7" t="s">
         <v>289</v>
       </c>
-      <c r="E109" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F109" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G109" s="7">
         <v>0</v>
       </c>
       <c r="H109" s="7">
         <v>0</v>
       </c>
       <c r="I109" s="7">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="J109" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="55">
       <c r="B110" s="4" t="s">
         <v>290</v>
       </c>
       <c r="C110" s="6"/>
       <c r="D110" s="6" t="s">
         <v>291</v>
       </c>
       <c r="E110" s="7" t="s">
         <v>292</v>
       </c>
       <c r="F110" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G110" s="7">
         <v>0</v>
       </c>
       <c r="H110" s="7">
         <v>0</v>
       </c>
       <c r="I110" s="7">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="J110" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="55">
       <c r="B111" s="4" t="s">
         <v>293</v>
       </c>
       <c r="C111" s="6"/>
       <c r="D111" s="6" t="s">
         <v>294</v>
       </c>
       <c r="E111" s="7" t="s">
         <v>295</v>
       </c>
       <c r="F111" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G111" s="7">
-        <v>0</v>
+        <v>0.362873896</v>
       </c>
       <c r="H111" s="7">
-        <v>0</v>
+        <v>0.00081935</v>
       </c>
       <c r="I111" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J111" s="7">
-        <v>0</v>
+        <v>576</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="55">
       <c r="B112" s="4" t="s">
         <v>296</v>
       </c>
       <c r="C112" s="6"/>
       <c r="D112" s="6" t="s">
         <v>297</v>
       </c>
       <c r="E112" s="7" t="s">
         <v>298</v>
       </c>
       <c r="F112" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G112" s="7">
-        <v>0.362873896</v>
+        <v>0.34019432249999</v>
       </c>
       <c r="H112" s="7">
-        <v>0.00081935</v>
+        <v>0.00275303</v>
       </c>
       <c r="I112" s="7">
         <v>24</v>
       </c>
       <c r="J112" s="7">
-        <v>576</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="55">
       <c r="B113" s="4" t="s">
         <v>299</v>
       </c>
       <c r="C113" s="6"/>
       <c r="D113" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E113" s="7" t="s">
         <v>301</v>
       </c>
       <c r="F113" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G113" s="7">
-        <v>0.1496855019</v>
+        <v>0.68038864499999</v>
       </c>
       <c r="H113" s="7">
-        <v>0.00294967</v>
+        <v>0</v>
       </c>
       <c r="I113" s="7">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="J113" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="55">
       <c r="B114" s="4" t="s">
         <v>302</v>
       </c>
       <c r="C114" s="6"/>
       <c r="D114" s="6" t="s">
         <v>303</v>
       </c>
       <c r="E114" s="7" t="s">
         <v>304</v>
       </c>
       <c r="F114" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G114" s="7">
-        <v>0.34019432249999</v>
+        <v>0</v>
       </c>
       <c r="H114" s="7">
-        <v>0.00275303</v>
+        <v>0</v>
       </c>
       <c r="I114" s="7">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J114" s="7">
-        <v>0</v>
-[...52 lines deleted...]
-      <c r="J116" s="7">
         <v>72</v>
-      </c>
-[...25 lines deleted...]
-        <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>