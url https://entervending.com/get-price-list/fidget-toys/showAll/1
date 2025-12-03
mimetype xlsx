--- v1 (2025-11-12)
+++ v2 (2025-12-03)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Fidget Toys" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -184,543 +184,540 @@
   <si>
     <t>Mini Puffer Alien 1.75in</t>
   </si>
   <si>
     <t>$13.10</t>
   </si>
   <si>
     <t xml:space="preserve">PA-MPBEA </t>
   </si>
   <si>
     <t>Mini Puffer Bear 1.75"</t>
   </si>
   <si>
     <t>$13.65</t>
   </si>
   <si>
     <t xml:space="preserve">LU1036 </t>
   </si>
   <si>
     <t>Light Up Alien Toy Squeeze Puffer Sensory Kids</t>
   </si>
   <si>
     <t>$15.12</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPBEA-12 </t>
-[...5 lines deleted...]
-    <t>$5.81</t>
+    <t xml:space="preserve">PA-SSDFO </t>
+  </si>
+  <si>
+    <t>9" Dinosaur Fossil Stretchy String 24 pcs</t>
+  </si>
+  <si>
+    <t>$1.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PASTRL4-48 </t>
+  </si>
+  <si>
+    <t>Lizard Stretchy Toy for Kids - 4” Reptile Toys for Party Favors, Sensory Toys - Treasure Box Prizes - Stretchy Strings - Bulk Toy Pack of 48 - Easter Toys</t>
+  </si>
+  <si>
+    <t>$32.69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PASTRL4-100 </t>
+  </si>
+  <si>
+    <t>Lizard Stretchy Toy for Kids - 4” Reptile Toys for Party Favors, Sensory Toys - Treasure Box Prizes - Stretchy Strings - Bulk Toys Pack of 100</t>
+  </si>
+  <si>
+    <t>$44.99</t>
   </si>
   <si>
     <t xml:space="preserve">NV2471 </t>
   </si>
   <si>
     <t>Squeeze Toy Satisfying Sensory Stress Relief, Must-Have Stretchy Squishy Toy, Perfect Novelty Gift and Fun for Imaginative Play, Complete Your Collection</t>
   </si>
   <si>
     <t>$21.60</t>
   </si>
   <si>
-    <t xml:space="preserve">PA-SSDFO </t>
-[...23 lines deleted...]
-    <t>$44.99</t>
+    <t xml:space="preserve">BT-PAMPSHA-48 </t>
+  </si>
+  <si>
+    <t>Shark Toy - Pack of 48 - 1.75 inch Puffer Toys - Stress Relief Toy, Fidget Toys Bulk - 6 Colors - Mini Sharks Squishes for Kids and Novelty Gift - Teacher Treasure Classroom Prize</t>
+  </si>
+  <si>
+    <t>$14.47</t>
   </si>
   <si>
     <t xml:space="preserve">NV3023 </t>
   </si>
   <si>
     <t>Puffer Balls Sensory Toys - Ultimate Stress Relief and Hand Therapy - Fun Display Box of 12!</t>
   </si>
   <si>
     <t>$27.45</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPSHA-48 </t>
-[...5 lines deleted...]
-    <t>$14.47</t>
+    <t xml:space="preserve">PA-MPSHA </t>
+  </si>
+  <si>
+    <t>Mini Puffer Shark 1.75" 24 pcs</t>
+  </si>
+  <si>
+    <t>$10.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQSN3B </t>
+  </si>
+  <si>
+    <t>Squishy Cupcake Toys Collection in Bulk Bag Kids Party Favor Sensory Stress Relief</t>
+  </si>
+  <si>
+    <t>$41.40</t>
   </si>
   <si>
     <t xml:space="preserve">SB2167 </t>
   </si>
   <si>
     <t>Squishy Dim Sum Delight - 24 Piece Set for Stress Relief &amp; Tactile Satisfaction</t>
   </si>
   <si>
     <t>$25.92</t>
   </si>
   <si>
-    <t xml:space="preserve">PA-MPSHA </t>
-[...14 lines deleted...]
-    <t>$41.40</t>
+    <t xml:space="preserve">FISTB </t>
+  </si>
+  <si>
+    <t>Fidget Stretchy Strings 100pcs - Ultimate Sensory Play for Stress Relief, Anxiety, and Endless Entertainment</t>
+  </si>
+  <si>
+    <t>$19.80</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1245 </t>
   </si>
   <si>
     <t>Squishy Strawberry Shortcake Squeeze Toy Set - Stress Relief, Collectible, Perfect Gift Idea, Decorative Sensory Fun (Pack of 12)</t>
   </si>
   <si>
     <t>$43.20</t>
   </si>
   <si>
-    <t xml:space="preserve">FISTB </t>
-[...5 lines deleted...]
-    <t>$19.80</t>
+    <t xml:space="preserve">STPEB </t>
+  </si>
+  <si>
+    <t>Stretchy Lizards Snakes Frogs Spiders Bugs | Kids Sensory Play Collectible Toys</t>
+  </si>
+  <si>
+    <t>$12.60</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1259 </t>
   </si>
   <si>
     <t>Squeezy Gummy Bears 1.5-inch Sensory Toys for Stress Relief and Fun Collectible Companion</t>
   </si>
   <si>
     <t>$432.00</t>
   </si>
   <si>
-    <t xml:space="preserve">STPEB </t>
-[...5 lines deleted...]
-    <t>$12.60</t>
+    <t xml:space="preserve">STBAB28 </t>
+  </si>
+  <si>
+    <t>Splatterz Balls Sticky Squishy Toys Fun Splat Reshape Throwing Outdoor Play</t>
+  </si>
+  <si>
+    <t>$16.20</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1268 </t>
   </si>
   <si>
     <t>Squishy Toy Foam Cake Stress Relief Hand Toy Squeeze</t>
   </si>
   <si>
     <t>$10.80</t>
   </si>
   <si>
-    <t xml:space="preserve">STBAB28 </t>
-[...5 lines deleted...]
-    <t>$16.20</t>
+    <t xml:space="preserve">SQS3B </t>
+  </si>
+  <si>
+    <t>Squeezie Squeees Glow-in-the-Dark Series - Mochi Animal Squishy Toys (100pcs)</t>
+  </si>
+  <si>
+    <t>$31.50</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1275 </t>
   </si>
   <si>
     <t>Squishy Bundle: Ice Cream &amp; Popsicle Fun Pack - 12pc Tactile Toys</t>
   </si>
   <si>
     <t>$27.00</t>
   </si>
   <si>
-    <t xml:space="preserve">SQS3B </t>
-[...5 lines deleted...]
-    <t>$31.50</t>
+    <t xml:space="preserve">SQS2B </t>
+  </si>
+  <si>
+    <t>Squeezie Squeees Series 2 - Enchanting Mochi Animals Collectibles (100pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1290 </t>
   </si>
   <si>
     <t>Sour Patch Kids Sensory Squeeze Toy Pack Scented Squishy Stress Reliever</t>
   </si>
   <si>
     <t>$101.25</t>
   </si>
   <si>
-    <t xml:space="preserve">SQS2B </t>
-[...2 lines deleted...]
-    <t>Squeezie Squeees Series 2 - Enchanting Mochi Animals Collectibles (100pcs)</t>
+    <t xml:space="preserve">SMSTB </t>
+  </si>
+  <si>
+    <t>Small Sticky Hands Mix - Classic Fun Toy Pack for Kids Entertainment, Party Favors, Outdoor Play</t>
+  </si>
+  <si>
+    <t>$11.52</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1292 </t>
   </si>
   <si>
     <t>Swedish Fish Scented Squishy Toy - Stress Relief Sensory Play Delight - Playful Escape Gift Pack</t>
   </si>
   <si>
-    <t>$118.12</t>
-[...8 lines deleted...]
-    <t>$11.52</t>
+    <t>$97.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MESTB </t>
+  </si>
+  <si>
+    <t>Sticky Critters 100 Pcs - Fun Kids Toys Including Dragonflies, Caterpillars, Cobras, Alligators, Frogs for Outdoor Use!</t>
+  </si>
+  <si>
+    <t>$13.50</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1294 </t>
   </si>
   <si>
     <t>Squishy Toy Set 4in Capybara Edition in Fruit Design (12 Pieces)</t>
   </si>
   <si>
     <t>$29.40</t>
   </si>
   <si>
-    <t xml:space="preserve">MESTB </t>
-[...5 lines deleted...]
-    <t>$13.50</t>
+    <t xml:space="preserve">NOYOB </t>
+  </si>
+  <si>
+    <t>Noodle Stretchy Yo-Yo Noodles - Mix Match Kids Sensory Toys by A&amp;A Global</t>
+  </si>
+  <si>
+    <t>$13.02</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1295 </t>
   </si>
   <si>
     <t>Panda Squishy Set Stress Relief Foam Toy Pack 12 Pieces</t>
   </si>
   <si>
-    <t xml:space="preserve">NOYOB </t>
-[...5 lines deleted...]
-    <t>$13.02</t>
+    <t xml:space="preserve">STEMB </t>
+  </si>
+  <si>
+    <t>Stretchable Emoji Figures Variety Pack for Kids Playrooms and Creative Activities</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1305 </t>
   </si>
   <si>
     <t>Bazooka Nostalgic Bubblegum Scented Stress Reliever Toy Collectible 15pcs</t>
   </si>
   <si>
     <t>$123.75</t>
   </si>
   <si>
-    <t xml:space="preserve">STEMB </t>
-[...2 lines deleted...]
-    <t>Stretchable Emoji Figures Variety Pack for Kids Playrooms and Creative Activities</t>
+    <t xml:space="preserve">STHIB </t>
+  </si>
+  <si>
+    <t>Large Sticky Hands in Bulk Bag (100pcs) - Fun Classic Toy for Kids of All Ages</t>
+  </si>
+  <si>
+    <t>$18.52</t>
   </si>
   <si>
     <t xml:space="preserve">ST1018 </t>
   </si>
   <si>
     <t>Jumbo Spring Toy for Kids - Classic Stretch, Twist &amp; Flex Fun! Durable &amp; Colorful Novelty Gift!</t>
   </si>
   <si>
     <t>$151.20</t>
   </si>
   <si>
-    <t xml:space="preserve">STHIB </t>
-[...5 lines deleted...]
-    <t>$18.52</t>
+    <t xml:space="preserve">YOYOB </t>
+  </si>
+  <si>
+    <t>Stretchy Yo-Yo Toy with Spiny Air-Filled Balls and Glow-In-The-Dark (100 Pieces Bulk Bag)</t>
+  </si>
+  <si>
+    <t>$22.05</t>
   </si>
   <si>
     <t xml:space="preserve">LI0705 </t>
   </si>
   <si>
     <t>Sonic Squishy Toy Blind Bag Collectible Figure Mystery</t>
   </si>
   <si>
     <t>$75.00</t>
   </si>
   <si>
-    <t xml:space="preserve">YOYOB </t>
-[...5 lines deleted...]
-    <t>$22.05</t>
+    <t xml:space="preserve">ANYOB </t>
+  </si>
+  <si>
+    <t>Animal Yo-Yo Toy Set (100pcs): Fun Stretchy Bouncy Creatures for Kids Playtime and Collectors</t>
+  </si>
+  <si>
+    <t>$24.30</t>
   </si>
   <si>
     <t xml:space="preserve">LI0729 </t>
   </si>
   <si>
     <t>Play Doh Super Stretch Slime Toy Krackle Cloud Compound</t>
   </si>
   <si>
     <t>$690.00</t>
   </si>
   <si>
-    <t xml:space="preserve">ANYOB </t>
-[...5 lines deleted...]
-    <t>$24.30</t>
+    <t xml:space="preserve">BT-PAMPSHA-24 </t>
+  </si>
+  <si>
+    <t>Mini Shark Toys - Pack of 24 - 1.75 inch Puffer Toy - Stress Relief Squishi Toys, Fidget Toy in 6 Colors - Tiny Sharks Squishes for Kids - Teacher Treasure Classroom Prizes</t>
+  </si>
+  <si>
+    <t>$12.56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PAMPALI-48 </t>
+  </si>
+  <si>
+    <t>Alien Toys for Kids - 1.75 Inch Alien Toys for Kids - Funny Squishy Toys for Party Favors, Goody Bags, Classroom Prizes - Mini Puffer Ball - Pack of 48 - Easter Basket Stuffers</t>
+  </si>
+  <si>
+    <t>$24.59</t>
   </si>
   <si>
     <t xml:space="preserve">NV0184 </t>
   </si>
   <si>
     <t>Kawaii Sushi Puff Toy Collectible Squishy Display Set</t>
   </si>
   <si>
     <t>$63.00</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPSHA-24 </t>
-[...14 lines deleted...]
-    <t>$24.59</t>
+    <t xml:space="preserve">LIUNCV </t>
+  </si>
+  <si>
+    <t>Lil' Unicorns in 1.1in Capsules (250pcs) Stress Relief Adorable Squeeze Toys with Metallic Horns Cute Collectible Figures</t>
+  </si>
+  <si>
+    <t>$53.25</t>
   </si>
   <si>
     <t xml:space="preserve">NV2513 </t>
   </si>
   <si>
     <t>Squeeze Ice Cream Cone Stress Relief Toy Fidget Collectible</t>
   </si>
   <si>
     <t>$19.44</t>
   </si>
   <si>
-    <t xml:space="preserve">LIUNCV </t>
-[...5 lines deleted...]
-    <t>$53.25</t>
+    <t xml:space="preserve">ALPAB </t>
+  </si>
+  <si>
+    <t>100 Alpaca Squishes - Micro Critters Fluffy Animal Squishies for Stress Relief</t>
   </si>
   <si>
     <t xml:space="preserve">PU1200 </t>
   </si>
   <si>
     <t>Unicorn Poo Putty Toy Sensory Fun Stretchy Slime Gift</t>
   </si>
   <si>
     <t>$162.00</t>
   </si>
   <si>
-    <t xml:space="preserve">ALPAB </t>
-[...2 lines deleted...]
-    <t>100 Alpaca Squishes - Micro Critters Fluffy Animal Squishies for Stress Relief</t>
+    <t xml:space="preserve">AXOLB </t>
+  </si>
+  <si>
+    <t>Axolotl Squish Toys Bulk – Collectible Squishy Animals for Stress Relief, Party Favors, Classroom Rewards, and Fidget Toys</t>
   </si>
   <si>
     <t xml:space="preserve">PU1210 </t>
   </si>
   <si>
     <t>Ramen Slime Noodle Toy Slime Play Squishy Toy Sensory Toy</t>
   </si>
   <si>
     <t>$30.24</t>
   </si>
   <si>
-    <t xml:space="preserve">AXOLB </t>
-[...2 lines deleted...]
-    <t>Axolotl Squish Toys Bulk – Collectible Squishy Animals for Stress Relief, Party Favors, Classroom Rewards, and Fidget Toys</t>
+    <t xml:space="preserve">CCSQB </t>
+  </si>
+  <si>
+    <t>Color Change Squooshers Sensory Stress Balls - Hidden Reveal for Fidget Fun and Tactile Play - Pack of 50</t>
   </si>
   <si>
     <t xml:space="preserve">TY3774 </t>
   </si>
   <si>
     <t>Tubular Sensory Board Rectangle Shape Activity Kit Fidget Board</t>
   </si>
   <si>
     <t>$125.10</t>
   </si>
   <si>
-    <t xml:space="preserve">CCSQB </t>
-[...2 lines deleted...]
-    <t>Color Change Squooshers Sensory Stress Balls - Hidden Reveal for Fidget Fun and Tactile Play - Pack of 50</t>
+    <t xml:space="preserve">SQSN6B </t>
+  </si>
+  <si>
+    <t>Squishy Axolotl Toy Collection – 50pcs – Perfect for Stress Relief, Kids, Collectors, Fidgeting, Sensory Play</t>
+  </si>
+  <si>
+    <t>$20.70</t>
   </si>
   <si>
     <t xml:space="preserve">TY3775 </t>
   </si>
   <si>
     <t>Sensory Board Octagon Fidget Board Activity Kit Kids Play</t>
   </si>
   <si>
-    <t>$71.10</t>
-[...8 lines deleted...]
-    <t>$20.70</t>
+    <t xml:space="preserve">SQSN7B </t>
+  </si>
+  <si>
+    <t>Squishy Octopus Toy Collection - Slow Rise Foam, Stress Relief, Hand Strength, Sensory Play</t>
   </si>
   <si>
     <t xml:space="preserve">WSTOYSCM </t>
   </si>
   <si>
     <t>Tiny Toys Collectible Desk Classic Retro Miniature Figures</t>
   </si>
   <si>
     <t>$213.00</t>
   </si>
   <si>
-    <t xml:space="preserve">SQSN7B </t>
-[...2 lines deleted...]
-    <t>Squishy Octopus Toy Collection - Slow Rise Foam, Stress Relief, Hand Strength, Sensory Play</t>
+    <t xml:space="preserve">SQSN8B </t>
+  </si>
+  <si>
+    <t>Discover Squishy Bubble Tea Animal Set – 50pcs Collection, Stress Relief Slow-Rise Foam Toys, Perfect Fidget &amp; Collectible for Kids</t>
   </si>
   <si>
     <t xml:space="preserve">YY1059 </t>
   </si>
   <si>
     <t>Light Up Yoyo Spinning Toy Led Yoyo Kids Game</t>
   </si>
   <si>
-    <t xml:space="preserve">SQSN8B </t>
-[...2 lines deleted...]
-    <t>Discover Squishy Bubble Tea Animal Set – 50pcs Collection, Stress Relief Slow-Rise Foam Toys, Perfect Fidget &amp; Collectible for Kids</t>
+    <t xml:space="preserve">SQS5B </t>
+  </si>
+  <si>
+    <t>Mochi Critters Series 5: Super Soft, Squishy, Adorable Toys for Kids - Individually Wrapped Collectible Figures</t>
   </si>
   <si>
     <t xml:space="preserve">LI0585 </t>
   </si>
   <si>
     <t>Disney Junior Mickey Minnie Spider Man Character Head Toy</t>
   </si>
   <si>
     <t>$153.90</t>
   </si>
   <si>
-    <t xml:space="preserve">SQS5B </t>
-[...2 lines deleted...]
-    <t>Mochi Critters Series 5: Super Soft, Squishy, Adorable Toys for Kids - Individually Wrapped Collectible Figures</t>
+    <t xml:space="preserve">SQSN10B </t>
+  </si>
+  <si>
+    <t>Ultimate Squishy Toy Bundle: 50 Animal Shapes for Stress Relief &amp; Tactile Play</t>
   </si>
   <si>
     <t xml:space="preserve">NV0194 </t>
   </si>
   <si>
     <t>Pinata Toys Party Game Gift Pack Surprise Mini Pull String</t>
   </si>
   <si>
     <t>$72.00</t>
   </si>
   <si>
-    <t xml:space="preserve">SQSN10B </t>
-[...2 lines deleted...]
-    <t>Ultimate Squishy Toy Bundle: 50 Animal Shapes for Stress Relief &amp; Tactile Play</t>
+    <t xml:space="preserve">SQSN12B </t>
+  </si>
+  <si>
+    <t>Squishy Capybara Figure Stress Relief Fidget Toy Set for Collectors and Novelty Gift Assortment</t>
   </si>
   <si>
     <t xml:space="preserve">NV2514 </t>
   </si>
   <si>
     <t>Squeeze Toy Dim Sum Squishy Hand Stress Relief Toy</t>
   </si>
   <si>
     <t>$14.03</t>
   </si>
   <si>
-    <t xml:space="preserve">SQSN12B </t>
-[...2 lines deleted...]
-    <t>Squishy Capybara Figure Stress Relief Fidget Toy Set for Collectors and Novelty Gift Assortment</t>
+    <t xml:space="preserve">COIL135 </t>
+  </si>
+  <si>
+    <t>Rainbow Coil Spring Classic Toy - Set of 12 for Vibrant Playtime &amp; Stress-Free Fun</t>
+  </si>
+  <si>
+    <t>$67.50</t>
   </si>
   <si>
     <t xml:space="preserve">NV2521 </t>
   </si>
   <si>
     <t>Squeeze Sugar Candy Toy Silicone Display Box Stretch Pull Fun</t>
   </si>
   <si>
     <t>$11.70</t>
   </si>
   <si>
-    <t xml:space="preserve">COIL135 </t>
-[...5 lines deleted...]
-    <t>$67.50</t>
+    <t xml:space="preserve">HOBERMANS </t>
+  </si>
+  <si>
+    <t>Hoberman Sphere: Expanding Interactive Toy for Kids &amp; Adults with Magical Motion</t>
+  </si>
+  <si>
+    <t>$349.20</t>
   </si>
   <si>
     <t xml:space="preserve">NV3037 </t>
   </si>
   <si>
     <t>Lemon Squishy Toy Fidget Stress Anxiety Therapy Gift</t>
   </si>
   <si>
     <t xml:space="preserve">LI0616 </t>
   </si>
   <si>
     <t>Disney Toy Nightmare Before Christmas Squishy Toy Collectible Toy Blind Bag</t>
   </si>
   <si>
     <t>$231.00</t>
   </si>
   <si>
     <t xml:space="preserve">NV4020 </t>
   </si>
   <si>
     <t>Taba Squishy Cookie Gummy Toy Set Gift Accessory Stress Relief</t>
   </si>
   <si>
     <t xml:space="preserve">LI0698 </t>
   </si>
@@ -811,90 +808,81 @@
   <si>
     <t>Mini Rainbow Pin Art 2in 3D Impressions Interactive Art Device for Creative Expression and Stress Relief</t>
   </si>
   <si>
     <t>$54.00</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1301 </t>
   </si>
   <si>
     <t>Gaming Controller Squishy Toy Stress Relief Foam Gamepad</t>
   </si>
   <si>
     <t>$17.25</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1187 </t>
   </si>
   <si>
     <t>Mythical Friends Squish Play Foam Beads - Soft Sensory Fun &amp; Creativity</t>
   </si>
   <si>
     <t>$486.00</t>
   </si>
   <si>
-    <t xml:space="preserve">Z1065 </t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">SQ1236 </t>
   </si>
   <si>
     <t>Squishy Fruit Slice Fidget Toys for Stress Relief and Sensory Play - Kiwi, Orange, Grapefruit, Lime &amp; Watermelon Fun!</t>
   </si>
   <si>
     <t>$35.28</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1248 </t>
   </si>
   <si>
     <t>Alien Squishies Collection - 12 Pack of Slow Rise Stress Relievers for Fun and Sensory Play</t>
   </si>
   <si>
     <t>$45.36</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1252 </t>
   </si>
   <si>
     <t>Squishy Octopus Stress Toy Pack of 12 - Ultimate Hand-Sized Sensory Relief and Relaxation Companion for Kids and Adults</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1282 </t>
+  </si>
+  <si>
+    <t>Jigglies Disney Capsule Mickey Minnie Pooh Ariel Jasmine Toy Bundle</t>
+  </si>
+  <si>
+    <t>$68.94</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1293 </t>
   </si>
   <si>
     <t>Squishy Bag Geometric Fruit Stress Reliever Squeeze Toy Fidget Toy</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1296 </t>
   </si>
   <si>
     <t>Squishy Animal Stress Reliever Toys for Kids and Adults - Perfect Collectible Party Favors and Gifts</t>
   </si>
   <si>
     <t xml:space="preserve">SQRAT </t>
   </si>
   <si>
     <t>Stretchy Rat Toy: Realistic Prank Fun with Fake Rat Gag for Laughs</t>
   </si>
   <si>
     <t>$518.40</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1276 </t>
   </si>
@@ -1044,51 +1032,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_941d4559cd970259fd13d3d5d3e4994c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4efd321ebcbc680cc2207c8026e87ff93.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b2b4fc95a1769e8e1978fa5a45a734584.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc701e4ba4ba4ca819edb23659bf45e05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7483ffd38c29a47f78c7c75dd98068b6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54137.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c44315f78af492a1cc02bb8ac250de9f8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_137f4ffb30d12a8fdd85b4e7512b128510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5df6c5aeb1359301e16ed78c6ea564bd11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfdfbc53dea362dc871b2dec00c1d09912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_01ff73023c443c517017ef5f8ad9abaa13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f643b241157cbde9bdf923448a1262c14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_976e921d6ebd913fd10ed2ec18f5d86515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_840984d57527bcf01ebc81775a2075ff16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_432d66259091594077219dcb8f29d70d17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_696d48a9cc6f737633dda66dcc7f4f3218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc28ff9aa4b96b6d29255470253865cd19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8366d13f864d7e99000ab6e3faba630520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1351cfb517acb6aedf311d4e2456bd7b21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf982ce240881f85484481d07d79e70922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_302ca8ebb5bed800009b9136b0d3012623.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5856ffb4ce78111f9395b3fffd21f8724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3cec8666f3950fdec26bf38b8df7e35925.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4bca5e6da99c6b6346d9c571a11833b326.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef0eabed4ff4a122f75b86d0f9563bd227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_585e3e6ca1e336de90cd94a40569d3d128.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_809ef36e1821035054194a6f55d04aea29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad130.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9edea7d4fa6773e8ce0dd5f8d22d18b731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c52849732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_42a167aa611008a2665213f177d2139933.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b96e9ca172bd9a0a2560ffd55eb705434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3594c92f6d897627fe7563f7abbc224835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8847d439331e7a93e218f95312e116b536.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d28885677e08230f415743a0f7504d8a37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3bbe05d36202d7872fc7e9262a883dac38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebac603b8c9d899f2f1f758986e6d23039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5701479aa225b7a532e3a7dd4cecf02840.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9204a56e60c42f9ef568620605d772c941.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b366c9821d7d4c4b3b2f48856efd88e42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b41297919deab01960b17b8c063faab943.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76ebd0ae5e429341e2a600f6b59b2d0044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_241cc468307c0af148a87ca3e9bf212745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4386aba170c49ff62b7d127ca106f57146.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1ceefd93eb7cea4faf54d0a29d6a9f6247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_890be86bbfde8e63cb6d70c32e944e6b48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_258f34a271f882832c3af8f7514c76e349.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239f5240bf193e3f73adbf1ef00282bc50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d689d2002c99147a82246baa5f34b8b951.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cac9f9439bada57ae7ef9e9f5523cf752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c31ccdd8eac5c4278cd3e32b40adf27753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2279adc5ef5ff523647a294e9ab3cca54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e25796dbc4fd112948eb9af57c81fc3e55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac5ed8106a0d61aaf25e4363b2ed442b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27ff4d9604ac2a5b40601ed00bc4b67057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04230cb9693c510dfbd944e400249bb758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12e179b5b96367d948027557c6217d0260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a88cf5ffbd39e1c5a1b2d96b69854f8c61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_812d73adecb640c390e025af3b49594062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efa7e92669a744cef6abda7b2016441863.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439f09c324cfe7b847216ebc658ea95864.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8d3fdea5792b0b52d1c6e2155da5fd365.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f34d61745222b7a89283ffd63d29a4de66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8be1d81d05c3a879baddf2c4c91ade0f67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ad25dc8331a228f692520037e8fee51c68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1219337a4b9590ec1d3f59db9ea2500669.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4606a95c458ff40d5ee63faf89fb1d0070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da0a550f8560d8f49e27432027026f8371.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5990c42f8984ab424da93fa16749c4c572.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b1db95363528e4c38984e98c8da442d73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30eef7df7d171bef31f6bf8e68e6225274.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e7b9982da826e968ef73342ebdd0f23d75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27664d403832a6da2f42a4c5cda4453376.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6eb828d5b371f7982a656e46e6b59aa77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d8c70c0ac2004d00e1f24ce191926478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e3e1466eeb7244ff564166a034f6d5ad79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8ca44dcb2e614473259202a81546ab1080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96e1fd65f7331021b10a9f6ce50c4c2181.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f89751c373cb10ba017ea13c99e37a682.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_121c0b9752f81f14e7625c308495109283.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e782cd00b1571b51779282bbeeafbe884.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c4eb5ba504ceec2aedab7be45ff172185.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_519f5133e8bdae8dce09a9eea4cdc11286.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64a115a59bd93409bed7c808d9fcb34987.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db920ce6cf173ccd155e22f56323a69188.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c7c7946ec73437d07890ae9130c433d89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfdb4589ff3ac1efdda83e24c8c6665890.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd292d8f11de3d1d4388ab915d28550591.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2b4300dfc4dea1f942ddd6ee1c6f0cf92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0ef633ccf88cc4a3977a0c61766d222393.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e16428f9160889a9c485d2f249e26ca94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0389f33db6421007ad056663eed31e9d95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b714109311d6baa245d231a8e60ddc8296.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef7a819b8dda278664b271c6df49ca3c97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b159a41004fa6a749f6d7c67d16917b98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_108c371d11a03618ea8744e416d10f8199.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79828d43ece825f98f67ed7e1a33aa8a100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b569f81f6aa75d6fe884baed0653c14c101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6a5d28e14aa73989669156b5c2c9413f102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0aa8922ba8bd55d702c5ccae8bb50ae7103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd8395a6511a1c7d6c2a9ce5426d63df104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f86e8a7baf1e94d87b5e8e50a92d6ec105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dccc240ebf577f4afec464cab719ea29106.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_941d4559cd970259fd13d3d5d3e4994c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4efd321ebcbc680cc2207c8026e87ff93.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b2b4fc95a1769e8e1978fa5a45a734584.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc701e4ba4ba4ca819edb23659bf45e05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7483ffd38c29a47f78c7c75dd98068b6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54137.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c44315f78af492a1cc02bb8ac250de9f8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_137f4ffb30d12a8fdd85b4e7512b128510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5df6c5aeb1359301e16ed78c6ea564bd11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfdfbc53dea362dc871b2dec00c1d09912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_01ff73023c443c517017ef5f8ad9abaa13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f643b241157cbde9bdf923448a1262c14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_432d66259091594077219dcb8f29d70d15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_696d48a9cc6f737633dda66dcc7f4f3216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc28ff9aa4b96b6d29255470253865cd17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_840984d57527bcf01ebc81775a2075ff18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1351cfb517acb6aedf311d4e2456bd7b19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8366d13f864d7e99000ab6e3faba630520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_302ca8ebb5bed800009b9136b0d3012621.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5856ffb4ce78111f9395b3fffd21f8722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf982ce240881f85484481d07d79e70923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4bca5e6da99c6b6346d9c571a11833b324.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3cec8666f3950fdec26bf38b8df7e35925.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_585e3e6ca1e336de90cd94a40569d3d126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef0eabed4ff4a122f75b86d0f9563bd227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad128.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_809ef36e1821035054194a6f55d04aea29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c52849730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9edea7d4fa6773e8ce0dd5f8d22d18b731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b96e9ca172bd9a0a2560ffd55eb705432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_42a167aa611008a2665213f177d2139933.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8847d439331e7a93e218f95312e116b534.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3594c92f6d897627fe7563f7abbc224835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3bbe05d36202d7872fc7e9262a883dac36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d28885677e08230f415743a0f7504d8a37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5701479aa225b7a532e3a7dd4cecf02838.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebac603b8c9d899f2f1f758986e6d23039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b366c9821d7d4c4b3b2f48856efd88e40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9204a56e60c42f9ef568620605d772c941.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76ebd0ae5e429341e2a600f6b59b2d0042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b41297919deab01960b17b8c063faab943.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4386aba170c49ff62b7d127ca106f57144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_241cc468307c0af148a87ca3e9bf212745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_890be86bbfde8e63cb6d70c32e944e6b46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1ceefd93eb7cea4faf54d0a29d6a9f6247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239f5240bf193e3f73adbf1ef00282bc48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d689d2002c99147a82246baa5f34b8b949.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_258f34a271f882832c3af8f7514c76e350.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c31ccdd8eac5c4278cd3e32b40adf27751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cac9f9439bada57ae7ef9e9f5523cf752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e25796dbc4fd112948eb9af57c81fc3e53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2279adc5ef5ff523647a294e9ab3cca54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27ff4d9604ac2a5b40601ed00bc4b67055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac5ed8106a0d61aaf25e4363b2ed442b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04230cb9693c510dfbd944e400249bb758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a88cf5ffbd39e1c5a1b2d96b69854f8c59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12e179b5b96367d948027557c6217d0260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efa7e92669a744cef6abda7b2016441861.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_812d73adecb640c390e025af3b49594062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8d3fdea5792b0b52d1c6e2155da5fd363.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439f09c324cfe7b847216ebc658ea95864.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8be1d81d05c3a879baddf2c4c91ade0f65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f34d61745222b7a89283ffd63d29a4de66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1219337a4b9590ec1d3f59db9ea2500667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ad25dc8331a228f692520037e8fee51c68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da0a550f8560d8f49e27432027026f8369.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4606a95c458ff40d5ee63faf89fb1d0070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b1db95363528e4c38984e98c8da442d71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5990c42f8984ab424da93fa16749c4c572.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55acce16ef4f052513b0e15be132bf2773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30eef7df7d171bef31f6bf8e68e6225274.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e7b9982da826e968ef73342ebdd0f23d75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27664d403832a6da2f42a4c5cda4453376.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6eb828d5b371f7982a656e46e6b59aa77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d8c70c0ac2004d00e1f24ce191926478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e3e1466eeb7244ff564166a034f6d5ad79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8ca44dcb2e614473259202a81546ab1080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96e1fd65f7331021b10a9f6ce50c4c2181.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f89751c373cb10ba017ea13c99e37a682.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_121c0b9752f81f14e7625c308495109283.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e782cd00b1571b51779282bbeeafbe884.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c4eb5ba504ceec2aedab7be45ff172185.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_519f5133e8bdae8dce09a9eea4cdc11286.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64a115a59bd93409bed7c808d9fcb34987.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db920ce6cf173ccd155e22f56323a69188.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c7c7946ec73437d07890ae9130c433d89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfdb4589ff3ac1efdda83e24c8c6665890.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd292d8f11de3d1d4388ab915d28550591.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e16428f9160889a9c485d2f249e26ca92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0389f33db6421007ad056663eed31e9d93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b714109311d6baa245d231a8e60ddc8294.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_11b3999fbd0298f9dbbf79608c256de695.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef7a819b8dda278664b271c6df49ca3c96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b159a41004fa6a749f6d7c67d16917b97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_108c371d11a03618ea8744e416d10f8198.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79828d43ece825f98f67ed7e1a33aa8a99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b569f81f6aa75d6fe884baed0653c14c100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6a5d28e14aa73989669156b5c2c9413f101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0aa8922ba8bd55d702c5ccae8bb50ae7102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd8395a6511a1c7d6c2a9ce5426d63df103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f86e8a7baf1e94d87b5e8e50a92d6ec104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dccc240ebf577f4afec464cab719ea29105.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4186,80 +4174,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>112</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="105" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4526,54 +4484,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J114"/>
+  <dimension ref="A1:J113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J114" sqref="J114"/>
+      <selection activeCell="J113" sqref="J113"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -4978,789 +4936,789 @@
       <c r="H22" s="7">
         <v>0</v>
       </c>
       <c r="I22" s="7">
         <v>12</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>0.1678291991</v>
+        <v>0.362873896</v>
       </c>
       <c r="H23" s="7">
-        <v>0.00096198</v>
+        <v>0.00197874</v>
       </c>
       <c r="I23" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>0</v>
+        <v>0.28576323089999</v>
       </c>
       <c r="H24" s="7">
-        <v>0</v>
+        <v>0.00140519</v>
       </c>
       <c r="I24" s="7">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="J24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>0.362873896</v>
+        <v>0.40823318699999</v>
       </c>
       <c r="H25" s="7">
-        <v>0.00197874</v>
+        <v>0.00078658</v>
       </c>
       <c r="I25" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>64</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>66</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>0.28576323089999</v>
+        <v>0</v>
       </c>
       <c r="H26" s="7">
-        <v>0.00140519</v>
+        <v>0</v>
       </c>
       <c r="I26" s="7">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>67</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>69</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>0.40823318699999</v>
+        <v>0.39916133839999</v>
       </c>
       <c r="H27" s="7">
-        <v>0.00078658</v>
+        <v>0.0026547</v>
       </c>
       <c r="I27" s="7">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>70</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>72</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
         <v>0</v>
       </c>
       <c r="H28" s="7">
         <v>0</v>
       </c>
       <c r="I28" s="7">
         <v>12</v>
       </c>
       <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
-        <v>0.39916133839999</v>
+        <v>0.408233133</v>
       </c>
       <c r="H29" s="7">
-        <v>0.0026547</v>
+        <v>0.00028677</v>
       </c>
       <c r="I29" s="7">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>76</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>78</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>0</v>
+        <v>0.544310844</v>
       </c>
       <c r="H30" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I30" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J30" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
         <v>79</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>80</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>81</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
-        <v>0.408233133</v>
+        <v>0</v>
       </c>
       <c r="H31" s="7">
-        <v>0.00028677</v>
+        <v>0</v>
       </c>
       <c r="I31" s="7">
         <v>24</v>
       </c>
       <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
         <v>83</v>
       </c>
       <c r="E32" s="7" t="s">
         <v>84</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
-        <v>0.544310844</v>
+        <v>0.8663614267</v>
       </c>
       <c r="H32" s="7">
-        <v>0.00235974</v>
+        <v>0.00663676</v>
       </c>
       <c r="I32" s="7">
         <v>100</v>
       </c>
       <c r="J32" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
         <v>85</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>86</v>
       </c>
       <c r="E33" s="7" t="s">
         <v>87</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="7">
         <v>0</v>
       </c>
       <c r="H33" s="7">
         <v>0</v>
       </c>
       <c r="I33" s="7">
         <v>12</v>
       </c>
       <c r="J33" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
         <v>88</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
         <v>89</v>
       </c>
       <c r="E34" s="7" t="s">
         <v>90</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="7">
-        <v>0.8663614267</v>
+        <v>0.544310844</v>
       </c>
       <c r="H34" s="7">
-        <v>0.00663676</v>
+        <v>0.00235974</v>
       </c>
       <c r="I34" s="7">
         <v>100</v>
       </c>
       <c r="J34" s="7">
-        <v>1000</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
         <v>91</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>93</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="7">
         <v>0</v>
       </c>
       <c r="H35" s="7">
         <v>0</v>
       </c>
       <c r="I35" s="7">
         <v>1</v>
       </c>
       <c r="J35" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
         <v>94</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>96</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
-        <v>0.544310844</v>
+        <v>0.45359237</v>
       </c>
       <c r="H36" s="7">
         <v>0.00235974</v>
       </c>
       <c r="I36" s="7">
         <v>100</v>
       </c>
       <c r="J36" s="7">
-        <v>6000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
         <v>97</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
         <v>98</v>
       </c>
       <c r="E37" s="7" t="s">
         <v>99</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
         <v>0</v>
       </c>
       <c r="H37" s="7">
         <v>0</v>
       </c>
       <c r="I37" s="7">
         <v>4</v>
       </c>
       <c r="J37" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E38" s="7" t="s">
         <v>102</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
-        <v>0.45359237</v>
+        <v>0.90718474</v>
       </c>
       <c r="H38" s="7">
-        <v>0.00235974</v>
+        <v>0.0039329</v>
       </c>
       <c r="I38" s="7">
         <v>100</v>
       </c>
       <c r="J38" s="7">
-        <v>2000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
         <v>103</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
         <v>104</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>105</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
         <v>0</v>
       </c>
       <c r="H39" s="7">
         <v>0</v>
       </c>
       <c r="I39" s="7">
         <v>12</v>
       </c>
       <c r="J39" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
         <v>106</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
         <v>107</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="7">
         <v>0.90718474</v>
       </c>
       <c r="H40" s="7">
         <v>0.0039329</v>
       </c>
       <c r="I40" s="7">
         <v>100</v>
       </c>
       <c r="J40" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="E41" s="7" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
         <v>0</v>
       </c>
       <c r="H41" s="7">
         <v>0</v>
       </c>
       <c r="I41" s="7">
         <v>15</v>
       </c>
       <c r="J41" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="E42" s="7" t="s">
         <v>113</v>
       </c>
-      <c r="E42" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
-        <v>0.90718474</v>
+        <v>0.45359237</v>
       </c>
       <c r="H42" s="7">
-        <v>0.0039329</v>
+        <v>0.00235974</v>
       </c>
       <c r="I42" s="7">
         <v>100</v>
       </c>
       <c r="J42" s="7">
-        <v>1000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>114</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
         <v>115</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>116</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
         <v>0</v>
       </c>
       <c r="H43" s="7">
         <v>0</v>
       </c>
       <c r="I43" s="7">
         <v>15</v>
       </c>
       <c r="J43" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
         <v>117</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
         <v>118</v>
       </c>
       <c r="E44" s="7" t="s">
         <v>119</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
-        <v>0.45359237</v>
+        <v>1.179340162</v>
       </c>
       <c r="H44" s="7">
-        <v>0.00235974</v>
+        <v>0.00491612</v>
       </c>
       <c r="I44" s="7">
         <v>100</v>
       </c>
       <c r="J44" s="7">
-        <v>10000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
         <v>120</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
         <v>121</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>122</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
         <v>0</v>
       </c>
       <c r="H45" s="7">
         <v>0</v>
       </c>
       <c r="I45" s="7">
         <v>12</v>
       </c>
       <c r="J45" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
         <v>123</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
         <v>124</v>
       </c>
       <c r="E46" s="7" t="s">
         <v>125</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
-        <v>1.179340162</v>
+        <v>0.45359237</v>
       </c>
       <c r="H46" s="7">
-        <v>0.00491612</v>
+        <v>0.00235974</v>
       </c>
       <c r="I46" s="7">
         <v>100</v>
       </c>
       <c r="J46" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
         <v>126</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
         <v>127</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>122</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
         <v>0</v>
       </c>
       <c r="H47" s="7">
         <v>0</v>
       </c>
       <c r="I47" s="7">
         <v>12</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
         <v>129</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>130</v>
+        <v>119</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
-        <v>0.45359237</v>
+        <v>0.544310844</v>
       </c>
       <c r="H48" s="7">
-        <v>0.00235974</v>
+        <v>0.00294967</v>
       </c>
       <c r="I48" s="7">
         <v>100</v>
       </c>
       <c r="J48" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E49" s="7" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
         <v>0</v>
       </c>
       <c r="H49" s="7">
         <v>0</v>
       </c>
       <c r="I49" s="7">
         <v>15</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="E50" s="7" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="7">
         <v>0.544310844</v>
       </c>
       <c r="H50" s="7">
-        <v>0.00294967</v>
+        <v>0.00235974</v>
       </c>
       <c r="I50" s="7">
         <v>100</v>
       </c>
       <c r="J50" s="7">
-        <v>4000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
         <v>136</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
         <v>137</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>138</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="7">
         <v>0</v>
       </c>
       <c r="H51" s="7">
         <v>0</v>
       </c>
       <c r="I51" s="7">
         <v>1</v>
       </c>
@@ -5815,1679 +5773,1652 @@
       <c r="H53" s="7">
         <v>0</v>
       </c>
       <c r="I53" s="7">
         <v>8</v>
       </c>
       <c r="J53" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
         <v>145</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
         <v>146</v>
       </c>
       <c r="E54" s="7" t="s">
         <v>147</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
-        <v>0.544310844</v>
+        <v>4</v>
       </c>
       <c r="H54" s="7">
-        <v>0.00235974</v>
+        <v>0.0412954</v>
       </c>
       <c r="I54" s="7">
         <v>100</v>
       </c>
       <c r="J54" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
         <v>148</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
         <v>149</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>150</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G55" s="7">
         <v>0</v>
       </c>
       <c r="H55" s="7">
         <v>0</v>
       </c>
       <c r="I55" s="7">
         <v>1</v>
       </c>
       <c r="J55" s="7">
         <v>50</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
         <v>151</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
         <v>152</v>
       </c>
       <c r="E56" s="7" t="s">
         <v>153</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="7">
-        <v>4</v>
+        <v>0.40823318699999</v>
       </c>
       <c r="H56" s="7">
-        <v>0.0412954</v>
+        <v>0.00086032</v>
       </c>
       <c r="I56" s="7">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="J56" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
         <v>154</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
         <v>155</v>
       </c>
       <c r="E57" s="7" t="s">
         <v>156</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
-        <v>0</v>
+        <v>0.45359242999999</v>
       </c>
       <c r="H57" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I57" s="7">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
         <v>158</v>
       </c>
       <c r="E58" s="7" t="s">
         <v>159</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
-        <v>0.40823318699999</v>
+        <v>0</v>
       </c>
       <c r="H58" s="7">
-        <v>0.00086032</v>
+        <v>0</v>
       </c>
       <c r="I58" s="7">
         <v>24</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
         <v>160</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
         <v>161</v>
       </c>
       <c r="E59" s="7" t="s">
         <v>162</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="7">
-        <v>0.45359242999999</v>
+        <v>1.08862</v>
       </c>
       <c r="H59" s="7">
-        <v>0.00235974</v>
+        <v>0.00825908</v>
       </c>
       <c r="I59" s="7">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="J59" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
         <v>163</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
         <v>164</v>
       </c>
       <c r="E60" s="7" t="s">
         <v>165</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="7">
         <v>0</v>
       </c>
       <c r="H60" s="7">
         <v>0</v>
       </c>
       <c r="I60" s="7">
         <v>12</v>
       </c>
       <c r="J60" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
         <v>166</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
         <v>167</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>168</v>
+        <v>96</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="7">
-        <v>1.08862</v>
+        <v>1.2</v>
       </c>
       <c r="H61" s="7">
-        <v>0.00825908</v>
+        <v>0.00589934</v>
       </c>
       <c r="I61" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="E62" s="7" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G62" s="7">
         <v>0</v>
       </c>
       <c r="H62" s="7">
         <v>0</v>
       </c>
       <c r="I62" s="7">
         <v>1</v>
       </c>
       <c r="J62" s="7">
         <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="7">
-        <v>1.2</v>
+        <v>5</v>
       </c>
       <c r="H63" s="7">
-        <v>0.00589934</v>
+        <v>0.03539606</v>
       </c>
       <c r="I63" s="7">
         <v>100</v>
       </c>
       <c r="J63" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="E64" s="7" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="7">
         <v>0</v>
       </c>
       <c r="H64" s="7">
         <v>0</v>
       </c>
       <c r="I64" s="7">
         <v>15</v>
       </c>
       <c r="J64" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>102</v>
+        <v>24</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G65" s="7">
-        <v>5</v>
+        <v>2.6</v>
       </c>
       <c r="H65" s="7">
-        <v>0.03539606</v>
+        <v>0.00471947</v>
       </c>
       <c r="I65" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J65" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="4" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="E66" s="7" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G66" s="7">
         <v>0</v>
       </c>
       <c r="H66" s="7">
         <v>0</v>
       </c>
       <c r="I66" s="7">
         <v>1</v>
       </c>
       <c r="J66" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="4" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="E67" s="7" t="s">
         <v>183</v>
       </c>
-      <c r="E67" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F67" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="7">
-        <v>2.6</v>
+        <v>1</v>
       </c>
       <c r="H67" s="7">
-        <v>0.00471947</v>
+        <v>0.01638706</v>
       </c>
       <c r="I67" s="7">
         <v>50</v>
       </c>
       <c r="J67" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="55">
       <c r="B68" s="4" t="s">
         <v>184</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="6" t="s">
         <v>185</v>
       </c>
       <c r="E68" s="7" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G68" s="7">
         <v>0</v>
       </c>
       <c r="H68" s="7">
         <v>0</v>
       </c>
       <c r="I68" s="7">
         <v>1</v>
       </c>
       <c r="J68" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="55">
       <c r="B69" s="4" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="6" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="E69" s="7" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="7">
         <v>1</v>
       </c>
       <c r="H69" s="7">
-        <v>0.01638706</v>
+        <v>0.01966448</v>
       </c>
       <c r="I69" s="7">
         <v>50</v>
       </c>
       <c r="J69" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="55">
       <c r="B70" s="4" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="6" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="E70" s="7" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="7">
         <v>0</v>
       </c>
       <c r="H70" s="7">
         <v>0</v>
       </c>
       <c r="I70" s="7">
         <v>24</v>
       </c>
       <c r="J70" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="55">
       <c r="B71" s="4" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="6" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="E71" s="7" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G71" s="7">
-        <v>1</v>
+        <v>4.3</v>
       </c>
       <c r="H71" s="7">
-        <v>0.01966448</v>
+        <v>0.0377558</v>
       </c>
       <c r="I71" s="7">
         <v>50</v>
       </c>
       <c r="J71" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="4" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="6" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="E72" s="7" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="7">
         <v>0</v>
       </c>
       <c r="H72" s="7">
         <v>0</v>
       </c>
       <c r="I72" s="7">
         <v>12</v>
       </c>
       <c r="J72" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="6" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="E73" s="7" t="s">
-        <v>189</v>
+        <v>105</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="7">
-        <v>4.3</v>
+        <v>0</v>
       </c>
       <c r="H73" s="7">
-        <v>0.0377558</v>
+        <v>0</v>
       </c>
       <c r="I73" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J73" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="4" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="6" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="E74" s="7" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G74" s="7">
         <v>0</v>
       </c>
       <c r="H74" s="7">
         <v>0</v>
       </c>
       <c r="I74" s="7">
         <v>1</v>
       </c>
       <c r="J74" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="4" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="6" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="E75" s="7" t="s">
-        <v>105</v>
+        <v>183</v>
       </c>
       <c r="F75" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="7">
-        <v>0</v>
+        <v>2.6</v>
       </c>
       <c r="H75" s="7">
-        <v>0</v>
+        <v>0.02359737</v>
       </c>
       <c r="I75" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J75" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="4" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="6" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="E76" s="7" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="F76" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="7">
         <v>0</v>
       </c>
       <c r="H76" s="7">
         <v>0</v>
       </c>
       <c r="I76" s="7">
         <v>12</v>
       </c>
       <c r="J76" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="55">
       <c r="B77" s="4" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="6" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="E77" s="7" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="F77" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G77" s="7">
         <v>2.6</v>
       </c>
       <c r="H77" s="7">
         <v>0.02359737</v>
       </c>
       <c r="I77" s="7">
         <v>50</v>
       </c>
       <c r="J77" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="55">
       <c r="B78" s="4" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="6" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="E78" s="7" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G78" s="7">
         <v>0</v>
       </c>
       <c r="H78" s="7">
         <v>0</v>
       </c>
       <c r="I78" s="7">
         <v>12</v>
       </c>
       <c r="J78" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="55">
       <c r="B79" s="4" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="6" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="E79" s="7" t="s">
-        <v>189</v>
+        <v>212</v>
       </c>
       <c r="F79" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G79" s="7">
-        <v>2.6</v>
+        <v>0</v>
       </c>
       <c r="H79" s="7">
-        <v>0.02359737</v>
+        <v>0</v>
       </c>
       <c r="I79" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J79" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="55">
       <c r="B80" s="4" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="E80" s="7" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="F80" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G80" s="7">
         <v>0</v>
       </c>
       <c r="H80" s="7">
         <v>0</v>
       </c>
       <c r="I80" s="7">
         <v>12</v>
       </c>
       <c r="J80" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="55">
       <c r="B81" s="4" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C81" s="6"/>
       <c r="D81" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="E81" s="7" t="s">
         <v>218</v>
       </c>
-      <c r="E81" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F81" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G81" s="7">
         <v>0</v>
       </c>
       <c r="H81" s="7">
         <v>0</v>
       </c>
       <c r="I81" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J81" s="7">
-        <v>0</v>
+        <v>48</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="55">
       <c r="B82" s="4" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="6" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E82" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G82" s="7">
         <v>0</v>
       </c>
       <c r="H82" s="7">
         <v>0</v>
       </c>
       <c r="I82" s="7">
         <v>1</v>
       </c>
       <c r="J82" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="55">
       <c r="B83" s="4" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="E83" s="7" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="F83" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="7">
         <v>0</v>
       </c>
       <c r="H83" s="7">
         <v>0</v>
       </c>
       <c r="I83" s="7">
         <v>28</v>
       </c>
       <c r="J83" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="55">
       <c r="B84" s="4" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="6" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="E84" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F84" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G84" s="7">
         <v>0</v>
       </c>
       <c r="H84" s="7">
         <v>0</v>
       </c>
       <c r="I84" s="7">
         <v>12</v>
       </c>
       <c r="J84" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="55">
       <c r="B85" s="4" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="E85" s="7" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="F85" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G85" s="7">
         <v>0</v>
       </c>
       <c r="H85" s="7">
         <v>0</v>
       </c>
       <c r="I85" s="7">
         <v>1</v>
       </c>
       <c r="J85" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="55">
       <c r="B86" s="4" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="6" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E86" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G86" s="7">
         <v>0</v>
       </c>
       <c r="H86" s="7">
         <v>0</v>
       </c>
       <c r="I86" s="7">
         <v>12</v>
       </c>
       <c r="J86" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="55">
       <c r="B87" s="4" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="6" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="E87" s="7" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="F87" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="7">
         <v>0</v>
       </c>
       <c r="H87" s="7">
         <v>0</v>
       </c>
       <c r="I87" s="7">
         <v>12</v>
       </c>
       <c r="J87" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="55">
       <c r="B88" s="4" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="6" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="E88" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G88" s="7">
         <v>0</v>
       </c>
       <c r="H88" s="7">
         <v>0</v>
       </c>
       <c r="I88" s="7">
         <v>12</v>
       </c>
       <c r="J88" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="55">
       <c r="B89" s="4" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="E89" s="7" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="F89" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G89" s="7">
         <v>0</v>
       </c>
       <c r="H89" s="7">
         <v>0</v>
       </c>
       <c r="I89" s="7">
         <v>1</v>
       </c>
       <c r="J89" s="7">
         <v>48</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="55">
       <c r="B90" s="4" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="6" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="E90" s="7" t="s">
         <v>105</v>
       </c>
       <c r="F90" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="7">
         <v>0</v>
       </c>
       <c r="H90" s="7">
         <v>0</v>
       </c>
       <c r="I90" s="7">
         <v>12</v>
       </c>
       <c r="J90" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="55">
       <c r="B91" s="4" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="E91" s="7" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="F91" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G91" s="7">
         <v>0</v>
       </c>
       <c r="H91" s="7">
         <v>0</v>
       </c>
       <c r="I91" s="7">
         <v>1</v>
       </c>
       <c r="J91" s="7">
         <v>72</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="55">
       <c r="B92" s="4" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="C92" s="6"/>
       <c r="D92" s="6" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="E92" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F92" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G92" s="7">
         <v>0</v>
       </c>
       <c r="H92" s="7">
         <v>0</v>
       </c>
       <c r="I92" s="7">
         <v>12</v>
       </c>
       <c r="J92" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="55">
       <c r="B93" s="4" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C93" s="6"/>
       <c r="D93" s="6" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E93" s="7" t="s">
         <v>105</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G93" s="7">
         <v>0</v>
       </c>
       <c r="H93" s="7">
         <v>0</v>
       </c>
       <c r="I93" s="7">
         <v>12</v>
       </c>
       <c r="J93" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="55">
       <c r="B94" s="4" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C94" s="6"/>
       <c r="D94" s="6" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="E94" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F94" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G94" s="7">
         <v>0</v>
       </c>
       <c r="H94" s="7">
         <v>0</v>
       </c>
       <c r="I94" s="7">
         <v>12</v>
       </c>
       <c r="J94" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="55">
       <c r="B95" s="4" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C95" s="6"/>
       <c r="D95" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="E95" s="7" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="F95" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G95" s="7">
         <v>0</v>
       </c>
       <c r="H95" s="7">
         <v>0</v>
       </c>
       <c r="I95" s="7">
         <v>1</v>
       </c>
       <c r="J95" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="55">
       <c r="B96" s="4" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="C96" s="6"/>
       <c r="D96" s="6" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="E96" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F96" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G96" s="7">
         <v>0</v>
       </c>
       <c r="H96" s="7">
         <v>0</v>
       </c>
       <c r="I96" s="7">
         <v>12</v>
       </c>
       <c r="J96" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="55">
       <c r="B97" s="4" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="C97" s="6"/>
       <c r="D97" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="E97" s="7" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="F97" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G97" s="7">
         <v>0</v>
       </c>
       <c r="H97" s="7">
         <v>0</v>
       </c>
       <c r="I97" s="7">
         <v>12</v>
       </c>
       <c r="J97" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="55">
       <c r="B98" s="4" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C98" s="6"/>
       <c r="D98" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="E98" s="7" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="F98" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G98" s="7">
         <v>0</v>
       </c>
       <c r="H98" s="7">
         <v>0</v>
       </c>
       <c r="I98" s="7">
         <v>6</v>
       </c>
       <c r="J98" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="55">
       <c r="B99" s="4" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="C99" s="6"/>
       <c r="D99" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="E99" s="7" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="F99" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G99" s="7">
         <v>0</v>
       </c>
       <c r="H99" s="7">
         <v>0</v>
       </c>
       <c r="I99" s="7">
         <v>1</v>
       </c>
       <c r="J99" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="55">
       <c r="B100" s="4" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="C100" s="6"/>
       <c r="D100" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="E100" s="7" t="s">
         <v>265</v>
       </c>
-      <c r="E100" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F100" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G100" s="7">
         <v>0</v>
       </c>
       <c r="H100" s="7">
         <v>0</v>
       </c>
       <c r="I100" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J100" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="55">
       <c r="B101" s="4" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="C101" s="6"/>
       <c r="D101" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="E101" s="7" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="F101" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="7">
         <v>0</v>
       </c>
       <c r="H101" s="7">
         <v>0</v>
       </c>
       <c r="I101" s="7">
         <v>12</v>
       </c>
       <c r="J101" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="55">
       <c r="B102" s="4" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C102" s="6"/>
       <c r="D102" s="6" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="E102" s="7" t="s">
-        <v>272</v>
+        <v>105</v>
       </c>
       <c r="F102" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G102" s="7">
         <v>0</v>
       </c>
       <c r="H102" s="7">
         <v>0</v>
       </c>
       <c r="I102" s="7">
         <v>12</v>
       </c>
       <c r="J102" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="55">
       <c r="B103" s="4" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="C103" s="6"/>
       <c r="D103" s="6" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="E103" s="7" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="F103" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G103" s="7">
         <v>0</v>
       </c>
       <c r="H103" s="7">
         <v>0</v>
       </c>
       <c r="I103" s="7">
         <v>12</v>
       </c>
       <c r="J103" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="55">
       <c r="B104" s="4" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C104" s="6"/>
       <c r="D104" s="6" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="E104" s="7" t="s">
-        <v>105</v>
+        <v>122</v>
       </c>
       <c r="F104" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G104" s="7">
         <v>0</v>
       </c>
       <c r="H104" s="7">
         <v>0</v>
       </c>
       <c r="I104" s="7">
         <v>12</v>
       </c>
       <c r="J104" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="55">
       <c r="B105" s="4" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C105" s="6"/>
       <c r="D105" s="6" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="E105" s="7" t="s">
         <v>122</v>
       </c>
       <c r="F105" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G105" s="7">
         <v>0</v>
       </c>
       <c r="H105" s="7">
         <v>0</v>
       </c>
       <c r="I105" s="7">
         <v>12</v>
       </c>
       <c r="J105" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="55">
       <c r="B106" s="4" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C106" s="6"/>
       <c r="D106" s="6" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="E106" s="7" t="s">
-        <v>122</v>
+        <v>280</v>
       </c>
       <c r="F106" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G106" s="7">
         <v>0</v>
       </c>
       <c r="H106" s="7">
         <v>0</v>
       </c>
       <c r="I106" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J106" s="7">
-        <v>0</v>
+        <v>144</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="55">
       <c r="B107" s="4" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="C107" s="6"/>
       <c r="D107" s="6" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="E107" s="7" t="s">
-        <v>284</v>
+        <v>102</v>
       </c>
       <c r="F107" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G107" s="7">
         <v>0</v>
       </c>
       <c r="H107" s="7">
         <v>0</v>
       </c>
       <c r="I107" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J107" s="7">
-        <v>144</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="55">
       <c r="B108" s="4" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="C108" s="6"/>
       <c r="D108" s="6" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="E108" s="7" t="s">
-        <v>108</v>
+        <v>285</v>
       </c>
       <c r="F108" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G108" s="7">
         <v>0</v>
       </c>
       <c r="H108" s="7">
         <v>0</v>
       </c>
       <c r="I108" s="7">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="J108" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="55">
       <c r="B109" s="4" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C109" s="6"/>
       <c r="D109" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="E109" s="7" t="s">
         <v>288</v>
       </c>
-      <c r="E109" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F109" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G109" s="7">
         <v>0</v>
       </c>
       <c r="H109" s="7">
         <v>0</v>
       </c>
       <c r="I109" s="7">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="J109" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="55">
       <c r="B110" s="4" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="C110" s="6"/>
       <c r="D110" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="E110" s="7" t="s">
         <v>291</v>
       </c>
-      <c r="E110" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F110" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G110" s="7">
-        <v>0</v>
+        <v>0.362873896</v>
       </c>
       <c r="H110" s="7">
-        <v>0</v>
+        <v>0.00081935</v>
       </c>
       <c r="I110" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J110" s="7">
-        <v>0</v>
+        <v>576</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="55">
       <c r="B111" s="4" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="C111" s="6"/>
       <c r="D111" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="E111" s="7" t="s">
         <v>294</v>
       </c>
-      <c r="E111" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F111" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G111" s="7">
-        <v>0.362873896</v>
+        <v>0.34019432249999</v>
       </c>
       <c r="H111" s="7">
-        <v>0.00081935</v>
+        <v>0.00275303</v>
       </c>
       <c r="I111" s="7">
         <v>24</v>
       </c>
       <c r="J111" s="7">
-        <v>576</v>
+        <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="55">
       <c r="B112" s="4" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="C112" s="6"/>
       <c r="D112" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="E112" s="7" t="s">
         <v>297</v>
       </c>
-      <c r="E112" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F112" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G112" s="7">
-        <v>0.34019432249999</v>
+        <v>0.68038864499999</v>
       </c>
       <c r="H112" s="7">
-        <v>0.00275303</v>
+        <v>0</v>
       </c>
       <c r="I112" s="7">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="J112" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="55">
       <c r="B113" s="4" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="C113" s="6"/>
       <c r="D113" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="E113" s="7" t="s">
         <v>300</v>
       </c>
-      <c r="E113" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F113" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G113" s="7">
-        <v>0.68038864499999</v>
+        <v>0</v>
       </c>
       <c r="H113" s="7">
         <v>0</v>
       </c>
       <c r="I113" s="7">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="J113" s="7">
-        <v>0</v>
-[...25 lines deleted...]
-      <c r="J114" s="7">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">