--- v2 (2025-12-03)
+++ v3 (2025-12-23)
@@ -15,834 +15,783 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Fidget Toys" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Fidget Toys</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPALI-24 </t>
-[...5 lines deleted...]
-    <t>$20.89</t>
+    <t xml:space="preserve">BT-PAMPUMX-20 </t>
+  </si>
+  <si>
+    <t>Mini Puffer Assortment Mix 1.5" 20 pcs</t>
+  </si>
+  <si>
+    <t>$24.39</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">NV3036 </t>
   </si>
   <si>
     <t>Squishy Toy Stress Relief Fidget Toy Flour Filled</t>
   </si>
   <si>
     <t>$75.60</t>
   </si>
   <si>
     <t>Box</t>
   </si>
   <si>
-    <t xml:space="preserve">NV4022 </t>
-[...2 lines deleted...]
-    <t>Squishy Toy Stress Relief Fruit Ice Cubes Fidget Toy</t>
+    <t xml:space="preserve">GOYOB-25 </t>
+  </si>
+  <si>
+    <t>Goofy Eye Yo-Yo Mix 25 pcs</t>
+  </si>
+  <si>
+    <t>$8.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PUFHG-12 </t>
+  </si>
+  <si>
+    <t>3" Light-Up Puffer Hedgehog 12 pcs</t>
+  </si>
+  <si>
+    <t>$16.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STHIB-25 </t>
+  </si>
+  <si>
+    <t>Sticky Hands for Kids - 25 Pcs Slappy Hands - Stretchy Toys - 7 Inch Sticky Hand - Sensory Toys - Party Favors for Kids - Easter Toy</t>
+  </si>
+  <si>
+    <t>$8.07</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PUFHG-6 </t>
+  </si>
+  <si>
+    <t>3" Light-Up Puffer Hedgehog 6 pcs</t>
+  </si>
+  <si>
+    <t>$9.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PAMPSHA-12 </t>
+  </si>
+  <si>
+    <t>Mini Shark Toy - 1.75 inch Puffer Toy - Stress Relief Toy, Squishy Fidget Toys - 6 Colors - Tiny Shark Toys for Kids 12 pcs - Teacher Treasure Classroom Prizes - Easter Basket Stuffers</t>
+  </si>
+  <si>
+    <t>$6.14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0656 </t>
+  </si>
+  <si>
+    <t>Disney Styro Putty: Mickey Mouse &amp; Minnie Mouse Slime Fun</t>
+  </si>
+  <si>
+    <t>$216.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PA-MPALI </t>
+  </si>
+  <si>
+    <t>Mini Puffer Alien 1.75in</t>
+  </si>
+  <si>
+    <t>$13.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PA-MPBEA </t>
+  </si>
+  <si>
+    <t>Mini Puffer Bear 1.75"</t>
+  </si>
+  <si>
+    <t>$13.65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1036 </t>
+  </si>
+  <si>
+    <t>Light Up Alien Toy Squeeze Puffer Sensory Kids</t>
+  </si>
+  <si>
+    <t>$15.12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PA-SSDFO </t>
+  </si>
+  <si>
+    <t>9" Dinosaur Fossil Stretchy String 24 pcs</t>
+  </si>
+  <si>
+    <t>$1.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PASTRL4-48 </t>
+  </si>
+  <si>
+    <t>Lizard Stretchy Toy for Kids - 4” Reptile Toys for Party Favors, Sensory Toys - Treasure Box Prizes - Stretchy Strings - Bulk Toy Pack of 48 - Easter Toys</t>
+  </si>
+  <si>
+    <t>$32.69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PASTRL4-100 </t>
+  </si>
+  <si>
+    <t>Lizard Stretchy Toy for Kids - 4” Reptile Toys for Party Favors, Sensory Toys - Treasure Box Prizes - Stretchy Strings - Bulk Toys Pack of 100</t>
+  </si>
+  <si>
+    <t>$44.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV2471 </t>
+  </si>
+  <si>
+    <t>Squeeze Toy Satisfying Sensory Stress Relief, Must-Have Stretchy Squishy Toy, Perfect Novelty Gift and Fun for Imaginative Play, Complete Your Collection</t>
+  </si>
+  <si>
+    <t>$21.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PAMPSHA-48 </t>
+  </si>
+  <si>
+    <t>Shark Toy - Pack of 48 - 1.75 inch Puffer Toys - Stress Relief Toy, Fidget Toys Bulk - 6 Colors - Mini Sharks Squishes for Kids and Novelty Gift - Teacher Treasure Classroom Prize</t>
+  </si>
+  <si>
+    <t>$14.47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV3023 </t>
+  </si>
+  <si>
+    <t>Puffer Balls Sensory Toys - Ultimate Stress Relief and Hand Therapy - Fun Display Box of 12!</t>
+  </si>
+  <si>
+    <t>$27.45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PA-MPSHA </t>
+  </si>
+  <si>
+    <t>Mini Puffer Shark 1.75" 24 pcs</t>
+  </si>
+  <si>
+    <t>$10.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQSN3B </t>
+  </si>
+  <si>
+    <t>Squishy Cupcake Toys Collection in Bulk Bag Kids Party Favor Sensory Stress Relief</t>
+  </si>
+  <si>
+    <t>$41.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SB2167 </t>
+  </si>
+  <si>
+    <t>Squishy Dim Sum Delight - 24 Piece Set for Stress Relief &amp; Tactile Satisfaction</t>
+  </si>
+  <si>
+    <t>$25.92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STPEB </t>
+  </si>
+  <si>
+    <t>Stretchy Lizards Snakes Frogs Spiders Bugs | Kids Sensory Play Collectible Toys</t>
+  </si>
+  <si>
+    <t>$12.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1245 </t>
+  </si>
+  <si>
+    <t>Squishy Strawberry Shortcake Squeeze Toy Set - Stress Relief, Collectible, Perfect Gift Idea, Decorative Sensory Fun (Pack of 12)</t>
+  </si>
+  <si>
+    <t>$43.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STBAB28 </t>
+  </si>
+  <si>
+    <t>Splatterz Balls Sticky Squishy Toys Fun Splat Reshape Throwing Outdoor Play</t>
+  </si>
+  <si>
+    <t>$16.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1259 </t>
+  </si>
+  <si>
+    <t>Squeezy Gummy Bears 1.5-inch Sensory Toys for Stress Relief and Fun Collectible Companion</t>
+  </si>
+  <si>
+    <t>$432.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQS3B </t>
+  </si>
+  <si>
+    <t>Squeezie Squeees Glow-in-the-Dark Series - Mochi Animal Squishy Toys (100pcs)</t>
+  </si>
+  <si>
+    <t>$31.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1268 </t>
+  </si>
+  <si>
+    <t>Squishy Toy Foam Cake Stress Relief Hand Toy Squeeze</t>
+  </si>
+  <si>
+    <t>$10.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQS2B </t>
+  </si>
+  <si>
+    <t>Squeezie Squeees Series 2 - Enchanting Mochi Animals Collectibles (100pcs)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1275 </t>
+  </si>
+  <si>
+    <t>Squishy Bundle: Ice Cream &amp; Popsicle Fun Pack - 12pc Tactile Toys</t>
+  </si>
+  <si>
+    <t>$27.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SMSTB </t>
+  </si>
+  <si>
+    <t>Small Sticky Hands Mix - Classic Fun Toy Pack for Kids Entertainment, Party Favors, Outdoor Play</t>
+  </si>
+  <si>
+    <t>$11.52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1292 </t>
+  </si>
+  <si>
+    <t>Swedish Fish Scented Squishy Toy - Stress Relief Sensory Play Delight - Playful Escape Gift Pack</t>
+  </si>
+  <si>
+    <t>$97.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MESTB </t>
+  </si>
+  <si>
+    <t>Sticky Critters 100 Pcs - Fun Kids Toys Including Dragonflies, Caterpillars, Cobras, Alligators, Frogs for Outdoor Use!</t>
+  </si>
+  <si>
+    <t>$13.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1294 </t>
+  </si>
+  <si>
+    <t>Squishy Toy Set 4in Capybara Edition in Fruit Design (12 Pieces)</t>
+  </si>
+  <si>
+    <t>$29.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOYOB </t>
+  </si>
+  <si>
+    <t>Noodle Stretchy Yo-Yo Noodles - Mix Match Kids Sensory Toys by A&amp;A Global</t>
+  </si>
+  <si>
+    <t>$13.02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1295 </t>
+  </si>
+  <si>
+    <t>Panda Squishy Set Stress Relief Foam Toy Pack 12 Pieces</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STEMB </t>
+  </si>
+  <si>
+    <t>Stretchable Emoji Figures Variety Pack for Kids Playrooms and Creative Activities</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1305 </t>
+  </si>
+  <si>
+    <t>Bazooka Nostalgic Bubblegum Scented Stress Reliever Toy Collectible 15pcs</t>
+  </si>
+  <si>
+    <t>$123.75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STHIB </t>
+  </si>
+  <si>
+    <t>Large Sticky Hands in Bulk Bag (100pcs) - Fun Classic Toy for Kids of All Ages</t>
+  </si>
+  <si>
+    <t>$18.52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ST1018 </t>
+  </si>
+  <si>
+    <t>Jumbo Spring Toy for Kids - Classic Stretch, Twist &amp; Flex Fun! Durable &amp; Colorful Novelty Gift!</t>
+  </si>
+  <si>
+    <t>$151.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YOYOB </t>
+  </si>
+  <si>
+    <t>Stretchy Yo-Yo Toy with Spiny Air-Filled Balls and Glow-In-The-Dark (100 Pieces Bulk Bag)</t>
+  </si>
+  <si>
+    <t>$22.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0705 </t>
+  </si>
+  <si>
+    <t>Sonic Squishy Toy Blind Bag Collectible Figure Mystery</t>
+  </si>
+  <si>
+    <t>$75.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANYOB </t>
+  </si>
+  <si>
+    <t>Animal Yo-Yo Toy Set (100pcs): Fun Stretchy Bouncy Creatures for Kids Playtime and Collectors</t>
+  </si>
+  <si>
+    <t>$24.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0729 </t>
+  </si>
+  <si>
+    <t>Play Doh Super Stretch Slime Toy Krackle Cloud Compound</t>
+  </si>
+  <si>
+    <t>$690.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PAMPSHA-24 </t>
+  </si>
+  <si>
+    <t>Mini Shark Toys - Pack of 24 - 1.75 inch Puffer Toy - Stress Relief Squishi Toys, Fidget Toy in 6 Colors - Tiny Sharks Squishes for Kids - Teacher Treasure Classroom Prizes</t>
+  </si>
+  <si>
+    <t>$12.56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT-PAMPALI-48 </t>
+  </si>
+  <si>
+    <t>Alien Toys for Kids - 1.75 Inch Alien Toys for Kids - Funny Squishy Toys for Party Favors, Goody Bags, Classroom Prizes - Mini Puffer Ball - Pack of 48 - Easter Basket Stuffers</t>
+  </si>
+  <si>
+    <t>$24.59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV0184 </t>
+  </si>
+  <si>
+    <t>Kawaii Sushi Puff Toy Collectible Squishy Display Set</t>
+  </si>
+  <si>
+    <t>$63.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LIUNCV </t>
+  </si>
+  <si>
+    <t>Lil' Unicorns in 1.1in Capsules (250pcs) Stress Relief Adorable Squeeze Toys with Metallic Horns Cute Collectible Figures</t>
+  </si>
+  <si>
+    <t>$53.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PU1200 </t>
+  </si>
+  <si>
+    <t>Unicorn Poo Putty Toy Sensory Fun Stretchy Slime Gift</t>
+  </si>
+  <si>
+    <t>$162.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALPAB </t>
+  </si>
+  <si>
+    <t>100 Alpaca Squishes - Micro Critters Fluffy Animal Squishies for Stress Relief</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PU1210 </t>
+  </si>
+  <si>
+    <t>Ramen Slime Noodle Toy Slime Play Squishy Toy Sensory Toy</t>
+  </si>
+  <si>
+    <t>$30.24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AXOLB </t>
+  </si>
+  <si>
+    <t>Axolotl Squish Toys Bulk – Collectible Squishy Animals for Stress Relief, Party Favors, Classroom Rewards, and Fidget Toys</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TY3774 </t>
+  </si>
+  <si>
+    <t>Tubular Sensory Board Rectangle Shape Activity Kit Fidget Board</t>
+  </si>
+  <si>
+    <t>$125.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCSQB </t>
+  </si>
+  <si>
+    <t>Color Change Squooshers Sensory Stress Balls - Hidden Reveal for Fidget Fun and Tactile Play - Pack of 50</t>
   </si>
   <si>
     <t>$22.50</t>
   </si>
   <si>
-    <t xml:space="preserve">BT-PAMPUMX-20 </t>
-[...173 lines deleted...]
-    <t>Fidget Stretchy Strings 100pcs - Ultimate Sensory Play for Stress Relief, Anxiety, and Endless Entertainment</t>
+    <t xml:space="preserve">TY3775 </t>
+  </si>
+  <si>
+    <t>Sensory Board Octagon Fidget Board Activity Kit Kids Play</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQSN6B </t>
+  </si>
+  <si>
+    <t>Squishy Axolotl Toy Collection – 50pcs – Perfect for Stress Relief, Kids, Collectors, Fidgeting, Sensory Play</t>
+  </si>
+  <si>
+    <t>$20.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WSTOYSCM </t>
+  </si>
+  <si>
+    <t>Tiny Toys Collectible Desk Classic Retro Miniature Figures</t>
+  </si>
+  <si>
+    <t>$213.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQSN7B </t>
+  </si>
+  <si>
+    <t>Squishy Octopus Toy Collection - Slow Rise Foam, Stress Relief, Hand Strength, Sensory Play</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YY1059 </t>
+  </si>
+  <si>
+    <t>Light Up Yoyo Spinning Toy Led Yoyo Kids Game</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQSN8B </t>
+  </si>
+  <si>
+    <t>Discover Squishy Bubble Tea Animal Set – 50pcs Collection, Stress Relief Slow-Rise Foam Toys, Perfect Fidget &amp; Collectible for Kids</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0585 </t>
+  </si>
+  <si>
+    <t>Disney Junior Mickey Minnie Spider Man Character Head Toy</t>
+  </si>
+  <si>
+    <t>$153.90</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQS5B </t>
+  </si>
+  <si>
+    <t>Mochi Critters Series 5: Super Soft, Squishy, Adorable Toys for Kids - Individually Wrapped Collectible Figures</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV0194 </t>
+  </si>
+  <si>
+    <t>Pinata Toys Party Game Gift Pack Surprise Mini Pull String</t>
+  </si>
+  <si>
+    <t>$72.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQSN10B </t>
+  </si>
+  <si>
+    <t>Ultimate Squishy Toy Bundle: 50 Animal Shapes for Stress Relief &amp; Tactile Play</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV2514 </t>
+  </si>
+  <si>
+    <t>Squeeze Toy Dim Sum Squishy Hand Stress Relief Toy</t>
+  </si>
+  <si>
+    <t>$14.03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQSN12B </t>
+  </si>
+  <si>
+    <t>Squishy Capybara Figure Stress Relief Fidget Toy Set for Collectors and Novelty Gift Assortment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV2521 </t>
+  </si>
+  <si>
+    <t>Squeeze Sugar Candy Toy Silicone Display Box Stretch Pull Fun</t>
+  </si>
+  <si>
+    <t>$11.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COIL135 </t>
+  </si>
+  <si>
+    <t>Rainbow Coil Spring Classic Toy - Set of 12 for Vibrant Playtime &amp; Stress-Free Fun</t>
+  </si>
+  <si>
+    <t>$67.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV3037 </t>
+  </si>
+  <si>
+    <t>Lemon Squishy Toy Fidget Stress Anxiety Therapy Gift</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOBERMANS </t>
+  </si>
+  <si>
+    <t>Hoberman Sphere: Expanding Interactive Toy for Kids &amp; Adults with Magical Motion</t>
+  </si>
+  <si>
+    <t>$349.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV4020 </t>
+  </si>
+  <si>
+    <t>Taba Squishy Cookie Gummy Toy Set Gift Accessory Stress Relief</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0616 </t>
+  </si>
+  <si>
+    <t>Disney Toy Nightmare Before Christmas Squishy Toy Collectible Toy Blind Bag</t>
+  </si>
+  <si>
+    <t>$231.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV4021 </t>
+  </si>
+  <si>
+    <t>Taba Squishy Gummy Ice Cream Cone Surprise Gift Fun Toy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0698 </t>
+  </si>
+  <si>
+    <t>Ultimate Netflix Series Collectibles Bundle for Fans and Families</t>
+  </si>
+  <si>
+    <t>$126.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV4023 </t>
+  </si>
+  <si>
+    <t>Taba Squishy Gummy Ice Cream Sandwich Bear Stress Toy Gift</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1035 </t>
+  </si>
+  <si>
+    <t>Light-Up Alien Toys 12-Pack Fun Suction Creative Play Adventures</t>
   </si>
   <si>
     <t>$19.80</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1245 </t>
-[...446 lines deleted...]
-    <t>Taba Squishy Gummy Ice Cream Sandwich Bear Stress Toy Gift</t>
+    <t xml:space="preserve">NV4027 </t>
+  </si>
+  <si>
+    <t>Taba Squishy Gummy Triangle Waffle Toy Accessory Pinch Relief</t>
   </si>
   <si>
     <t xml:space="preserve">NV1112 </t>
   </si>
   <si>
     <t>Unwind with Spider Stretch Toy - Squeeze Stress, Boost Focus, Enjoy Sensory Fun</t>
   </si>
   <si>
     <t>$342.00</t>
   </si>
   <si>
-    <t xml:space="preserve">NV4025 </t>
-[...2 lines deleted...]
-    <t>Taba Squishy Gummy Berry Cake Stress Relief Pinch Toy Gift Pack</t>
+    <t xml:space="preserve">NV4029 </t>
+  </si>
+  <si>
+    <t>Taba Squishy Gummy Donut Stress Relief Pinch Toy Gift Accessory</t>
   </si>
   <si>
     <t xml:space="preserve">NV2133 </t>
   </si>
   <si>
     <t>Magic Cat String for Interactive Play and Endless Feline Fun - TikTok Viral Pet Toy with Automatic Movement and Mesmerizing Motion!</t>
   </si>
   <si>
     <t>$388.80</t>
   </si>
   <si>
-    <t xml:space="preserve">NV4027 </t>
-[...2 lines deleted...]
-    <t>Taba Squishy Gummy Triangle Waffle Toy Accessory Pinch Relief</t>
+    <t xml:space="preserve">SQ1301 </t>
+  </si>
+  <si>
+    <t>Gaming Controller Squishy Toy Stress Relief Foam Gamepad</t>
+  </si>
+  <si>
+    <t>$17.25</t>
   </si>
   <si>
     <t xml:space="preserve">NV2456 </t>
   </si>
   <si>
     <t>Stretchable Banana Fidget Toy - Stress Relief &amp; Sensory Play Moldable Sand-Filled Novelty!</t>
   </si>
   <si>
-    <t xml:space="preserve">NV4028 </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">NV3035 </t>
   </si>
   <si>
     <t>Squishy Brain Stress Relief Toy for Anxiety Relief and Therapeutic Sensory Play</t>
   </si>
   <si>
     <t>$76.50</t>
   </si>
   <si>
-    <t xml:space="preserve">NV4029 </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">PIN2 </t>
   </si>
   <si>
     <t>Mini Rainbow Pin Art 2in 3D Impressions Interactive Art Device for Creative Expression and Stress Relief</t>
   </si>
   <si>
     <t>$54.00</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1301 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">SQ1187 </t>
   </si>
   <si>
     <t>Mythical Friends Squish Play Foam Beads - Soft Sensory Fun &amp; Creativity</t>
   </si>
   <si>
     <t>$486.00</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1236 </t>
   </si>
   <si>
     <t>Squishy Fruit Slice Fidget Toys for Stress Relief and Sensory Play - Kiwi, Orange, Grapefruit, Lime &amp; Watermelon Fun!</t>
   </si>
   <si>
     <t>$35.28</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1248 </t>
   </si>
   <si>
     <t>Alien Squishies Collection - 12 Pack of Slow Rise Stress Relievers for Fun and Sensory Play</t>
   </si>
   <si>
     <t>$45.36</t>
@@ -902,68 +851,50 @@
     <t xml:space="preserve">NV2522 </t>
   </si>
   <si>
     <t>Squeeze Toy Stress Toy Stretch Toy Tomato Toy Lemon Toy</t>
   </si>
   <si>
     <t>$40.50</t>
   </si>
   <si>
     <t xml:space="preserve">PA-MPDOG </t>
   </si>
   <si>
     <t>Mini Puffer Dog 1.75"</t>
   </si>
   <si>
     <t>$17.24</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PAMPDOG-24 </t>
   </si>
   <si>
     <t>Mini Puffer Dog Squishy Toys – 24 Pcs, 1.75 Inch Gummy Dogs Figures – Easter Egg Fillers, Party Favors, Stress Relief Toys for Kids &amp; Classroom Prizes</t>
   </si>
   <si>
     <t>$9.27</t>
-  </si>
-[...16 lines deleted...]
-    <t>$1404.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1032,51 +963,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_941d4559cd970259fd13d3d5d3e4994c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4efd321ebcbc680cc2207c8026e87ff93.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b2b4fc95a1769e8e1978fa5a45a734584.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc701e4ba4ba4ca819edb23659bf45e05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7483ffd38c29a47f78c7c75dd98068b6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54137.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c44315f78af492a1cc02bb8ac250de9f8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_137f4ffb30d12a8fdd85b4e7512b128510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5df6c5aeb1359301e16ed78c6ea564bd11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfdfbc53dea362dc871b2dec00c1d09912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_01ff73023c443c517017ef5f8ad9abaa13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f643b241157cbde9bdf923448a1262c14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_432d66259091594077219dcb8f29d70d15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_696d48a9cc6f737633dda66dcc7f4f3216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc28ff9aa4b96b6d29255470253865cd17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_840984d57527bcf01ebc81775a2075ff18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1351cfb517acb6aedf311d4e2456bd7b19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8366d13f864d7e99000ab6e3faba630520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_302ca8ebb5bed800009b9136b0d3012621.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5856ffb4ce78111f9395b3fffd21f8722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf982ce240881f85484481d07d79e70923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4bca5e6da99c6b6346d9c571a11833b324.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3cec8666f3950fdec26bf38b8df7e35925.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_585e3e6ca1e336de90cd94a40569d3d126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef0eabed4ff4a122f75b86d0f9563bd227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad128.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_809ef36e1821035054194a6f55d04aea29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c52849730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9edea7d4fa6773e8ce0dd5f8d22d18b731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b96e9ca172bd9a0a2560ffd55eb705432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_42a167aa611008a2665213f177d2139933.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8847d439331e7a93e218f95312e116b534.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3594c92f6d897627fe7563f7abbc224835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3bbe05d36202d7872fc7e9262a883dac36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d28885677e08230f415743a0f7504d8a37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5701479aa225b7a532e3a7dd4cecf02838.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebac603b8c9d899f2f1f758986e6d23039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b366c9821d7d4c4b3b2f48856efd88e40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9204a56e60c42f9ef568620605d772c941.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76ebd0ae5e429341e2a600f6b59b2d0042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b41297919deab01960b17b8c063faab943.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4386aba170c49ff62b7d127ca106f57144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_241cc468307c0af148a87ca3e9bf212745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_890be86bbfde8e63cb6d70c32e944e6b46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1ceefd93eb7cea4faf54d0a29d6a9f6247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239f5240bf193e3f73adbf1ef00282bc48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d689d2002c99147a82246baa5f34b8b949.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_258f34a271f882832c3af8f7514c76e350.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c31ccdd8eac5c4278cd3e32b40adf27751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cac9f9439bada57ae7ef9e9f5523cf752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e25796dbc4fd112948eb9af57c81fc3e53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2279adc5ef5ff523647a294e9ab3cca54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27ff4d9604ac2a5b40601ed00bc4b67055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac5ed8106a0d61aaf25e4363b2ed442b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04230cb9693c510dfbd944e400249bb758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a88cf5ffbd39e1c5a1b2d96b69854f8c59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12e179b5b96367d948027557c6217d0260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efa7e92669a744cef6abda7b2016441861.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_812d73adecb640c390e025af3b49594062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8d3fdea5792b0b52d1c6e2155da5fd363.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439f09c324cfe7b847216ebc658ea95864.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8be1d81d05c3a879baddf2c4c91ade0f65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f34d61745222b7a89283ffd63d29a4de66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1219337a4b9590ec1d3f59db9ea2500667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ad25dc8331a228f692520037e8fee51c68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da0a550f8560d8f49e27432027026f8369.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4606a95c458ff40d5ee63faf89fb1d0070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b1db95363528e4c38984e98c8da442d71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5990c42f8984ab424da93fa16749c4c572.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55acce16ef4f052513b0e15be132bf2773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30eef7df7d171bef31f6bf8e68e6225274.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e7b9982da826e968ef73342ebdd0f23d75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27664d403832a6da2f42a4c5cda4453376.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6eb828d5b371f7982a656e46e6b59aa77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d8c70c0ac2004d00e1f24ce191926478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e3e1466eeb7244ff564166a034f6d5ad79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8ca44dcb2e614473259202a81546ab1080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96e1fd65f7331021b10a9f6ce50c4c2181.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f89751c373cb10ba017ea13c99e37a682.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_121c0b9752f81f14e7625c308495109283.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e782cd00b1571b51779282bbeeafbe884.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c4eb5ba504ceec2aedab7be45ff172185.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_519f5133e8bdae8dce09a9eea4cdc11286.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64a115a59bd93409bed7c808d9fcb34987.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db920ce6cf173ccd155e22f56323a69188.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c7c7946ec73437d07890ae9130c433d89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfdb4589ff3ac1efdda83e24c8c6665890.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd292d8f11de3d1d4388ab915d28550591.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e16428f9160889a9c485d2f249e26ca92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0389f33db6421007ad056663eed31e9d93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b714109311d6baa245d231a8e60ddc8294.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_11b3999fbd0298f9dbbf79608c256de695.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef7a819b8dda278664b271c6df49ca3c96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b159a41004fa6a749f6d7c67d16917b97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_108c371d11a03618ea8744e416d10f8198.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79828d43ece825f98f67ed7e1a33aa8a99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b569f81f6aa75d6fe884baed0653c14c100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6a5d28e14aa73989669156b5c2c9413f101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0aa8922ba8bd55d702c5ccae8bb50ae7102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd8395a6511a1c7d6c2a9ce5426d63df103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f86e8a7baf1e94d87b5e8e50a92d6ec104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dccc240ebf577f4afec464cab719ea29105.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc701e4ba4ba4ca819edb23659bf45e02.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4efd321ebcbc680cc2207c8026e87ff93.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7483ffd38c29a47f78c7c75dd98068b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54135.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c44315f78af492a1cc02bb8ac250de9f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_137f4ffb30d12a8fdd85b4e7512b12858.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5df6c5aeb1359301e16ed78c6ea564bd9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfdfbc53dea362dc871b2dec00c1d09910.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_01ff73023c443c517017ef5f8ad9abaa11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f643b241157cbde9bdf923448a1262c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_432d66259091594077219dcb8f29d70d13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_696d48a9cc6f737633dda66dcc7f4f3214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc28ff9aa4b96b6d29255470253865cd15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_840984d57527bcf01ebc81775a2075ff16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1351cfb517acb6aedf311d4e2456bd7b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8366d13f864d7e99000ab6e3faba630518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_302ca8ebb5bed800009b9136b0d3012619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5856ffb4ce78111f9395b3fffd21f8720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf982ce240881f85484481d07d79e70921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_585e3e6ca1e336de90cd94a40569d3d122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3cec8666f3950fdec26bf38b8df7e35923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef0eabed4ff4a122f75b86d0f9563bd225.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c52849726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_809ef36e1821035054194a6f55d04aea27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b96e9ca172bd9a0a2560ffd55eb705428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9edea7d4fa6773e8ce0dd5f8d22d18b729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8847d439331e7a93e218f95312e116b530.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3594c92f6d897627fe7563f7abbc224831.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3bbe05d36202d7872fc7e9262a883dac32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d28885677e08230f415743a0f7504d8a33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5701479aa225b7a532e3a7dd4cecf02834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebac603b8c9d899f2f1f758986e6d23035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b366c9821d7d4c4b3b2f48856efd88e36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9204a56e60c42f9ef568620605d772c937.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76ebd0ae5e429341e2a600f6b59b2d0038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b41297919deab01960b17b8c063faab939.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4386aba170c49ff62b7d127ca106f57140.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_241cc468307c0af148a87ca3e9bf212741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_890be86bbfde8e63cb6d70c32e944e6b42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1ceefd93eb7cea4faf54d0a29d6a9f6243.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239f5240bf193e3f73adbf1ef00282bc44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d689d2002c99147a82246baa5f34b8b945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_258f34a271f882832c3af8f7514c76e346.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c31ccdd8eac5c4278cd3e32b40adf27747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2279adc5ef5ff523647a294e9ab3cca48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e25796dbc4fd112948eb9af57c81fc3e49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac5ed8106a0d61aaf25e4363b2ed442b50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27ff4d9604ac2a5b40601ed00bc4b67051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04230cb9693c510dfbd944e400249bb752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12e179b5b96367d948027557c6217d0254.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a88cf5ffbd39e1c5a1b2d96b69854f8c55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_812d73adecb640c390e025af3b49594056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efa7e92669a744cef6abda7b2016441857.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439f09c324cfe7b847216ebc658ea95858.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8d3fdea5792b0b52d1c6e2155da5fd359.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f34d61745222b7a89283ffd63d29a4de60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8be1d81d05c3a879baddf2c4c91ade0f61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ad25dc8331a228f692520037e8fee51c62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1219337a4b9590ec1d3f59db9ea2500663.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4606a95c458ff40d5ee63faf89fb1d0064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da0a550f8560d8f49e27432027026f8365.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5990c42f8984ab424da93fa16749c4c566.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b1db95363528e4c38984e98c8da442d67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30eef7df7d171bef31f6bf8e68e6225268.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55acce16ef4f052513b0e15be132bf2769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27664d403832a6da2f42a4c5cda4453370.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e7b9982da826e968ef73342ebdd0f23d71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d8c70c0ac2004d00e1f24ce191926472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6eb828d5b371f7982a656e46e6b59aa73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8ca44dcb2e614473259202a81546ab1074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e3e1466eeb7244ff564166a034f6d5ad75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e782cd00b1571b51779282bbeeafbe876.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96e1fd65f7331021b10a9f6ce50c4c2177.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db920ce6cf173ccd155e22f56323a69178.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_121c0b9752f81f14e7625c308495109279.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfdb4589ff3ac1efdda83e24c8c6665880.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c4eb5ba504ceec2aedab7be45ff172181.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64a115a59bd93409bed7c808d9fcb34982.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c7c7946ec73437d07890ae9130c433d83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd292d8f11de3d1d4388ab915d28550584.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e16428f9160889a9c485d2f249e26ca85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0389f33db6421007ad056663eed31e9d86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b714109311d6baa245d231a8e60ddc8287.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_11b3999fbd0298f9dbbf79608c256de688.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef7a819b8dda278664b271c6df49ca3c89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b159a41004fa6a749f6d7c67d16917b90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_108c371d11a03618ea8744e416d10f8191.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79828d43ece825f98f67ed7e1a33aa8a92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b569f81f6aa75d6fe884baed0653c14c93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6a5d28e14aa73989669156b5c2c9413f94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0aa8922ba8bd55d702c5ccae8bb50ae795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd8395a6511a1c7d6c2a9ce5426d63df96.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3904,320 +3835,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>103</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="96" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
-        <a:stretch>
-[...268 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4484,54 +4145,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J113"/>
+  <dimension ref="A1:J104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J113" sqref="J113"/>
+      <selection activeCell="J104" sqref="J104"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -4585,2841 +4246,2598 @@
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="55">
       <c r="B10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="7">
-        <v>0.2358680636</v>
+        <v>0.2177243664</v>
       </c>
       <c r="H10" s="7">
-        <v>0.00217326</v>
+        <v>0.00139281</v>
       </c>
       <c r="I10" s="7">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="J10" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G11" s="7">
         <v>0</v>
       </c>
       <c r="H11" s="7">
         <v>0</v>
       </c>
       <c r="I11" s="7">
         <v>1</v>
       </c>
       <c r="J11" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>0</v>
+        <v>0.23813599425</v>
       </c>
       <c r="H12" s="7">
-        <v>0</v>
+        <v>0.00108155</v>
       </c>
       <c r="I12" s="7">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="J12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>0.2177243664</v>
+        <v>0.53977499169999</v>
       </c>
       <c r="H13" s="7">
-        <v>0.00139281</v>
+        <v>0.003224</v>
       </c>
       <c r="I13" s="7">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="J13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>0.23813599425</v>
+        <v>0.22199992864518</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00108155</v>
+        <v>0.00168875</v>
       </c>
       <c r="I14" s="7">
         <v>25</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.53977499169999</v>
+        <v>0.2585476851</v>
       </c>
       <c r="H15" s="7">
-        <v>0.003224</v>
+        <v>0.00122812</v>
       </c>
       <c r="I15" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>36</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.22199992864518</v>
+        <v>0.090718485999998</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00168875</v>
+        <v>0.00042795</v>
       </c>
       <c r="I16" s="7">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G17" s="7">
-        <v>0.2585476851</v>
+        <v>0</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00122812</v>
+        <v>0</v>
       </c>
       <c r="I17" s="7">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J17" s="7">
-        <v>0</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>0.090718485999998</v>
+        <v>0.2358680324</v>
       </c>
       <c r="H18" s="7">
-        <v>0.00042795</v>
+        <v>0.00213671</v>
       </c>
       <c r="I18" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0</v>
+        <v>0.3311224301</v>
       </c>
       <c r="H19" s="7">
-        <v>0</v>
+        <v>0.00051128</v>
       </c>
       <c r="I19" s="7">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="J19" s="7">
-        <v>48</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>48</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0.2358680324</v>
+        <v>0</v>
       </c>
       <c r="H20" s="7">
-        <v>0.00213671</v>
+        <v>0</v>
       </c>
       <c r="I20" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>51</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>0.3311224301</v>
+        <v>0.362873896</v>
       </c>
       <c r="H21" s="7">
-        <v>0.00051128</v>
+        <v>0.00197874</v>
       </c>
       <c r="I21" s="7">
         <v>24</v>
       </c>
       <c r="J21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>54</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0</v>
+        <v>0.28576323089999</v>
       </c>
       <c r="H22" s="7">
-        <v>0</v>
+        <v>0.00140519</v>
       </c>
       <c r="I22" s="7">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>0.362873896</v>
+        <v>0.40823318699999</v>
       </c>
       <c r="H23" s="7">
-        <v>0.00197874</v>
+        <v>0.00078658</v>
       </c>
       <c r="I23" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>0.28576323089999</v>
+        <v>0</v>
       </c>
       <c r="H24" s="7">
-        <v>0.00140519</v>
+        <v>0</v>
       </c>
       <c r="I24" s="7">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="J24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>0.40823318699999</v>
+        <v>0.39916133839999</v>
       </c>
       <c r="H25" s="7">
-        <v>0.00078658</v>
+        <v>0.0026547</v>
       </c>
       <c r="I25" s="7">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="J25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>64</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>66</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
         <v>0</v>
       </c>
       <c r="H26" s="7">
         <v>0</v>
       </c>
       <c r="I26" s="7">
         <v>12</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>67</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>69</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>0.39916133839999</v>
+        <v>0.408233133</v>
       </c>
       <c r="H27" s="7">
-        <v>0.0026547</v>
+        <v>0.00028677</v>
       </c>
       <c r="I27" s="7">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>70</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>72</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>0</v>
+        <v>0.544310844</v>
       </c>
       <c r="H28" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I28" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J28" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
-        <v>0.408233133</v>
+        <v>0</v>
       </c>
       <c r="H29" s="7">
-        <v>0.00028677</v>
+        <v>0</v>
       </c>
       <c r="I29" s="7">
         <v>24</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>76</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>78</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
         <v>0.544310844</v>
       </c>
       <c r="H30" s="7">
         <v>0.00235974</v>
       </c>
       <c r="I30" s="7">
         <v>100</v>
       </c>
       <c r="J30" s="7">
-        <v>1000</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
         <v>79</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>80</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>81</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
         <v>0</v>
       </c>
       <c r="H31" s="7">
         <v>0</v>
       </c>
       <c r="I31" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
         <v>83</v>
       </c>
       <c r="E32" s="7" t="s">
         <v>84</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
-        <v>0.8663614267</v>
+        <v>0.45359237</v>
       </c>
       <c r="H32" s="7">
-        <v>0.00663676</v>
+        <v>0.00235974</v>
       </c>
       <c r="I32" s="7">
         <v>100</v>
       </c>
       <c r="J32" s="7">
-        <v>1000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
         <v>85</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>86</v>
       </c>
       <c r="E33" s="7" t="s">
         <v>87</v>
       </c>
       <c r="F33" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G33" s="7">
         <v>0</v>
       </c>
       <c r="H33" s="7">
         <v>0</v>
       </c>
       <c r="I33" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J33" s="7">
-        <v>0</v>
+        <v>144</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
         <v>88</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
         <v>89</v>
       </c>
       <c r="E34" s="7" t="s">
         <v>90</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="7">
-        <v>0.544310844</v>
+        <v>0.90718474</v>
       </c>
       <c r="H34" s="7">
-        <v>0.00235974</v>
+        <v>0.0039329</v>
       </c>
       <c r="I34" s="7">
         <v>100</v>
       </c>
       <c r="J34" s="7">
-        <v>6000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
         <v>91</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>93</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G35" s="7">
         <v>0</v>
       </c>
       <c r="H35" s="7">
         <v>0</v>
       </c>
       <c r="I35" s="7">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J35" s="7">
-        <v>144</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
         <v>94</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
-        <v>0.45359237</v>
+        <v>0.90718474</v>
       </c>
       <c r="H36" s="7">
-        <v>0.00235974</v>
+        <v>0.0039329</v>
       </c>
       <c r="I36" s="7">
         <v>100</v>
       </c>
       <c r="J36" s="7">
-        <v>2000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="E37" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="E37" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
         <v>0</v>
       </c>
       <c r="H37" s="7">
         <v>0</v>
       </c>
       <c r="I37" s="7">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="J37" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="E38" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="E38" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
-        <v>0.90718474</v>
+        <v>0.45359237</v>
       </c>
       <c r="H38" s="7">
-        <v>0.0039329</v>
+        <v>0.00235974</v>
       </c>
       <c r="I38" s="7">
         <v>100</v>
       </c>
       <c r="J38" s="7">
-        <v>1000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="E39" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="E39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
         <v>0</v>
       </c>
       <c r="H39" s="7">
         <v>0</v>
       </c>
       <c r="I39" s="7">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="J39" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="E40" s="7" t="s">
         <v>107</v>
       </c>
-      <c r="E40" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="7">
-        <v>0.90718474</v>
+        <v>1.179340162</v>
       </c>
       <c r="H40" s="7">
-        <v>0.0039329</v>
+        <v>0.00491612</v>
       </c>
       <c r="I40" s="7">
         <v>100</v>
       </c>
       <c r="J40" s="7">
-        <v>1000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
         <v>108</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>110</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
         <v>0</v>
       </c>
       <c r="H41" s="7">
         <v>0</v>
       </c>
       <c r="I41" s="7">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="J41" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
         <v>111</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
         <v>112</v>
       </c>
       <c r="E42" s="7" t="s">
         <v>113</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
         <v>0.45359237</v>
       </c>
       <c r="H42" s="7">
         <v>0.00235974</v>
       </c>
       <c r="I42" s="7">
         <v>100</v>
       </c>
       <c r="J42" s="7">
-        <v>10000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>114</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
         <v>115</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
         <v>0</v>
       </c>
       <c r="H43" s="7">
         <v>0</v>
       </c>
       <c r="I43" s="7">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="J43" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
-        <v>1.179340162</v>
+        <v>0.544310844</v>
       </c>
       <c r="H44" s="7">
-        <v>0.00491612</v>
+        <v>0.00294967</v>
       </c>
       <c r="I44" s="7">
         <v>100</v>
       </c>
       <c r="J44" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
         <v>0</v>
       </c>
       <c r="H45" s="7">
         <v>0</v>
       </c>
       <c r="I45" s="7">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="J45" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
-        <v>0.45359237</v>
+        <v>0.544310844</v>
       </c>
       <c r="H46" s="7">
         <v>0.00235974</v>
       </c>
       <c r="I46" s="7">
         <v>100</v>
       </c>
       <c r="J46" s="7">
-        <v>4000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G47" s="7">
         <v>0</v>
       </c>
       <c r="H47" s="7">
         <v>0</v>
       </c>
       <c r="I47" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J47" s="7">
-        <v>0</v>
+        <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E48" s="7" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
         <v>0.544310844</v>
       </c>
       <c r="H48" s="7">
-        <v>0.00294967</v>
+        <v>0.00235974</v>
       </c>
       <c r="I48" s="7">
         <v>100</v>
       </c>
       <c r="J48" s="7">
-        <v>4000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
         <v>130</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
         <v>131</v>
       </c>
       <c r="E49" s="7" t="s">
         <v>132</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
         <v>0</v>
       </c>
       <c r="H49" s="7">
         <v>0</v>
       </c>
       <c r="I49" s="7">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
         <v>133</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
         <v>134</v>
       </c>
       <c r="E50" s="7" t="s">
         <v>135</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="7">
-        <v>0.544310844</v>
+        <v>4</v>
       </c>
       <c r="H50" s="7">
-        <v>0.00235974</v>
+        <v>0.0412954</v>
       </c>
       <c r="I50" s="7">
         <v>100</v>
       </c>
       <c r="J50" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
         <v>136</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
         <v>137</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>138</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="7">
         <v>0</v>
       </c>
       <c r="H51" s="7">
         <v>0</v>
       </c>
       <c r="I51" s="7">
         <v>1</v>
       </c>
       <c r="J51" s="7">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
         <v>139</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
         <v>140</v>
       </c>
       <c r="E52" s="7" t="s">
         <v>141</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
-        <v>0.544310844</v>
+        <v>0.40823318699999</v>
       </c>
       <c r="H52" s="7">
-        <v>0.00235974</v>
+        <v>0.00086032</v>
       </c>
       <c r="I52" s="7">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="J52" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
         <v>142</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
         <v>143</v>
       </c>
       <c r="E53" s="7" t="s">
         <v>144</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
-        <v>0</v>
+        <v>0.45359242999999</v>
       </c>
       <c r="H53" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I53" s="7">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="J53" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
         <v>145</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
         <v>146</v>
       </c>
       <c r="E54" s="7" t="s">
         <v>147</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H54" s="7">
-        <v>0.0412954</v>
+        <v>0</v>
       </c>
       <c r="I54" s="7">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="J54" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
         <v>148</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
         <v>149</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>150</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G55" s="7">
-        <v>0</v>
+        <v>1.08862</v>
       </c>
       <c r="H55" s="7">
-        <v>0</v>
+        <v>0.00825908</v>
       </c>
       <c r="I55" s="7">
-        <v>1</v>
+        <v>250</v>
       </c>
       <c r="J55" s="7">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
         <v>151</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
         <v>152</v>
       </c>
       <c r="E56" s="7" t="s">
         <v>153</v>
       </c>
       <c r="F56" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G56" s="7">
-        <v>0.40823318699999</v>
+        <v>0</v>
       </c>
       <c r="H56" s="7">
-        <v>0.00086032</v>
+        <v>0</v>
       </c>
       <c r="I56" s="7">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J56" s="7">
-        <v>0</v>
+        <v>72</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
         <v>154</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
         <v>155</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>156</v>
+        <v>84</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
-        <v>0.45359242999999</v>
+        <v>1.2</v>
       </c>
       <c r="H57" s="7">
-        <v>0.00235974</v>
+        <v>0.00589934</v>
       </c>
       <c r="I57" s="7">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="E58" s="7" t="s">
         <v>158</v>
       </c>
-      <c r="E58" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
         <v>0</v>
       </c>
       <c r="H58" s="7">
         <v>0</v>
       </c>
       <c r="I58" s="7">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>162</v>
+        <v>84</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="7">
-        <v>1.08862</v>
+        <v>5</v>
       </c>
       <c r="H59" s="7">
-        <v>0.00825908</v>
+        <v>0.03539606</v>
       </c>
       <c r="I59" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J59" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="F60" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G60" s="7">
         <v>0</v>
       </c>
       <c r="H60" s="7">
         <v>0</v>
       </c>
       <c r="I60" s="7">
+        <v>1</v>
+      </c>
+      <c r="J60" s="7">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>96</v>
+        <v>166</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="7">
-        <v>1.2</v>
+        <v>2.6</v>
       </c>
       <c r="H61" s="7">
-        <v>0.00589934</v>
+        <v>0.00471947</v>
       </c>
       <c r="I61" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G62" s="7">
         <v>0</v>
       </c>
       <c r="H62" s="7">
         <v>0</v>
       </c>
       <c r="I62" s="7">
         <v>1</v>
       </c>
       <c r="J62" s="7">
-        <v>72</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>96</v>
+        <v>171</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="7">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H63" s="7">
-        <v>0.03539606</v>
+        <v>0.01638706</v>
       </c>
       <c r="I63" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J63" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="E64" s="7" t="s">
         <v>174</v>
       </c>
-      <c r="E64" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F64" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="7">
         <v>0</v>
       </c>
       <c r="H64" s="7">
         <v>0</v>
       </c>
       <c r="I64" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="J64" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G65" s="7">
-        <v>2.6</v>
+        <v>1</v>
       </c>
       <c r="H65" s="7">
-        <v>0.00471947</v>
+        <v>0.01966448</v>
       </c>
       <c r="I65" s="7">
         <v>50</v>
       </c>
       <c r="J65" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="4" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="6" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="E66" s="7" t="s">
-        <v>180</v>
+        <v>90</v>
       </c>
       <c r="F66" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G66" s="7">
         <v>0</v>
       </c>
       <c r="H66" s="7">
         <v>0</v>
       </c>
       <c r="I66" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J66" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="4" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="E67" s="7" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="7">
-        <v>1</v>
+        <v>4.3</v>
       </c>
       <c r="H67" s="7">
-        <v>0.01638706</v>
+        <v>0.0377558</v>
       </c>
       <c r="I67" s="7">
         <v>50</v>
       </c>
       <c r="J67" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="55">
       <c r="B68" s="4" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="6" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="E68" s="7" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G68" s="7">
         <v>0</v>
       </c>
       <c r="H68" s="7">
         <v>0</v>
       </c>
       <c r="I68" s="7">
         <v>1</v>
       </c>
       <c r="J68" s="7">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="55">
       <c r="B69" s="4" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="6" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="E69" s="7" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H69" s="7">
-        <v>0.01966448</v>
+        <v>0</v>
       </c>
       <c r="I69" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J69" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="55">
       <c r="B70" s="4" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="6" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="E70" s="7" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="7">
         <v>0</v>
       </c>
       <c r="H70" s="7">
         <v>0</v>
       </c>
       <c r="I70" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J70" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="55">
       <c r="B71" s="4" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="6" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="E71" s="7" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G71" s="7">
-        <v>4.3</v>
+        <v>2.6</v>
       </c>
       <c r="H71" s="7">
-        <v>0.0377558</v>
+        <v>0.02359737</v>
       </c>
       <c r="I71" s="7">
         <v>50</v>
       </c>
       <c r="J71" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="4" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="6" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="E72" s="7" t="s">
-        <v>102</v>
+        <v>193</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="7">
         <v>0</v>
       </c>
       <c r="H72" s="7">
         <v>0</v>
       </c>
       <c r="I72" s="7">
         <v>12</v>
       </c>
       <c r="J72" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="6" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="E73" s="7" t="s">
-        <v>105</v>
+        <v>171</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="7">
-        <v>0</v>
+        <v>2.6</v>
       </c>
       <c r="H73" s="7">
-        <v>0</v>
+        <v>0.02359737</v>
       </c>
       <c r="I73" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J73" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="4" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="E74" s="7" t="s">
         <v>198</v>
       </c>
-      <c r="E74" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F74" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G74" s="7">
         <v>0</v>
       </c>
       <c r="H74" s="7">
         <v>0</v>
       </c>
       <c r="I74" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J74" s="7">
-        <v>36</v>
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="4" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="E75" s="7" t="s">
         <v>201</v>
       </c>
-      <c r="E75" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F75" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="7">
-        <v>2.6</v>
+        <v>0</v>
       </c>
       <c r="H75" s="7">
-        <v>0.02359737</v>
+        <v>0</v>
       </c>
       <c r="I75" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J75" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="4" t="s">
         <v>202</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="6" t="s">
         <v>203</v>
       </c>
       <c r="E76" s="7" t="s">
-        <v>204</v>
+        <v>20</v>
       </c>
       <c r="F76" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G76" s="7">
         <v>0</v>
       </c>
       <c r="H76" s="7">
         <v>0</v>
       </c>
       <c r="I76" s="7">
+        <v>1</v>
+      </c>
+      <c r="J76" s="7">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="55">
       <c r="B77" s="4" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="E77" s="7" t="s">
         <v>206</v>
       </c>
-      <c r="E77" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F77" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G77" s="7">
-        <v>2.6</v>
+        <v>0</v>
       </c>
       <c r="H77" s="7">
-        <v>0.02359737</v>
+        <v>0</v>
       </c>
       <c r="I77" s="7">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="J77" s="7">
-        <v>0</v>
+        <v>48</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="55">
       <c r="B78" s="4" t="s">
         <v>207</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="6" t="s">
         <v>208</v>
       </c>
       <c r="E78" s="7" t="s">
-        <v>209</v>
+        <v>166</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G78" s="7">
         <v>0</v>
       </c>
       <c r="H78" s="7">
         <v>0</v>
       </c>
       <c r="I78" s="7">
         <v>12</v>
       </c>
       <c r="J78" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="55">
       <c r="B79" s="4" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="E79" s="7" t="s">
         <v>211</v>
       </c>
-      <c r="E79" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F79" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G79" s="7">
         <v>0</v>
       </c>
       <c r="H79" s="7">
         <v>0</v>
       </c>
       <c r="I79" s="7">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="J79" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="55">
       <c r="B80" s="4" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="6" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="E80" s="7" t="s">
-        <v>215</v>
+        <v>166</v>
       </c>
       <c r="F80" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G80" s="7">
         <v>0</v>
       </c>
       <c r="H80" s="7">
         <v>0</v>
       </c>
       <c r="I80" s="7">
         <v>12</v>
       </c>
       <c r="J80" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="55">
       <c r="B81" s="4" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="C81" s="6"/>
       <c r="D81" s="6" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="E81" s="7" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="F81" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G81" s="7">
         <v>0</v>
       </c>
       <c r="H81" s="7">
         <v>0</v>
       </c>
       <c r="I81" s="7">
         <v>1</v>
       </c>
       <c r="J81" s="7">
-        <v>48</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="55">
       <c r="B82" s="4" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="6" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="E82" s="7" t="s">
-        <v>20</v>
+        <v>166</v>
       </c>
       <c r="F82" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G82" s="7">
         <v>0</v>
       </c>
       <c r="H82" s="7">
         <v>0</v>
       </c>
       <c r="I82" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J82" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="55">
       <c r="B83" s="4" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="6" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="E83" s="7" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="F83" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="7">
         <v>0</v>
       </c>
       <c r="H83" s="7">
         <v>0</v>
       </c>
       <c r="I83" s="7">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="J83" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="55">
       <c r="B84" s="4" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="6" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="E84" s="7" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="F84" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G84" s="7">
         <v>0</v>
       </c>
       <c r="H84" s="7">
         <v>0</v>
       </c>
       <c r="I84" s="7">
         <v>12</v>
       </c>
       <c r="J84" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="55">
       <c r="B85" s="4" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="6" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="E85" s="7" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="F85" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G85" s="7">
         <v>0</v>
       </c>
       <c r="H85" s="7">
         <v>0</v>
       </c>
       <c r="I85" s="7">
         <v>1</v>
       </c>
       <c r="J85" s="7">
-        <v>0</v>
+        <v>48</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="55">
       <c r="B86" s="4" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="6" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="E86" s="7" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G86" s="7">
         <v>0</v>
       </c>
       <c r="H86" s="7">
         <v>0</v>
       </c>
       <c r="I86" s="7">
         <v>12</v>
       </c>
       <c r="J86" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="55">
       <c r="B87" s="4" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="6" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="E87" s="7" t="s">
-        <v>84</v>
+        <v>231</v>
       </c>
       <c r="F87" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G87" s="7">
         <v>0</v>
       </c>
       <c r="H87" s="7">
         <v>0</v>
       </c>
       <c r="I87" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J87" s="7">
-        <v>0</v>
+        <v>72</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="55">
       <c r="B88" s="4" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="E88" s="7" t="s">
         <v>234</v>
       </c>
-      <c r="E88" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F88" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G88" s="7">
         <v>0</v>
       </c>
       <c r="H88" s="7">
         <v>0</v>
       </c>
       <c r="I88" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J88" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="55">
       <c r="B89" s="4" t="s">
         <v>235</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="6" t="s">
         <v>236</v>
       </c>
       <c r="E89" s="7" t="s">
-        <v>237</v>
+        <v>98</v>
       </c>
       <c r="F89" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G89" s="7">
         <v>0</v>
       </c>
       <c r="H89" s="7">
         <v>0</v>
       </c>
       <c r="I89" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J89" s="7">
-        <v>48</v>
+        <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="55">
       <c r="B90" s="4" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="E90" s="7" t="s">
         <v>239</v>
       </c>
-      <c r="E90" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F90" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G90" s="7">
         <v>0</v>
       </c>
       <c r="H90" s="7">
         <v>0</v>
       </c>
       <c r="I90" s="7">
+        <v>1</v>
+      </c>
+      <c r="J90" s="7">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="55">
       <c r="B91" s="4" t="s">
         <v>240</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="6" t="s">
         <v>241</v>
       </c>
       <c r="E91" s="7" t="s">
         <v>242</v>
       </c>
       <c r="F91" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G91" s="7">
         <v>0</v>
       </c>
       <c r="H91" s="7">
         <v>0</v>
       </c>
       <c r="I91" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J91" s="7">
-        <v>72</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="55">
       <c r="B92" s="4" t="s">
         <v>243</v>
       </c>
       <c r="C92" s="6"/>
       <c r="D92" s="6" t="s">
         <v>244</v>
       </c>
       <c r="E92" s="7" t="s">
-        <v>24</v>
+        <v>245</v>
       </c>
       <c r="F92" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G92" s="7">
         <v>0</v>
       </c>
       <c r="H92" s="7">
         <v>0</v>
       </c>
       <c r="I92" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J92" s="7">
-        <v>0</v>
+        <v>144</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="55">
       <c r="B93" s="4" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C93" s="6"/>
       <c r="D93" s="6" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E93" s="7" t="s">
-        <v>105</v>
+        <v>248</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G93" s="7">
         <v>0</v>
       </c>
       <c r="H93" s="7">
         <v>0</v>
       </c>
       <c r="I93" s="7">
         <v>12</v>
       </c>
       <c r="J93" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="55">
       <c r="B94" s="4" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C94" s="6"/>
       <c r="D94" s="6" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="E94" s="7" t="s">
-        <v>24</v>
+        <v>251</v>
       </c>
       <c r="F94" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G94" s="7">
         <v>0</v>
       </c>
       <c r="H94" s="7">
         <v>0</v>
       </c>
       <c r="I94" s="7">
         <v>12</v>
       </c>
       <c r="J94" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="55">
       <c r="B95" s="4" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C95" s="6"/>
       <c r="D95" s="6" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="E95" s="7" t="s">
-        <v>251</v>
+        <v>98</v>
       </c>
       <c r="F95" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G95" s="7">
         <v>0</v>
       </c>
       <c r="H95" s="7">
         <v>0</v>
       </c>
       <c r="I95" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J95" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="55">
       <c r="B96" s="4" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C96" s="6"/>
       <c r="D96" s="6" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="E96" s="7" t="s">
-        <v>24</v>
+        <v>256</v>
       </c>
       <c r="F96" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G96" s="7">
         <v>0</v>
       </c>
       <c r="H96" s="7">
         <v>0</v>
       </c>
       <c r="I96" s="7">
         <v>12</v>
       </c>
       <c r="J96" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="55">
       <c r="B97" s="4" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C97" s="6"/>
       <c r="D97" s="6" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="E97" s="7" t="s">
-        <v>256</v>
+        <v>110</v>
       </c>
       <c r="F97" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G97" s="7">
         <v>0</v>
       </c>
       <c r="H97" s="7">
         <v>0</v>
       </c>
       <c r="I97" s="7">
         <v>12</v>
       </c>
       <c r="J97" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="55">
       <c r="B98" s="4" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C98" s="6"/>
       <c r="D98" s="6" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E98" s="7" t="s">
-        <v>259</v>
+        <v>110</v>
       </c>
       <c r="F98" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G98" s="7">
         <v>0</v>
       </c>
       <c r="H98" s="7">
         <v>0</v>
       </c>
       <c r="I98" s="7">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J98" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="55">
       <c r="B99" s="4" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C99" s="6"/>
       <c r="D99" s="6" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E99" s="7" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F99" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G99" s="7">
         <v>0</v>
       </c>
       <c r="H99" s="7">
         <v>0</v>
       </c>
       <c r="I99" s="7">
         <v>1</v>
       </c>
       <c r="J99" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="55">
       <c r="B100" s="4" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C100" s="6"/>
       <c r="D100" s="6" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E100" s="7" t="s">
-        <v>265</v>
+        <v>90</v>
       </c>
       <c r="F100" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G100" s="7">
         <v>0</v>
       </c>
       <c r="H100" s="7">
         <v>0</v>
       </c>
       <c r="I100" s="7">
         <v>12</v>
       </c>
       <c r="J100" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="55">
       <c r="B101" s="4" t="s">
         <v>266</v>
       </c>
       <c r="C101" s="6"/>
       <c r="D101" s="6" t="s">
         <v>267</v>
       </c>
       <c r="E101" s="7" t="s">
         <v>268</v>
       </c>
       <c r="F101" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="7">
         <v>0</v>
       </c>
       <c r="H101" s="7">
         <v>0</v>
       </c>
       <c r="I101" s="7">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="J101" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="55">
       <c r="B102" s="4" t="s">
         <v>269</v>
       </c>
       <c r="C102" s="6"/>
       <c r="D102" s="6" t="s">
         <v>270</v>
       </c>
       <c r="E102" s="7" t="s">
-        <v>105</v>
+        <v>271</v>
       </c>
       <c r="F102" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G102" s="7">
         <v>0</v>
       </c>
       <c r="H102" s="7">
         <v>0</v>
       </c>
       <c r="I102" s="7">
         <v>12</v>
       </c>
       <c r="J102" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="55">
       <c r="B103" s="4" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C103" s="6"/>
       <c r="D103" s="6" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="E103" s="7" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F103" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G103" s="7">
-        <v>0</v>
+        <v>0.362873896</v>
       </c>
       <c r="H103" s="7">
-        <v>0</v>
+        <v>0.00081935</v>
       </c>
       <c r="I103" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J103" s="7">
-        <v>0</v>
+        <v>576</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="55">
       <c r="B104" s="4" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C104" s="6"/>
       <c r="D104" s="6" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E104" s="7" t="s">
-        <v>122</v>
+        <v>277</v>
       </c>
       <c r="F104" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G104" s="7">
-        <v>0</v>
+        <v>0.34019432249999</v>
       </c>
       <c r="H104" s="7">
-        <v>0</v>
+        <v>0.00275303</v>
       </c>
       <c r="I104" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J104" s="7">
         <v>0</v>
-      </c>
-[...241 lines deleted...]
-        <v>72</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>