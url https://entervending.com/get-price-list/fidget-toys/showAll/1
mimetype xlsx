--- v3 (2025-12-23)
+++ v4 (2026-01-13)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Fidget Toys" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -238,534 +238,495 @@
   <si>
     <t>Puffer Balls Sensory Toys - Ultimate Stress Relief and Hand Therapy - Fun Display Box of 12!</t>
   </si>
   <si>
     <t>$27.45</t>
   </si>
   <si>
     <t xml:space="preserve">PA-MPSHA </t>
   </si>
   <si>
     <t>Mini Puffer Shark 1.75" 24 pcs</t>
   </si>
   <si>
     <t>$10.50</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN3B </t>
   </si>
   <si>
     <t>Squishy Cupcake Toys Collection in Bulk Bag Kids Party Favor Sensory Stress Relief</t>
   </si>
   <si>
     <t>$41.40</t>
   </si>
   <si>
-    <t xml:space="preserve">SB2167 </t>
-[...5 lines deleted...]
-    <t>$25.92</t>
+    <t xml:space="preserve">SQ1245 </t>
+  </si>
+  <si>
+    <t>Squishy Strawberry Shortcake Squeeze Toy Set - Stress Relief, Collectible, Perfect Gift Idea, Decorative Sensory Fun (Pack of 12)</t>
+  </si>
+  <si>
+    <t>$43.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FISTB </t>
+  </si>
+  <si>
+    <t>Fidget Stretchy Strings 100pcs - Ultimate Sensory Play for Stress Relief, Anxiety, and Endless Entertainment</t>
+  </si>
+  <si>
+    <t>$19.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1259 </t>
+  </si>
+  <si>
+    <t>Squeezy Gummy Bears 1.5-inch Sensory Toys for Stress Relief and Fun Collectible Companion</t>
+  </si>
+  <si>
+    <t>$432.00</t>
   </si>
   <si>
     <t xml:space="preserve">STPEB </t>
   </si>
   <si>
     <t>Stretchy Lizards Snakes Frogs Spiders Bugs | Kids Sensory Play Collectible Toys</t>
   </si>
   <si>
     <t>$12.60</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1245 </t>
-[...5 lines deleted...]
-    <t>$43.20</t>
+    <t xml:space="preserve">SQ1268 </t>
+  </si>
+  <si>
+    <t>Squishy Toy Foam Cake Stress Relief Hand Toy Squeeze</t>
+  </si>
+  <si>
+    <t>$10.80</t>
   </si>
   <si>
     <t xml:space="preserve">STBAB28 </t>
   </si>
   <si>
     <t>Splatterz Balls Sticky Squishy Toys Fun Splat Reshape Throwing Outdoor Play</t>
   </si>
   <si>
     <t>$16.20</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1259 </t>
-[...5 lines deleted...]
-    <t>$432.00</t>
+    <t xml:space="preserve">SQ1275 </t>
+  </si>
+  <si>
+    <t>Squishy Bundle: Ice Cream &amp; Popsicle Fun Pack - 12pc Tactile Toys</t>
+  </si>
+  <si>
+    <t>$27.00</t>
   </si>
   <si>
     <t xml:space="preserve">SQS3B </t>
   </si>
   <si>
     <t>Squeezie Squeees Glow-in-the-Dark Series - Mochi Animal Squishy Toys (100pcs)</t>
   </si>
   <si>
     <t>$31.50</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1268 </t>
-[...5 lines deleted...]
-    <t>$10.80</t>
+    <t xml:space="preserve">SQ1292 </t>
+  </si>
+  <si>
+    <t>Swedish Fish Scented Squishy Toy - Stress Relief Sensory Play Delight - Playful Escape Gift Pack</t>
+  </si>
+  <si>
+    <t>$118.12</t>
   </si>
   <si>
     <t xml:space="preserve">SQS2B </t>
   </si>
   <si>
     <t>Squeezie Squeees Series 2 - Enchanting Mochi Animals Collectibles (100pcs)</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1275 </t>
-[...5 lines deleted...]
-    <t>$27.00</t>
+    <t xml:space="preserve">SQ1294 </t>
+  </si>
+  <si>
+    <t>Squishy Toy Set 4in Capybara Edition in Fruit Design (12 Pieces)</t>
+  </si>
+  <si>
+    <t>$29.40</t>
   </si>
   <si>
     <t xml:space="preserve">SMSTB </t>
   </si>
   <si>
     <t>Small Sticky Hands Mix - Classic Fun Toy Pack for Kids Entertainment, Party Favors, Outdoor Play</t>
   </si>
   <si>
     <t>$11.52</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1292 </t>
-[...5 lines deleted...]
-    <t>$97.50</t>
+    <t xml:space="preserve">SQ1305 </t>
+  </si>
+  <si>
+    <t>Bazooka Nostalgic Bubblegum Scented Stress Reliever Toy Collectible 15pcs</t>
+  </si>
+  <si>
+    <t>$123.75</t>
   </si>
   <si>
     <t xml:space="preserve">MESTB </t>
   </si>
   <si>
     <t>Sticky Critters 100 Pcs - Fun Kids Toys Including Dragonflies, Caterpillars, Cobras, Alligators, Frogs for Outdoor Use!</t>
   </si>
   <si>
     <t>$13.50</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1294 </t>
-[...5 lines deleted...]
-    <t>$29.40</t>
+    <t xml:space="preserve">ST1018 </t>
+  </si>
+  <si>
+    <t>Jumbo Spring Toy for Kids - Classic Stretch, Twist &amp; Flex Fun! Durable &amp; Colorful Novelty Gift!</t>
+  </si>
+  <si>
+    <t>$151.20</t>
   </si>
   <si>
     <t xml:space="preserve">NOYOB </t>
   </si>
   <si>
     <t>Noodle Stretchy Yo-Yo Noodles - Mix Match Kids Sensory Toys by A&amp;A Global</t>
   </si>
   <si>
     <t>$13.02</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1295 </t>
-[...2 lines deleted...]
-    <t>Panda Squishy Set Stress Relief Foam Toy Pack 12 Pieces</t>
+    <t xml:space="preserve">LI0705 </t>
+  </si>
+  <si>
+    <t>Sonic Squishy Toy Blind Bag Collectible Figure Mystery</t>
+  </si>
+  <si>
+    <t>$75.00</t>
   </si>
   <si>
     <t xml:space="preserve">STEMB </t>
   </si>
   <si>
     <t>Stretchable Emoji Figures Variety Pack for Kids Playrooms and Creative Activities</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1305 </t>
-[...5 lines deleted...]
-    <t>$123.75</t>
+    <t xml:space="preserve">LI0729 </t>
+  </si>
+  <si>
+    <t>Play Doh Super Stretch Slime Toy Krackle Cloud Compound</t>
+  </si>
+  <si>
+    <t>$690.00</t>
   </si>
   <si>
     <t xml:space="preserve">STHIB </t>
   </si>
   <si>
     <t>Large Sticky Hands in Bulk Bag (100pcs) - Fun Classic Toy for Kids of All Ages</t>
   </si>
   <si>
     <t>$18.52</t>
   </si>
   <si>
-    <t xml:space="preserve">ST1018 </t>
-[...5 lines deleted...]
-    <t>$151.20</t>
+    <t xml:space="preserve">PU1200 </t>
+  </si>
+  <si>
+    <t>Unicorn Poo Putty Toy Sensory Fun Stretchy Slime Gift</t>
+  </si>
+  <si>
+    <t>$162.00</t>
   </si>
   <si>
     <t xml:space="preserve">YOYOB </t>
   </si>
   <si>
     <t>Stretchy Yo-Yo Toy with Spiny Air-Filled Balls and Glow-In-The-Dark (100 Pieces Bulk Bag)</t>
   </si>
   <si>
     <t>$22.05</t>
   </si>
   <si>
-    <t xml:space="preserve">LI0705 </t>
-[...5 lines deleted...]
-    <t>$75.00</t>
+    <t xml:space="preserve">PU1210 </t>
+  </si>
+  <si>
+    <t>Ramen Slime Noodle Toy Slime Play Squishy Toy Sensory Toy</t>
+  </si>
+  <si>
+    <t>$30.24</t>
   </si>
   <si>
     <t xml:space="preserve">ANYOB </t>
   </si>
   <si>
     <t>Animal Yo-Yo Toy Set (100pcs): Fun Stretchy Bouncy Creatures for Kids Playtime and Collectors</t>
   </si>
   <si>
     <t>$24.30</t>
   </si>
   <si>
-    <t xml:space="preserve">LI0729 </t>
-[...5 lines deleted...]
-    <t>$690.00</t>
+    <t xml:space="preserve">TY3774 </t>
+  </si>
+  <si>
+    <t>Tubular Sensory Board Rectangle Shape Activity Kit Fidget Board</t>
+  </si>
+  <si>
+    <t>$125.10</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PAMPSHA-24 </t>
   </si>
   <si>
     <t>Mini Shark Toys - Pack of 24 - 1.75 inch Puffer Toy - Stress Relief Squishi Toys, Fidget Toy in 6 Colors - Tiny Sharks Squishes for Kids - Teacher Treasure Classroom Prizes</t>
   </si>
   <si>
     <t>$12.56</t>
   </si>
   <si>
     <t xml:space="preserve">BT-PAMPALI-48 </t>
   </si>
   <si>
     <t>Alien Toys for Kids - 1.75 Inch Alien Toys for Kids - Funny Squishy Toys for Party Favors, Goody Bags, Classroom Prizes - Mini Puffer Ball - Pack of 48 - Easter Basket Stuffers</t>
   </si>
   <si>
     <t>$24.59</t>
   </si>
   <si>
-    <t xml:space="preserve">NV0184 </t>
-[...5 lines deleted...]
-    <t>$63.00</t>
+    <t xml:space="preserve">TY3775 </t>
+  </si>
+  <si>
+    <t>Sensory Board Octagon Fidget Board Activity Kit Kids Play</t>
   </si>
   <si>
     <t xml:space="preserve">LIUNCV </t>
   </si>
   <si>
     <t>Lil' Unicorns in 1.1in Capsules (250pcs) Stress Relief Adorable Squeeze Toys with Metallic Horns Cute Collectible Figures</t>
   </si>
   <si>
     <t>$53.25</t>
   </si>
   <si>
-    <t xml:space="preserve">PU1200 </t>
-[...5 lines deleted...]
-    <t>$162.00</t>
+    <t xml:space="preserve">WSTOYSCM </t>
+  </si>
+  <si>
+    <t>Tiny Toys Collectible Desk Classic Retro Miniature Figures</t>
+  </si>
+  <si>
+    <t>$213.00</t>
   </si>
   <si>
     <t xml:space="preserve">ALPAB </t>
   </si>
   <si>
     <t>100 Alpaca Squishes - Micro Critters Fluffy Animal Squishies for Stress Relief</t>
   </si>
   <si>
-    <t xml:space="preserve">PU1210 </t>
-[...5 lines deleted...]
-    <t>$30.24</t>
+    <t xml:space="preserve">YY1059 </t>
+  </si>
+  <si>
+    <t>Light Up Yoyo Spinning Toy Led Yoyo Kids Game</t>
   </si>
   <si>
     <t xml:space="preserve">AXOLB </t>
   </si>
   <si>
     <t>Axolotl Squish Toys Bulk – Collectible Squishy Animals for Stress Relief, Party Favors, Classroom Rewards, and Fidget Toys</t>
   </si>
   <si>
-    <t xml:space="preserve">TY3774 </t>
-[...5 lines deleted...]
-    <t>$125.10</t>
+    <t xml:space="preserve">LI0585 </t>
+  </si>
+  <si>
+    <t>Disney Junior Mickey Minnie Spider Man Character Head Toy</t>
+  </si>
+  <si>
+    <t>$153.90</t>
   </si>
   <si>
     <t xml:space="preserve">CCSQB </t>
   </si>
   <si>
     <t>Color Change Squooshers Sensory Stress Balls - Hidden Reveal for Fidget Fun and Tactile Play - Pack of 50</t>
   </si>
   <si>
     <t>$22.50</t>
   </si>
   <si>
-    <t xml:space="preserve">TY3775 </t>
-[...2 lines deleted...]
-    <t>Sensory Board Octagon Fidget Board Activity Kit Kids Play</t>
+    <t xml:space="preserve">NV0194 </t>
+  </si>
+  <si>
+    <t>Pinata Toys Party Game Gift Pack Surprise Mini Pull String</t>
+  </si>
+  <si>
+    <t>$72.00</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN6B </t>
   </si>
   <si>
     <t>Squishy Axolotl Toy Collection – 50pcs – Perfect for Stress Relief, Kids, Collectors, Fidgeting, Sensory Play</t>
   </si>
   <si>
     <t>$20.70</t>
   </si>
   <si>
-    <t xml:space="preserve">WSTOYSCM </t>
-[...5 lines deleted...]
-    <t>$213.00</t>
+    <t xml:space="preserve">NV2521 </t>
+  </si>
+  <si>
+    <t>Squeeze Sugar Candy Toy Silicone Display Box Stretch Pull Fun</t>
+  </si>
+  <si>
+    <t>$11.70</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN7B </t>
   </si>
   <si>
     <t>Squishy Octopus Toy Collection - Slow Rise Foam, Stress Relief, Hand Strength, Sensory Play</t>
   </si>
   <si>
-    <t xml:space="preserve">YY1059 </t>
-[...2 lines deleted...]
-    <t>Light Up Yoyo Spinning Toy Led Yoyo Kids Game</t>
+    <t xml:space="preserve">NV3037 </t>
+  </si>
+  <si>
+    <t>Lemon Squishy Toy Fidget Stress Anxiety Therapy Gift</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN8B </t>
   </si>
   <si>
     <t>Discover Squishy Bubble Tea Animal Set – 50pcs Collection, Stress Relief Slow-Rise Foam Toys, Perfect Fidget &amp; Collectible for Kids</t>
   </si>
   <si>
-    <t xml:space="preserve">LI0585 </t>
-[...5 lines deleted...]
-    <t>$153.90</t>
+    <t xml:space="preserve">NV4020 </t>
+  </si>
+  <si>
+    <t>Taba Squishy Cookie Gummy Toy Set Gift Accessory Stress Relief</t>
   </si>
   <si>
     <t xml:space="preserve">SQS5B </t>
   </si>
   <si>
     <t>Mochi Critters Series 5: Super Soft, Squishy, Adorable Toys for Kids - Individually Wrapped Collectible Figures</t>
   </si>
   <si>
-    <t xml:space="preserve">NV0194 </t>
-[...5 lines deleted...]
-    <t>$72.00</t>
+    <t xml:space="preserve">NV4021 </t>
+  </si>
+  <si>
+    <t>Taba Squishy Gummy Ice Cream Cone Surprise Gift Fun Toy</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN10B </t>
   </si>
   <si>
     <t>Ultimate Squishy Toy Bundle: 50 Animal Shapes for Stress Relief &amp; Tactile Play</t>
   </si>
   <si>
-    <t xml:space="preserve">NV2514 </t>
-[...5 lines deleted...]
-    <t>$14.03</t>
+    <t xml:space="preserve">NV4029 </t>
+  </si>
+  <si>
+    <t>Taba Squishy Gummy Donut Stress Relief Pinch Toy Gift Accessory</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN12B </t>
   </si>
   <si>
     <t>Squishy Capybara Figure Stress Relief Fidget Toy Set for Collectors and Novelty Gift Assortment</t>
   </si>
   <si>
-    <t xml:space="preserve">NV2521 </t>
-[...5 lines deleted...]
-    <t>$11.70</t>
+    <t xml:space="preserve">SQ1301 </t>
+  </si>
+  <si>
+    <t>Gaming Controller Squishy Toy Stress Relief Foam Gamepad</t>
+  </si>
+  <si>
+    <t>$17.25</t>
   </si>
   <si>
     <t xml:space="preserve">COIL135 </t>
   </si>
   <si>
     <t>Rainbow Coil Spring Classic Toy - Set of 12 for Vibrant Playtime &amp; Stress-Free Fun</t>
   </si>
   <si>
     <t>$67.50</t>
   </si>
   <si>
-    <t xml:space="preserve">NV3037 </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">HOBERMANS </t>
   </si>
   <si>
     <t>Hoberman Sphere: Expanding Interactive Toy for Kids &amp; Adults with Magical Motion</t>
   </si>
   <si>
     <t>$349.20</t>
   </si>
   <si>
-    <t xml:space="preserve">NV4020 </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">LI0616 </t>
   </si>
   <si>
     <t>Disney Toy Nightmare Before Christmas Squishy Toy Collectible Toy Blind Bag</t>
   </si>
   <si>
     <t>$231.00</t>
   </si>
   <si>
-    <t xml:space="preserve">NV4021 </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">LI0698 </t>
   </si>
   <si>
     <t>Ultimate Netflix Series Collectibles Bundle for Fans and Families</t>
   </si>
   <si>
     <t>$126.00</t>
   </si>
   <si>
-    <t xml:space="preserve">NV4023 </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">LU1035 </t>
   </si>
   <si>
     <t>Light-Up Alien Toys 12-Pack Fun Suction Creative Play Adventures</t>
   </si>
   <si>
-    <t>$19.80</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">NV1112 </t>
   </si>
   <si>
     <t>Unwind with Spider Stretch Toy - Squeeze Stress, Boost Focus, Enjoy Sensory Fun</t>
   </si>
   <si>
     <t>$342.00</t>
   </si>
   <si>
-    <t xml:space="preserve">NV4029 </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">NV2133 </t>
   </si>
   <si>
     <t>Magic Cat String for Interactive Play and Endless Feline Fun - TikTok Viral Pet Toy with Automatic Movement and Mesmerizing Motion!</t>
   </si>
   <si>
     <t>$388.80</t>
-  </si>
-[...7 lines deleted...]
-    <t>$17.25</t>
   </si>
   <si>
     <t xml:space="preserve">NV2456 </t>
   </si>
   <si>
     <t>Stretchable Banana Fidget Toy - Stress Relief &amp; Sensory Play Moldable Sand-Filled Novelty!</t>
   </si>
   <si>
     <t xml:space="preserve">NV3035 </t>
   </si>
   <si>
     <t>Squishy Brain Stress Relief Toy for Anxiety Relief and Therapeutic Sensory Play</t>
   </si>
   <si>
     <t>$76.50</t>
   </si>
   <si>
     <t xml:space="preserve">PIN2 </t>
   </si>
   <si>
     <t>Mini Rainbow Pin Art 2in 3D Impressions Interactive Art Device for Creative Expression and Stress Relief</t>
   </si>
   <si>
     <t>$54.00</t>
   </si>
@@ -963,51 +924,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc701e4ba4ba4ca819edb23659bf45e02.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4efd321ebcbc680cc2207c8026e87ff93.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7483ffd38c29a47f78c7c75dd98068b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54135.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c44315f78af492a1cc02bb8ac250de9f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_137f4ffb30d12a8fdd85b4e7512b12858.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5df6c5aeb1359301e16ed78c6ea564bd9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfdfbc53dea362dc871b2dec00c1d09910.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_01ff73023c443c517017ef5f8ad9abaa11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f643b241157cbde9bdf923448a1262c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_432d66259091594077219dcb8f29d70d13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_696d48a9cc6f737633dda66dcc7f4f3214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc28ff9aa4b96b6d29255470253865cd15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_840984d57527bcf01ebc81775a2075ff16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1351cfb517acb6aedf311d4e2456bd7b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8366d13f864d7e99000ab6e3faba630518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_302ca8ebb5bed800009b9136b0d3012619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5856ffb4ce78111f9395b3fffd21f8720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf982ce240881f85484481d07d79e70921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_585e3e6ca1e336de90cd94a40569d3d122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3cec8666f3950fdec26bf38b8df7e35923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef0eabed4ff4a122f75b86d0f9563bd225.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c52849726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_809ef36e1821035054194a6f55d04aea27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b96e9ca172bd9a0a2560ffd55eb705428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9edea7d4fa6773e8ce0dd5f8d22d18b729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8847d439331e7a93e218f95312e116b530.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3594c92f6d897627fe7563f7abbc224831.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3bbe05d36202d7872fc7e9262a883dac32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d28885677e08230f415743a0f7504d8a33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5701479aa225b7a532e3a7dd4cecf02834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebac603b8c9d899f2f1f758986e6d23035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b366c9821d7d4c4b3b2f48856efd88e36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9204a56e60c42f9ef568620605d772c937.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76ebd0ae5e429341e2a600f6b59b2d0038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b41297919deab01960b17b8c063faab939.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4386aba170c49ff62b7d127ca106f57140.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_241cc468307c0af148a87ca3e9bf212741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_890be86bbfde8e63cb6d70c32e944e6b42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1ceefd93eb7cea4faf54d0a29d6a9f6243.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239f5240bf193e3f73adbf1ef00282bc44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d689d2002c99147a82246baa5f34b8b945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_258f34a271f882832c3af8f7514c76e346.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c31ccdd8eac5c4278cd3e32b40adf27747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2279adc5ef5ff523647a294e9ab3cca48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e25796dbc4fd112948eb9af57c81fc3e49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac5ed8106a0d61aaf25e4363b2ed442b50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27ff4d9604ac2a5b40601ed00bc4b67051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04230cb9693c510dfbd944e400249bb752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12e179b5b96367d948027557c6217d0254.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a88cf5ffbd39e1c5a1b2d96b69854f8c55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_812d73adecb640c390e025af3b49594056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efa7e92669a744cef6abda7b2016441857.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439f09c324cfe7b847216ebc658ea95858.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8d3fdea5792b0b52d1c6e2155da5fd359.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f34d61745222b7a89283ffd63d29a4de60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8be1d81d05c3a879baddf2c4c91ade0f61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ad25dc8331a228f692520037e8fee51c62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1219337a4b9590ec1d3f59db9ea2500663.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4606a95c458ff40d5ee63faf89fb1d0064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da0a550f8560d8f49e27432027026f8365.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5990c42f8984ab424da93fa16749c4c566.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b1db95363528e4c38984e98c8da442d67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30eef7df7d171bef31f6bf8e68e6225268.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55acce16ef4f052513b0e15be132bf2769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27664d403832a6da2f42a4c5cda4453370.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e7b9982da826e968ef73342ebdd0f23d71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d8c70c0ac2004d00e1f24ce191926472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6eb828d5b371f7982a656e46e6b59aa73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8ca44dcb2e614473259202a81546ab1074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e3e1466eeb7244ff564166a034f6d5ad75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e782cd00b1571b51779282bbeeafbe876.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96e1fd65f7331021b10a9f6ce50c4c2177.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db920ce6cf173ccd155e22f56323a69178.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_121c0b9752f81f14e7625c308495109279.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfdb4589ff3ac1efdda83e24c8c6665880.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c4eb5ba504ceec2aedab7be45ff172181.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64a115a59bd93409bed7c808d9fcb34982.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c7c7946ec73437d07890ae9130c433d83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd292d8f11de3d1d4388ab915d28550584.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e16428f9160889a9c485d2f249e26ca85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0389f33db6421007ad056663eed31e9d86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b714109311d6baa245d231a8e60ddc8287.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_11b3999fbd0298f9dbbf79608c256de688.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef7a819b8dda278664b271c6df49ca3c89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b159a41004fa6a749f6d7c67d16917b90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_108c371d11a03618ea8744e416d10f8191.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79828d43ece825f98f67ed7e1a33aa8a92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b569f81f6aa75d6fe884baed0653c14c93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6a5d28e14aa73989669156b5c2c9413f94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0aa8922ba8bd55d702c5ccae8bb50ae795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd8395a6511a1c7d6c2a9ce5426d63df96.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc701e4ba4ba4ca819edb23659bf45e02.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4efd321ebcbc680cc2207c8026e87ff93.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a7483ffd38c29a47f78c7c75dd98068b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e400b063410d69a3d56676a713d54135.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c44315f78af492a1cc02bb8ac250de9f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8cd906359dae1ae3c7d605162ecc879c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_137f4ffb30d12a8fdd85b4e7512b12858.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5df6c5aeb1359301e16ed78c6ea564bd9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bfdfbc53dea362dc871b2dec00c1d09910.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_01ff73023c443c517017ef5f8ad9abaa11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f643b241157cbde9bdf923448a1262c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_432d66259091594077219dcb8f29d70d13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_696d48a9cc6f737633dda66dcc7f4f3214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc28ff9aa4b96b6d29255470253865cd15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_840984d57527bcf01ebc81775a2075ff16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1351cfb517acb6aedf311d4e2456bd7b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8366d13f864d7e99000ab6e3faba630518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_302ca8ebb5bed800009b9136b0d3012619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5856ffb4ce78111f9395b3fffd21f8720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3cec8666f3950fdec26bf38b8df7e35921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4bca5e6da99c6b6346d9c571a11833b322.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef0eabed4ff4a122f75b86d0f9563bd223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_585e3e6ca1e336de90cd94a40569d3d124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_809ef36e1821035054194a6f55d04aea25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc9ba9ebe8461d41a8a25b4fe81e3ad126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9edea7d4fa6773e8ce0dd5f8d22d18b727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cde185853f6b720d4af415190c52849728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3594c92f6d897627fe7563f7abbc224829.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b96e9ca172bd9a0a2560ffd55eb705430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d28885677e08230f415743a0f7504d8a31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8847d439331e7a93e218f95312e116b532.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9204a56e60c42f9ef568620605d772c933.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3bbe05d36202d7872fc7e9262a883dac34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b41297919deab01960b17b8c063faab935.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5701479aa225b7a532e3a7dd4cecf02836.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_241cc468307c0af148a87ca3e9bf212737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b366c9821d7d4c4b3b2f48856efd88e38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1ceefd93eb7cea4faf54d0a29d6a9f6239.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76ebd0ae5e429341e2a600f6b59b2d0040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2279adc5ef5ff523647a294e9ab3cca41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4386aba170c49ff62b7d127ca106f57142.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac5ed8106a0d61aaf25e4363b2ed442b43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_890be86bbfde8e63cb6d70c32e944e6b44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04230cb9693c510dfbd944e400249bb745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_239f5240bf193e3f73adbf1ef00282bc46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d689d2002c99147a82246baa5f34b8b947.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12e179b5b96367d948027557c6217d0248.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c31ccdd8eac5c4278cd3e32b40adf27749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_812d73adecb640c390e025af3b49594050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e25796dbc4fd112948eb9af57c81fc3e51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439f09c324cfe7b847216ebc658ea95852.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27ff4d9604ac2a5b40601ed00bc4b67053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f34d61745222b7a89283ffd63d29a4de54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3424e3e78a267c3fc988ba63c3e6356a55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ad25dc8331a228f692520037e8fee51c56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a88cf5ffbd39e1c5a1b2d96b69854f8c57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5990c42f8984ab424da93fa16749c4c558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efa7e92669a744cef6abda7b2016441859.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30eef7df7d171bef31f6bf8e68e6225260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8d3fdea5792b0b52d1c6e2155da5fd361.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27664d403832a6da2f42a4c5cda4453362.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8be1d81d05c3a879baddf2c4c91ade0f63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d8c70c0ac2004d00e1f24ce191926464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1219337a4b9590ec1d3f59db9ea2500665.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db920ce6cf173ccd155e22f56323a69166.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da0a550f8560d8f49e27432027026f8367.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfdb4589ff3ac1efdda83e24c8c6665868.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b1db95363528e4c38984e98c8da442d69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55acce16ef4f052513b0e15be132bf2770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e7b9982da826e968ef73342ebdd0f23d71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6eb828d5b371f7982a656e46e6b59aa72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e3e1466eeb7244ff564166a034f6d5ad73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96e1fd65f7331021b10a9f6ce50c4c2174.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_121c0b9752f81f14e7625c308495109275.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c4eb5ba504ceec2aedab7be45ff172176.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64a115a59bd93409bed7c808d9fcb34977.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c7c7946ec73437d07890ae9130c433d78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd292d8f11de3d1d4388ab915d28550579.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e16428f9160889a9c485d2f249e26ca80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0389f33db6421007ad056663eed31e9d81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b714109311d6baa245d231a8e60ddc8282.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_11b3999fbd0298f9dbbf79608c256de683.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef7a819b8dda278664b271c6df49ca3c84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b159a41004fa6a749f6d7c67d16917b85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_108c371d11a03618ea8744e416d10f8186.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79828d43ece825f98f67ed7e1a33aa8a87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b569f81f6aa75d6fe884baed0653c14c88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6a5d28e14aa73989669156b5c2c9413f89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0aa8922ba8bd55d702c5ccae8bb50ae790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd8395a6511a1c7d6c2a9ce5426d63df91.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3685,200 +3646,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>98</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="91" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
-        <a:stretch>
-[...148 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4145,54 +3956,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J104"/>
+  <dimension ref="A1:J99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J104" sqref="J104"/>
+      <selection activeCell="J99" sqref="J99"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -4765,2078 +4576,1943 @@
       <c r="J28" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
         <v>0</v>
       </c>
       <c r="H29" s="7">
         <v>0</v>
       </c>
       <c r="I29" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>76</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>78</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>0.544310844</v>
+        <v>0.8663614267</v>
       </c>
       <c r="H30" s="7">
-        <v>0.00235974</v>
+        <v>0.00663676</v>
       </c>
       <c r="I30" s="7">
         <v>100</v>
       </c>
       <c r="J30" s="7">
-        <v>6000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
         <v>79</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>80</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>81</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G31" s="7">
         <v>0</v>
       </c>
       <c r="H31" s="7">
         <v>0</v>
       </c>
       <c r="I31" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J31" s="7">
-        <v>0</v>
+        <v>144</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
         <v>83</v>
       </c>
       <c r="E32" s="7" t="s">
         <v>84</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
-        <v>0.45359237</v>
+        <v>0.544310844</v>
       </c>
       <c r="H32" s="7">
         <v>0.00235974</v>
       </c>
       <c r="I32" s="7">
         <v>100</v>
       </c>
       <c r="J32" s="7">
-        <v>2000</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
         <v>85</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>86</v>
       </c>
       <c r="E33" s="7" t="s">
         <v>87</v>
       </c>
       <c r="F33" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G33" s="7">
         <v>0</v>
       </c>
       <c r="H33" s="7">
         <v>0</v>
       </c>
       <c r="I33" s="7">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J33" s="7">
-        <v>144</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
         <v>88</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
         <v>89</v>
       </c>
       <c r="E34" s="7" t="s">
         <v>90</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="7">
-        <v>0.90718474</v>
+        <v>0.45359237</v>
       </c>
       <c r="H34" s="7">
-        <v>0.0039329</v>
+        <v>0.00235974</v>
       </c>
       <c r="I34" s="7">
         <v>100</v>
       </c>
       <c r="J34" s="7">
-        <v>1000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
         <v>91</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>93</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
         <v>0</v>
       </c>
       <c r="H35" s="7">
         <v>0</v>
       </c>
       <c r="I35" s="7">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="J35" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
         <v>94</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
         <v>0.90718474</v>
       </c>
       <c r="H36" s="7">
         <v>0.0039329</v>
       </c>
       <c r="I36" s="7">
         <v>100</v>
       </c>
       <c r="J36" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
         <v>0</v>
       </c>
       <c r="H37" s="7">
         <v>0</v>
       </c>
       <c r="I37" s="7">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="J37" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
-        <v>0.45359237</v>
+        <v>0.90718474</v>
       </c>
       <c r="H38" s="7">
-        <v>0.00235974</v>
+        <v>0.0039329</v>
       </c>
       <c r="I38" s="7">
         <v>100</v>
       </c>
       <c r="J38" s="7">
-        <v>10000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
         <v>102</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
         <v>103</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>104</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
         <v>0</v>
       </c>
       <c r="H39" s="7">
         <v>0</v>
       </c>
       <c r="I39" s="7">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="J39" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
         <v>105</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
         <v>106</v>
       </c>
       <c r="E40" s="7" t="s">
         <v>107</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="7">
-        <v>1.179340162</v>
+        <v>0.45359237</v>
       </c>
       <c r="H40" s="7">
-        <v>0.00491612</v>
+        <v>0.00235974</v>
       </c>
       <c r="I40" s="7">
         <v>100</v>
       </c>
       <c r="J40" s="7">
-        <v>4000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
         <v>108</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>110</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
         <v>0</v>
       </c>
       <c r="H41" s="7">
         <v>0</v>
       </c>
       <c r="I41" s="7">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="J41" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
         <v>111</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
         <v>112</v>
       </c>
       <c r="E42" s="7" t="s">
         <v>113</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
-        <v>0.45359237</v>
+        <v>1.179340162</v>
       </c>
       <c r="H42" s="7">
-        <v>0.00235974</v>
+        <v>0.00491612</v>
       </c>
       <c r="I42" s="7">
         <v>100</v>
       </c>
       <c r="J42" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>114</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
         <v>115</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G43" s="7">
         <v>0</v>
       </c>
       <c r="H43" s="7">
         <v>0</v>
       </c>
       <c r="I43" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J43" s="7">
-        <v>0</v>
+        <v>48</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
-        <v>0.544310844</v>
+        <v>0.45359237</v>
       </c>
       <c r="H44" s="7">
-        <v>0.00294967</v>
+        <v>0.00235974</v>
       </c>
       <c r="I44" s="7">
         <v>100</v>
       </c>
       <c r="J44" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
         <v>0</v>
       </c>
       <c r="H45" s="7">
         <v>0</v>
       </c>
       <c r="I45" s="7">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="J45" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
         <v>0.544310844</v>
       </c>
       <c r="H46" s="7">
-        <v>0.00235974</v>
+        <v>0.00294967</v>
       </c>
       <c r="I46" s="7">
         <v>100</v>
       </c>
       <c r="J46" s="7">
-        <v>1000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G47" s="7">
         <v>0</v>
       </c>
       <c r="H47" s="7">
         <v>0</v>
       </c>
       <c r="I47" s="7">
         <v>1</v>
       </c>
       <c r="J47" s="7">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
         <v>0.544310844</v>
       </c>
       <c r="H48" s="7">
         <v>0.00235974</v>
       </c>
       <c r="I48" s="7">
         <v>100</v>
       </c>
       <c r="J48" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F49" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G49" s="7">
         <v>0</v>
       </c>
       <c r="H49" s="7">
         <v>0</v>
       </c>
       <c r="I49" s="7">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="J49" s="7">
-        <v>0</v>
+        <v>72</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="7">
-        <v>4</v>
+        <v>0.544310844</v>
       </c>
       <c r="H50" s="7">
-        <v>0.0412954</v>
+        <v>0.00235974</v>
       </c>
       <c r="I50" s="7">
         <v>100</v>
       </c>
       <c r="J50" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G51" s="7">
         <v>0</v>
       </c>
       <c r="H51" s="7">
         <v>0</v>
       </c>
       <c r="I51" s="7">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="J51" s="7">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
-        <v>0.40823318699999</v>
+        <v>4</v>
       </c>
       <c r="H52" s="7">
-        <v>0.00086032</v>
+        <v>0.0412954</v>
       </c>
       <c r="I52" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J52" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F53" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G53" s="7">
-        <v>0.45359242999999</v>
+        <v>0</v>
       </c>
       <c r="H53" s="7">
-        <v>0.00235974</v>
+        <v>0</v>
       </c>
       <c r="I53" s="7">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="J53" s="7">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
-        <v>0</v>
+        <v>0.40823318699999</v>
       </c>
       <c r="H54" s="7">
-        <v>0</v>
+        <v>0.00086032</v>
       </c>
       <c r="I54" s="7">
         <v>24</v>
       </c>
       <c r="J54" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
-        <v>1.08862</v>
+        <v>0.45359242999999</v>
       </c>
       <c r="H55" s="7">
-        <v>0.00825908</v>
+        <v>0.00235974</v>
       </c>
       <c r="I55" s="7">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="J55" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G56" s="7">
         <v>0</v>
       </c>
       <c r="H56" s="7">
         <v>0</v>
       </c>
       <c r="I56" s="7">
         <v>1</v>
       </c>
       <c r="J56" s="7">
-        <v>72</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
         <v>154</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
         <v>155</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>84</v>
+        <v>156</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
-        <v>1.2</v>
+        <v>1.08862</v>
       </c>
       <c r="H57" s="7">
-        <v>0.00589934</v>
+        <v>0.00825908</v>
       </c>
       <c r="I57" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
         <v>0</v>
       </c>
       <c r="H58" s="7">
         <v>0</v>
       </c>
       <c r="I58" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="7">
-        <v>5</v>
+        <v>1.2</v>
       </c>
       <c r="H59" s="7">
-        <v>0.03539606</v>
+        <v>0.00589934</v>
       </c>
       <c r="I59" s="7">
         <v>100</v>
       </c>
       <c r="J59" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>163</v>
+        <v>96</v>
       </c>
       <c r="F60" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G60" s="7">
         <v>0</v>
       </c>
       <c r="H60" s="7">
         <v>0</v>
       </c>
       <c r="I60" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J60" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
         <v>164</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
         <v>165</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>166</v>
+        <v>90</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="7">
-        <v>2.6</v>
+        <v>5</v>
       </c>
       <c r="H61" s="7">
-        <v>0.00471947</v>
+        <v>0.03539606</v>
       </c>
       <c r="I61" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="E62" s="7" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G62" s="7">
         <v>0</v>
       </c>
       <c r="H62" s="7">
         <v>0</v>
       </c>
       <c r="I62" s="7">
         <v>1</v>
       </c>
       <c r="J62" s="7">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
         <v>169</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
         <v>170</v>
       </c>
       <c r="E63" s="7" t="s">
         <v>171</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="7">
-        <v>1</v>
+        <v>2.6</v>
       </c>
       <c r="H63" s="7">
-        <v>0.01638706</v>
+        <v>0.00471947</v>
       </c>
       <c r="I63" s="7">
         <v>50</v>
       </c>
       <c r="J63" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
         <v>172</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
         <v>173</v>
       </c>
       <c r="E64" s="7" t="s">
         <v>174</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="7">
         <v>0</v>
       </c>
       <c r="H64" s="7">
         <v>0</v>
       </c>
       <c r="I64" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J64" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
         <v>175</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
         <v>176</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G65" s="7">
         <v>1</v>
       </c>
       <c r="H65" s="7">
-        <v>0.01966448</v>
+        <v>0.01638706</v>
       </c>
       <c r="I65" s="7">
         <v>50</v>
       </c>
       <c r="J65" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="6" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E66" s="7" t="s">
-        <v>90</v>
+        <v>180</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G66" s="7">
         <v>0</v>
       </c>
       <c r="H66" s="7">
         <v>0</v>
       </c>
       <c r="I66" s="7">
         <v>12</v>
       </c>
       <c r="J66" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="4" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="E67" s="7" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="7">
-        <v>4.3</v>
+        <v>1</v>
       </c>
       <c r="H67" s="7">
-        <v>0.0377558</v>
+        <v>0.01966448</v>
       </c>
       <c r="I67" s="7">
         <v>50</v>
       </c>
       <c r="J67" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="55">
       <c r="B68" s="4" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="6" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E68" s="7" t="s">
-        <v>183</v>
+        <v>20</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G68" s="7">
         <v>0</v>
       </c>
       <c r="H68" s="7">
         <v>0</v>
       </c>
       <c r="I68" s="7">
         <v>1</v>
       </c>
       <c r="J68" s="7">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="55">
       <c r="B69" s="4" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E69" s="7" t="s">
-        <v>98</v>
+        <v>177</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="7">
-        <v>0</v>
+        <v>4.3</v>
       </c>
       <c r="H69" s="7">
-        <v>0</v>
+        <v>0.0377558</v>
       </c>
       <c r="I69" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J69" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="55">
       <c r="B70" s="4" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="6" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E70" s="7" t="s">
-        <v>188</v>
+        <v>171</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="7">
         <v>0</v>
       </c>
       <c r="H70" s="7">
         <v>0</v>
       </c>
       <c r="I70" s="7">
         <v>12</v>
       </c>
       <c r="J70" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="55">
       <c r="B71" s="4" t="s">
         <v>189</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="6" t="s">
         <v>190</v>
       </c>
       <c r="E71" s="7" t="s">
-        <v>171</v>
+        <v>93</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G71" s="7">
-        <v>2.6</v>
+        <v>0</v>
       </c>
       <c r="H71" s="7">
-        <v>0.02359737</v>
+        <v>0</v>
       </c>
       <c r="I71" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J71" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="4" t="s">
         <v>191</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="6" t="s">
         <v>192</v>
       </c>
       <c r="E72" s="7" t="s">
-        <v>193</v>
+        <v>171</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="7">
         <v>0</v>
       </c>
       <c r="H72" s="7">
         <v>0</v>
       </c>
       <c r="I72" s="7">
         <v>12</v>
       </c>
       <c r="J72" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="6" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="E73" s="7" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="7">
         <v>2.6</v>
       </c>
       <c r="H73" s="7">
         <v>0.02359737</v>
       </c>
       <c r="I73" s="7">
         <v>50</v>
       </c>
       <c r="J73" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="4" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="6" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="E74" s="7" t="s">
-        <v>198</v>
+        <v>171</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="7">
         <v>0</v>
       </c>
       <c r="H74" s="7">
         <v>0</v>
       </c>
       <c r="I74" s="7">
         <v>12</v>
       </c>
       <c r="J74" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="4" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="6" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="E75" s="7" t="s">
-        <v>201</v>
+        <v>177</v>
       </c>
       <c r="F75" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="7">
-        <v>0</v>
+        <v>2.6</v>
       </c>
       <c r="H75" s="7">
-        <v>0</v>
+        <v>0.02359737</v>
       </c>
       <c r="I75" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J75" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="4" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="6" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E76" s="7" t="s">
-        <v>20</v>
+        <v>201</v>
       </c>
       <c r="F76" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G76" s="7">
         <v>0</v>
       </c>
       <c r="H76" s="7">
         <v>0</v>
       </c>
       <c r="I76" s="7">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J76" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="55">
       <c r="B77" s="4" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="6" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="E77" s="7" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="F77" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G77" s="7">
         <v>0</v>
       </c>
       <c r="H77" s="7">
         <v>0</v>
       </c>
       <c r="I77" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J77" s="7">
-        <v>48</v>
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="55">
       <c r="B78" s="4" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="6" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="E78" s="7" t="s">
-        <v>166</v>
+        <v>207</v>
       </c>
       <c r="F78" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G78" s="7">
         <v>0</v>
       </c>
       <c r="H78" s="7">
         <v>0</v>
       </c>
       <c r="I78" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J78" s="7">
-        <v>0</v>
+        <v>48</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="55">
       <c r="B79" s="4" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="E79" s="7" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F79" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G79" s="7">
         <v>0</v>
       </c>
       <c r="H79" s="7">
         <v>0</v>
       </c>
       <c r="I79" s="7">
         <v>28</v>
       </c>
       <c r="J79" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="55">
       <c r="B80" s="4" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="E80" s="7" t="s">
         <v>213</v>
       </c>
-      <c r="E80" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F80" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G80" s="7">
         <v>0</v>
       </c>
       <c r="H80" s="7">
         <v>0</v>
       </c>
       <c r="I80" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J80" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="55">
       <c r="B81" s="4" t="s">
         <v>214</v>
       </c>
       <c r="C81" s="6"/>
       <c r="D81" s="6" t="s">
         <v>215</v>
       </c>
       <c r="E81" s="7" t="s">
-        <v>216</v>
+        <v>78</v>
       </c>
       <c r="F81" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G81" s="7">
         <v>0</v>
       </c>
       <c r="H81" s="7">
         <v>0</v>
       </c>
       <c r="I81" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J81" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="55">
       <c r="B82" s="4" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="E82" s="7" t="s">
         <v>218</v>
       </c>
-      <c r="E82" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F82" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G82" s="7">
         <v>0</v>
       </c>
       <c r="H82" s="7">
         <v>0</v>
       </c>
       <c r="I82" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J82" s="7">
-        <v>0</v>
+        <v>48</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="55">
       <c r="B83" s="4" t="s">
         <v>219</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="6" t="s">
         <v>220</v>
       </c>
       <c r="E83" s="7" t="s">
         <v>221</v>
       </c>
       <c r="F83" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G83" s="7">
         <v>0</v>
       </c>
       <c r="H83" s="7">
         <v>0</v>
       </c>
       <c r="I83" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J83" s="7">
-        <v>0</v>
+        <v>72</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="55">
       <c r="B84" s="4" t="s">
         <v>222</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="6" t="s">
         <v>223</v>
       </c>
       <c r="E84" s="7" t="s">
-        <v>166</v>
+        <v>93</v>
       </c>
       <c r="F84" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G84" s="7">
         <v>0</v>
       </c>
       <c r="H84" s="7">
         <v>0</v>
       </c>
       <c r="I84" s="7">
         <v>12</v>
       </c>
       <c r="J84" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="55">
       <c r="B85" s="4" t="s">
         <v>224</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="6" t="s">
         <v>225</v>
       </c>
       <c r="E85" s="7" t="s">
         <v>226</v>
       </c>
       <c r="F85" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G85" s="7">
         <v>0</v>
       </c>
       <c r="H85" s="7">
         <v>0</v>
       </c>
       <c r="I85" s="7">
         <v>1</v>
       </c>
       <c r="J85" s="7">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="55">
       <c r="B86" s="4" t="s">
         <v>227</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="6" t="s">
         <v>228</v>
       </c>
       <c r="E86" s="7" t="s">
-        <v>166</v>
+        <v>229</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G86" s="7">
         <v>0</v>
       </c>
       <c r="H86" s="7">
         <v>0</v>
       </c>
       <c r="I86" s="7">
         <v>12</v>
       </c>
       <c r="J86" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="55">
       <c r="B87" s="4" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="6" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E87" s="7" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F87" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G87" s="7">
         <v>0</v>
       </c>
       <c r="H87" s="7">
         <v>0</v>
       </c>
       <c r="I87" s="7">
         <v>1</v>
       </c>
       <c r="J87" s="7">
-        <v>72</v>
+        <v>144</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="55">
       <c r="B88" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="6" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E88" s="7" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G88" s="7">
         <v>0</v>
       </c>
       <c r="H88" s="7">
         <v>0</v>
       </c>
       <c r="I88" s="7">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J88" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="55">
       <c r="B89" s="4" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E89" s="7" t="s">
-        <v>98</v>
+        <v>238</v>
       </c>
       <c r="F89" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G89" s="7">
         <v>0</v>
       </c>
       <c r="H89" s="7">
         <v>0</v>
       </c>
       <c r="I89" s="7">
         <v>12</v>
       </c>
       <c r="J89" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="55">
       <c r="B90" s="4" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="6" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="E90" s="7" t="s">
-        <v>239</v>
+        <v>93</v>
       </c>
       <c r="F90" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G90" s="7">
         <v>0</v>
       </c>
       <c r="H90" s="7">
         <v>0</v>
       </c>
       <c r="I90" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J90" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="55">
       <c r="B91" s="4" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="6" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E91" s="7" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F91" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G91" s="7">
         <v>0</v>
       </c>
       <c r="H91" s="7">
         <v>0</v>
       </c>
       <c r="I91" s="7">
         <v>12</v>
       </c>
       <c r="J91" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="55">
       <c r="B92" s="4" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C92" s="6"/>
       <c r="D92" s="6" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E92" s="7" t="s">
-        <v>245</v>
+        <v>104</v>
       </c>
       <c r="F92" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G92" s="7">
         <v>0</v>
       </c>
       <c r="H92" s="7">
         <v>0</v>
       </c>
       <c r="I92" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J92" s="7">
-        <v>144</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="55">
       <c r="B93" s="4" t="s">
         <v>246</v>
       </c>
       <c r="C93" s="6"/>
       <c r="D93" s="6" t="s">
         <v>247</v>
       </c>
       <c r="E93" s="7" t="s">
-        <v>248</v>
+        <v>104</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G93" s="7">
         <v>0</v>
       </c>
       <c r="H93" s="7">
         <v>0</v>
       </c>
       <c r="I93" s="7">
         <v>12</v>
       </c>
       <c r="J93" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="55">
       <c r="B94" s="4" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="C94" s="6"/>
       <c r="D94" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="E94" s="7" t="s">
         <v>250</v>
       </c>
-      <c r="E94" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F94" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G94" s="7">
         <v>0</v>
       </c>
       <c r="H94" s="7">
         <v>0</v>
       </c>
       <c r="I94" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J94" s="7">
-        <v>0</v>
+        <v>144</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="55">
       <c r="B95" s="4" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="C95" s="6"/>
       <c r="D95" s="6" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="E95" s="7" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="F95" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G95" s="7">
         <v>0</v>
       </c>
       <c r="H95" s="7">
         <v>0</v>
       </c>
       <c r="I95" s="7">
         <v>12</v>
       </c>
       <c r="J95" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="55">
       <c r="B96" s="4" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="C96" s="6"/>
       <c r="D96" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="E96" s="7" t="s">
         <v>255</v>
       </c>
-      <c r="E96" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F96" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G96" s="7">
         <v>0</v>
       </c>
       <c r="H96" s="7">
         <v>0</v>
       </c>
       <c r="I96" s="7">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="J96" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="55">
       <c r="B97" s="4" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="C97" s="6"/>
       <c r="D97" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="E97" s="7" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F97" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G97" s="7">
         <v>0</v>
       </c>
       <c r="H97" s="7">
         <v>0</v>
       </c>
       <c r="I97" s="7">
         <v>12</v>
       </c>
       <c r="J97" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="55">
       <c r="B98" s="4" t="s">
         <v>259</v>
       </c>
       <c r="C98" s="6"/>
       <c r="D98" s="6" t="s">
         <v>260</v>
       </c>
       <c r="E98" s="7" t="s">
-        <v>110</v>
+        <v>261</v>
       </c>
       <c r="F98" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G98" s="7">
-        <v>0</v>
+        <v>0.362873896</v>
       </c>
       <c r="H98" s="7">
-        <v>0</v>
+        <v>0.00081935</v>
       </c>
       <c r="I98" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J98" s="7">
-        <v>0</v>
+        <v>576</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="55">
       <c r="B99" s="4" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C99" s="6"/>
       <c r="D99" s="6" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E99" s="7" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F99" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G99" s="7">
-        <v>0</v>
+        <v>0.34019432249999</v>
       </c>
       <c r="H99" s="7">
-        <v>0</v>
+        <v>0.00275303</v>
       </c>
       <c r="I99" s="7">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="J99" s="7">
-        <v>144</v>
-[...133 lines deleted...]
-      <c r="J104" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">