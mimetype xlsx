--- v0 (2025-10-06)
+++ v1 (2025-11-29)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Fashion &amp; Jewelry" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -82,147 +82,582 @@
   <si>
     <t>Fashion &amp; Jewelry</t>
   </si>
   <si>
     <t xml:space="preserve">463 </t>
   </si>
   <si>
     <t>Voodoo Necklaces</t>
   </si>
   <si>
     <t>$10.09</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">835 </t>
   </si>
   <si>
     <t>Letter Necklaces</t>
   </si>
   <si>
     <t>$8.18</t>
   </si>
   <si>
+    <t xml:space="preserve">GR1069 </t>
+  </si>
+  <si>
+    <t>Beauty Kit Suitcase for Kids Pretend Play with Makeup Mirror Glasses Hair Dryer</t>
+  </si>
+  <si>
+    <t>$172.80</t>
+  </si>
+  <si>
+    <t>Box</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MK0030 </t>
+  </si>
+  <si>
+    <t>Mickey Mouse Minnie Mouse Lip Balm Kids Makeup Disney</t>
+  </si>
+  <si>
+    <t>$302.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KARMB-100 </t>
+  </si>
+  <si>
+    <t>Rubber Bracelets - 100 Pcs Silicone Wristbands - Rubber Band Bracelet Party Favors for Kids - Rubber Bracelet for Kids - Silicone Wristband for Kids - Wristbands Silicone - Vending Machine Toys</t>
+  </si>
+  <si>
+    <t>$9.67</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GR1047 </t>
+  </si>
+  <si>
+    <t>Princess Jewelry Toy Crown Necklace Tiara Play Set</t>
+  </si>
+  <si>
+    <t>$141.75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Y-1603 </t>
+  </si>
+  <si>
+    <t>Crystals Stones (9 colors)</t>
+  </si>
+  <si>
+    <t>$5.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Y-1606-300 </t>
+  </si>
+  <si>
+    <t>Crystals Round (8 colors)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Y-1620G </t>
+  </si>
+  <si>
+    <t>Acrylic Diamond Rings</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Y-1626G </t>
+  </si>
+  <si>
+    <t>ACRYLIC DIAMONDS (SMALL) , ASSORTED COLORS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Y-1607PKG </t>
+  </si>
+  <si>
+    <t>ACRYLIC CUBES, ASSORTED COLORS</t>
+  </si>
+  <si>
+    <t>$7.29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GR1079 </t>
+  </si>
+  <si>
+    <t>Press On Nails Minnie Mouse Kids Nail Art Fake Nails Pack</t>
+  </si>
+  <si>
+    <t>$30.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Y-1616PKG </t>
+  </si>
+  <si>
+    <t>ACRYLIC STARS, ASSORTED COLORS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KARMB-50 </t>
+  </si>
+  <si>
+    <t>Rubber Bracelets - 50 Pcs Silicone Wristbands - Rubber Band Bracelet Party Favors for Kids - Rubber Bracelet for Kids - Silicone Wristband for Kids - Wristbands Silicone - Vending Machine Toys</t>
+  </si>
+  <si>
+    <t>$3.81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GR1080 </t>
+  </si>
+  <si>
+    <t>Nail Art Ring Design Kit Kids Stickers Beads Set Fashion Angels</t>
+  </si>
+  <si>
+    <t>$250.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WAR66B </t>
+  </si>
+  <si>
+    <t>DC Comics Logo Wristbands Bulk Bag for Superhero Fans and Collectors - Iconic Characters and Party Favors</t>
+  </si>
+  <si>
+    <t>$21.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0689 </t>
+  </si>
+  <si>
+    <t>Super Mario Figure Hangers Blind Bag Backpack Buddies Toy</t>
+  </si>
+  <si>
+    <t>$234.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAM3B </t>
+  </si>
+  <si>
+    <t>Rick and Morty Character Keychains Collection - Pickle Rick, Mr. Meeseeks, Morty, Portal, Toxic Rick</t>
+  </si>
+  <si>
+    <t>$36.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAGOB </t>
+  </si>
+  <si>
+    <t>California Gold Jewelry Collection 100 Pieces Assorted Rings and Necklaces</t>
+  </si>
+  <si>
+    <t>$12.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOD2B </t>
+  </si>
+  <si>
+    <t>Donut Charm Animal Keychain Donut Necklace Animal Collectible Novelty Keychain</t>
+  </si>
+  <si>
+    <t>$19.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0691 </t>
+  </si>
+  <si>
+    <t>Yoshi Backpack Super Mario Keychain Blind Bag Toy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JELLB </t>
+  </si>
+  <si>
+    <t>Jelly Bracelets Set - 100pcs Colorful, Smooth, Wiggly, Collectible for Kids</t>
+  </si>
+  <si>
+    <t>$9.90</t>
+  </si>
+  <si>
     <t xml:space="preserve">LI0755 </t>
   </si>
   <si>
     <t>South Park Tsunameez Blind Bag Collectible Key Accessories</t>
   </si>
   <si>
     <t>$216.00</t>
   </si>
   <si>
-    <t xml:space="preserve">KARMB-100 </t>
-[...5 lines deleted...]
-    <t>$9.67</t>
+    <t xml:space="preserve">CHARB </t>
+  </si>
+  <si>
+    <t>Charmsteen Charm Bracelets Collection (14 Designs) Butterfly Moon Key Tennis Racket Feather Silver Gold</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0776 </t>
+  </si>
+  <si>
+    <t>Mini Backpack Disney Candy Key Ring Clip Stitch Mickey</t>
+  </si>
+  <si>
+    <t>$54.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KARMB </t>
+  </si>
+  <si>
+    <t>Karma Wrist Band Set - Prosperity Luck Positive Energy Bilingual Motivational Accessory</t>
   </si>
   <si>
     <t xml:space="preserve">LI0785 </t>
   </si>
   <si>
     <t>Super Mario Bros Mario Luigi Toad Peach Plush Clip</t>
   </si>
   <si>
     <t>$117.00</t>
   </si>
   <si>
-    <t>Box</t>
-[...50 lines deleted...]
-    <t>$3.81</t>
+    <t xml:space="preserve">BISTB </t>
+  </si>
+  <si>
+    <t>Birthstone Bear Collection - 12 Unique Gem Bears Keychain Accessory</t>
+  </si>
+  <si>
+    <t>$22.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0786 </t>
+  </si>
+  <si>
+    <t>Stitch Necklace Light Up Led Toy Character Pendant Fun</t>
+  </si>
+  <si>
+    <t>$675.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WRAPB </t>
+  </si>
+  <si>
+    <t>Wrap Rings Assorted 100pcs Fashion Jewelry Finger Accessories Adjustable Unisex</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0804 </t>
+  </si>
+  <si>
+    <t>Hello Kitty Drawstring Sling Bag Backpack Gym Travel</t>
+  </si>
+  <si>
+    <t>$286.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOGOB </t>
+  </si>
+  <si>
+    <t>Bold Gold Jewelry Collection - 100 Pieces of Kids Jewelry, Skull Necklace, Lion Necklace, Anchor Necklace, Ankh Necklace, Alien Necklace</t>
+  </si>
+  <si>
+    <t>$24.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MK1030 </t>
+  </si>
+  <si>
+    <t>Makeup Set Kids Beauty Butterfly Eyeshadow Kit</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRIEB </t>
+  </si>
+  <si>
+    <t>Friendship Bracelets Bulk Bag (1000pcs) Collect &amp; Share Woven Accessories</t>
+  </si>
+  <si>
+    <t>$75.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MK1173 </t>
+  </si>
+  <si>
+    <t>Lip Scrub Shower Gel Sugar Scrub Bath Bomb Skincare Kit</t>
+  </si>
+  <si>
+    <t>$129.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLDIB </t>
+  </si>
+  <si>
+    <t>Plastic Diamonds Set for Pretend Play, Ideal for Pirates &amp; Princesses, 250pcs</t>
+  </si>
+  <si>
+    <t>$13.12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GR1084 </t>
+  </si>
+  <si>
+    <t>Kids Makeup Set Pretend Play Kit Glam Playset Clutch Bag</t>
+  </si>
+  <si>
+    <t>$179.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SON10B </t>
+  </si>
+  <si>
+    <t>Add Sonic Flair: 100pcs Modern Sonic Art Rubber Keychains Featuring Iconic Characters and Fan Favorite Collectibles</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0835 </t>
+  </si>
+  <si>
+    <t>Hello Kitty Tote Bag Sanrio Friends Reusable Shopping Bag Ice Cream</t>
+  </si>
+  <si>
+    <t>$90.00</t>
   </si>
   <si>
     <t xml:space="preserve">BT-KCPOPAN-12 </t>
   </si>
   <si>
     <t>Squeeze Animal Popping Eye Keychain 2" 12pcs</t>
   </si>
   <si>
     <t>$16.99</t>
   </si>
   <si>
+    <t xml:space="preserve">LI0836 </t>
+  </si>
+  <si>
+    <t>Hello Kitty tin purse kawaii lunchbox handle gift accessory</t>
+  </si>
+  <si>
+    <t>$342.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL0531 </t>
+  </si>
+  <si>
+    <t>Portable Audio Sunglasses with Microphone, Wireless Built-in Speakers, Hands-Free Calling and Streaming, UV Protection Outdoor Wearable</t>
+  </si>
+  <si>
+    <t>$432.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI1666 </t>
+  </si>
+  <si>
+    <t>Stitch Watch Digital Timepiece Cartoon Wristband</t>
+  </si>
+  <si>
+    <t>$562.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL3026 </t>
+  </si>
+  <si>
+    <t>Mini Blaster Boombox Necklace: Retro Wireless Speaker with FM, Bluetooth, &amp; Long Battery</t>
+  </si>
+  <si>
+    <t>$298.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI1668 </t>
+  </si>
+  <si>
+    <t>Mario Led Watch Printed Scrap Led Time Telling Luigi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL3039 </t>
+  </si>
+  <si>
+    <t>Smartwatch with Notifications, Wireless Sync, Fitness and Health Tracker</t>
+  </si>
+  <si>
+    <t>$135.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MK0031 </t>
+  </si>
+  <si>
+    <t>Minnie Mouse Lip Gloss Keychain Clip Plant Based Vegan Collectible</t>
+  </si>
+  <si>
+    <t>$345.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FL0017 </t>
+  </si>
+  <si>
+    <t>Flashing LED Pacifiers Light-Up Party Favors with AG10 Batteries for Fun Rave Events (12 Pack)</t>
+  </si>
+  <si>
+    <t>$21.78</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MK0032 </t>
+  </si>
+  <si>
+    <t>Hello Kitty Lip Balm Pack Kids Strawberry Watermelon Berry Case</t>
+  </si>
+  <si>
+    <t>$1296.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GR1039 </t>
+  </si>
+  <si>
+    <t>Princess Accessory Set: Tiara, Magic Wand, Hair Clip, Ring - Perfect Gift for Little Girls to Sparkle Like Royalty</t>
+  </si>
+  <si>
+    <t>$648.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GR1040 </t>
+  </si>
+  <si>
+    <t>Glittery Nails for Creative Play: The Ultimate Dazzle Nails Kit with Artificial Nails, Stick-On Gems, Perfect for Kids' Fashion and Fun DIY Nail Decorations!</t>
+  </si>
+  <si>
+    <t>$518.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GR1068 </t>
+  </si>
+  <si>
+    <t>DIY Beaded Jewelry Craft Kit: Creative DIY Craft Kit for Jewelry &amp; Custom Bracelets, Easy-to-Thread Vibrant Beads &amp; Creative Beaded Design Crafting</t>
+  </si>
+  <si>
+    <t>$46.65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GR1073 </t>
+  </si>
+  <si>
+    <t>Llama-themed Beauty Set for Kids with Makeup Brushes and Fun Cosmetics Collection</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GR1074 </t>
+  </si>
+  <si>
+    <t>Deluxe Princess Set: Bedazzled Shoes, Sparkling Tiara - Princess Play!</t>
+  </si>
+  <si>
+    <t>$98.55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GR1076 </t>
+  </si>
+  <si>
+    <t>Ultimate Makeup Palette Set for Creative Fashionistas - Explore Beauty, Style with Glam Accessories</t>
+  </si>
+  <si>
+    <t>$214.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JY0185 </t>
+  </si>
+  <si>
+    <t>Men's Leather Band Watch with Big Face - Your Ultimate Style Accessory and Fashion Statement, Perfect for Versatile and Classic Looks</t>
+  </si>
+  <si>
+    <t>$189.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JY0186 </t>
+  </si>
+  <si>
+    <t>Ladies Bling Leather Band Watch Collection - Elevate Your Style and Stand Out</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0736 </t>
+  </si>
+  <si>
+    <t>Disney Stitch Eyeshadow Palette for Creative Fun</t>
+  </si>
+  <si>
+    <t>$360.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0737 </t>
+  </si>
+  <si>
+    <t>Stitch's Ultimate Beauty Adventure Makeup Set - Shimmery Lip Gloss, Cheek Shimmer, Nail Polish, Vibrant Eye Shadow, Beauty Brush</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0743 </t>
+  </si>
+  <si>
+    <t>Bluey Fan's Dog Tag Necklace Set-Perfect Collectible for Young TV Show Enthusiasts-Vibrant Kids Jewelry with Metal Pendant-Themed Gift Idea</t>
+  </si>
+  <si>
+    <t>$63.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI1613 </t>
+  </si>
+  <si>
+    <t>Minecraft Dogtag Necklace Pack - Iconic Game Characters Adventure Collectible</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MMW </t>
+  </si>
+  <si>
+    <t>Men’s Watches Collection: Quartz Movement, Water-Resistant, Analog Display, Adjustable Strap, Elegant Design</t>
+  </si>
+  <si>
+    <t>$180.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WMW </t>
+  </si>
+  <si>
+    <t>Metal Watch Wrist Watch Quartz Movement Analog Display Timepiece</t>
+  </si>
+  <si>
     <t xml:space="preserve">LI0690 </t>
   </si>
   <si>
     <t>Mario Kart Backpack Hangers Blind Bag Mystery Pack Toy</t>
   </si>
   <si>
-    <t>$234.00</t>
+    <t xml:space="preserve">LI0763 </t>
+  </si>
+  <si>
+    <t>South Park Backpack Hangers Blind Bag Mystery Pack Clip</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MK1031 </t>
+  </si>
+  <si>
+    <t>Unicorn Makeup Set Kids Beauty Compact Eyeshadow Kit</t>
+  </si>
+  <si>
+    <t>$210.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MK1174 </t>
+  </si>
+  <si>
+    <t>Bath Bomb Set Diy Bath Fizz Kit Mermaid Unicorn Sugar</t>
+  </si>
+  <si>
+    <t>$151.20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -291,51 +726,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3dc683a2b14fc4286a602f5aebbd1fb82.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a5a3e5e20d58da1854cec3d9bfb7c80f3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e37dfb319eb85732a2acd66182e47e944.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca54d2d1e8edb9cc5b202392b4d8e3e95.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b5620012538615cfdb26d58f2e5516546.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbb67340de0d184a7bd60917862f1a247.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5194207646a9b7264f2ff53c1d43c2608.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a55c736df1b8dcad4cb3dfbe4235a6c9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b65f3deeeeff2815e60aa42e9fc6cf3b10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ba617ff50821c319f0e327388e6a347c11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43785ad05740686702bb3b4394c361ee12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6afd028afae30c60cfcfe22f110dcbb13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef139b809f651378cac2261f73780cb214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b0b78929e3916cb6cb2d6ca91c13bd915.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3dc683a2b14fc4286a602f5aebbd1fb82.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a5a3e5e20d58da1854cec3d9bfb7c80f3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_daaa9fdd18fa3367d8a78bc8356993784.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5ebbf521beee86a5d4ef50e814b2a0335.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca54d2d1e8edb9cc5b202392b4d8e3e96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9582065e95802310ebb6d4a2221df117.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbb67340de0d184a7bd60917862f1a248.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5194207646a9b7264f2ff53c1d43c2609.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a55c736df1b8dcad4cb3dfbe4235a6c10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b65f3deeeeff2815e60aa42e9fc6cf3b11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ba617ff50821c319f0e327388e6a347c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8ca8424a9ac1f265fbbce6a76545d2c613.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43785ad05740686702bb3b4394c361ee14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6afd028afae30c60cfcfe22f110dcbb15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80e87207f174b9d8aec73d720fcaf9dc16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5a4f1254e9e10cb1fc4bbd3ee238967717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ea4a3b65e056c43ac42f40797fa6ea4518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_015100e12b9018f9da618a4f82963d6419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb23d257aee6b1c0fbca8c07cde7afb620.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fffd6d74bbabf1e8730948b2796fa59a21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c434aa14797ef8c6f218a0a2035aa6522.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_917a060bcb9359ce7e7fbee57e4ed75623.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e37dfb319eb85732a2acd66182e47e9424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b6f3d13d1e93c83ef65c5cabdea8c3b25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_73fcd6605501aefd4f10fba03af7cbfc26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e80789a68935baa3d679ad79c8ba8afe27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b5620012538615cfdb26d58f2e55165428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc66beff681613735160f57d5e73ab5c29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6e6302ce9031350625d4650ead76b52b30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_49d4ec41dfbe0e0cb22af4c9fd24c33d31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f5139fcac85eaf0fc4f5dce07666a1d32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c2f8545c50c0bc36121279ea084bec433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b2ff7805992b28b07139ea0aabccfd134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_85c5b119db6381137d8618793cce8e0435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a336f7107f68d78630450563ece4a9b536.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53bbb25dedb35dfb1c9467ea5c1d0c9137.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e8bcf82bf45c271edede8f852eb8029438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f2dd24afca505a848d06d6a36cec9ab139.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_452795dc74b3c38c9ed5634591b1309040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef139b809f651378cac2261f73780cb241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0bf746c11af5ef56022f0b9fdd54766742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dcacdb8235ebb26607e5628e0e0ed69943.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a645b042c06a0761e9709188fef4baa44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_848e7a47a294e857c8e46af3f067b0b045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a64f55df7493f624f4bafeaa598290547.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ec30adf7ef66c44fedb30945ce18098748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f0a390f0608aee3639b1bb8e763870149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f45b375998a098ef5d6f2181b87e68f50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0f6f981fdef4bf2b68aaee8fa443639d51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3197622df5df46a7d382f23dd1806d0f52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b18220c794deb4175adb43396dad32ff53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_960d0016d7ce2d418dba49201c92235254.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6caccee017116357241274c52834b13655.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_10ca71e3d6f70b1b4b47f25c20d8361056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a3d63d49e0e4567a8a5f7a0f383419557.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_07fbe1eeeae07a5fcdb84cb24ce10b1558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6495f59bbae33291aae822af0c9c527f59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9af9d44cee08d88b56f6f32d511ab2260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_813ee4bd2046e75ab717f15af533a8a961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f4d43cd5a9c935128814c2bbbf30730f62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c57544125a6ef38b86ad514b3ded2cc963.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ad9af1a854239946242714a1ce17d0c664.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b0b78929e3916cb6cb2d6ca91c13bd965.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7eafe051ca125a461c664991e27c2b0d66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_033cfba4c76d6c6b2ce2bfa3437772aa67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f169ff61c549e5b2abe45ced630115568.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -603,83 +1038,83 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="552450"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
@@ -733,50 +1168,1640 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="523875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1043,54 +3068,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J23"/>
+  <dimension ref="A1:J76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J23" sqref="J23"/>
+      <selection activeCell="J76" sqref="J76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1195,360 +3220,1791 @@
       <c r="G11" s="7">
         <v>0.07000000000000001</v>
       </c>
       <c r="H11" s="7">
         <v>0.00051619</v>
       </c>
       <c r="I11" s="7">
         <v>100</v>
       </c>
       <c r="J11" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G12" s="7">
         <v>0</v>
       </c>
       <c r="H12" s="7">
         <v>0</v>
       </c>
       <c r="I12" s="7">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J12" s="7">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E13" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F13" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G13" s="7">
-        <v>0.24900001804093</v>
+        <v>0</v>
       </c>
       <c r="H13" s="7">
-        <v>0.00163113</v>
+        <v>0</v>
       </c>
       <c r="I13" s="7">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="J13" s="7">
-        <v>0</v>
+        <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E14" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F14" s="7" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>0</v>
+        <v>0.24900001804093</v>
       </c>
       <c r="H14" s="7">
-        <v>0</v>
+        <v>0.00163113</v>
       </c>
       <c r="I14" s="7">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="J14" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G15" s="7">
-        <v>0.29899996519225</v>
+        <v>0</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00088125</v>
+        <v>0</v>
       </c>
       <c r="I15" s="7">
-        <v>152</v>
+        <v>1</v>
       </c>
       <c r="J15" s="7">
-        <v>12160</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
         <v>0.29899996519225</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00077575</v>
+        <v>0.00088125</v>
       </c>
       <c r="I16" s="7">
-        <v>163</v>
+        <v>152</v>
       </c>
       <c r="J16" s="7">
-        <v>13040</v>
+        <v>12160</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
         <v>0.29899996519225</v>
       </c>
       <c r="H17" s="7">
-        <v>0.0009950200000000001</v>
+        <v>0.00077575</v>
       </c>
       <c r="I17" s="7">
-        <v>1</v>
+        <v>163</v>
       </c>
       <c r="J17" s="7">
-        <v>40</v>
+        <v>13040</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
         <v>0.29899996519225</v>
       </c>
       <c r="H18" s="7">
-        <v>0.00069934</v>
+        <v>0.0009950200000000001</v>
       </c>
       <c r="I18" s="7">
         <v>1</v>
       </c>
       <c r="J18" s="7">
         <v>40</v>
       </c>
     </row>
-    <row r="19" spans="1:10" customHeight="1" ht="53">
+    <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0.2993709642</v>
+        <v>0.29899996519225</v>
       </c>
       <c r="H19" s="7">
-        <v>0.00114709</v>
+        <v>0.00069934</v>
       </c>
       <c r="I19" s="7">
         <v>1</v>
       </c>
       <c r="J19" s="7">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="55">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" customHeight="1" ht="53">
       <c r="B20" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
         <v>0.2993709642</v>
       </c>
       <c r="H20" s="7">
-        <v>0.00235974</v>
+        <v>0.00114709</v>
       </c>
       <c r="I20" s="7">
         <v>1</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>0.049895167299999</v>
+        <v>0</v>
       </c>
       <c r="H21" s="7">
-        <v>0.00051563</v>
+        <v>0</v>
       </c>
       <c r="I21" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0.063502940199999</v>
+        <v>0.29899996519225</v>
       </c>
       <c r="H22" s="7">
-        <v>0.00040968</v>
+        <v>0.0009345999999999999</v>
       </c>
       <c r="I22" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>53</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>0</v>
+        <v>0.049895167299999</v>
       </c>
       <c r="H23" s="7">
-        <v>0</v>
+        <v>0.00051563</v>
       </c>
       <c r="I23" s="7">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" customHeight="1" ht="55">
+      <c r="B24" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C24" s="6"/>
+      <c r="D24" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G24" s="7">
+        <v>0</v>
+      </c>
+      <c r="H24" s="7">
+        <v>0</v>
+      </c>
+      <c r="I24" s="7">
+        <v>1</v>
+      </c>
+      <c r="J24" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" customHeight="1" ht="55">
+      <c r="B25" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="7">
+        <v>0.544310844</v>
+      </c>
+      <c r="H25" s="7">
+        <v>0.00235974</v>
+      </c>
+      <c r="I25" s="7">
+        <v>100</v>
+      </c>
+      <c r="J25" s="7">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" customHeight="1" ht="55">
+      <c r="B26" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="C26" s="6"/>
+      <c r="D26" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G26" s="7">
+        <v>0</v>
+      </c>
+      <c r="H26" s="7">
+        <v>0</v>
+      </c>
+      <c r="I26" s="7">
+        <v>24</v>
+      </c>
+      <c r="J26" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" customHeight="1" ht="55">
+      <c r="B27" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C27" s="6"/>
+      <c r="D27" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G27" s="7">
+        <v>0.544310844</v>
+      </c>
+      <c r="H27" s="7">
+        <v>0.00235974</v>
+      </c>
+      <c r="I27" s="7">
+        <v>100</v>
+      </c>
+      <c r="J27" s="7">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" customHeight="1" ht="55">
+      <c r="B28" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C28" s="6"/>
+      <c r="D28" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" s="7">
+        <v>0.3</v>
+      </c>
+      <c r="H28" s="7">
+        <v>0.00235974</v>
+      </c>
+      <c r="I28" s="7">
+        <v>100</v>
+      </c>
+      <c r="J28" s="7">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" customHeight="1" ht="55">
+      <c r="B29" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C29" s="6"/>
+      <c r="D29" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="7">
+        <v>0.544310844</v>
+      </c>
+      <c r="H29" s="7">
+        <v>0.00235974</v>
+      </c>
+      <c r="I29" s="7">
+        <v>100</v>
+      </c>
+      <c r="J29" s="7">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" customHeight="1" ht="55">
+      <c r="B30" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C30" s="6"/>
+      <c r="D30" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G30" s="7">
+        <v>0</v>
+      </c>
+      <c r="H30" s="7">
+        <v>0</v>
+      </c>
+      <c r="I30" s="7">
+        <v>24</v>
+      </c>
+      <c r="J30" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" customHeight="1" ht="55">
+      <c r="B31" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C31" s="6"/>
+      <c r="D31" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="7">
+        <v>0.45359237</v>
+      </c>
+      <c r="H31" s="7">
+        <v>0.00235974</v>
+      </c>
+      <c r="I31" s="7">
+        <v>100</v>
+      </c>
+      <c r="J31" s="7">
+        <v>6000</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" customHeight="1" ht="55">
+      <c r="B32" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C32" s="6"/>
+      <c r="D32" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="7">
+        <v>0</v>
+      </c>
+      <c r="H32" s="7">
+        <v>0</v>
+      </c>
+      <c r="I32" s="7">
+        <v>24</v>
+      </c>
+      <c r="J32" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" customHeight="1" ht="55">
+      <c r="B33" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C33" s="6"/>
+      <c r="D33" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="7">
+        <v>0.1950447191</v>
+      </c>
+      <c r="H33" s="7">
+        <v>0.00442451</v>
+      </c>
+      <c r="I33" s="7">
+        <v>100</v>
+      </c>
+      <c r="J33" s="7">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" customHeight="1" ht="55">
+      <c r="B34" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C34" s="6"/>
+      <c r="D34" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="7">
+        <v>0</v>
+      </c>
+      <c r="H34" s="7">
+        <v>0</v>
+      </c>
+      <c r="I34" s="7">
+        <v>12</v>
+      </c>
+      <c r="J34" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" customHeight="1" ht="55">
+      <c r="B35" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C35" s="6"/>
+      <c r="D35" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G35" s="7">
+        <v>0.272155422</v>
+      </c>
+      <c r="H35" s="7">
+        <v>0.00442451</v>
+      </c>
+      <c r="I35" s="7">
+        <v>100</v>
+      </c>
+      <c r="J35" s="7">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" customHeight="1" ht="55">
+      <c r="B36" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C36" s="6"/>
+      <c r="D36" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G36" s="7">
+        <v>0</v>
+      </c>
+      <c r="H36" s="7">
+        <v>0</v>
+      </c>
+      <c r="I36" s="7">
+        <v>1</v>
+      </c>
+      <c r="J36" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" customHeight="1" ht="55">
+      <c r="B37" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="C37" s="6"/>
+      <c r="D37" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="7">
+        <v>0.9979032140000001</v>
+      </c>
+      <c r="H37" s="7">
+        <v>0.00491612</v>
+      </c>
+      <c r="I37" s="7">
+        <v>100</v>
+      </c>
+      <c r="J37" s="7">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" customHeight="1" ht="55">
+      <c r="B38" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C38" s="6"/>
+      <c r="D38" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G38" s="7">
+        <v>0</v>
+      </c>
+      <c r="H38" s="7">
+        <v>0</v>
+      </c>
+      <c r="I38" s="7">
+        <v>1</v>
+      </c>
+      <c r="J38" s="7">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" customHeight="1" ht="55">
+      <c r="B39" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C39" s="6"/>
+      <c r="D39" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G39" s="7">
+        <v>0.1270058636</v>
+      </c>
+      <c r="H39" s="7">
+        <v>0.00014748</v>
+      </c>
+      <c r="I39" s="7">
+        <v>100</v>
+      </c>
+      <c r="J39" s="7">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" customHeight="1" ht="55">
+      <c r="B40" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C40" s="6"/>
+      <c r="D40" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G40" s="7">
+        <v>0</v>
+      </c>
+      <c r="H40" s="7">
+        <v>0</v>
+      </c>
+      <c r="I40" s="7">
+        <v>1</v>
+      </c>
+      <c r="J40" s="7">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" customHeight="1" ht="55">
+      <c r="B41" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C41" s="6"/>
+      <c r="D41" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G41" s="7">
+        <v>0</v>
+      </c>
+      <c r="H41" s="7">
+        <v>0</v>
+      </c>
+      <c r="I41" s="7">
+        <v>100</v>
+      </c>
+      <c r="J41" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" customHeight="1" ht="55">
+      <c r="B42" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="C42" s="6"/>
+      <c r="D42" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G42" s="7">
+        <v>0</v>
+      </c>
+      <c r="H42" s="7">
+        <v>0</v>
+      </c>
+      <c r="I42" s="7">
+        <v>1</v>
+      </c>
+      <c r="J42" s="7">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" customHeight="1" ht="55">
+      <c r="B43" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="C43" s="6"/>
+      <c r="D43" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G43" s="7">
+        <v>0</v>
+      </c>
+      <c r="H43" s="7">
+        <v>0</v>
+      </c>
+      <c r="I43" s="7">
+        <v>1000</v>
+      </c>
+      <c r="J43" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" customHeight="1" ht="55">
+      <c r="B44" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C44" s="6"/>
+      <c r="D44" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G44" s="7">
+        <v>0</v>
+      </c>
+      <c r="H44" s="7">
+        <v>0</v>
+      </c>
+      <c r="I44" s="7">
+        <v>1</v>
+      </c>
+      <c r="J44" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" customHeight="1" ht="55">
+      <c r="B45" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C45" s="6"/>
+      <c r="D45" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G45" s="7">
+        <v>0</v>
+      </c>
+      <c r="H45" s="7">
+        <v>0</v>
+      </c>
+      <c r="I45" s="7">
+        <v>250</v>
+      </c>
+      <c r="J45" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" customHeight="1" ht="55">
+      <c r="B46" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C46" s="6"/>
+      <c r="D46" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G46" s="7">
+        <v>0</v>
+      </c>
+      <c r="H46" s="7">
+        <v>0</v>
+      </c>
+      <c r="I46" s="7">
+        <v>1</v>
+      </c>
+      <c r="J46" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" customHeight="1" ht="55">
+      <c r="B47" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="C47" s="6"/>
+      <c r="D47" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G47" s="7">
+        <v>0</v>
+      </c>
+      <c r="H47" s="7">
+        <v>0</v>
+      </c>
+      <c r="I47" s="7">
+        <v>100</v>
+      </c>
+      <c r="J47" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" customHeight="1" ht="55">
+      <c r="B48" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C48" s="6"/>
+      <c r="D48" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G48" s="7">
+        <v>0</v>
+      </c>
+      <c r="H48" s="7">
+        <v>0</v>
+      </c>
+      <c r="I48" s="7">
+        <v>1</v>
+      </c>
+      <c r="J48" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" customHeight="1" ht="55">
+      <c r="B49" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="C49" s="6"/>
+      <c r="D49" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="7">
+        <v>0.063502940199999</v>
+      </c>
+      <c r="H49" s="7">
+        <v>0.00040968</v>
+      </c>
+      <c r="I49" s="7">
+        <v>12</v>
+      </c>
+      <c r="J49" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" customHeight="1" ht="55">
+      <c r="B50" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="C50" s="6"/>
+      <c r="D50" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G50" s="7">
+        <v>0</v>
+      </c>
+      <c r="H50" s="7">
+        <v>0</v>
+      </c>
+      <c r="I50" s="7">
+        <v>1</v>
+      </c>
+      <c r="J50" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" customHeight="1" ht="55">
+      <c r="B51" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C51" s="6"/>
+      <c r="D51" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G51" s="7">
+        <v>0</v>
+      </c>
+      <c r="H51" s="7">
+        <v>0</v>
+      </c>
+      <c r="I51" s="7">
+        <v>1</v>
+      </c>
+      <c r="J51" s="7">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" customHeight="1" ht="55">
+      <c r="B52" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C52" s="6"/>
+      <c r="D52" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G52" s="7">
+        <v>0</v>
+      </c>
+      <c r="H52" s="7">
+        <v>0</v>
+      </c>
+      <c r="I52" s="7">
+        <v>1</v>
+      </c>
+      <c r="J52" s="7">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" customHeight="1" ht="55">
+      <c r="B53" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C53" s="6"/>
+      <c r="D53" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G53" s="7">
+        <v>0</v>
+      </c>
+      <c r="H53" s="7">
+        <v>0</v>
+      </c>
+      <c r="I53" s="7">
+        <v>1</v>
+      </c>
+      <c r="J53" s="7">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" customHeight="1" ht="55">
+      <c r="B54" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="C54" s="6"/>
+      <c r="D54" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G54" s="7">
+        <v>0</v>
+      </c>
+      <c r="H54" s="7">
+        <v>0</v>
+      </c>
+      <c r="I54" s="7">
+        <v>1</v>
+      </c>
+      <c r="J54" s="7">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" customHeight="1" ht="55">
+      <c r="B55" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C55" s="6"/>
+      <c r="D55" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G55" s="7">
+        <v>0</v>
+      </c>
+      <c r="H55" s="7">
+        <v>0</v>
+      </c>
+      <c r="I55" s="7">
+        <v>1</v>
+      </c>
+      <c r="J55" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" customHeight="1" ht="55">
+      <c r="B56" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C56" s="6"/>
+      <c r="D56" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G56" s="7">
+        <v>0</v>
+      </c>
+      <c r="H56" s="7">
+        <v>0</v>
+      </c>
+      <c r="I56" s="7">
+        <v>1</v>
+      </c>
+      <c r="J56" s="7">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" customHeight="1" ht="55">
+      <c r="B57" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C57" s="6"/>
+      <c r="D57" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G57" s="7">
+        <v>0</v>
+      </c>
+      <c r="H57" s="7">
+        <v>0</v>
+      </c>
+      <c r="I57" s="7">
+        <v>12</v>
+      </c>
+      <c r="J57" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" customHeight="1" ht="55">
+      <c r="B58" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="C58" s="6"/>
+      <c r="D58" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>151</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G58" s="7">
+        <v>0</v>
+      </c>
+      <c r="H58" s="7">
+        <v>0</v>
+      </c>
+      <c r="I58" s="7">
+        <v>1</v>
+      </c>
+      <c r="J58" s="7">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" customHeight="1" ht="55">
+      <c r="B59" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C59" s="6"/>
+      <c r="D59" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G59" s="7">
+        <v>0</v>
+      </c>
+      <c r="H59" s="7">
+        <v>0</v>
+      </c>
+      <c r="I59" s="7">
+        <v>1</v>
+      </c>
+      <c r="J59" s="7">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" customHeight="1" ht="55">
+      <c r="B60" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="C60" s="6"/>
+      <c r="D60" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G60" s="7">
+        <v>0</v>
+      </c>
+      <c r="H60" s="7">
+        <v>0</v>
+      </c>
+      <c r="I60" s="7">
+        <v>1</v>
+      </c>
+      <c r="J60" s="7">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" customHeight="1" ht="55">
+      <c r="B61" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="C61" s="6"/>
+      <c r="D61" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G61" s="7">
+        <v>0</v>
+      </c>
+      <c r="H61" s="7">
+        <v>0</v>
+      </c>
+      <c r="I61" s="7">
+        <v>24</v>
+      </c>
+      <c r="J61" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" customHeight="1" ht="55">
+      <c r="B62" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="C62" s="6"/>
+      <c r="D62" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G62" s="7">
+        <v>0</v>
+      </c>
+      <c r="H62" s="7">
+        <v>0</v>
+      </c>
+      <c r="I62" s="7">
+        <v>1</v>
+      </c>
+      <c r="J62" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" customHeight="1" ht="55">
+      <c r="B63" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="C63" s="6"/>
+      <c r="D63" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G63" s="7">
+        <v>0</v>
+      </c>
+      <c r="H63" s="7">
+        <v>0</v>
+      </c>
+      <c r="I63" s="7">
+        <v>1</v>
+      </c>
+      <c r="J63" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" customHeight="1" ht="55">
+      <c r="B64" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="C64" s="6"/>
+      <c r="D64" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>168</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G64" s="7">
+        <v>0</v>
+      </c>
+      <c r="H64" s="7">
+        <v>0</v>
+      </c>
+      <c r="I64" s="7">
+        <v>1</v>
+      </c>
+      <c r="J64" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" customHeight="1" ht="55">
+      <c r="B65" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="C65" s="6"/>
+      <c r="D65" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G65" s="7">
+        <v>0</v>
+      </c>
+      <c r="H65" s="7">
+        <v>0</v>
+      </c>
+      <c r="I65" s="7">
+        <v>1</v>
+      </c>
+      <c r="J65" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" customHeight="1" ht="55">
+      <c r="B66" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="C66" s="6"/>
+      <c r="D66" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G66" s="7">
+        <v>0</v>
+      </c>
+      <c r="H66" s="7">
+        <v>0</v>
+      </c>
+      <c r="I66" s="7">
+        <v>1</v>
+      </c>
+      <c r="J66" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" customHeight="1" ht="55">
+      <c r="B67" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="C67" s="6"/>
+      <c r="D67" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>176</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G67" s="7">
+        <v>0</v>
+      </c>
+      <c r="H67" s="7">
+        <v>0</v>
+      </c>
+      <c r="I67" s="7">
+        <v>1</v>
+      </c>
+      <c r="J67" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" customHeight="1" ht="55">
+      <c r="B68" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="C68" s="6"/>
+      <c r="D68" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>176</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G68" s="7">
+        <v>0</v>
+      </c>
+      <c r="H68" s="7">
+        <v>0</v>
+      </c>
+      <c r="I68" s="7">
+        <v>1</v>
+      </c>
+      <c r="J68" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" customHeight="1" ht="55">
+      <c r="B69" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="C69" s="6"/>
+      <c r="D69" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>181</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G69" s="7">
+        <v>0</v>
+      </c>
+      <c r="H69" s="7">
+        <v>0</v>
+      </c>
+      <c r="I69" s="7">
+        <v>24</v>
+      </c>
+      <c r="J69" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" customHeight="1" ht="55">
+      <c r="B70" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="C70" s="6"/>
+      <c r="D70" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>181</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G70" s="7">
+        <v>0</v>
+      </c>
+      <c r="H70" s="7">
+        <v>0</v>
+      </c>
+      <c r="I70" s="7">
+        <v>24</v>
+      </c>
+      <c r="J70" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" customHeight="1" ht="55">
+      <c r="B71" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C71" s="6"/>
+      <c r="D71" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G71" s="7">
+        <v>0</v>
+      </c>
+      <c r="H71" s="7">
+        <v>0</v>
+      </c>
+      <c r="I71" s="7">
+        <v>1</v>
+      </c>
+      <c r="J71" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" customHeight="1" ht="55">
+      <c r="B72" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="C72" s="6"/>
+      <c r="D72" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G72" s="7">
+        <v>0</v>
+      </c>
+      <c r="H72" s="7">
+        <v>0</v>
+      </c>
+      <c r="I72" s="7">
+        <v>1</v>
+      </c>
+      <c r="J72" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" customHeight="1" ht="55">
+      <c r="B73" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="C73" s="6"/>
+      <c r="D73" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="E73" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F73" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G73" s="7">
+        <v>0</v>
+      </c>
+      <c r="H73" s="7">
+        <v>0</v>
+      </c>
+      <c r="I73" s="7">
+        <v>24</v>
+      </c>
+      <c r="J73" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" customHeight="1" ht="55">
+      <c r="B74" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="C74" s="6"/>
+      <c r="D74" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="E74" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="F74" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G74" s="7">
+        <v>0</v>
+      </c>
+      <c r="H74" s="7">
+        <v>0</v>
+      </c>
+      <c r="I74" s="7">
+        <v>24</v>
+      </c>
+      <c r="J74" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" customHeight="1" ht="55">
+      <c r="B75" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="C75" s="6"/>
+      <c r="D75" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="E75" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="F75" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G75" s="7">
+        <v>0</v>
+      </c>
+      <c r="H75" s="7">
+        <v>0</v>
+      </c>
+      <c r="I75" s="7">
+        <v>1</v>
+      </c>
+      <c r="J75" s="7">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" customHeight="1" ht="55">
+      <c r="B76" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="C76" s="6"/>
+      <c r="D76" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="E76" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="F76" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G76" s="7">
+        <v>0</v>
+      </c>
+      <c r="H76" s="7">
+        <v>0</v>
+      </c>
+      <c r="I76" s="7">
+        <v>1</v>
+      </c>
+      <c r="J76" s="7">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>