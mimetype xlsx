--- v1 (2025-11-29)
+++ v2 (2026-01-10)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Fashion &amp; Jewelry" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -82,305 +82,311 @@
   <si>
     <t>Fashion &amp; Jewelry</t>
   </si>
   <si>
     <t xml:space="preserve">463 </t>
   </si>
   <si>
     <t>Voodoo Necklaces</t>
   </si>
   <si>
     <t>$10.09</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">835 </t>
   </si>
   <si>
     <t>Letter Necklaces</t>
   </si>
   <si>
     <t>$8.18</t>
   </si>
   <si>
+    <t xml:space="preserve">EL3026 </t>
+  </si>
+  <si>
+    <t>Mini Blaster Wireless Boombox Bluetooth FM Radio Hip Hop Necklace</t>
+  </si>
+  <si>
+    <t>$298.50</t>
+  </si>
+  <si>
+    <t>Box</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MK0030 </t>
+  </si>
+  <si>
+    <t>Mickey Mouse Minnie Mouse Lip Balm Kids Makeup Disney</t>
+  </si>
+  <si>
+    <t>$302.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KARMB-100 </t>
+  </si>
+  <si>
+    <t>Rubber Bracelets - 100 Pcs Silicone Wristbands - Rubber Band Bracelet Party Favors for Kids - Rubber Bracelet for Kids - Silicone Wristband for Kids - Wristbands Silicone - Vending Machine Toys</t>
+  </si>
+  <si>
+    <t>$9.67</t>
+  </si>
+  <si>
     <t xml:space="preserve">GR1069 </t>
   </si>
   <si>
     <t>Beauty Kit Suitcase for Kids Pretend Play with Makeup Mirror Glasses Hair Dryer</t>
   </si>
   <si>
     <t>$172.80</t>
   </si>
   <si>
-    <t>Box</t>
-[...17 lines deleted...]
-    <t>$9.67</t>
+    <t xml:space="preserve">Y-1603 </t>
+  </si>
+  <si>
+    <t>Crystals Stones (9 colors)</t>
+  </si>
+  <si>
+    <t>$5.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Y-1606-300 </t>
+  </si>
+  <si>
+    <t>Crystals Round (8 colors)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Y-1620G </t>
+  </si>
+  <si>
+    <t>Acrylic Diamond Rings</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Y-1626G </t>
+  </si>
+  <si>
+    <t>ACRYLIC DIAMONDS (SMALL) , ASSORTED COLORS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Y-1607PKG </t>
+  </si>
+  <si>
+    <t>ACRYLIC CUBES, ASSORTED COLORS</t>
+  </si>
+  <si>
+    <t>$7.29</t>
   </si>
   <si>
     <t xml:space="preserve">GR1047 </t>
   </si>
   <si>
     <t>Princess Jewelry Toy Crown Necklace Tiara Play Set</t>
   </si>
   <si>
     <t>$141.75</t>
   </si>
   <si>
-    <t xml:space="preserve">Y-1603 </t>
-[...32 lines deleted...]
-    <t>$7.29</t>
+    <t xml:space="preserve">Y-1616PKG </t>
+  </si>
+  <si>
+    <t>ACRYLIC STARS, ASSORTED COLORS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KARMB-50 </t>
+  </si>
+  <si>
+    <t>Rubber Bracelets - 50 Pcs Silicone Wristbands - Rubber Band Bracelet Party Favors for Kids - Rubber Bracelet for Kids - Silicone Wristband for Kids - Wristbands Silicone - Vending Machine Toys</t>
+  </si>
+  <si>
+    <t>$3.81</t>
   </si>
   <si>
     <t xml:space="preserve">GR1079 </t>
   </si>
   <si>
     <t>Press On Nails Minnie Mouse Kids Nail Art Fake Nails Pack</t>
   </si>
   <si>
     <t>$30.00</t>
   </si>
   <si>
-    <t xml:space="preserve">Y-1616PKG </t>
-[...11 lines deleted...]
-    <t>$3.81</t>
+    <t xml:space="preserve">WAR66B </t>
+  </si>
+  <si>
+    <t>DC Comics Logo Wristbands Bulk Bag for Superhero Fans and Collectors - Iconic Characters and Party Favors</t>
+  </si>
+  <si>
+    <t>$21.60</t>
   </si>
   <si>
     <t xml:space="preserve">GR1080 </t>
   </si>
   <si>
     <t>Nail Art Ring Design Kit Kids Stickers Beads Set Fashion Angels</t>
   </si>
   <si>
     <t>$250.20</t>
   </si>
   <si>
-    <t xml:space="preserve">WAR66B </t>
-[...5 lines deleted...]
-    <t>$21.60</t>
+    <t xml:space="preserve">RAM3B </t>
+  </si>
+  <si>
+    <t>Rick and Morty Character Keychains Collection - Pickle Rick, Mr. Meeseeks, Morty, Portal, Toxic Rick</t>
+  </si>
+  <si>
+    <t>$36.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAGOB </t>
+  </si>
+  <si>
+    <t>California Gold Jewelry Collection 100 Pieces Assorted Rings and Necklaces</t>
+  </si>
+  <si>
+    <t>$12.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOD2B </t>
+  </si>
+  <si>
+    <t>Donut Charm Animal Keychain Donut Necklace Animal Collectible Novelty Keychain</t>
+  </si>
+  <si>
+    <t>$19.80</t>
   </si>
   <si>
     <t xml:space="preserve">LI0689 </t>
   </si>
   <si>
     <t>Super Mario Figure Hangers Blind Bag Backpack Buddies Toy</t>
   </si>
   <si>
     <t>$234.00</t>
   </si>
   <si>
-    <t xml:space="preserve">RAM3B </t>
-[...31 lines deleted...]
-  <si>
     <t xml:space="preserve">JELLB </t>
   </si>
   <si>
     <t>Jelly Bracelets Set - 100pcs Colorful, Smooth, Wiggly, Collectible for Kids</t>
   </si>
   <si>
     <t>$9.90</t>
   </si>
   <si>
-    <t xml:space="preserve">LI0755 </t>
-[...2 lines deleted...]
-    <t>South Park Tsunameez Blind Bag Collectible Key Accessories</t>
+    <t xml:space="preserve">LI0776 </t>
+  </si>
+  <si>
+    <t>Mini Backpack Disney Candy Key Ring Clip Stitch Mickey</t>
+  </si>
+  <si>
+    <t>$54.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHARB </t>
+  </si>
+  <si>
+    <t>Charmsteen Charm Bracelets Collection (14 Designs) Butterfly Moon Key Tennis Racket Feather Silver Gold</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0785 </t>
+  </si>
+  <si>
+    <t>Super Mario Bros Mario Luigi Toad Peach Plush Clip</t>
+  </si>
+  <si>
+    <t>$117.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KARMB </t>
+  </si>
+  <si>
+    <t>Karma Wrist Band Set - Prosperity Luck Positive Energy Bilingual Motivational Accessory</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0786 </t>
+  </si>
+  <si>
+    <t>Stitch Necklace Light Up Led Toy Character Pendant Fun</t>
+  </si>
+  <si>
+    <t>$675.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BISTB </t>
+  </si>
+  <si>
+    <t>Birthstone Bear Collection - 12 Unique Gem Bears Keychain Accessory</t>
+  </si>
+  <si>
+    <t>$22.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0804 </t>
+  </si>
+  <si>
+    <t>Hello Kitty Drawstring Sling Bag Backpack Gym Travel</t>
+  </si>
+  <si>
+    <t>$286.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WRAPB </t>
+  </si>
+  <si>
+    <t>Wrap Rings Assorted 100pcs Fashion Jewelry Finger Accessories Adjustable Unisex</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI1622 </t>
+  </si>
+  <si>
+    <t>Pokemon Watch Led Digital Wrist Pikachu Accessory</t>
+  </si>
+  <si>
+    <t>$562.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOGOB </t>
+  </si>
+  <si>
+    <t>Bold Gold Jewelry Collection - 100 Pieces of Kids Jewelry, Skull Necklace, Lion Necklace, Anchor Necklace, Ankh Necklace, Alien Necklace</t>
+  </si>
+  <si>
+    <t>$24.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MK1030 </t>
+  </si>
+  <si>
+    <t>Makeup Set Kids Beauty Butterfly Eyeshadow Kit</t>
   </si>
   <si>
     <t>$216.00</t>
   </si>
   <si>
-    <t xml:space="preserve">CHARB </t>
-[...76 lines deleted...]
-  <si>
     <t xml:space="preserve">FRIEB </t>
   </si>
   <si>
     <t>Friendship Bracelets Bulk Bag (1000pcs) Collect &amp; Share Woven Accessories</t>
   </si>
   <si>
     <t>$75.00</t>
   </si>
   <si>
     <t xml:space="preserve">MK1173 </t>
   </si>
   <si>
     <t>Lip Scrub Shower Gel Sugar Scrub Bath Bomb Skincare Kit</t>
   </si>
   <si>
     <t>$129.60</t>
   </si>
   <si>
     <t xml:space="preserve">PLDIB </t>
   </si>
   <si>
     <t>Plastic Diamonds Set for Pretend Play, Ideal for Pirates &amp; Princesses, 250pcs</t>
   </si>
   <si>
     <t>$13.12</t>
@@ -421,86 +427,65 @@
   <si>
     <t xml:space="preserve">LI0836 </t>
   </si>
   <si>
     <t>Hello Kitty tin purse kawaii lunchbox handle gift accessory</t>
   </si>
   <si>
     <t>$342.00</t>
   </si>
   <si>
     <t xml:space="preserve">EL0531 </t>
   </si>
   <si>
     <t>Portable Audio Sunglasses with Microphone, Wireless Built-in Speakers, Hands-Free Calling and Streaming, UV Protection Outdoor Wearable</t>
   </si>
   <si>
     <t>$432.00</t>
   </si>
   <si>
     <t xml:space="preserve">LI1666 </t>
   </si>
   <si>
     <t>Stitch Watch Digital Timepiece Cartoon Wristband</t>
   </si>
   <si>
-    <t>$562.50</t>
-[...8 lines deleted...]
-    <t>$298.50</t>
+    <t xml:space="preserve">EL3039 </t>
+  </si>
+  <si>
+    <t>Smartwatch with Notifications, Wireless Sync, Fitness and Health Tracker</t>
+  </si>
+  <si>
+    <t>$135.00</t>
   </si>
   <si>
     <t xml:space="preserve">LI1668 </t>
   </si>
   <si>
     <t>Mario Led Watch Printed Scrap Led Time Telling Luigi</t>
   </si>
   <si>
-    <t xml:space="preserve">EL3039 </t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">FL0017 </t>
   </si>
   <si>
     <t>Flashing LED Pacifiers Light-Up Party Favors with AG10 Batteries for Fun Rave Events (12 Pack)</t>
   </si>
   <si>
     <t>$21.78</t>
   </si>
   <si>
     <t xml:space="preserve">MK0032 </t>
   </si>
   <si>
     <t>Hello Kitty Lip Balm Pack Kids Strawberry Watermelon Berry Case</t>
   </si>
   <si>
     <t>$1296.00</t>
   </si>
   <si>
     <t xml:space="preserve">GR1039 </t>
   </si>
   <si>
     <t>Princess Accessory Set: Tiara, Magic Wand, Hair Clip, Ring - Perfect Gift for Little Girls to Sparkle Like Royalty</t>
   </si>
   <si>
     <t>$648.00</t>
@@ -604,51 +589,51 @@
   <si>
     <t xml:space="preserve">WMW </t>
   </si>
   <si>
     <t>Metal Watch Wrist Watch Quartz Movement Analog Display Timepiece</t>
   </si>
   <si>
     <t xml:space="preserve">LI0690 </t>
   </si>
   <si>
     <t>Mario Kart Backpack Hangers Blind Bag Mystery Pack Toy</t>
   </si>
   <si>
     <t xml:space="preserve">LI0763 </t>
   </si>
   <si>
     <t>South Park Backpack Hangers Blind Bag Mystery Pack Clip</t>
   </si>
   <si>
     <t xml:space="preserve">MK1031 </t>
   </si>
   <si>
     <t>Unicorn Makeup Set Kids Beauty Compact Eyeshadow Kit</t>
   </si>
   <si>
-    <t>$210.60</t>
+    <t>$324.00</t>
   </si>
   <si>
     <t xml:space="preserve">MK1174 </t>
   </si>
   <si>
     <t>Bath Bomb Set Diy Bath Fizz Kit Mermaid Unicorn Sugar</t>
   </si>
   <si>
     <t>$151.20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -726,51 +711,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3dc683a2b14fc4286a602f5aebbd1fb82.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a5a3e5e20d58da1854cec3d9bfb7c80f3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_daaa9fdd18fa3367d8a78bc8356993784.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5ebbf521beee86a5d4ef50e814b2a0335.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca54d2d1e8edb9cc5b202392b4d8e3e96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9582065e95802310ebb6d4a2221df117.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbb67340de0d184a7bd60917862f1a248.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5194207646a9b7264f2ff53c1d43c2609.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a55c736df1b8dcad4cb3dfbe4235a6c10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b65f3deeeeff2815e60aa42e9fc6cf3b11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ba617ff50821c319f0e327388e6a347c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8ca8424a9ac1f265fbbce6a76545d2c613.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43785ad05740686702bb3b4394c361ee14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6afd028afae30c60cfcfe22f110dcbb15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80e87207f174b9d8aec73d720fcaf9dc16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5a4f1254e9e10cb1fc4bbd3ee238967717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ea4a3b65e056c43ac42f40797fa6ea4518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_015100e12b9018f9da618a4f82963d6419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb23d257aee6b1c0fbca8c07cde7afb620.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fffd6d74bbabf1e8730948b2796fa59a21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c434aa14797ef8c6f218a0a2035aa6522.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_917a060bcb9359ce7e7fbee57e4ed75623.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e37dfb319eb85732a2acd66182e47e9424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b6f3d13d1e93c83ef65c5cabdea8c3b25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_73fcd6605501aefd4f10fba03af7cbfc26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e80789a68935baa3d679ad79c8ba8afe27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b5620012538615cfdb26d58f2e55165428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc66beff681613735160f57d5e73ab5c29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6e6302ce9031350625d4650ead76b52b30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_49d4ec41dfbe0e0cb22af4c9fd24c33d31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f5139fcac85eaf0fc4f5dce07666a1d32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c2f8545c50c0bc36121279ea084bec433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b2ff7805992b28b07139ea0aabccfd134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_85c5b119db6381137d8618793cce8e0435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a336f7107f68d78630450563ece4a9b536.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53bbb25dedb35dfb1c9467ea5c1d0c9137.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e8bcf82bf45c271edede8f852eb8029438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f2dd24afca505a848d06d6a36cec9ab139.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_452795dc74b3c38c9ed5634591b1309040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef139b809f651378cac2261f73780cb241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0bf746c11af5ef56022f0b9fdd54766742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dcacdb8235ebb26607e5628e0e0ed69943.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a645b042c06a0761e9709188fef4baa44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_848e7a47a294e857c8e46af3f067b0b045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a64f55df7493f624f4bafeaa598290547.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ec30adf7ef66c44fedb30945ce18098748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f0a390f0608aee3639b1bb8e763870149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f45b375998a098ef5d6f2181b87e68f50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0f6f981fdef4bf2b68aaee8fa443639d51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3197622df5df46a7d382f23dd1806d0f52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b18220c794deb4175adb43396dad32ff53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_960d0016d7ce2d418dba49201c92235254.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6caccee017116357241274c52834b13655.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_10ca71e3d6f70b1b4b47f25c20d8361056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a3d63d49e0e4567a8a5f7a0f383419557.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_07fbe1eeeae07a5fcdb84cb24ce10b1558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6495f59bbae33291aae822af0c9c527f59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9af9d44cee08d88b56f6f32d511ab2260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_813ee4bd2046e75ab717f15af533a8a961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f4d43cd5a9c935128814c2bbbf30730f62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c57544125a6ef38b86ad514b3ded2cc963.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ad9af1a854239946242714a1ce17d0c664.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b0b78929e3916cb6cb2d6ca91c13bd965.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7eafe051ca125a461c664991e27c2b0d66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_033cfba4c76d6c6b2ce2bfa3437772aa67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f169ff61c549e5b2abe45ced630115568.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3dc683a2b14fc4286a602f5aebbd1fb82.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a5a3e5e20d58da1854cec3d9bfb7c80f3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_848e7a47a294e857c8e46af3f067b0b04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5ebbf521beee86a5d4ef50e814b2a0335.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca54d2d1e8edb9cc5b202392b4d8e3e96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_daaa9fdd18fa3367d8a78bc8356993787.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbb67340de0d184a7bd60917862f1a248.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5194207646a9b7264f2ff53c1d43c2609.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a55c736df1b8dcad4cb3dfbe4235a6c10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b65f3deeeeff2815e60aa42e9fc6cf3b11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ba617ff50821c319f0e327388e6a347c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9582065e95802310ebb6d4a2221df1113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43785ad05740686702bb3b4394c361ee14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6afd028afae30c60cfcfe22f110dcbb15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8ca8424a9ac1f265fbbce6a76545d2c616.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5a4f1254e9e10cb1fc4bbd3ee238967717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80e87207f174b9d8aec73d720fcaf9dc18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_015100e12b9018f9da618a4f82963d6419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb23d257aee6b1c0fbca8c07cde7afb620.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fffd6d74bbabf1e8730948b2796fa59a21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ea4a3b65e056c43ac42f40797fa6ea4522.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_917a060bcb9359ce7e7fbee57e4ed75623.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_73fcd6605501aefd4f10fba03af7cbfc24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b6f3d13d1e93c83ef65c5cabdea8c3b25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b5620012538615cfdb26d58f2e55165426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e80789a68935baa3d679ad79c8ba8afe27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6e6302ce9031350625d4650ead76b52b28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc66beff681613735160f57d5e73ab5c29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f5139fcac85eaf0fc4f5dce07666a1d30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_49d4ec41dfbe0e0cb22af4c9fd24c33d31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d694d2a87ca10e85b8d591b1ca3733c332.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c2f8545c50c0bc36121279ea084bec433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b2ff7805992b28b07139ea0aabccfd134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_85c5b119db6381137d8618793cce8e0435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a336f7107f68d78630450563ece4a9b536.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53bbb25dedb35dfb1c9467ea5c1d0c9137.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e8bcf82bf45c271edede8f852eb8029438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f2dd24afca505a848d06d6a36cec9ab139.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_452795dc74b3c38c9ed5634591b1309040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef139b809f651378cac2261f73780cb241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0bf746c11af5ef56022f0b9fdd54766742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dcacdb8235ebb26607e5628e0e0ed69943.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a645b042c06a0761e9709188fef4baa44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a64f55df7493f624f4bafeaa598290545.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f0a390f0608aee3639b1bb8e763870147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f45b375998a098ef5d6f2181b87e68f48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0f6f981fdef4bf2b68aaee8fa443639d49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3197622df5df46a7d382f23dd1806d0f50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b18220c794deb4175adb43396dad32ff51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_960d0016d7ce2d418dba49201c92235252.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6caccee017116357241274c52834b13653.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_10ca71e3d6f70b1b4b47f25c20d8361054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a3d63d49e0e4567a8a5f7a0f383419555.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_07fbe1eeeae07a5fcdb84cb24ce10b1556.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6495f59bbae33291aae822af0c9c527f57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9af9d44cee08d88b56f6f32d511ab2258.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_813ee4bd2046e75ab717f15af533a8a959.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f4d43cd5a9c935128814c2bbbf30730f60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c57544125a6ef38b86ad514b3ded2cc961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ad9af1a854239946242714a1ce17d0c662.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b0b78929e3916cb6cb2d6ca91c13bd963.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7eafe051ca125a461c664991e27c2b0d64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_033cfba4c76d6c6b2ce2bfa3437772aa65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f169ff61c549e5b2abe45ced630115566.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2698,110 +2683,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>73</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3068,54 +2993,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J76"/>
+  <dimension ref="A1:J74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J76" sqref="J76"/>
+      <selection activeCell="J74" sqref="J74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -3232,51 +3157,51 @@
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="7">
         <v>0</v>
       </c>
       <c r="H12" s="7">
         <v>0</v>
       </c>
       <c r="I12" s="7">
         <v>1</v>
       </c>
       <c r="J12" s="7">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="7">
         <v>0</v>
       </c>
       <c r="H13" s="7">
         <v>0</v>
       </c>
       <c r="I13" s="7">
         <v>1</v>
       </c>
@@ -3313,51 +3238,51 @@
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="7">
         <v>0</v>
       </c>
       <c r="H15" s="7">
         <v>0</v>
       </c>
       <c r="I15" s="7">
         <v>1</v>
       </c>
       <c r="J15" s="7">
-        <v>42</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>36</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
         <v>0.29899996519225</v>
       </c>
       <c r="H16" s="7">
         <v>0.00088125</v>
       </c>
       <c r="I16" s="7">
         <v>152</v>
       </c>
@@ -3463,63 +3388,63 @@
       <c r="G20" s="7">
         <v>0.2993709642</v>
       </c>
       <c r="H20" s="7">
         <v>0.00114709</v>
       </c>
       <c r="I20" s="7">
         <v>1</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>48</v>
       </c>
       <c r="F21" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G21" s="7">
         <v>0</v>
       </c>
       <c r="H21" s="7">
         <v>0</v>
       </c>
       <c r="I21" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J21" s="7">
-        <v>0</v>
+        <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
         <v>0.29899996519225</v>
       </c>
       <c r="H22" s="7">
         <v>0.0009345999999999999</v>
       </c>
       <c r="I22" s="7">
         <v>1</v>
       </c>
@@ -3544,117 +3469,117 @@
       <c r="G23" s="7">
         <v>0.049895167299999</v>
       </c>
       <c r="H23" s="7">
         <v>0.00051563</v>
       </c>
       <c r="I23" s="7">
         <v>50</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>56</v>
       </c>
       <c r="F24" s="7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G24" s="7">
         <v>0</v>
       </c>
       <c r="H24" s="7">
         <v>0</v>
       </c>
       <c r="I24" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J24" s="7">
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
         <v>0.544310844</v>
       </c>
       <c r="H25" s="7">
         <v>0.00235974</v>
       </c>
       <c r="I25" s="7">
         <v>100</v>
       </c>
       <c r="J25" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>62</v>
       </c>
       <c r="F26" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G26" s="7">
         <v>0</v>
       </c>
       <c r="H26" s="7">
         <v>0</v>
       </c>
       <c r="I26" s="7">
+        <v>1</v>
+      </c>
+      <c r="J26" s="7">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>65</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
         <v>0.544310844</v>
       </c>
       <c r="H27" s="7">
         <v>0.00235974</v>
       </c>
       <c r="I27" s="7">
         <v>100</v>
       </c>
@@ -3703,969 +3628,969 @@
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
         <v>0.544310844</v>
       </c>
       <c r="H29" s="7">
         <v>0.00235974</v>
       </c>
       <c r="I29" s="7">
         <v>100</v>
       </c>
       <c r="J29" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>72</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
         <v>0</v>
       </c>
       <c r="H30" s="7">
         <v>0</v>
       </c>
       <c r="I30" s="7">
         <v>24</v>
       </c>
       <c r="J30" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
         <v>0.45359237</v>
       </c>
       <c r="H31" s="7">
         <v>0.00235974</v>
       </c>
       <c r="I31" s="7">
         <v>100</v>
       </c>
       <c r="J31" s="7">
         <v>6000</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
         <v>0</v>
       </c>
       <c r="H32" s="7">
         <v>0</v>
       </c>
       <c r="I32" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J32" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E33" s="7" t="s">
         <v>68</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="7">
         <v>0.1950447191</v>
       </c>
       <c r="H33" s="7">
         <v>0.00442451</v>
       </c>
       <c r="I33" s="7">
         <v>100</v>
       </c>
       <c r="J33" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F34" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G34" s="7">
         <v>0</v>
       </c>
       <c r="H34" s="7">
         <v>0</v>
       </c>
       <c r="I34" s="7">
+        <v>1</v>
+      </c>
+      <c r="J34" s="7">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>68</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
         <v>0.272155422</v>
       </c>
       <c r="H35" s="7">
         <v>0.00442451</v>
       </c>
       <c r="I35" s="7">
         <v>100</v>
       </c>
       <c r="J35" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G36" s="7">
         <v>0</v>
       </c>
       <c r="H36" s="7">
         <v>0</v>
       </c>
       <c r="I36" s="7">
         <v>1</v>
       </c>
       <c r="J36" s="7">
-        <v>12</v>
+        <v>72</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
         <v>0.9979032140000001</v>
       </c>
       <c r="H37" s="7">
         <v>0.00491612</v>
       </c>
       <c r="I37" s="7">
         <v>100</v>
       </c>
       <c r="J37" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G38" s="7">
         <v>0</v>
       </c>
       <c r="H38" s="7">
         <v>0</v>
       </c>
       <c r="I38" s="7">
         <v>1</v>
       </c>
       <c r="J38" s="7">
         <v>72</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>68</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
         <v>0.1270058636</v>
       </c>
       <c r="H39" s="7">
         <v>0.00014748</v>
       </c>
       <c r="I39" s="7">
         <v>100</v>
       </c>
       <c r="J39" s="7">
         <v>4000</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G40" s="7">
         <v>0</v>
       </c>
       <c r="H40" s="7">
         <v>0</v>
       </c>
       <c r="I40" s="7">
         <v>1</v>
       </c>
       <c r="J40" s="7">
-        <v>72</v>
+        <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
         <v>0</v>
       </c>
       <c r="H41" s="7">
         <v>0</v>
       </c>
       <c r="I41" s="7">
         <v>100</v>
       </c>
       <c r="J41" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G42" s="7">
         <v>0</v>
       </c>
       <c r="H42" s="7">
         <v>0</v>
       </c>
       <c r="I42" s="7">
         <v>1</v>
       </c>
       <c r="J42" s="7">
         <v>72</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
         <v>0</v>
       </c>
       <c r="H43" s="7">
         <v>0</v>
       </c>
       <c r="I43" s="7">
         <v>1000</v>
       </c>
       <c r="J43" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G44" s="7">
         <v>0</v>
       </c>
       <c r="H44" s="7">
         <v>0</v>
       </c>
       <c r="I44" s="7">
         <v>1</v>
       </c>
       <c r="J44" s="7">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
         <v>0</v>
       </c>
       <c r="H45" s="7">
         <v>0</v>
       </c>
       <c r="I45" s="7">
         <v>250</v>
       </c>
       <c r="J45" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G46" s="7">
         <v>0</v>
       </c>
       <c r="H46" s="7">
         <v>0</v>
       </c>
       <c r="I46" s="7">
         <v>1</v>
       </c>
       <c r="J46" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>65</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
         <v>0</v>
       </c>
       <c r="H47" s="7">
         <v>0</v>
       </c>
       <c r="I47" s="7">
         <v>100</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G48" s="7">
         <v>0</v>
       </c>
       <c r="H48" s="7">
         <v>0</v>
       </c>
       <c r="I48" s="7">
         <v>1</v>
       </c>
       <c r="J48" s="7">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
         <v>0.063502940199999</v>
       </c>
       <c r="H49" s="7">
         <v>0.00040968</v>
       </c>
       <c r="I49" s="7">
         <v>12</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G50" s="7">
         <v>0</v>
       </c>
       <c r="H50" s="7">
         <v>0</v>
       </c>
       <c r="I50" s="7">
         <v>1</v>
       </c>
       <c r="J50" s="7">
         <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G51" s="7">
         <v>0</v>
       </c>
       <c r="H51" s="7">
         <v>0</v>
       </c>
       <c r="I51" s="7">
         <v>1</v>
       </c>
       <c r="J51" s="7">
         <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>134</v>
+        <v>101</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G52" s="7">
         <v>0</v>
       </c>
       <c r="H52" s="7">
         <v>0</v>
       </c>
       <c r="I52" s="7">
         <v>1</v>
       </c>
       <c r="J52" s="7">
         <v>50</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G53" s="7">
         <v>0</v>
       </c>
       <c r="H53" s="7">
         <v>0</v>
       </c>
       <c r="I53" s="7">
         <v>1</v>
       </c>
       <c r="J53" s="7">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>134</v>
+        <v>101</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G54" s="7">
         <v>0</v>
       </c>
       <c r="H54" s="7">
         <v>0</v>
       </c>
       <c r="I54" s="7">
         <v>1</v>
       </c>
       <c r="J54" s="7">
         <v>50</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G55" s="7">
         <v>0</v>
       </c>
       <c r="H55" s="7">
         <v>0</v>
       </c>
       <c r="I55" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J55" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G56" s="7">
         <v>0</v>
       </c>
       <c r="H56" s="7">
         <v>0</v>
       </c>
       <c r="I56" s="7">
         <v>1</v>
       </c>
       <c r="J56" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F57" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G57" s="7">
         <v>0</v>
       </c>
       <c r="H57" s="7">
         <v>0</v>
       </c>
       <c r="I57" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J57" s="7">
-        <v>0</v>
+        <v>144</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G58" s="7">
         <v>0</v>
       </c>
       <c r="H58" s="7">
         <v>0</v>
       </c>
       <c r="I58" s="7">
         <v>1</v>
       </c>
       <c r="J58" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F59" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G59" s="7">
+        <v>0</v>
+      </c>
+      <c r="H59" s="7">
+        <v>0</v>
+      </c>
+      <c r="I59" s="7">
         <v>24</v>
       </c>
-      <c r="G59" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="J59" s="7">
-        <v>144</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>157</v>
+        <v>119</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G60" s="7">
         <v>0</v>
       </c>
       <c r="H60" s="7">
         <v>0</v>
       </c>
       <c r="I60" s="7">
         <v>1</v>
       </c>
       <c r="J60" s="7">
-        <v>144</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
         <v>158</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
         <v>159</v>
       </c>
       <c r="E61" s="7" t="s">
         <v>160</v>
       </c>
       <c r="F61" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G61" s="7">
         <v>0</v>
       </c>
       <c r="H61" s="7">
         <v>0</v>
       </c>
       <c r="I61" s="7">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J61" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
         <v>161</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
         <v>162</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>117</v>
+        <v>163</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G62" s="7">
         <v>0</v>
       </c>
       <c r="H62" s="7">
         <v>0</v>
       </c>
       <c r="I62" s="7">
         <v>1</v>
       </c>
       <c r="J62" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G63" s="7">
         <v>0</v>
       </c>
       <c r="H63" s="7">
         <v>0</v>
       </c>
       <c r="I63" s="7">
         <v>1</v>
       </c>
       <c r="J63" s="7">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G64" s="7">
         <v>0</v>
       </c>
       <c r="H64" s="7">
         <v>0</v>
       </c>
       <c r="I64" s="7">
         <v>1</v>
       </c>
       <c r="J64" s="7">
         <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
         <v>169</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
         <v>170</v>
       </c>
@@ -4705,305 +4630,251 @@
       <c r="G66" s="7">
         <v>0</v>
       </c>
       <c r="H66" s="7">
         <v>0</v>
       </c>
       <c r="I66" s="7">
         <v>1</v>
       </c>
       <c r="J66" s="7">
         <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="4" t="s">
         <v>174</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
         <v>175</v>
       </c>
       <c r="E67" s="7" t="s">
         <v>176</v>
       </c>
       <c r="F67" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G67" s="7">
+        <v>0</v>
+      </c>
+      <c r="H67" s="7">
+        <v>0</v>
+      </c>
+      <c r="I67" s="7">
         <v>24</v>
       </c>
-      <c r="G67" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="J67" s="7">
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="55">
       <c r="B68" s="4" t="s">
         <v>177</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="6" t="s">
         <v>178</v>
       </c>
       <c r="E68" s="7" t="s">
         <v>176</v>
       </c>
       <c r="F68" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G68" s="7">
+        <v>0</v>
+      </c>
+      <c r="H68" s="7">
+        <v>0</v>
+      </c>
+      <c r="I68" s="7">
         <v>24</v>
       </c>
-      <c r="G68" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="J68" s="7">
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="55">
       <c r="B69" s="4" t="s">
         <v>179</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="6" t="s">
         <v>180</v>
       </c>
       <c r="E69" s="7" t="s">
         <v>181</v>
       </c>
       <c r="F69" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G69" s="7">
         <v>0</v>
       </c>
       <c r="H69" s="7">
         <v>0</v>
       </c>
       <c r="I69" s="7">
+        <v>1</v>
+      </c>
+      <c r="J69" s="7">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="55">
       <c r="B70" s="4" t="s">
         <v>182</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="6" t="s">
         <v>183</v>
       </c>
       <c r="E70" s="7" t="s">
         <v>181</v>
       </c>
       <c r="F70" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G70" s="7">
         <v>0</v>
       </c>
       <c r="H70" s="7">
         <v>0</v>
       </c>
       <c r="I70" s="7">
+        <v>1</v>
+      </c>
+      <c r="J70" s="7">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="55">
       <c r="B71" s="4" t="s">
         <v>184</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="6" t="s">
         <v>185</v>
       </c>
       <c r="E71" s="7" t="s">
-        <v>186</v>
+        <v>74</v>
       </c>
       <c r="F71" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G71" s="7">
+        <v>0</v>
+      </c>
+      <c r="H71" s="7">
+        <v>0</v>
+      </c>
+      <c r="I71" s="7">
         <v>24</v>
       </c>
-      <c r="G71" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="J71" s="7">
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="4" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="6" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="E72" s="7" t="s">
-        <v>186</v>
+        <v>107</v>
       </c>
       <c r="F72" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G72" s="7">
+        <v>0</v>
+      </c>
+      <c r="H72" s="7">
+        <v>0</v>
+      </c>
+      <c r="I72" s="7">
         <v>24</v>
       </c>
-      <c r="G72" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="J72" s="7">
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="E73" s="7" t="s">
         <v>190</v>
       </c>
-      <c r="E73" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G73" s="7">
         <v>0</v>
       </c>
       <c r="H73" s="7">
         <v>0</v>
       </c>
       <c r="I73" s="7">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J73" s="7">
-        <v>0</v>
+        <v>72</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="4" t="s">
         <v>191</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="6" t="s">
         <v>192</v>
       </c>
       <c r="E74" s="7" t="s">
-        <v>79</v>
+        <v>193</v>
       </c>
       <c r="F74" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G74" s="7">
         <v>0</v>
       </c>
       <c r="H74" s="7">
         <v>0</v>
       </c>
       <c r="I74" s="7">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J74" s="7">
-        <v>0</v>
-[...52 lines deleted...]
-      <c r="J76" s="7">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">