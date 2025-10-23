--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -15,150 +15,159 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Empty Capsules" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Empty Capsules</t>
   </si>
   <si>
     <t>Empty Capsules 1.1"</t>
   </si>
   <si>
+    <t xml:space="preserve">1CAPCOL-2500 </t>
+  </si>
+  <si>
+    <t>Capsules 1.1in Tops Bottoms 2500pcs for Vending Machines Party Favors Craft DIY Classroom Supplies</t>
+  </si>
+  <si>
+    <t>$63.61</t>
+  </si>
+  <si>
+    <t>Box</t>
+  </si>
+  <si>
     <t xml:space="preserve">R28FT-100 </t>
   </si>
   <si>
     <t>Empty Round Capsules 1" (100 pcs)</t>
   </si>
   <si>
     <t>$9.50</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">28MM100 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Acorn Capsules Empty 100 pcs 1.1 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$14.04</t>
   </si>
   <si>
     <t xml:space="preserve">28MM500 </t>
   </si>
   <si>
     <t>Empty Capsules 1.1" (500 pcs)</t>
   </si>
   <si>
     <t>$16.85</t>
   </si>
   <si>
     <t xml:space="preserve">28MM50 </t>
   </si>
   <si>
     <t>Empty Capsules 1.1" (50 pcs)</t>
   </si>
   <si>
     <t>$4.99</t>
   </si>
   <si>
     <t xml:space="preserve">28MM1000 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Acorn Capsules Empty 1000 pcs 1.1 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$52.35</t>
   </si>
   <si>
-    <t>Box</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">R28CT-50 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 50 pcs 1.1 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$4.28</t>
   </si>
   <si>
     <t xml:space="preserve">R28FT-50 </t>
   </si>
   <si>
     <t>Empty Round Clear Capsules 1.1" (50 pcs)</t>
   </si>
   <si>
     <t>$4.27</t>
   </si>
   <si>
     <t xml:space="preserve">R28CT-100 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 100 pcs 1.1 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$11.08</t>
@@ -388,50 +397,59 @@
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 1000 pcs 1.26 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$78.40</t>
   </si>
   <si>
     <t xml:space="preserve">R32CT_2000 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 2000 pcs 1.26 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$143.98</t>
   </si>
   <si>
     <t xml:space="preserve">R32CT_10000 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 10000 pcs 1.26 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$654.49</t>
   </si>
   <si>
+    <t xml:space="preserve">R32TC-50 </t>
+  </si>
+  <si>
+    <t>Vending Machine Capsules - 1.26 Inch Plastic Capsules - Colored-Frosted Capsule - 50 Pcs Round Capsules - Plastic Party Favor Containers - Prize Machine Capsules</t>
+  </si>
+  <si>
+    <t>$10.68</t>
+  </si>
+  <si>
     <t>Empty Capsules 2.0"</t>
   </si>
   <si>
     <t xml:space="preserve">2CAPCOL-2000 </t>
   </si>
   <si>
     <t>Empty Capsules 2" (2000 pcs)</t>
   </si>
   <si>
     <t>$109.99</t>
   </si>
   <si>
     <t xml:space="preserve">51MM30 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Acorn Capsules Empty 30 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$7.70</t>
   </si>
   <si>
     <t xml:space="preserve">51MM-100 </t>
   </si>
   <si>
     <t>Empty Capsules 2" (100 pcs)</t>
@@ -478,122 +496,116 @@
   <si>
     <t xml:space="preserve">51MM500 </t>
   </si>
   <si>
     <t>Empty Capsules 2" (500 pcs)</t>
   </si>
   <si>
     <t>$50.99</t>
   </si>
   <si>
     <t xml:space="preserve">51MM1000 </t>
   </si>
   <si>
     <t>Empty Capsules 2" (1000 pcs)</t>
   </si>
   <si>
     <t>$115.74</t>
   </si>
   <si>
     <t xml:space="preserve">R50CC-50 </t>
   </si>
   <si>
     <t>Empty Round Capsules 2" (50 pcs)</t>
   </si>
   <si>
+    <t>$12.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50CT-50 </t>
+  </si>
+  <si>
+    <t>Empty Round Capsules with Clear Tops 2" (50 pcs)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50FT-50 </t>
+  </si>
+  <si>
+    <t>Empty Round Clear Capsules 2" (50 pcs)</t>
+  </si>
+  <si>
     <t>$7.99</t>
   </si>
   <si>
-    <t xml:space="preserve">R50CT-50 </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">R50FT-100 </t>
   </si>
   <si>
     <t>Empty Round Clear Capsules 2" (100 pcs)</t>
   </si>
   <si>
     <t>$13.99</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-500 </t>
   </si>
   <si>
     <t>Empty Round Capsules with Clear Tops 2" (500 pcs)</t>
   </si>
   <si>
-    <t>$54.39</t>
+    <t>$59.99</t>
   </si>
   <si>
     <t xml:space="preserve">R50CC-500 </t>
   </si>
   <si>
     <t>Empty Round Capsules 2" (500 pcs)</t>
   </si>
   <si>
-    <t>$53.19</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">R50FT-500 </t>
   </si>
   <si>
     <t>Empty Round Clear Capsules 2" (500 pcs)</t>
   </si>
   <si>
     <t>$52.99</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-100 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 100 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
-    <t>$13.56</t>
+    <t>$23.96</t>
   </si>
   <si>
     <t xml:space="preserve">R50CC-100 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Colored Round Capsules Empty 100 pcs 2 inch - Gumball Machine Capsules Bulk Party Favor Containers - Easter Basket Stuffers Birthday Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
-    <t>$23.96</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">51MM50-7COLORS </t>
   </si>
   <si>
     <t>Empty Capsules 2" - 7 colors (50 pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-BLUE </t>
   </si>
   <si>
     <t>Empty Capsules 2" - blue (50 pcs)</t>
   </si>
   <si>
     <t>$12.50</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-GREEN </t>
   </si>
   <si>
     <t>Empty Capsules 2" - green (50 pcs)</t>
   </si>
   <si>
     <t>$8.50</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-ORANGE </t>
@@ -610,50 +622,62 @@
   <si>
     <t>$12.02</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-PURPLE </t>
   </si>
   <si>
     <t>Empty Capsules 2" - purple (50 pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-RED </t>
   </si>
   <si>
     <t>Empty Capsules 2" - red (50 pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-YELLOW </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Yellow Acorn Capsules Empty 50 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors DIY Containers - Easter Basket Stuffers Gifts Pinata Stuffers</t>
   </si>
   <si>
     <t>$12.06</t>
   </si>
   <si>
+    <t xml:space="preserve">2CAPCOL-2000-BOTTOM </t>
+  </si>
+  <si>
+    <t>Clear Polypropylene Capsule 2-Inch Bottoms for Efficient Packaging Supply and Manufacturing Storage Solution</t>
+  </si>
+  <si>
+    <t>$0.05</t>
+  </si>
+  <si>
+    <t>Piece</t>
+  </si>
+  <si>
     <t xml:space="preserve">R50CC-1000 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Colored Round Capsules Empty 1000 pcs 2 inch - Gumball Machine Capsules Bulk Party Favor Containers - Easter Basket Stuffers Birthday Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$177.64</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-1000 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 1000 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t xml:space="preserve">R50FT-1000 </t>
   </si>
   <si>
     <t>Empty Round Clear Capsules 2" (1000 pcs)</t>
   </si>
   <si>
     <t>$99.99</t>
   </si>
   <si>
     <t xml:space="preserve">R50FT-2000 </t>
@@ -697,60 +721,60 @@
   <si>
     <t xml:space="preserve">51MM-BLUE-RED-50 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Acorn Capsules Empty 50 pcs 2 inch - Red &amp; Blue Gumball Machine Capsules Bulk Party Favors Containers - Independence Day 4th of July Party Supplies</t>
   </si>
   <si>
     <t>$9.54</t>
   </si>
   <si>
     <t xml:space="preserve">51MM-BLUE-RED-100 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Acorn Capsules Empty 2 inch - Red &amp; Blue Gumball Machine Capsules Bulk Party Favors Containers - Independence and 4th of July Party Supplies - 100pcs</t>
   </si>
   <si>
     <t>$35.74</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-25 </t>
   </si>
   <si>
     <t>Entervending Empty Clear-Colored Round Capsules 2 inch 25 pcs Bulk 7 Colors Capsule for Toy Gumball Machines Plastic Containers Surprise for Kids Party</t>
   </si>
   <si>
+    <t>$6.98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50FT-25 </t>
+  </si>
+  <si>
     <t>$5.98</t>
   </si>
   <si>
-    <t xml:space="preserve">R50FT-25 </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">R50CC-25 </t>
-  </si>
-[...1 lines deleted...]
-    <t>$13.85</t>
   </si>
   <si>
     <t xml:space="preserve">51MM-BLUE-RED-24 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Acorn Capsules Empty 24 pcs 2 inch - Red &amp; Blue Gumball Machine Capsules Bulk Party Favors Containers - Independence Day 4th of July Party Supplies</t>
   </si>
   <si>
     <t>$16.49</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -837,51 +861,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d30d144c9548ef7905da73ccc56dbec2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7eb6c7e2ca4a2e1554c58f1bc01628383.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b5a26d2c7e586d9194307b5f0dab8704.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6320f906b03e61e471b98c7ebc117ed25.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_851cb99e6df4f6793219f7ad4267c79d6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f47dceeb7b2121b8f628f38dbbf2b5c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_954096b5eeac76dd3ce1ec8386dfc7ba8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4fc02393eee0e8df539d85430b3ebcd09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e2d372cb504469faeb3347252ac524fb10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5635407f28b6fb60eb66055209c275d111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78ae032080d56f5ded92d2a1d7fe526512.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c3789033489695197607ba5d3a8b52c13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1774723089c1887abd970612b220579514.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f505c22a410baa0308feefc266aeef6815.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1516bdb903844a167e2bf8160b65d2ed16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb7882f2abdbf2bd7a55d4875138f97a17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ab69106a03e5f72eab036711153c1b8318.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2ed28958ab8da7532b8a7cddcf23da6f19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da971e2035df2124efcb58412d76528420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_66124a4a660064740628a725f391130d21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720d416ab5e501313cf119dffac5f49722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8eac68e4b4f97a1ae120177f985d84af23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d751c1ba423a697078e0ea620d6c33cc24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c88022036e35386e6b77571b888de98125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8800b100dee4539d26503fb9dc19728f26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0887b07980ad7b9aca1552e6ba6f99a327.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abcfcd450a7b9733c9653dc7815d131528.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_023957e47fc1303569176849c6577ab729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d1c5b86eadc89741674d51d3c223c3e30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc5dce5507ee06e809be57ff210a1f7a31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c863db3c6a4c7b954e0a75a5c2491c0332.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_58663e88cfca9da4d09cdb106f5e9f7f33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aad9f24f87a461ddcbe354ceae152c6234.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca3ce30e07a077349b422fe748e4326a35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1556488a42e66f165f9054563430446636.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c56a9c7a04bfb4683f9a0ea5c401859a37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef5680e599fa07e533a0d5a4cb9d414e38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_242aa5f033d079330f7c2e607805d0f439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_20e583d062f4dfe7c225e47308165bab40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f65d1bfd7ed20e7cae38b70578d1b06c41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_163260bf9c1186091a986570c7f618e342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ba122b8c7c65d6a63a2a766296542b043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0d80c0a81866ee7bdef63b4230409aa44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a6564475974a3ebb9eeff69f15b126245.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d68fbd8a149900db3fde15e5fdd97346.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c472318f409aabea09f4da08bc708a447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cddc641055abcf98594ad58d3ac2575e48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5080ed14a7d2bd6707f8a002f37aa71849.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43417b7c014f082df864db57e98021a250.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7067b94401e6af6028e682f35754dc3751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c2ad312c47601c5a3fd3f0d687454f252.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0817e1b99998e55c5aa5e8f9086d2be53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6c2b50bc09145de08bad17e6e69d79bc54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_775aa181469c73b0e4168efdab33bdfb55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffaa33637b3bec56560572fcc34c3cd456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bada587753ecb7fecb96c6be07588d2357.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2188972e52d0fec72176d845d872b5a58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb3ce62299b88e805dc61dd1664fc45559.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abaf3a9b692a60aa5470e2d7cbdfe60560.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a2d44c1048e5749d7b0273ae037de8461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d430037267e3bfc60a8d704b2e0d4e262.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d14b5a3f4d4284f8a169947a41f287ab63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aa5225926d8a5664a696547f3c91f7cc64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08601033df1f632114a53403fdd9dbe365.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05e01dfbee44f801a2485fe778daf0b366.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e48f93768603bcf365d9da5ae55ff44667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96555f69b2bbd762c1a5eb86f300b5dc68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c872fe9c267d4ea949ac0a2924b4352f69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf32f361be9c4b172f2f39614addadb70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd20881ec55b0a0d5bb635bdebdbe7a871.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2003c856b1081966bbe15e845fa3085772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00f7904eab2b411a521c436ec24f307673.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8004483c02ca106187496e18b30404a74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_759364af4ded2c26323c801ded77597575.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f02dbe31bec00b348238579ac6fe8bc376.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c090eea3fdc65e48f10802e2722f9c5f77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fbce0a690f6aa0e24080eac011952f5d78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bfa0b14290106bc6226263b249031279.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f00d0969c1ceb3058d5b0c987b85c33080.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b0657423b615eb613fe4d8777ff49812.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d30d144c9548ef7905da73ccc56dbec3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7eb6c7e2ca4a2e1554c58f1bc01628384.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b5a26d2c7e586d9194307b5f0dab8705.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6320f906b03e61e471b98c7ebc117ed26.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_851cb99e6df4f6793219f7ad4267c79d7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f47dceeb7b2121b8f628f38dbbf2b5c8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_954096b5eeac76dd3ce1ec8386dfc7ba9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4fc02393eee0e8df539d85430b3ebcd010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e2d372cb504469faeb3347252ac524fb11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5635407f28b6fb60eb66055209c275d112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78ae032080d56f5ded92d2a1d7fe526513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c3789033489695197607ba5d3a8b52c14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1774723089c1887abd970612b220579515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f505c22a410baa0308feefc266aeef6816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1516bdb903844a167e2bf8160b65d2ed17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb7882f2abdbf2bd7a55d4875138f97a18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ab69106a03e5f72eab036711153c1b8319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2ed28958ab8da7532b8a7cddcf23da6f20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da971e2035df2124efcb58412d76528421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_66124a4a660064740628a725f391130d22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720d416ab5e501313cf119dffac5f49723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8eac68e4b4f97a1ae120177f985d84af24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d751c1ba423a697078e0ea620d6c33cc25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c88022036e35386e6b77571b888de98126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8800b100dee4539d26503fb9dc19728f27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0887b07980ad7b9aca1552e6ba6f99a328.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abcfcd450a7b9733c9653dc7815d131529.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_023957e47fc1303569176849c6577ab730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d1c5b86eadc89741674d51d3c223c3e31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc5dce5507ee06e809be57ff210a1f7a32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c863db3c6a4c7b954e0a75a5c2491c0333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_58663e88cfca9da4d09cdb106f5e9f7f34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aad9f24f87a461ddcbe354ceae152c6235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca3ce30e07a077349b422fe748e4326a36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1556488a42e66f165f9054563430446637.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c56a9c7a04bfb4683f9a0ea5c401859a38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef5680e599fa07e533a0d5a4cb9d414e39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_242aa5f033d079330f7c2e607805d0f440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_20e583d062f4dfe7c225e47308165bab41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0221776bb1b2730fd3d53c593f44c38442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f65d1bfd7ed20e7cae38b70578d1b06c43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_163260bf9c1186091a986570c7f618e344.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ba122b8c7c65d6a63a2a766296542b045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0d80c0a81866ee7bdef63b4230409aa46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a6564475974a3ebb9eeff69f15b126247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d68fbd8a149900db3fde15e5fdd97348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c472318f409aabea09f4da08bc708a449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cddc641055abcf98594ad58d3ac2575e50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5080ed14a7d2bd6707f8a002f37aa71851.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43417b7c014f082df864db57e98021a252.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7067b94401e6af6028e682f35754dc3753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c2ad312c47601c5a3fd3f0d687454f254.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0817e1b99998e55c5aa5e8f9086d2be55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6c2b50bc09145de08bad17e6e69d79bc56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_775aa181469c73b0e4168efdab33bdfb57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffaa33637b3bec56560572fcc34c3cd458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bada587753ecb7fecb96c6be07588d2359.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2188972e52d0fec72176d845d872b5a60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb3ce62299b88e805dc61dd1664fc45561.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abaf3a9b692a60aa5470e2d7cbdfe60562.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a2d44c1048e5749d7b0273ae037de8463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d430037267e3bfc60a8d704b2e0d4e264.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d14b5a3f4d4284f8a169947a41f287ab65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aa5225926d8a5664a696547f3c91f7cc66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08601033df1f632114a53403fdd9dbe367.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05e01dfbee44f801a2485fe778daf0b368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6f0f0a70bfd30584522df169f4e512f069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e48f93768603bcf365d9da5ae55ff44670.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96555f69b2bbd762c1a5eb86f300b5dc71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c872fe9c267d4ea949ac0a2924b4352f72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf32f361be9c4b172f2f39614addadb73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd20881ec55b0a0d5bb635bdebdbe7a874.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2003c856b1081966bbe15e845fa3085775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00f7904eab2b411a521c436ec24f307676.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8004483c02ca106187496e18b30404a77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_759364af4ded2c26323c801ded77597578.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f02dbe31bec00b348238579ac6fe8bc379.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c090eea3fdc65e48f10802e2722f9c5f80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fbce0a690f6aa0e24080eac011952f5d81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bfa0b14290106bc6226263b249031282.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f00d0969c1ceb3058d5b0c987b85c33083.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1656,116 +1680,116 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="581025"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>40</xdr:row>
@@ -2046,86 +2070,86 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>53</xdr:row>
@@ -3229,50 +3253,140 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>90</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="80" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3539,66 +3653,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J91"/>
+  <dimension ref="A1:J94"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J91" sqref="J91"/>
+      <selection activeCell="J94" sqref="J94"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="J4" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="J5" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="J6" s="1" t="s">
@@ -3653,2201 +3767,2282 @@
       </c>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="7"/>
       <c r="I10" s="7"/>
       <c r="J10" s="7"/>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="4" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G11" s="6">
-        <v>0.1905088206</v>
+        <v>4.8080797579999</v>
       </c>
       <c r="H11" s="6">
-        <v>0.00570422</v>
+        <v>0</v>
       </c>
       <c r="I11" s="6">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J11" s="6">
-        <v>0</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>21</v>
       </c>
       <c r="F12" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G12" s="6">
         <v>0.1905088206</v>
       </c>
       <c r="H12" s="6">
-        <v>0.00556929</v>
+        <v>0.00570422</v>
       </c>
       <c r="I12" s="6">
         <v>100</v>
       </c>
       <c r="J12" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G13" s="6">
-        <v>0.8618256169999799</v>
+        <v>0.1905088206</v>
       </c>
       <c r="H13" s="6">
-        <v>0.01160959</v>
+        <v>0.00556929</v>
       </c>
       <c r="I13" s="6">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="J13" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G14" s="6">
-        <v>0.09900017658693799</v>
+        <v>0.8618256169999799</v>
       </c>
       <c r="H14" s="6">
-        <v>0.00149184</v>
+        <v>0.01160959</v>
       </c>
       <c r="I14" s="6">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="J14" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G15" s="6">
-        <v>0</v>
+        <v>0.09900017658693799</v>
       </c>
       <c r="H15" s="6">
-        <v>0</v>
+        <v>0.00149184</v>
       </c>
       <c r="I15" s="6">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="J15" s="6">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G16" s="6">
-        <v>0.099790334599998</v>
+        <v>0</v>
       </c>
       <c r="H16" s="6">
-        <v>0.00304941</v>
+        <v>0</v>
       </c>
       <c r="I16" s="6">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="J16" s="6">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G17" s="6">
-        <v>0.090718485999998</v>
+        <v>0.099790334599998</v>
       </c>
       <c r="H17" s="6">
-        <v>0.00175441</v>
+        <v>0.00304941</v>
       </c>
       <c r="I17" s="6">
         <v>50</v>
       </c>
       <c r="J17" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="4" t="s">
         <v>39</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G18" s="6">
-        <v>0.14999984145399</v>
+        <v>0.090718485999998</v>
       </c>
       <c r="H18" s="6">
-        <v>0.00571201</v>
+        <v>0.00175441</v>
       </c>
       <c r="I18" s="6">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J18" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="4" t="s">
         <v>42</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G19" s="6">
-        <v>0.44900026023867</v>
+        <v>0.14999984145399</v>
       </c>
       <c r="H19" s="6">
-        <v>0.008323229999999999</v>
+        <v>0.00571201</v>
       </c>
       <c r="I19" s="6">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J19" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="4" t="s">
         <v>45</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G20" s="6">
-        <v>0.46099959438189</v>
+        <v>0.44900026023867</v>
       </c>
       <c r="H20" s="6">
-        <v>0.00642306</v>
+        <v>0.008323229999999999</v>
       </c>
       <c r="I20" s="6">
         <v>250</v>
       </c>
       <c r="J20" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="4" t="s">
         <v>48</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G21" s="6">
-        <v>0.43998465709999</v>
+        <v>0.46099959438189</v>
       </c>
       <c r="H21" s="6">
-        <v>0.008583220000000001</v>
+        <v>0.00642306</v>
       </c>
       <c r="I21" s="6">
         <v>250</v>
       </c>
       <c r="J21" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="4" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G22" s="6">
-        <v>0.89999995590878</v>
+        <v>0.43998465709999</v>
       </c>
       <c r="H22" s="6">
-        <v>0</v>
+        <v>0.008583220000000001</v>
       </c>
       <c r="I22" s="6">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="J22" s="6">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="4" t="s">
         <v>54</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>55</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G23" s="6">
-        <v>0.090718485999998</v>
+        <v>0.89999995590878</v>
       </c>
       <c r="H23" s="6">
-        <v>0.00123281</v>
+        <v>0</v>
       </c>
       <c r="I23" s="6">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="J23" s="6">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="4" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E24" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G24" s="6">
-        <v>0.0089999995590878</v>
+        <v>0.090718485999998</v>
       </c>
       <c r="H24" s="6">
-        <v>0.00097944</v>
+        <v>0.00123281</v>
       </c>
       <c r="I24" s="6">
         <v>30</v>
       </c>
       <c r="J24" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="4" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E25" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G25" s="6">
-        <v>0.077000036547079</v>
+        <v>0.0089999995590878</v>
       </c>
       <c r="H25" s="6">
-        <v>0.00130187</v>
+        <v>0.00097944</v>
       </c>
       <c r="I25" s="6">
         <v>30</v>
       </c>
       <c r="J25" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="4" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G26" s="6">
-        <v>0.058967015899999</v>
+        <v>0.077000036547079</v>
       </c>
       <c r="H26" s="6">
-        <v>0.00126715</v>
+        <v>0.00130187</v>
       </c>
       <c r="I26" s="6">
         <v>30</v>
       </c>
       <c r="J26" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="4" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G27" s="6">
         <v>0.058967015899999</v>
       </c>
       <c r="H27" s="6">
-        <v>0.00091699</v>
+        <v>0.00126715</v>
       </c>
       <c r="I27" s="6">
         <v>30</v>
       </c>
       <c r="J27" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="4" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E28" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G28" s="6">
         <v>0.058967015899999</v>
       </c>
       <c r="H28" s="6">
-        <v>0.00131737</v>
+        <v>0.00091699</v>
       </c>
       <c r="I28" s="6">
         <v>30</v>
       </c>
       <c r="J28" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="4" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E29" s="6" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G29" s="6">
-        <v>0.049895167299999</v>
+        <v>0.058967015899999</v>
       </c>
       <c r="H29" s="6">
-        <v>0.00131771</v>
+        <v>0.00131737</v>
       </c>
       <c r="I29" s="6">
         <v>30</v>
       </c>
       <c r="J29" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="8" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="4" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G30" s="6">
-        <v>0.06799985555101901</v>
+        <v>0.049895167299999</v>
       </c>
       <c r="H30" s="6">
-        <v>0.00125375</v>
+        <v>0.00131771</v>
       </c>
       <c r="I30" s="6">
         <v>30</v>
       </c>
       <c r="J30" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="4" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G31" s="6">
-        <v>0.090718485999998</v>
+        <v>0.06799985555101901</v>
       </c>
       <c r="H31" s="6">
-        <v>0.00121413</v>
+        <v>0.00125375</v>
       </c>
       <c r="I31" s="6">
         <v>30</v>
       </c>
       <c r="J31" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="8" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="4" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E32" s="6" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G32" s="6">
-        <v>0.058967015899999</v>
+        <v>0.090718485999998</v>
       </c>
       <c r="H32" s="6">
-        <v>0.00127826</v>
+        <v>0.00121413</v>
       </c>
       <c r="I32" s="6">
         <v>30</v>
       </c>
       <c r="J32" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="8" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="4" t="s">
-        <v>73</v>
+        <v>57</v>
       </c>
       <c r="E33" s="6" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G33" s="6">
-        <v>1.81436972</v>
+        <v>0.058967015899999</v>
       </c>
       <c r="H33" s="6">
-        <v>0</v>
+        <v>0.00127826</v>
       </c>
       <c r="I33" s="6">
-        <v>1000</v>
+        <v>30</v>
       </c>
       <c r="J33" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="4" t="s">
         <v>76</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>77</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G34" s="6">
-        <v>0.90718485999998</v>
+        <v>1.81436972</v>
       </c>
       <c r="H34" s="6">
         <v>0</v>
       </c>
       <c r="I34" s="6">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="J34" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="4" t="s">
         <v>79</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>80</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G35" s="6">
-        <v>0.272155458</v>
+        <v>0.90718485999998</v>
       </c>
       <c r="H35" s="6">
         <v>0</v>
       </c>
       <c r="I35" s="6">
         <v>500</v>
       </c>
       <c r="J35" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="8" t="s">
         <v>81</v>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="4" t="s">
         <v>82</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G36" s="6">
+        <v>0.272155458</v>
+      </c>
+      <c r="H36" s="6">
+        <v>0</v>
+      </c>
+      <c r="I36" s="6">
+        <v>500</v>
+      </c>
+      <c r="J36" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" customHeight="1" ht="55">
+      <c r="B37" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="C37" s="4"/>
+      <c r="D37" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="F37" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G37" s="6">
         <v>1.81436972</v>
       </c>
-      <c r="H36" s="6">
-[...2 lines deleted...]
-      <c r="I36" s="6">
+      <c r="H37" s="6">
+        <v>0</v>
+      </c>
+      <c r="I37" s="6">
         <v>1000</v>
       </c>
-      <c r="J36" s="6">
-[...24 lines deleted...]
-      <c r="E38" s="6" t="s">
+      <c r="J37" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="B38" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="F38" s="6" t="s">
-[...15 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="56">
+      <c r="C38" s="7"/>
+      <c r="D38" s="7"/>
+      <c r="E38" s="7"/>
+      <c r="F38" s="7"/>
+      <c r="G38" s="7"/>
+      <c r="H38" s="7"/>
+      <c r="I38" s="7"/>
+      <c r="J38" s="7"/>
+    </row>
+    <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="8" t="s">
         <v>87</v>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="4" t="s">
         <v>88</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>89</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G39" s="6">
-        <v>0.06799985555101901</v>
+        <v>0.13600016469447</v>
       </c>
       <c r="H39" s="6">
-        <v>0.00440736</v>
+        <v>0.00172556</v>
       </c>
       <c r="I39" s="6">
         <v>50</v>
       </c>
       <c r="J39" s="6">
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:10" customHeight="1" ht="55">
+    <row r="40" spans="1:10" customHeight="1" ht="56">
       <c r="B40" s="8" t="s">
         <v>90</v>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="4" t="s">
         <v>91</v>
       </c>
       <c r="E40" s="6" t="s">
         <v>92</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G40" s="6">
-        <v>0.2404039879</v>
+        <v>0.06799985555101901</v>
       </c>
       <c r="H40" s="6">
-        <v>0.00704713</v>
+        <v>0.00440736</v>
       </c>
       <c r="I40" s="6">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J40" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="8" t="s">
         <v>93</v>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="4" t="s">
         <v>94</v>
       </c>
       <c r="E41" s="6" t="s">
         <v>95</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G41" s="6">
-        <v>0.58059831039999</v>
+        <v>0.2404039879</v>
       </c>
       <c r="H41" s="6">
-        <v>0.01101529</v>
+        <v>0.00704713</v>
       </c>
       <c r="I41" s="6">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J41" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="8" t="s">
         <v>96</v>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="4" t="s">
         <v>97</v>
       </c>
       <c r="E42" s="6" t="s">
         <v>98</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G42" s="6">
-        <v>0.23100010964124</v>
+        <v>0.58059831039999</v>
       </c>
       <c r="H42" s="6">
-        <v>0.00409393</v>
+        <v>0.01101529</v>
       </c>
       <c r="I42" s="6">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J42" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="8" t="s">
         <v>99</v>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="4" t="s">
         <v>100</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>101</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G43" s="6">
-        <v>0.67999855551019</v>
+        <v>0.23100010964124</v>
       </c>
       <c r="H43" s="6">
-        <v>0.009108069999999999</v>
+        <v>0.00409393</v>
       </c>
       <c r="I43" s="6">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J43" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="8" t="s">
         <v>102</v>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="4" t="s">
         <v>103</v>
       </c>
       <c r="E44" s="6" t="s">
         <v>104</v>
       </c>
       <c r="F44" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G44" s="6">
-        <v>0.1179340318</v>
+        <v>0.67999855551019</v>
       </c>
       <c r="H44" s="6">
-        <v>0.0038909</v>
+        <v>0.009108069999999999</v>
       </c>
       <c r="I44" s="6">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J44" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="8" t="s">
         <v>105</v>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="4" t="s">
         <v>106</v>
       </c>
       <c r="E45" s="6" t="s">
         <v>107</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G45" s="6">
-        <v>0.2400002906373</v>
+        <v>0.1179340318</v>
       </c>
       <c r="H45" s="6">
-        <v>0.00589522</v>
+        <v>0.0038909</v>
       </c>
       <c r="I45" s="6">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J45" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="8" t="s">
         <v>108</v>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="4" t="s">
         <v>109</v>
       </c>
       <c r="E46" s="6" t="s">
         <v>110</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G46" s="6">
-        <v>0.57152646179999</v>
+        <v>0.2400002906373</v>
       </c>
       <c r="H46" s="6">
-        <v>0.01340132</v>
+        <v>0.00589522</v>
       </c>
       <c r="I46" s="6">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J46" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="8" t="s">
         <v>111</v>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="4" t="s">
         <v>112</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>113</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G47" s="6">
-        <v>1.36077729</v>
+        <v>0.57152646179999</v>
       </c>
       <c r="H47" s="6">
-        <v>0</v>
+        <v>0.01340132</v>
       </c>
       <c r="I47" s="6">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="J47" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="8" t="s">
         <v>114</v>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="4" t="s">
         <v>115</v>
       </c>
       <c r="E48" s="6" t="s">
         <v>116</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G48" s="6">
-        <v>2.72155458</v>
+        <v>1.36077729</v>
       </c>
       <c r="H48" s="6">
         <v>0</v>
       </c>
       <c r="I48" s="6">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="J48" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="8" t="s">
         <v>117</v>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="4" t="s">
         <v>118</v>
       </c>
       <c r="E49" s="6" t="s">
         <v>119</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G49" s="6">
-        <v>5.8967015899999</v>
+        <v>2.72155458</v>
       </c>
       <c r="H49" s="6">
         <v>0</v>
       </c>
       <c r="I49" s="6">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="J49" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="8" t="s">
         <v>120</v>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="4" t="s">
         <v>121</v>
       </c>
       <c r="E50" s="6" t="s">
         <v>122</v>
       </c>
       <c r="F50" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G50" s="6">
+        <v>5.8967015899999</v>
+      </c>
+      <c r="H50" s="6">
+        <v>0</v>
+      </c>
+      <c r="I50" s="6">
+        <v>2000</v>
+      </c>
+      <c r="J50" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" customHeight="1" ht="55">
+      <c r="B51" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="C51" s="4"/>
+      <c r="D51" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="E51" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="F51" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G51" s="6">
         <v>27.2155458</v>
       </c>
-      <c r="H50" s="6">
-[...2 lines deleted...]
-      <c r="I50" s="6">
+      <c r="H51" s="6">
+        <v>0</v>
+      </c>
+      <c r="I51" s="6">
         <v>10000</v>
       </c>
-      <c r="J50" s="6">
-[...14 lines deleted...]
-      <c r="J51" s="7"/>
+      <c r="J51" s="6">
+        <v>0</v>
+      </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="8" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="4" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E52" s="6" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G52" s="6">
-        <v>9.071847400000001</v>
+        <v>0.1179340318</v>
       </c>
       <c r="H52" s="6">
-        <v>0.13008051</v>
+        <v>0.00372012</v>
       </c>
       <c r="I52" s="6">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="J52" s="6">
-        <v>2000</v>
-[...10 lines deleted...]
-      <c r="E53" s="6" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="B53" s="7" t="s">
         <v>129</v>
       </c>
-      <c r="F53" s="6" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="C53" s="7"/>
+      <c r="D53" s="7"/>
+      <c r="E53" s="7"/>
+      <c r="F53" s="7"/>
+      <c r="G53" s="7"/>
+      <c r="H53" s="7"/>
+      <c r="I53" s="7"/>
+      <c r="J53" s="7"/>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="8" t="s">
         <v>130</v>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="4" t="s">
         <v>131</v>
       </c>
       <c r="E54" s="6" t="s">
         <v>132</v>
       </c>
       <c r="F54" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G54" s="6">
-        <v>0.6</v>
+        <v>9.071847400000001</v>
       </c>
       <c r="H54" s="6">
-        <v>0.007865789999999999</v>
+        <v>0.13008051</v>
       </c>
       <c r="I54" s="6">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J54" s="6">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="8" t="s">
         <v>133</v>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="4" t="s">
         <v>134</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>135</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G55" s="6">
-        <v>0.53070314309999</v>
+        <v>0.18100016248991</v>
       </c>
       <c r="H55" s="6">
-        <v>0.008463740000000001</v>
+        <v>0.0028508</v>
       </c>
       <c r="I55" s="6">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="J55" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="8" t="s">
         <v>136</v>
       </c>
       <c r="C56" s="4"/>
       <c r="D56" s="4" t="s">
         <v>137</v>
       </c>
       <c r="E56" s="6" t="s">
         <v>138</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G56" s="6">
-        <v>0.35833801969999</v>
+        <v>0.6</v>
       </c>
       <c r="H56" s="6">
-        <v>0.00588056</v>
+        <v>0.007865789999999999</v>
       </c>
       <c r="I56" s="6">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="J56" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="8" t="s">
         <v>139</v>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="4" t="s">
         <v>140</v>
       </c>
       <c r="E57" s="6" t="s">
         <v>141</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G57" s="6">
-        <v>0.69899954240289</v>
+        <v>0.53070314309999</v>
       </c>
       <c r="H57" s="6">
-        <v>0.01324506</v>
+        <v>0.008463740000000001</v>
       </c>
       <c r="I57" s="6">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="J57" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="8" t="s">
         <v>142</v>
       </c>
       <c r="C58" s="4"/>
       <c r="D58" s="4" t="s">
         <v>143</v>
       </c>
       <c r="E58" s="6" t="s">
         <v>144</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G58" s="6">
-        <v>0.8618256169999799</v>
+        <v>0.35833801969999</v>
       </c>
       <c r="H58" s="6">
-        <v>0.01027344</v>
+        <v>0.00588056</v>
       </c>
       <c r="I58" s="6">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="J58" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="8" t="s">
         <v>145</v>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="4" t="s">
         <v>146</v>
       </c>
       <c r="E59" s="6" t="s">
         <v>147</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G59" s="6">
-        <v>3.5607005754999</v>
+        <v>0.69899954240289</v>
       </c>
       <c r="H59" s="6">
-        <v>0.06016209</v>
+        <v>0.01324506</v>
       </c>
       <c r="I59" s="6">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="J59" s="6">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="8" t="s">
         <v>148</v>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="4" t="s">
         <v>149</v>
       </c>
       <c r="E60" s="6" t="s">
         <v>150</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G60" s="6">
-        <v>7.7110713099999</v>
+        <v>0.8618256169999799</v>
       </c>
       <c r="H60" s="6">
-        <v>0</v>
+        <v>0.01027344</v>
       </c>
       <c r="I60" s="6">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="J60" s="6">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="8" t="s">
         <v>151</v>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="4" t="s">
         <v>152</v>
       </c>
       <c r="E61" s="6" t="s">
         <v>153</v>
       </c>
       <c r="F61" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G61" s="6">
-        <v>0.29937100379999</v>
+        <v>3.5607005754999</v>
       </c>
       <c r="H61" s="6">
-        <v>0.00559039</v>
+        <v>0.06016209</v>
       </c>
       <c r="I61" s="6">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="J61" s="6">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="8" t="s">
         <v>154</v>
       </c>
       <c r="C62" s="4"/>
       <c r="D62" s="4" t="s">
         <v>155</v>
       </c>
       <c r="E62" s="6" t="s">
         <v>156</v>
       </c>
       <c r="F62" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G62" s="6">
-        <v>0.33100000394389</v>
+        <v>7.7110713099999</v>
       </c>
       <c r="H62" s="6">
-        <v>0.00604659</v>
+        <v>0</v>
       </c>
       <c r="I62" s="6">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="J62" s="6">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="8" t="s">
         <v>157</v>
       </c>
       <c r="C63" s="4"/>
       <c r="D63" s="4" t="s">
         <v>158</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G63" s="6">
-        <v>0.33100000394389</v>
+        <v>0.34000018493995</v>
       </c>
       <c r="H63" s="6">
-        <v>0.00569885</v>
+        <v>0.00594295</v>
       </c>
       <c r="I63" s="6">
         <v>50</v>
       </c>
       <c r="J63" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="8" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C64" s="4"/>
       <c r="D64" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E64" s="6" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G64" s="6">
-        <v>0.66224494779999</v>
+        <v>0.33100000394389</v>
       </c>
       <c r="H64" s="6">
-        <v>0.01233951</v>
+        <v>0.00604659</v>
       </c>
       <c r="I64" s="6">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J64" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="8" t="s">
         <v>162</v>
       </c>
       <c r="C65" s="4"/>
       <c r="D65" s="4" t="s">
         <v>163</v>
       </c>
       <c r="E65" s="6" t="s">
         <v>164</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G65" s="6">
-        <v>3.8099995109522</v>
+        <v>0.33100000394389</v>
       </c>
       <c r="H65" s="6">
-        <v>0.05892788</v>
+        <v>0.00569885</v>
       </c>
       <c r="I65" s="6">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="J65" s="6">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="8" t="s">
         <v>165</v>
       </c>
       <c r="C66" s="4"/>
       <c r="D66" s="4" t="s">
         <v>166</v>
       </c>
       <c r="E66" s="6" t="s">
         <v>167</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G66" s="6">
-        <v>3.5150011381774</v>
+        <v>0.67099928169899</v>
       </c>
       <c r="H66" s="6">
-        <v>0.06177923</v>
+        <v>0.01461063</v>
       </c>
       <c r="I66" s="6">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="J66" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="8" t="s">
         <v>168</v>
       </c>
       <c r="C67" s="4"/>
       <c r="D67" s="4" t="s">
         <v>169</v>
       </c>
       <c r="E67" s="6" t="s">
         <v>170</v>
       </c>
       <c r="F67" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G67" s="6">
-        <v>3.7738890175999</v>
+        <v>3.8099995109522</v>
       </c>
       <c r="H67" s="6">
-        <v>0.05885512</v>
+        <v>0.05892788</v>
       </c>
       <c r="I67" s="6">
+        <v>0</v>
+      </c>
+      <c r="J67" s="6">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="55">
       <c r="B68" s="8" t="s">
         <v>171</v>
       </c>
       <c r="C68" s="4"/>
       <c r="D68" s="4" t="s">
         <v>172</v>
       </c>
       <c r="E68" s="6" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G68" s="6">
-        <v>0.67099928169899</v>
+        <v>3.5150011381774</v>
       </c>
       <c r="H68" s="6">
-        <v>0.01582242</v>
+        <v>0.06177923</v>
       </c>
       <c r="I68" s="6">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="J68" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="55">
       <c r="B69" s="8" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C69" s="4"/>
       <c r="D69" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="E69" s="6" t="s">
         <v>175</v>
       </c>
-      <c r="E69" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G69" s="6">
-        <v>0.58967015899999</v>
+        <v>3.7738890175999</v>
       </c>
       <c r="H69" s="6">
-        <v>0.0083692</v>
+        <v>0.05885512</v>
       </c>
       <c r="I69" s="6">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="J69" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="55">
       <c r="B70" s="8" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C70" s="4"/>
       <c r="D70" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="E70" s="6" t="s">
         <v>178</v>
       </c>
-      <c r="E70" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F70" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G70" s="6">
-        <v>0.29483507949999</v>
+        <v>0.67099928169899</v>
       </c>
       <c r="H70" s="6">
-        <v>0.00454518</v>
+        <v>0.01582242</v>
       </c>
       <c r="I70" s="6">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J70" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="55">
       <c r="B71" s="8" t="s">
         <v>179</v>
       </c>
       <c r="C71" s="4"/>
       <c r="D71" s="4" t="s">
         <v>180</v>
       </c>
       <c r="E71" s="6" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="F71" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G71" s="6">
-        <v>0.30300019683242</v>
+        <v>0.58967015899999</v>
       </c>
       <c r="H71" s="6">
-        <v>0.00551892</v>
+        <v>0.0083692</v>
       </c>
       <c r="I71" s="6">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J71" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="8" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C72" s="4"/>
       <c r="D72" s="4" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E72" s="6" t="s">
-        <v>184</v>
+        <v>21</v>
       </c>
       <c r="F72" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G72" s="6">
-        <v>0.29000023778862</v>
+        <v>0.29483507949999</v>
       </c>
       <c r="H72" s="6">
-        <v>0.00493863</v>
+        <v>0.00454518</v>
       </c>
       <c r="I72" s="6">
         <v>50</v>
       </c>
       <c r="J72" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="8" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C73" s="4"/>
       <c r="D73" s="4" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="E73" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G73" s="6">
-        <v>0.30800014618831</v>
+        <v>0.30300019683242</v>
       </c>
       <c r="H73" s="6">
-        <v>0.00508909</v>
+        <v>0.00551892</v>
       </c>
       <c r="I73" s="6">
         <v>50</v>
       </c>
       <c r="J73" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="8" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C74" s="4"/>
       <c r="D74" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="E74" s="6" t="s">
         <v>188</v>
       </c>
-      <c r="E74" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F74" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G74" s="6">
-        <v>0.29899996519225</v>
+        <v>0.29000023778862</v>
       </c>
       <c r="H74" s="6">
-        <v>0.00545021</v>
+        <v>0.00493863</v>
       </c>
       <c r="I74" s="6">
         <v>50</v>
       </c>
       <c r="J74" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="8" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C75" s="4"/>
       <c r="D75" s="4" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="E75" s="6" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="F75" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G75" s="6">
-        <v>0.29899996519225</v>
+        <v>0.30800014618831</v>
       </c>
       <c r="H75" s="6">
-        <v>0.00334657</v>
+        <v>0.00508909</v>
       </c>
       <c r="I75" s="6">
         <v>50</v>
       </c>
       <c r="J75" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="8" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C76" s="4"/>
       <c r="D76" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="E76" s="6" t="s">
         <v>193</v>
       </c>
-      <c r="E76" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G76" s="6">
-        <v>0.29500018714451</v>
+        <v>0.29899996519225</v>
       </c>
       <c r="H76" s="6">
-        <v>0.00552934</v>
+        <v>0.00545021</v>
       </c>
       <c r="I76" s="6">
         <v>50</v>
       </c>
       <c r="J76" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="55">
       <c r="B77" s="8" t="s">
         <v>194</v>
       </c>
       <c r="C77" s="4"/>
       <c r="D77" s="4" t="s">
         <v>195</v>
       </c>
       <c r="E77" s="6" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="F77" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G77" s="6">
-        <v>0.29000023778862</v>
+        <v>0.29899996519225</v>
       </c>
       <c r="H77" s="6">
-        <v>0.00525601</v>
+        <v>0.00334657</v>
       </c>
       <c r="I77" s="6">
         <v>50</v>
       </c>
       <c r="J77" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="55">
       <c r="B78" s="8" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C78" s="4"/>
       <c r="D78" s="4" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E78" s="6" t="s">
-        <v>199</v>
+        <v>188</v>
       </c>
       <c r="F78" s="6" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G78" s="6">
-        <v>7.2574788799999</v>
+        <v>0.29500018714451</v>
       </c>
       <c r="H78" s="6">
-        <v>0</v>
+        <v>0.00552934</v>
       </c>
       <c r="I78" s="6">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="J78" s="6">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="55">
       <c r="B79" s="8" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C79" s="4"/>
       <c r="D79" s="4" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="E79" s="6" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F79" s="6" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G79" s="6">
-        <v>7.2574788799999</v>
+        <v>0.29000023778862</v>
       </c>
       <c r="H79" s="6">
-        <v>0</v>
+        <v>0.00525601</v>
       </c>
       <c r="I79" s="6">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="J79" s="6">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="55">
       <c r="B80" s="8" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C80" s="4"/>
       <c r="D80" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="E80" s="6" t="s">
         <v>203</v>
       </c>
-      <c r="E80" s="6" t="s">
+      <c r="F80" s="6" t="s">
         <v>204</v>
       </c>
-      <c r="F80" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G80" s="6">
-        <v>7.2574788799999</v>
+        <v>0</v>
       </c>
       <c r="H80" s="6">
         <v>0</v>
       </c>
       <c r="I80" s="6">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="J80" s="6">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="55">
       <c r="B81" s="8" t="s">
         <v>205</v>
       </c>
       <c r="C81" s="4"/>
       <c r="D81" s="4" t="s">
         <v>206</v>
       </c>
       <c r="E81" s="6" t="s">
         <v>207</v>
       </c>
       <c r="F81" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G81" s="6">
-        <v>14.96855019</v>
+        <v>7.2574788799999</v>
       </c>
       <c r="H81" s="6">
         <v>0</v>
       </c>
       <c r="I81" s="6">
-        <v>2000</v>
+        <v>0</v>
       </c>
       <c r="J81" s="6">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="55">
       <c r="B82" s="8" t="s">
         <v>208</v>
       </c>
       <c r="C82" s="4"/>
       <c r="D82" s="4" t="s">
         <v>209</v>
       </c>
       <c r="E82" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="F82" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G82" s="6">
-        <v>0.28100005679256</v>
+        <v>7.2574788799999</v>
       </c>
       <c r="H82" s="6">
-        <v>0.00767052</v>
+        <v>0</v>
       </c>
       <c r="I82" s="6">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="J82" s="6">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="55">
       <c r="B83" s="8" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C83" s="4"/>
       <c r="D83" s="4" t="s">
-        <v>125</v>
+        <v>211</v>
       </c>
       <c r="E83" s="6" t="s">
         <v>212</v>
       </c>
       <c r="F83" s="6" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G83" s="6">
-        <v>15.42214262</v>
+        <v>7.2574788799999</v>
       </c>
       <c r="H83" s="6">
         <v>0</v>
       </c>
       <c r="I83" s="6">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="J83" s="6">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="55">
       <c r="B84" s="8" t="s">
         <v>213</v>
       </c>
       <c r="C84" s="4"/>
       <c r="D84" s="4" t="s">
         <v>214</v>
       </c>
       <c r="E84" s="6" t="s">
         <v>215</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G84" s="6">
         <v>14.96855019</v>
       </c>
       <c r="H84" s="6">
         <v>0</v>
       </c>
       <c r="I84" s="6">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="J84" s="6">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="55">
       <c r="B85" s="8" t="s">
         <v>216</v>
       </c>
       <c r="C85" s="4"/>
       <c r="D85" s="4" t="s">
         <v>217</v>
       </c>
       <c r="E85" s="6" t="s">
-        <v>207</v>
+        <v>218</v>
       </c>
       <c r="F85" s="6" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G85" s="6">
-        <v>14.96855019</v>
+        <v>0.28100005679256</v>
       </c>
       <c r="H85" s="6">
-        <v>0</v>
+        <v>0.00767052</v>
       </c>
       <c r="I85" s="6">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="J85" s="6">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="55">
       <c r="B86" s="8" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C86" s="4"/>
       <c r="D86" s="4" t="s">
-        <v>219</v>
+        <v>131</v>
       </c>
       <c r="E86" s="6" t="s">
         <v>220</v>
       </c>
       <c r="F86" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G86" s="6">
-        <v>0.31751470099999</v>
+        <v>15.42214262</v>
       </c>
       <c r="H86" s="6">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I86" s="6">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="J86" s="6">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="55">
       <c r="B87" s="8" t="s">
         <v>221</v>
       </c>
       <c r="C87" s="4"/>
       <c r="D87" s="4" t="s">
         <v>222</v>
       </c>
       <c r="E87" s="6" t="s">
         <v>223</v>
       </c>
       <c r="F87" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G87" s="6">
-        <v>0.31751470099999</v>
+        <v>14.96855019</v>
       </c>
       <c r="H87" s="6">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I87" s="6">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J87" s="6">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="55">
       <c r="B88" s="8" t="s">
         <v>224</v>
       </c>
       <c r="C88" s="4"/>
       <c r="D88" s="4" t="s">
         <v>225</v>
       </c>
       <c r="E88" s="6" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="F88" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G88" s="6">
-        <v>0.181436972</v>
+        <v>14.96855019</v>
       </c>
       <c r="H88" s="6">
-        <v>0.00419509</v>
+        <v>0</v>
       </c>
       <c r="I88" s="6">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="J88" s="6">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="55">
       <c r="B89" s="8" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="C89" s="4"/>
       <c r="D89" s="4" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E89" s="6" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="F89" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G89" s="6">
-        <v>0.16800020344611</v>
+        <v>0.31751470099999</v>
       </c>
       <c r="H89" s="6">
-        <v>0.00419509</v>
+        <v>0.00426064</v>
       </c>
       <c r="I89" s="6">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J89" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="55">
       <c r="B90" s="8" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C90" s="4"/>
       <c r="D90" s="4" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="E90" s="6" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F90" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G90" s="6">
-        <v>0.181436972</v>
+        <v>0.31751470099999</v>
       </c>
       <c r="H90" s="6">
-        <v>0.00419509</v>
+        <v>0.00426064</v>
       </c>
       <c r="I90" s="6">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J90" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="55">
       <c r="B91" s="8" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C91" s="4"/>
       <c r="D91" s="4" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E91" s="6" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F91" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G91" s="6">
+        <v>0.1587573505</v>
+      </c>
+      <c r="H91" s="6">
+        <v>0.00359487</v>
+      </c>
+      <c r="I91" s="6">
+        <v>25</v>
+      </c>
+      <c r="J91" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" customHeight="1" ht="55">
+      <c r="B92" s="8" t="s">
+        <v>235</v>
+      </c>
+      <c r="C92" s="4"/>
+      <c r="D92" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="E92" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="F92" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G92" s="6">
+        <v>0.1678291991</v>
+      </c>
+      <c r="H92" s="6">
+        <v>0.00390024</v>
+      </c>
+      <c r="I92" s="6">
+        <v>25</v>
+      </c>
+      <c r="J92" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" customHeight="1" ht="55">
+      <c r="B93" s="8" t="s">
+        <v>237</v>
+      </c>
+      <c r="C93" s="4"/>
+      <c r="D93" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="E93" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="F93" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G93" s="6">
         <v>0.181436972</v>
       </c>
-      <c r="H91" s="6">
-[...2 lines deleted...]
-      <c r="I91" s="6">
+      <c r="H93" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I93" s="6">
+        <v>25</v>
+      </c>
+      <c r="J93" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" customHeight="1" ht="55">
+      <c r="B94" s="8" t="s">
+        <v>238</v>
+      </c>
+      <c r="C94" s="4"/>
+      <c r="D94" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="E94" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="F94" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G94" s="6">
+        <v>0.181436972</v>
+      </c>
+      <c r="H94" s="6">
+        <v>0.00196645</v>
+      </c>
+      <c r="I94" s="6">
         <v>24</v>
       </c>
-      <c r="J91" s="6">
+      <c r="J94" s="6">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="B10:J10"/>
-    <mergeCell ref="B37:J37"/>
-    <mergeCell ref="B51:J51"/>
+    <mergeCell ref="B38:J38"/>
+    <mergeCell ref="B53:J53"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>