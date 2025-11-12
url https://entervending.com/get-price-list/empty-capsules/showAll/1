--- v1 (2025-10-23)
+++ v2 (2025-11-12)
@@ -70,51 +70,51 @@
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Empty Capsules</t>
   </si>
   <si>
     <t>Empty Capsules 1.1"</t>
   </si>
   <si>
     <t xml:space="preserve">1CAPCOL-2500 </t>
   </si>
   <si>
     <t>Capsules 1.1in Tops Bottoms 2500pcs for Vending Machines Party Favors Craft DIY Classroom Supplies</t>
   </si>
   <si>
-    <t>$63.61</t>
+    <t>$66.87</t>
   </si>
   <si>
     <t>Box</t>
   </si>
   <si>
     <t xml:space="preserve">R28FT-100 </t>
   </si>
   <si>
     <t>Empty Round Capsules 1" (100 pcs)</t>
   </si>
   <si>
     <t>$9.50</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">28MM100 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Acorn Capsules Empty 100 pcs 1.1 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$14.04</t>
   </si>
@@ -628,51 +628,51 @@
   <si>
     <t>Empty Capsules 2" - purple (50 pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-RED </t>
   </si>
   <si>
     <t>Empty Capsules 2" - red (50 pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-YELLOW </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Yellow Acorn Capsules Empty 50 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors DIY Containers - Easter Basket Stuffers Gifts Pinata Stuffers</t>
   </si>
   <si>
     <t>$12.06</t>
   </si>
   <si>
     <t xml:space="preserve">2CAPCOL-2000-BOTTOM </t>
   </si>
   <si>
     <t>Clear Polypropylene Capsule 2-Inch Bottoms for Efficient Packaging Supply and Manufacturing Storage Solution</t>
   </si>
   <si>
-    <t>$0.05</t>
+    <t>$0.06</t>
   </si>
   <si>
     <t>Piece</t>
   </si>
   <si>
     <t xml:space="preserve">R50CC-1000 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Colored Round Capsules Empty 1000 pcs 2 inch - Gumball Machine Capsules Bulk Party Favor Containers - Easter Basket Stuffers Birthday Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$177.64</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-1000 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 1000 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t xml:space="preserve">R50FT-1000 </t>
   </si>
   <si>
     <t>Empty Round Clear Capsules 2" (1000 pcs)</t>
   </si>