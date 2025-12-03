--- v2 (2025-11-12)
+++ v3 (2025-12-03)
@@ -3875,54 +3875,54 @@
       <c r="H14" s="6">
         <v>0.01160959</v>
       </c>
       <c r="I14" s="6">
         <v>500</v>
       </c>
       <c r="J14" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G15" s="6">
-        <v>0.09900017658693799</v>
+        <v>0.099790334599998</v>
       </c>
       <c r="H15" s="6">
-        <v>0.00149184</v>
+        <v>0.00389063</v>
       </c>
       <c r="I15" s="6">
         <v>50</v>
       </c>
       <c r="J15" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G16" s="6">
         <v>0</v>
       </c>
@@ -5224,51 +5224,51 @@
       <c r="H65" s="6">
         <v>0.00569885</v>
       </c>
       <c r="I65" s="6">
         <v>50</v>
       </c>
       <c r="J65" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="8" t="s">
         <v>165</v>
       </c>
       <c r="C66" s="4"/>
       <c r="D66" s="4" t="s">
         <v>166</v>
       </c>
       <c r="E66" s="6" t="s">
         <v>167</v>
       </c>
       <c r="F66" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G66" s="6">
-        <v>0.67099928169899</v>
+        <v>0.66200000788779</v>
       </c>
       <c r="H66" s="6">
         <v>0.01461063</v>
       </c>
       <c r="I66" s="6">
         <v>100</v>
       </c>
       <c r="J66" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="8" t="s">
         <v>168</v>
       </c>
       <c r="C67" s="4"/>
       <c r="D67" s="4" t="s">
         <v>169</v>
       </c>
       <c r="E67" s="6" t="s">
         <v>170</v>
       </c>
       <c r="F67" s="6" t="s">
         <v>18</v>
       </c>
@@ -5902,51 +5902,51 @@
       <c r="I90" s="6">
         <v>100</v>
       </c>
       <c r="J90" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="55">
       <c r="B91" s="8" t="s">
         <v>232</v>
       </c>
       <c r="C91" s="4"/>
       <c r="D91" s="4" t="s">
         <v>233</v>
       </c>
       <c r="E91" s="6" t="s">
         <v>234</v>
       </c>
       <c r="F91" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G91" s="6">
         <v>0.1587573505</v>
       </c>
       <c r="H91" s="6">
-        <v>0.00359487</v>
+        <v>0.00365108</v>
       </c>
       <c r="I91" s="6">
         <v>25</v>
       </c>
       <c r="J91" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="55">
       <c r="B92" s="8" t="s">
         <v>235</v>
       </c>
       <c r="C92" s="4"/>
       <c r="D92" s="4" t="s">
         <v>233</v>
       </c>
       <c r="E92" s="6" t="s">
         <v>236</v>
       </c>
       <c r="F92" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G92" s="6">
         <v>0.1678291991</v>
       </c>