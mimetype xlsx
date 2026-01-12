--- v3 (2025-12-03)
+++ v4 (2026-01-12)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Empty Capsules" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="489">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -667,123 +667,867 @@
   <si>
     <t xml:space="preserve">R50CT-1000 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 1000 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t xml:space="preserve">R50FT-1000 </t>
   </si>
   <si>
     <t>Empty Round Clear Capsules 2" (1000 pcs)</t>
   </si>
   <si>
     <t>$99.99</t>
   </si>
   <si>
     <t xml:space="preserve">R50FT-2000 </t>
   </si>
   <si>
     <t>Empty Round Clear Capsules 2" (2000 pcs)</t>
   </si>
   <si>
     <t>$189.99</t>
   </si>
   <si>
+    <t xml:space="preserve">51MM2000 </t>
+  </si>
+  <si>
+    <t>$215.04</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50CT-2000 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent Round Capsules Empty 2000 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
+  </si>
+  <si>
+    <t>$336.59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50CC-2000 </t>
+  </si>
+  <si>
+    <t>Empty Colored Round Capsules 2 inch 2000 pcs Bulk 7 Colors Capsule for Toy Gumball Machines Plastic Containers</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51MM-BLUE-RED-50 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent Acorn Capsules Empty 50 pcs 2 inch - Red &amp; Blue Gumball Machine Capsules Bulk Party Favors Containers - Independence Day 4th of July Party Supplies</t>
+  </si>
+  <si>
+    <t>$9.54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51MM-BLUE-RED-100 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent Acorn Capsules Empty 2 inch - Red &amp; Blue Gumball Machine Capsules Bulk Party Favors Containers - Independence and 4th of July Party Supplies - 100pcs</t>
+  </si>
+  <si>
+    <t>$35.74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50CT-25 </t>
+  </si>
+  <si>
+    <t>Entervending Empty Clear-Colored Round Capsules 2 inch 25 pcs Bulk 7 Colors Capsule for Toy Gumball Machines Plastic Containers Surprise for Kids Party</t>
+  </si>
+  <si>
+    <t>$6.98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50FT-25 </t>
+  </si>
+  <si>
+    <t>$5.98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50CC-25 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">51MM-BLUE-RED-24 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent Acorn Capsules Empty 24 pcs 2 inch - Red &amp; Blue Gumball Machine Capsules Bulk Party Favors Containers - Independence Day 4th of July Party Supplies</t>
+  </si>
+  <si>
+    <t>$16.49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50PCC-25 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Pastel Colored Round Capsules Empty 25 pcs 2 inch - Gumball Machine Capsules Bulk Party Favor Containers - Easter Basket Stuffers Pinata Stuffers DIY Craft Supplies</t>
+  </si>
+  <si>
+    <t>$13.85</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50PCC-50 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Pastel Colored Round Capsules Empty 50 pcs 2 inch - Gumball Machine Capsules Bulk Party Favor Containers - Easter Basket Stuffers Pinata Stuffers DIY Craft Supplies</t>
+  </si>
+  <si>
+    <t>$21.33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50PCC-100 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Pastel Colored Round Capsules Empty 100 pcs 2 inch - Gumball Machine Capsules Bulk Party Favor Containers - Easter Basket Stuffers Pinata Stuffers DIY Craft Supplies</t>
+  </si>
+  <si>
+    <t>$32.88</t>
+  </si>
+  <si>
+    <t>Empty Capsules 2.55"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R65CT-1000 </t>
+  </si>
+  <si>
+    <t>Empty Round Capsules with Clear Tops 2.56" (1000 pcs)</t>
+  </si>
+  <si>
+    <t>$132.35</t>
+  </si>
+  <si>
     <t xml:space="preserve">R65CC-25 </t>
   </si>
   <si>
     <t>Vending Machine Capsules - 2.6 Inch Empty Plastic Capsules - 25 Pcs Colored Round Capsules - 65 mm Bath Bombs Molds - Toy Capsules - Empty Capsule Balls for Prizes - Candy Hunt Containers</t>
   </si>
   <si>
     <t>$22.76</t>
   </si>
   <si>
-    <t xml:space="preserve">51MM2000 </t>
-[...62 lines deleted...]
-    <t>$16.49</t>
+    <t>Empty Capsules 3.0"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R75CC-14 </t>
+  </si>
+  <si>
+    <t>Empty Round Capsules 3" (14 pcs)</t>
+  </si>
+  <si>
+    <t>$17.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R75FT-14 </t>
+  </si>
+  <si>
+    <t>Empty Clear Round Capsules 3" (14 pcs.)</t>
+  </si>
+  <si>
+    <t>$16.23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R75CC-14-PASTEL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">R75CC-ORANGE-14 </t>
+  </si>
+  <si>
+    <t>$16.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R75CC-BLUE-14 </t>
+  </si>
+  <si>
+    <t>Vending Machine Capsules - 3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R75CC-PINK-14 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">R75CC-PURPLE-14 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">R75CC-YELLOW-14 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">R75CC-RED-14 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">R75CC-GREEN-14 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">R75FT-28 </t>
+  </si>
+  <si>
+    <t>Empty Clear Round Capsules 3" (28 pcs.)</t>
+  </si>
+  <si>
+    <t>$49.49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R75FT-56 </t>
+  </si>
+  <si>
+    <t>Empty Clear Round Capsules 3" (56 pcs.)</t>
+  </si>
+  <si>
+    <t>$93.49</t>
+  </si>
+  <si>
+    <t>Empty Capsules 3.6"</t>
+  </si>
+  <si>
+    <t>Empty Capsules 3.9"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R100CT-7 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent Round Capsules Empty 7 pcs 3.9 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - DIY Craft Supplies Claw Machine Refills in Bulk</t>
+  </si>
+  <si>
+    <t>$10.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R100CT-14 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent Round Capsules Empty 14 pcs 3.9 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - DIY Craft Supplies Claw Machine Refills in Bulk</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R120CT-ORANGE-7 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Orange Plastic Sphere Party Favor Containers Round 7 pcs 4.7 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$16.39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R120CT-BLUE-7 </t>
+  </si>
+  <si>
+    <t>Claw Machine Capsules Translucent Blue Plastic Sphere Large Party Favor Containers Round 7 pcs 4.7 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$12.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R120CT-PINK-7 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Pink Plastic Sphere Large Party Favor Containers Round 7 pcs 4.7 inch Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$17.15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R120CT-PURPLE-7 </t>
+  </si>
+  <si>
+    <t>Claw Machine Capsules Translucent Purple Plastic Sphere Party Favor Containers Round 7 pcs 4.7 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$12.22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R120CT-YELLOW-7 </t>
+  </si>
+  <si>
+    <t>Claw Machine Capsules Translucent Yellow Plastic Sphere Party Favor Containers Round 7 pcs 4.7 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$14.12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R120CT-RED-7 </t>
+  </si>
+  <si>
+    <t>Claw Machine Capsules Translucent Red Plastic Sphere Large Party Favor Containers Round 7 pcs 4.7 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$16.31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R120CT-GREEN-7 </t>
+  </si>
+  <si>
+    <t>Claw Machine Capsules Translucent Green Plastic Sphere Party Favor Containers Round 7 pcs 4.7 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$14.93</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R100CT-YELLOW-7 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent-Yellow Round Capsules Empty 7 pcs 3.9 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - Pinata Stuffers Craft Supplies Claw Machine Refills</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R100CT-YELLOW-14 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent-Yellow Round Capsules Empty 14 pcs 3.9 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - Pinata Stuffers Craft Supplies Claw Machine Refills</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R100CT-RED-7 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent-Red Round Capsules Empty 7 pcs 3.9 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - Pinata Stuffers Craft Supplies Claw Machine Refills</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R100CT-RED-14 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent-Red Round Capsules Empty 14 pcs 3.9 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - Pinata Stuffers Craft Supplies Claw Machine Refills</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R100CT-PURPLE-7 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent-Purple Round Capsules Empty 7 pcs 3.9 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - Pinata Stuffers Craft Supplies Claw Machine Refills</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R100CT-PURPLE-14 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent-Purple Round Capsules Empty 14 pcs 3.9 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - Pinata Stuffers Craft Supplies Claw Machine Refills</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R100CT-PINK-7 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent-Pink Round Capsules Empty 7 pcs 3.9 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - Pinata Stuffers Craft Supplies Claw Machine Refills</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R100CT-PINK-14 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent-Pink Round Capsules Empty 14 pcs 3.9 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - Pinata Stuffers Craft Supplies Claw Machine Refills</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R100CT-ORANGE-7 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent-Orange Round Capsules Empty 7 pcs 3.9 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - Pinata Stuffers Craft Supplies Claw Machine Refills</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R100CT-ORANGE-14 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent-Orange Round Capsules Empty 14 pcs 3.9 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - Pinata Stuffers Craft Supplies Claw Machine Refills</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R100CT-GREEN-7 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent-Green Round Capsules Empty 7 pcs 3.9 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - Pinata Stuffers Craft Supplies Claw Machine Refills</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R100CT-GREEN-14 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent-Green Round Capsules Empty 14 pcs 3.9 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - Pinata Stuffers Craft Supplies Claw Machine Refills</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R100CT-BLUE-7 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent-Blue Round Capsules Empty 7 pcs 3.9 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - Pinata Stuffers Craft Supplies Claw Machine Refills</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R100CT-BLUE-14 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent-Blue Round Capsules Empty 14 pcs 3.9 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - Pinata Stuffers Craft Supplies Claw Machine Refills</t>
+  </si>
+  <si>
+    <t>$25.62</t>
+  </si>
+  <si>
+    <t>Empty Capsules 4.7"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R120CT-7 </t>
+  </si>
+  <si>
+    <t>Claw Machine Capsules Translucent Plastic Sphere Large Party Favor Containers Round 7 pcs 4.7 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules - Mix</t>
+  </si>
+  <si>
+    <t>$26.64</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R120CT-14 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Translucent Round Capsules Empty 14 pcs 4.7 inch - Gumball Machine Capsules Easter Basket Stuffers Birthday Gifts - Pinata Stuffers DIY Craft Supplies Claw Machine Refills</t>
+  </si>
+  <si>
+    <t>$28.46</t>
+  </si>
+  <si>
+    <t>Empty Capsules 6.3"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160CT-MIX-7 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Plastic Sphere Large Party Favor Containers Round 7 pcs 6.3 inch - Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$15.43</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160CT-GREEN-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Green Plastic Sphere Party Favor Containers Round 5 pcs 6.3 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$15.61</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160CC-MIX-7 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Colored Plastic Sphere Large Party Favor Containers Round 7 pcs 6.3 inch - Jumbo Plastic Christmas Ornaments Extra Large Gift Box Empty Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$18.14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160CC-GREEN-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Green Plastic Sphere Party Favor Containers Round 5 pcs 6.3 inch Jumbo Plastic Christmas Ornaments Extra Large Candy Gift Box Empty Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$17.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160FT-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Clear Balls Plastic Sphere Large Party Favor Containers Round 5 pcs 6.3 inch - Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$13.71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160CT-PINK-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Pink Plastic Sphere Large Party Favor Containers Round 5 pcs 6.3 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$14.44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160CT-YELLOW-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Yellow Plastic Sphere Party Favor Containers Round 5 pcs 6.3 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$15.41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160CT-RED-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Red Plastic Sphere Large Party Favor Containers Round 5 pcs 6.3 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$15.08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160CT-PURPLE-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Purple Plastic Sphere Party Favor Containers Round 5 pcs 6.3 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$13.62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160CT-BLUE-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Blue Plastic Sphere Party Favor Containers Round 5 pcs 6.3 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$13.57</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160CT-ORANGE-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Orange Plastic Sphere Party Favor Containers Round 5 pcs 6.3 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$14.14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160CC-RED-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Red Plastic Sphere Large Party Favor Containers Round 5 pcs 6.3 inch Jumbo Plastic Christmas Ornaments Extra Large Candy Gift Box Empty Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$17.69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160CC-YELLOW-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Yellow Plastic Sphere Party Favor Containers Round 5 pcs 6.3 inch Jumbo Plastic Christmas Ornaments Extra Large Candy Gift Box Empty Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160CC-PURPLE-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Purple Plastic Sphere Party Favor Containers Round 5 pcs 6.3 inch Jumbo Plastic Christmas Ornaments Extra Large Candy Gift Box Empty Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$9.86</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160CC-PINK-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Pink Plastic Sphere Party Favor Containers Round 5 pcs 6.3 inch Jumbo Plastic Christmas Ornaments Extra Large Candy Gift Box Empty Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$13.38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160CC-BLUE-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Blue Plastic Sphere Large Party Favor Containers Round 5 pcs 6.3 inch Jumbo Plastic Christmas Ornaments Extra Large Candy Gift Box Empty Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$15.47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R160CC-ORANGE-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Orange Plastic Sphere Party Favor Containers Round 5 pcs 6.3 inch Jumbo Plastic Christmas Ornaments Extra Large Candy Gift Box Empty Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$17.64</t>
+  </si>
+  <si>
+    <t>Empty Capsules 7.87"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R200CT-MIX-7 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules - Translucent Plastic Sphere Large Party Favor Containers Round 7 pcs 7.9 inch - Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$20.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R200CT-GREEN-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Green Plastic Sphere Party Favor Containers Round 5 pcs 7.9 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$11.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R200CC-GREEN-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Green Plastic Sphere Party Favor Containers Round 5 pcs 7.9 inch Jumbo Plastic Christmas Ornaments Extra Large Candy Gift Box Empty Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$14.51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R200CC-MIX-7 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Colored Plastic Sphere Large Party Favor Containers Round 7 pcs 7.9 inch - Jumbo Plastic Christmas Ornaments Extra Large Gift Box Empty Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$15.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R200CC-RED-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Red Plastic Sphere Large Party Favor Containers Round 5 pcs 7.9 inch Jumbo Plastic Christmas Ornaments Extra Large Candy Gift Box Empty Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$15.18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R200CC-YELLOW-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Yellow Plastic Sphere Party Favor Containers Round 5 pcs 7.9 inch Jumbo Plastic Christmas Ornaments Extra Large Candy Gift Box Empty Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$16.47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R200CC-PURPLE-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Purple Plastic Sphere Party Favor Containers Round 5 pcs 7.9 inch Jumbo Plastic Christmas Ornaments Extra Large Candy Gift Box Empty Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$10.69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R200CC-BLUE-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Blue Plastic Sphere Party Favor Containers Round 5 pcs 7.9 inch Jumbo Plastic Christmas Ornaments Extra Large Candy Gift Box Empty Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$15.90</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R200CC-ORANGE-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Orange Plastic Sphere Party Favor Containers Round 5 pcs 7.9 inch Jumbo Plastic Christmas Ornaments Extra Large Candy Gift Box Empty Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$13.22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R200CC-PINK-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Pink Plastic Sphere Party Favor Containers Round 5 pcs 7.9 inch Jumbo Plastic Christmas Ornaments Extra Large Candy Gift Box Empty Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$14.11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R200CT-RED-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Red Plastic Sphere Large Party Favor Containers Round 5 pcs 7.9 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R200CT-YELLOW-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Yellow Plastic Sphere Party Favor Containers Round 5 pcs 7.9 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$13.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R200CT-PURPLE-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Purple Plastic Sphere Party Favor Containers Round 5 pcs 7.9 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$11.53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R200CT-BLUE-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Blue Plastic Sphere Large Party Favor Containers Round 5 pcs 7.9 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R200CT-ORANGE-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Orange Plastic Sphere Party Favor Containers Round 5 pcs 7.9 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$14.83</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R200CT-PINK-5 </t>
+  </si>
+  <si>
+    <t>Big Claw Machine Capsules Translucent Pink Plastic Sphere Large Party Favor Containers Round 5 pcs 7.9 inch Jumbo Plastic Christmas Ornaments Extra Large Gift Box Craft Party Supplies Vending Capsules</t>
+  </si>
+  <si>
+    <t>$12.68</t>
+  </si>
+  <si>
+    <t>Egg Empty Capsules</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG75-MIX-24 </t>
+  </si>
+  <si>
+    <t>Easter Eggs 3” - Bright Fillable Capsule Egg – 24ct - Easter Basket Stuffers - Empty Large Enough to Hold Toy and Candy - Plastic Capsule Eggs Filler Bulk - Egg Hunt Kids Surprise</t>
+  </si>
+  <si>
+    <t>$9.27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG75-MIX-12 </t>
+  </si>
+  <si>
+    <t>Easter Eggs 3” - Bright Fillable Capsule Egg – 12ct - Easter Basket Stuffers - Empty Large Enough to Hold Toy and Candy - Plastic Capsule Eggs Filler Bulk - Egg Hunt Kids Surprise</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG75-FT-24 </t>
+  </si>
+  <si>
+    <t>Easter Eggs 3” - Clear Fillable Plastic Capsule – 24ct - Easter Basket Stuffers - Empty Large Enough to Hold Toy or Candy - Capsules Filler Bulk - Egg Hunt Kids Surprise</t>
+  </si>
+  <si>
+    <t>$19.79</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG75-FT-12 </t>
+  </si>
+  <si>
+    <t>Easter Eggs 3” - Clear Fillable Plastic Capsule – 12ct - Easter Basket Stuffers - Empty Large Enough to Hold Toy or Candy - Capsules Filler Bulk - Egg Hunt Kids Surprise</t>
+  </si>
+  <si>
+    <t>$4.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG75-FT-56 </t>
+  </si>
+  <si>
+    <t>Easter Eggs 3” - Clear Fillable Plastic Capsule – 48ct - Easter Basket Stuffers - Empty Large Enough to Hold Toy or Candy - Capsules Filler Bulk - Egg Hunt Kids Surprise</t>
+  </si>
+  <si>
+    <t>$14.43</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG75-RED-12 </t>
+  </si>
+  <si>
+    <t>Easter Eggs 3” - Bright Fillable Easter Eggs – 12 pcs - Easter Basket Stuffers - Empty Large Enough to Hold Toy and Candy - Plastic Easter Egg Filler Bulk - Egg Hunt Kids Surprise</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG75-PINK-12 </t>
+  </si>
+  <si>
+    <t>$5.43</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG75-PURPLE-12 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG75-BLUE-12 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG75-YELLOW-12 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG75-GREEN-12 </t>
+  </si>
+  <si>
+    <t>$5.09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG150-MIX-8 </t>
+  </si>
+  <si>
+    <t>Easter Eggs 6” - Translucent Colors Bright Fillable Easter Eggs – 8ct - Easter Basket Stuffers - Empty Large Enough to Hold Toy Candy - Stand Up Plastic Easter Egg Filler - Egg Hunt Kids Surprise</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG150-MIX-4 </t>
+  </si>
+  <si>
+    <t>Easter Eggs 6” - Translucent Colors Bright Fillable Easter Eggs – 4ct - Easter Basket Stuffers - Empty Large Enough to Hold Toy Candy - Stand Up Plastic Easter Egg Filler - Egg Hunt Kids Surprise</t>
+  </si>
+  <si>
+    <t>$13.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG150-MIX-24 </t>
+  </si>
+  <si>
+    <t>Easter Eggs 6” - Translucent Colors Bright Fillable Easter Eggs – 24ct - Easter Basket Stuffers - Empty Large Enough to Hold Toy Candy - Stand Up Plastic Easter Egg Filler - Egg Hunt Kids Surprise</t>
+  </si>
+  <si>
+    <t>$37.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG150-MIX-12 </t>
+  </si>
+  <si>
+    <t>Easter Eggs 6” - Translucent Colors Bright Fillable Easter Eggs – 12ct - Easter Basket Stuffers - Empty Large Enough to Hold Toy Candy - Stand Up Plastic Easter Egg Filler - Egg Hunt Kids Surprise</t>
+  </si>
+  <si>
+    <t>$18.36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG75-FT_100 </t>
+  </si>
+  <si>
+    <t>Easter Eggs 3” - Clear Fillable Plastic Capsule – 100ct - Easter Basket Stuffers - Empty Large Enough to Hold Toy or Candy - Capsules Filler Bulk - Egg Hunt Kids Surprise</t>
+  </si>
+  <si>
+    <t>$51.58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG75-FT_250 </t>
+  </si>
+  <si>
+    <t>Easter Eggs 3” - Clear Fillable Plastic Capsule – 250ct - Easter Basket Stuffers - Empty Large Enough to Hold Toy or Candy - Capsules Filler Bulk - Egg Hunt Kids Surprise</t>
+  </si>
+  <si>
+    <t>$97.23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG75-FT_500 </t>
+  </si>
+  <si>
+    <t>Easter Eggs 3” - Clear Fillable Plastic Capsule – 500ct - Easter Basket Stuffers - Empty Large Enough to Hold Toy or Candy - Capsules Filler Bulk - Egg Hunt Kids Surprise</t>
+  </si>
+  <si>
+    <t>$172.03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG75-MIX_250 </t>
+  </si>
+  <si>
+    <t>Easter Eggs 3” - Bright Fillable Capsule Egg – 250ct - Easter Basket Stuffers - Empty Large Enough to Hold Toy and Candy - Plastic Capsule Eggs Filler Bulk - Egg Hunt Kids Surprise</t>
+  </si>
+  <si>
+    <t>$86.01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGG75-MIX_500 </t>
+  </si>
+  <si>
+    <t>Easter Eggs 3” - Bright Fillable Capsule Egg – 500ct - Easter Basket Stuffers - Empty Large Enough to Hold Toy and Candy - Plastic Capsule Eggs Filler Bulk - Egg Hunt Kids Surprise</t>
+  </si>
+  <si>
+    <t>$148.65</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -861,51 +1605,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b0657423b615eb613fe4d8777ff49812.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d30d144c9548ef7905da73ccc56dbec3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7eb6c7e2ca4a2e1554c58f1bc01628384.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b5a26d2c7e586d9194307b5f0dab8705.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6320f906b03e61e471b98c7ebc117ed26.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_851cb99e6df4f6793219f7ad4267c79d7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f47dceeb7b2121b8f628f38dbbf2b5c8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_954096b5eeac76dd3ce1ec8386dfc7ba9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4fc02393eee0e8df539d85430b3ebcd010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e2d372cb504469faeb3347252ac524fb11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5635407f28b6fb60eb66055209c275d112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78ae032080d56f5ded92d2a1d7fe526513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c3789033489695197607ba5d3a8b52c14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1774723089c1887abd970612b220579515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f505c22a410baa0308feefc266aeef6816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1516bdb903844a167e2bf8160b65d2ed17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb7882f2abdbf2bd7a55d4875138f97a18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ab69106a03e5f72eab036711153c1b8319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2ed28958ab8da7532b8a7cddcf23da6f20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da971e2035df2124efcb58412d76528421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_66124a4a660064740628a725f391130d22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720d416ab5e501313cf119dffac5f49723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8eac68e4b4f97a1ae120177f985d84af24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d751c1ba423a697078e0ea620d6c33cc25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c88022036e35386e6b77571b888de98126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8800b100dee4539d26503fb9dc19728f27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0887b07980ad7b9aca1552e6ba6f99a328.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abcfcd450a7b9733c9653dc7815d131529.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_023957e47fc1303569176849c6577ab730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d1c5b86eadc89741674d51d3c223c3e31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc5dce5507ee06e809be57ff210a1f7a32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c863db3c6a4c7b954e0a75a5c2491c0333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_58663e88cfca9da4d09cdb106f5e9f7f34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aad9f24f87a461ddcbe354ceae152c6235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca3ce30e07a077349b422fe748e4326a36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1556488a42e66f165f9054563430446637.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c56a9c7a04bfb4683f9a0ea5c401859a38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef5680e599fa07e533a0d5a4cb9d414e39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_242aa5f033d079330f7c2e607805d0f440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_20e583d062f4dfe7c225e47308165bab41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0221776bb1b2730fd3d53c593f44c38442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f65d1bfd7ed20e7cae38b70578d1b06c43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_163260bf9c1186091a986570c7f618e344.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ba122b8c7c65d6a63a2a766296542b045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0d80c0a81866ee7bdef63b4230409aa46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a6564475974a3ebb9eeff69f15b126247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d68fbd8a149900db3fde15e5fdd97348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c472318f409aabea09f4da08bc708a449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cddc641055abcf98594ad58d3ac2575e50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5080ed14a7d2bd6707f8a002f37aa71851.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43417b7c014f082df864db57e98021a252.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7067b94401e6af6028e682f35754dc3753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c2ad312c47601c5a3fd3f0d687454f254.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0817e1b99998e55c5aa5e8f9086d2be55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6c2b50bc09145de08bad17e6e69d79bc56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_775aa181469c73b0e4168efdab33bdfb57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffaa33637b3bec56560572fcc34c3cd458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bada587753ecb7fecb96c6be07588d2359.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2188972e52d0fec72176d845d872b5a60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb3ce62299b88e805dc61dd1664fc45561.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abaf3a9b692a60aa5470e2d7cbdfe60562.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a2d44c1048e5749d7b0273ae037de8463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d430037267e3bfc60a8d704b2e0d4e264.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d14b5a3f4d4284f8a169947a41f287ab65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aa5225926d8a5664a696547f3c91f7cc66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08601033df1f632114a53403fdd9dbe367.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05e01dfbee44f801a2485fe778daf0b368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6f0f0a70bfd30584522df169f4e512f069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e48f93768603bcf365d9da5ae55ff44670.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96555f69b2bbd762c1a5eb86f300b5dc71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c872fe9c267d4ea949ac0a2924b4352f72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf32f361be9c4b172f2f39614addadb73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd20881ec55b0a0d5bb635bdebdbe7a874.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2003c856b1081966bbe15e845fa3085775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00f7904eab2b411a521c436ec24f307676.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8004483c02ca106187496e18b30404a77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_759364af4ded2c26323c801ded77597578.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f02dbe31bec00b348238579ac6fe8bc379.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c090eea3fdc65e48f10802e2722f9c5f80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fbce0a690f6aa0e24080eac011952f5d81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bfa0b14290106bc6226263b249031282.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f00d0969c1ceb3058d5b0c987b85c33083.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b0657423b615eb613fe4d8777ff49812.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d30d144c9548ef7905da73ccc56dbec3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7eb6c7e2ca4a2e1554c58f1bc01628384.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b5a26d2c7e586d9194307b5f0dab8705.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6320f906b03e61e471b98c7ebc117ed26.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_851cb99e6df4f6793219f7ad4267c79d7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f47dceeb7b2121b8f628f38dbbf2b5c8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_954096b5eeac76dd3ce1ec8386dfc7ba9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4fc02393eee0e8df539d85430b3ebcd010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e2d372cb504469faeb3347252ac524fb11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5635407f28b6fb60eb66055209c275d112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78ae032080d56f5ded92d2a1d7fe526513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c3789033489695197607ba5d3a8b52c14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1774723089c1887abd970612b220579515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f505c22a410baa0308feefc266aeef6816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1516bdb903844a167e2bf8160b65d2ed17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb7882f2abdbf2bd7a55d4875138f97a18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ab69106a03e5f72eab036711153c1b8319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2ed28958ab8da7532b8a7cddcf23da6f20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da971e2035df2124efcb58412d76528421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_66124a4a660064740628a725f391130d22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720d416ab5e501313cf119dffac5f49723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8eac68e4b4f97a1ae120177f985d84af24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d751c1ba423a697078e0ea620d6c33cc25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c88022036e35386e6b77571b888de98126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8800b100dee4539d26503fb9dc19728f27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0887b07980ad7b9aca1552e6ba6f99a328.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abcfcd450a7b9733c9653dc7815d131529.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_023957e47fc1303569176849c6577ab730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d1c5b86eadc89741674d51d3c223c3e31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc5dce5507ee06e809be57ff210a1f7a32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c863db3c6a4c7b954e0a75a5c2491c0333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_58663e88cfca9da4d09cdb106f5e9f7f34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aad9f24f87a461ddcbe354ceae152c6235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca3ce30e07a077349b422fe748e4326a36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1556488a42e66f165f9054563430446637.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c56a9c7a04bfb4683f9a0ea5c401859a38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef5680e599fa07e533a0d5a4cb9d414e39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_242aa5f033d079330f7c2e607805d0f440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_20e583d062f4dfe7c225e47308165bab41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0221776bb1b2730fd3d53c593f44c38442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f65d1bfd7ed20e7cae38b70578d1b06c43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_163260bf9c1186091a986570c7f618e344.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ba122b8c7c65d6a63a2a766296542b045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0d80c0a81866ee7bdef63b4230409aa46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a6564475974a3ebb9eeff69f15b126247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d68fbd8a149900db3fde15e5fdd97348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c472318f409aabea09f4da08bc708a449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cddc641055abcf98594ad58d3ac2575e50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5080ed14a7d2bd6707f8a002f37aa71851.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43417b7c014f082df864db57e98021a252.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7067b94401e6af6028e682f35754dc3753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c2ad312c47601c5a3fd3f0d687454f254.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0817e1b99998e55c5aa5e8f9086d2be55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6c2b50bc09145de08bad17e6e69d79bc56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_775aa181469c73b0e4168efdab33bdfb57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffaa33637b3bec56560572fcc34c3cd458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bada587753ecb7fecb96c6be07588d2359.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2188972e52d0fec72176d845d872b5a60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb3ce62299b88e805dc61dd1664fc45561.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abaf3a9b692a60aa5470e2d7cbdfe60562.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a2d44c1048e5749d7b0273ae037de8463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d430037267e3bfc60a8d704b2e0d4e264.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d14b5a3f4d4284f8a169947a41f287ab65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aa5225926d8a5664a696547f3c91f7cc66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08601033df1f632114a53403fdd9dbe367.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05e01dfbee44f801a2485fe778daf0b368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6f0f0a70bfd30584522df169f4e512f069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e48f93768603bcf365d9da5ae55ff44670.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96555f69b2bbd762c1a5eb86f300b5dc71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c872fe9c267d4ea949ac0a2924b4352f72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf32f361be9c4b172f2f39614addadb73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2003c856b1081966bbe15e845fa3085774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00f7904eab2b411a521c436ec24f307675.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8004483c02ca106187496e18b30404a76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_759364af4ded2c26323c801ded77597577.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f02dbe31bec00b348238579ac6fe8bc378.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c090eea3fdc65e48f10802e2722f9c5f79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fbce0a690f6aa0e24080eac011952f5d80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bfa0b14290106bc6226263b249031281.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f00d0969c1ceb3058d5b0c987b85c33082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_faf9f567c98abaf3930e7a8bc2e75ecc83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f1e37d28d2a0166baabacecfcac30f4484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6261916b190a134a57f8808bcb83a28285.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca1d666f39f77d0d8246d4b10a63970b86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd20881ec55b0a0d5bb635bdebdbe7a887.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c88dba6c4c313b1df81f0719988a2d6a88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d14c657878d9a043b5879b7d4eca11c389.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a352071319797181a6759d473137157490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fe37bec6ec8b4f4fd79dbae06d2c058291.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bcc6ada3b3ca684348703037205ceee692.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3529e493c8b7bded8d493c830d1f4c2193.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6f6a2556a303d9fdac826e0639c0e50094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5895ec84a4b4584acb729c0ccfdd834495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_28a051a4a49cdfc2d72a83099121289996.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6d6bced035b6fa31178d37015c2e665d97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ed16b1abd36fe003488de89188a9f62c98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a247e0e0831e42122a647c55ef4abadd99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78e84eafa0bbb096dd4af4a348f66c9e100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_29af09a1dffe1b66d7f481ffe30eadcc101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9465c3d03f2f10af5577c1ec21590470102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27660405bcebb283ef0b9674106c4187103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_731b01857da9b7fee43941819ab35539104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_333dae4d326475545f433a05b99d767f105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_87092591aea21c0627cff7969c6448df106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c7a27a1c0a6774e99909c82db8caf6b107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e3bb569efe463c2280d3f827789ad755108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ee32b8f637565e5377ccab47f14415f4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_db174df5aafa37acc42a9fbb0c23c079110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fa2c25f4d08c4dba93dac8e3dc7e120111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b39e2b74e79c774c3c3510914bda4e40112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_10d3d17ce778b07eb0664e7c18e45e71113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_44768950d315b0b1635e77679ae4d451114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d9944096a56ca5f7d7473bdda69bf61c115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1a4e48fddde4a381b91d78dcfd066c99116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_333654bceb28982a1c68f1b2aa4a07e4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_541fa36a9a61ea9aa55df9c65f88d61c118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a0db993e159de54b80fd339081a688c119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b93184172a9bae06e26b926b59ead278120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c08a8e4a30941a30e3b8511af6dd96e4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a3c23d8cb16f1790ce93e49a104a34e7122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2718a9eb690bd26fb75715ea3a4608a9123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6aa3ab50ae01815caa7ccf871faca268124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2c6f1d614b1be65c55ebb9233882b949125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_71a751411c6772ea955215f20ae2a7aa126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4f11fa5db9f50d8037dc46e66004e75a127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b91368bfe507d226868f6980bc0d268128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_69805d9ebcdeba51301ce58fdccad1c5129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c8842786d9a7b12e35029b46dee1cb36130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79be953ddf808268f74db510ea07bd16131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15e86aa2bc8b68f1d65abc768e728c03132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4afab87b74e83824a8b556cfbdd5cf5c133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f66c83681f985cafef09393ee7777c6a134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd890c1e68edacc1af5b368c2eb859ad135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b540dda77d63edd0c4a14a33dc2b50f8136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fa2e01cb282c61c1c040b3131ef8b84137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1246c5d05290e30ef66c639846f76f5b138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c9b7e898c89a74ebd3b409fe30f06c84139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1e0ffa304a510f4f71a9a91a305d3f03140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0d2cfc948de200023d65ba459bcd2699141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_783d7314a0d0c9724a6233023667b490142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0f1386f91f8e1206ffc3575ea59b5d7f143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b6fa72a61dabceacca944aaa97d67ca6144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_37c494178fb8e94ef21ae13a79119087145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c1c842714f60235b9abb989204fe4463146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3632c2aa7675037cc2d31b0e4483b959147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff55853b039e97423bf607c8038f627b148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bcbcfaa44baa91d820d7e7f41b699a65149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_88237715002fc9c4324e786690ca98b7150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5640e72464aa6d0857591ca97d7ae70c151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2f9291cf2ae229b797e35ed64ba10e2b152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05f8302169402f251ce649e28ad9fc50153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d4331ebc26ac6020e13ce1b8406133d9154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_064a5f6e03a4fdd44ef7065b87803264155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a64f684faea08be35b4e6824a29ca646156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5555773576a2c9ea5a8fe778b39e7437157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a5c28930696fa499cc9ccc74702ae260158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a49a4c74aa1187a26bbce7c4eff1a06159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8e711c57ccca5fd1b0c094dc203e0360160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05980dcda1cf88af63c4802fda3f025f161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_21144e9ab85a63ad0fcd0936bc3eaea9162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b390dce378d1ca25c61505677f9f34f3163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76e0de09ca9f45f33aeefb3fa4080686164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cbfe9cf20e61376baf0c378212605012165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_11ab85d2cbb19ca594f3db8f7a2de5cf166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9ad56c753707996601a9b9cf61646b26167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fa9172abfb80f2d83592875dfb5cb54c168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fcc518e429d9df5b53d0a9c572092803169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2a2aa73c53e8e9b226dd065faffc1e28170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e8fab85da4f525e53acc66cb9c53d5c8171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_51b1b8f0282a1a3efb9474b28c35d751172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1e27e1d9434254d08cb23e5e7fa0ba79173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a40ab9208cfae68e023ebca48f886f70174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d9be5c95c5ef53034f55113128b08dc6175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d79e34396d0f4c42f7a661c7a2a3b770176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_283237a85976ddd08a3cd6928d0dbc6a177.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3343,50 +4087,2870 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>93</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="83" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="561975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="561975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="561975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="561975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="561975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="561975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="561975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>124</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>128</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>130</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>132</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>139</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>142</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="128" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>145</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>146</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="131" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>149</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="133" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="134" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>151</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>152</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>153</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="137" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>154</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="138" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>155</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>156</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="141" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="142" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="143" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>161</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="144" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>162</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="145" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>163</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>164</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>165</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="148" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="149" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="150" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="151" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>170</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>171</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="154" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>172</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="155" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>173</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>174</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="157" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>176</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="158" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>177</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="159" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>178</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>179</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="161" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>180</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="162" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>181</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>182</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>183</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="165" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>184</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="166" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>185</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="167" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>186</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="168" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>187</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="169" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>188</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="170" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>189</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="171" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>190</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="172" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>191</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="173" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>192</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="174" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>193</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="175" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>194</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="176" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>195</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="177" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3653,54 +7217,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J94"/>
+  <dimension ref="A1:J196"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J94" sqref="J94"/>
+      <selection activeCell="J196" sqref="J196"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -4445,51 +8009,51 @@
       <c r="I35" s="6">
         <v>500</v>
       </c>
       <c r="J35" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="8" t="s">
         <v>81</v>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="4" t="s">
         <v>82</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>83</v>
       </c>
       <c r="F36" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G36" s="6">
         <v>0.272155458</v>
       </c>
       <c r="H36" s="6">
-        <v>0</v>
+        <v>0.009832240000000001</v>
       </c>
       <c r="I36" s="6">
         <v>500</v>
       </c>
       <c r="J36" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="4" t="s">
         <v>85</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>77</v>
       </c>
       <c r="F37" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G37" s="6">
         <v>1.81436972</v>
       </c>
@@ -5035,54 +8599,54 @@
       <c r="H58" s="6">
         <v>0.00588056</v>
       </c>
       <c r="I58" s="6">
         <v>60</v>
       </c>
       <c r="J58" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="8" t="s">
         <v>145</v>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="4" t="s">
         <v>146</v>
       </c>
       <c r="E59" s="6" t="s">
         <v>147</v>
       </c>
       <c r="F59" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G59" s="6">
-        <v>0.69899954240289</v>
+        <v>0.72099877525789</v>
       </c>
       <c r="H59" s="6">
-        <v>0.01324506</v>
+        <v>0.02128206</v>
       </c>
       <c r="I59" s="6">
         <v>120</v>
       </c>
       <c r="J59" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="8" t="s">
         <v>148</v>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="4" t="s">
         <v>149</v>
       </c>
       <c r="E60" s="6" t="s">
         <v>150</v>
       </c>
       <c r="F60" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G60" s="6">
         <v>0.8618256169999799</v>
       </c>
@@ -5686,363 +9250,3013 @@
       <c r="I82" s="6">
         <v>0</v>
       </c>
       <c r="J82" s="6">
         <v>1000</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="55">
       <c r="B83" s="8" t="s">
         <v>210</v>
       </c>
       <c r="C83" s="4"/>
       <c r="D83" s="4" t="s">
         <v>211</v>
       </c>
       <c r="E83" s="6" t="s">
         <v>212</v>
       </c>
       <c r="F83" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G83" s="6">
         <v>7.2574788799999</v>
       </c>
       <c r="H83" s="6">
-        <v>0</v>
+        <v>0.10068212</v>
       </c>
       <c r="I83" s="6">
         <v>1000</v>
       </c>
       <c r="J83" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="55">
       <c r="B84" s="8" t="s">
         <v>213</v>
       </c>
       <c r="C84" s="4"/>
       <c r="D84" s="4" t="s">
         <v>214</v>
       </c>
       <c r="E84" s="6" t="s">
         <v>215</v>
       </c>
       <c r="F84" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G84" s="6">
         <v>14.96855019</v>
       </c>
       <c r="H84" s="6">
         <v>0</v>
       </c>
       <c r="I84" s="6">
         <v>2000</v>
       </c>
       <c r="J84" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="55">
       <c r="B85" s="8" t="s">
         <v>216</v>
       </c>
       <c r="C85" s="4"/>
       <c r="D85" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="E85" s="6" t="s">
         <v>217</v>
       </c>
-      <c r="E85" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F85" s="6" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G85" s="6">
-        <v>0.28100005679256</v>
+        <v>15.42214262</v>
       </c>
       <c r="H85" s="6">
-        <v>0.00767052</v>
+        <v>0</v>
       </c>
       <c r="I85" s="6">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="J85" s="6">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="55">
       <c r="B86" s="8" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="C86" s="4"/>
       <c r="D86" s="4" t="s">
-        <v>131</v>
+        <v>219</v>
       </c>
       <c r="E86" s="6" t="s">
         <v>220</v>
       </c>
       <c r="F86" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G86" s="6">
-        <v>15.42214262</v>
+        <v>14.96855019</v>
       </c>
       <c r="H86" s="6">
         <v>0</v>
       </c>
       <c r="I86" s="6">
         <v>0</v>
       </c>
       <c r="J86" s="6">
         <v>2000</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="55">
       <c r="B87" s="8" t="s">
         <v>221</v>
       </c>
       <c r="C87" s="4"/>
       <c r="D87" s="4" t="s">
         <v>222</v>
       </c>
       <c r="E87" s="6" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F87" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G87" s="6">
         <v>14.96855019</v>
       </c>
       <c r="H87" s="6">
         <v>0</v>
       </c>
       <c r="I87" s="6">
         <v>0</v>
       </c>
       <c r="J87" s="6">
         <v>2000</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="55">
       <c r="B88" s="8" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C88" s="4"/>
       <c r="D88" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="E88" s="6" t="s">
         <v>225</v>
       </c>
-      <c r="E88" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F88" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G88" s="6">
-        <v>14.96855019</v>
+        <v>0.31751470099999</v>
       </c>
       <c r="H88" s="6">
-        <v>0</v>
+        <v>0.00426064</v>
       </c>
       <c r="I88" s="6">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="J88" s="6">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="55">
       <c r="B89" s="8" t="s">
         <v>226</v>
       </c>
       <c r="C89" s="4"/>
       <c r="D89" s="4" t="s">
         <v>227</v>
       </c>
       <c r="E89" s="6" t="s">
         <v>228</v>
       </c>
       <c r="F89" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G89" s="6">
         <v>0.31751470099999</v>
       </c>
       <c r="H89" s="6">
         <v>0.00426064</v>
       </c>
       <c r="I89" s="6">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J89" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="55">
       <c r="B90" s="8" t="s">
         <v>229</v>
       </c>
       <c r="C90" s="4"/>
       <c r="D90" s="4" t="s">
         <v>230</v>
       </c>
       <c r="E90" s="6" t="s">
         <v>231</v>
       </c>
       <c r="F90" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G90" s="6">
-        <v>0.31751470099999</v>
+        <v>0.1587573505</v>
       </c>
       <c r="H90" s="6">
-        <v>0.00426064</v>
+        <v>0.00365108</v>
       </c>
       <c r="I90" s="6">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="J90" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="55">
       <c r="B91" s="8" t="s">
         <v>232</v>
       </c>
       <c r="C91" s="4"/>
       <c r="D91" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="E91" s="6" t="s">
         <v>233</v>
       </c>
-      <c r="E91" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F91" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G91" s="6">
-        <v>0.1587573505</v>
+        <v>0.1678291991</v>
       </c>
       <c r="H91" s="6">
-        <v>0.00365108</v>
+        <v>0.00390024</v>
       </c>
       <c r="I91" s="6">
         <v>25</v>
       </c>
       <c r="J91" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="55">
       <c r="B92" s="8" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C92" s="4"/>
       <c r="D92" s="4" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="E92" s="6" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="F92" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G92" s="6">
-        <v>0.1678291991</v>
+        <v>0.181436972</v>
       </c>
       <c r="H92" s="6">
-        <v>0.00390024</v>
+        <v>0.00419509</v>
       </c>
       <c r="I92" s="6">
         <v>25</v>
       </c>
       <c r="J92" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="55">
       <c r="B93" s="8" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C93" s="4"/>
       <c r="D93" s="4" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="E93" s="6" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="F93" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G93" s="6">
         <v>0.181436972</v>
       </c>
       <c r="H93" s="6">
-        <v>0.00419509</v>
+        <v>0.00196645</v>
       </c>
       <c r="I93" s="6">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J93" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="55">
       <c r="B94" s="8" t="s">
         <v>238</v>
       </c>
       <c r="C94" s="4"/>
       <c r="D94" s="4" t="s">
         <v>239</v>
       </c>
       <c r="E94" s="6" t="s">
         <v>240</v>
       </c>
       <c r="F94" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G94" s="6">
         <v>0.181436972</v>
       </c>
       <c r="H94" s="6">
-        <v>0.00196645</v>
+        <v>0.00419509</v>
       </c>
       <c r="I94" s="6">
+        <v>25</v>
+      </c>
+      <c r="J94" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" customHeight="1" ht="55">
+      <c r="B95" s="8" t="s">
+        <v>241</v>
+      </c>
+      <c r="C95" s="4"/>
+      <c r="D95" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="E95" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="F95" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G95" s="6">
+        <v>0.34000018493995</v>
+      </c>
+      <c r="H95" s="6">
+        <v>0.00594295</v>
+      </c>
+      <c r="I95" s="6">
+        <v>50</v>
+      </c>
+      <c r="J95" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" customHeight="1" ht="55">
+      <c r="B96" s="8" t="s">
+        <v>244</v>
+      </c>
+      <c r="C96" s="4"/>
+      <c r="D96" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="E96" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="F96" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G96" s="6">
+        <v>0.58967015899999</v>
+      </c>
+      <c r="H96" s="6">
+        <v>0.0083692</v>
+      </c>
+      <c r="I96" s="6">
+        <v>100</v>
+      </c>
+      <c r="J96" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10">
+      <c r="B97" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="C97" s="7"/>
+      <c r="D97" s="7"/>
+      <c r="E97" s="7"/>
+      <c r="F97" s="7"/>
+      <c r="G97" s="7"/>
+      <c r="H97" s="7"/>
+      <c r="I97" s="7"/>
+      <c r="J97" s="7"/>
+    </row>
+    <row r="98" spans="1:10" customHeight="1" ht="55">
+      <c r="B98" s="8" t="s">
+        <v>248</v>
+      </c>
+      <c r="C98" s="4"/>
+      <c r="D98" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="E98" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="F98" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G98" s="6">
+        <v>8.4</v>
+      </c>
+      <c r="H98" s="6">
+        <v>0.11505647</v>
+      </c>
+      <c r="I98" s="6">
+        <v>0</v>
+      </c>
+      <c r="J98" s="6">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" customHeight="1" ht="55">
+      <c r="B99" s="8" t="s">
+        <v>251</v>
+      </c>
+      <c r="C99" s="4"/>
+      <c r="D99" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="E99" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="F99" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G99" s="6">
+        <v>0.28100005679256</v>
+      </c>
+      <c r="H99" s="6">
+        <v>0.00767052</v>
+      </c>
+      <c r="I99" s="6">
+        <v>25</v>
+      </c>
+      <c r="J99" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="B100" s="7" t="s">
+        <v>254</v>
+      </c>
+      <c r="C100" s="7"/>
+      <c r="D100" s="7"/>
+      <c r="E100" s="7"/>
+      <c r="F100" s="7"/>
+      <c r="G100" s="7"/>
+      <c r="H100" s="7"/>
+      <c r="I100" s="7"/>
+      <c r="J100" s="7"/>
+    </row>
+    <row r="101" spans="1:10" customHeight="1" ht="55">
+      <c r="B101" s="8" t="s">
+        <v>255</v>
+      </c>
+      <c r="C101" s="4"/>
+      <c r="D101" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="E101" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="F101" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G101" s="6">
+        <v>0.33100000394389</v>
+      </c>
+      <c r="H101" s="6">
+        <v>0.0044624</v>
+      </c>
+      <c r="I101" s="6">
+        <v>14</v>
+      </c>
+      <c r="J101" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" customHeight="1" ht="55">
+      <c r="B102" s="8" t="s">
+        <v>258</v>
+      </c>
+      <c r="C102" s="4"/>
+      <c r="D102" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="E102" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="F102" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G102" s="6">
+        <v>0.32205062529999</v>
+      </c>
+      <c r="H102" s="6">
+        <v>0.00438236</v>
+      </c>
+      <c r="I102" s="6">
+        <v>14</v>
+      </c>
+      <c r="J102" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" customHeight="1" ht="55">
+      <c r="B103" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="C103" s="4"/>
+      <c r="D103" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="E103" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F103" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G103" s="6">
+        <v>0.32205062529999</v>
+      </c>
+      <c r="H103" s="6">
+        <v>0.00460105</v>
+      </c>
+      <c r="I103" s="6">
+        <v>14</v>
+      </c>
+      <c r="J103" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" customHeight="1" ht="54">
+      <c r="B104" s="8" t="s">
+        <v>262</v>
+      </c>
+      <c r="C104" s="4"/>
+      <c r="D104" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="E104" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="F104" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G104" s="6">
+        <v>0.34019432249999</v>
+      </c>
+      <c r="H104" s="6">
+        <v>0.0043577</v>
+      </c>
+      <c r="I104" s="6">
+        <v>14</v>
+      </c>
+      <c r="J104" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10" customHeight="1" ht="54">
+      <c r="B105" s="8" t="s">
+        <v>264</v>
+      </c>
+      <c r="C105" s="4"/>
+      <c r="D105" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="E105" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="F105" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G105" s="6">
+        <v>0.34019432249999</v>
+      </c>
+      <c r="H105" s="6">
+        <v>0.0043577</v>
+      </c>
+      <c r="I105" s="6">
+        <v>14</v>
+      </c>
+      <c r="J105" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10" customHeight="1" ht="54">
+      <c r="B106" s="8" t="s">
+        <v>266</v>
+      </c>
+      <c r="C106" s="4"/>
+      <c r="D106" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="E106" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="F106" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G106" s="6">
+        <v>0.34019432249999</v>
+      </c>
+      <c r="H106" s="6">
+        <v>0.0043577</v>
+      </c>
+      <c r="I106" s="6">
+        <v>14</v>
+      </c>
+      <c r="J106" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" customHeight="1" ht="54">
+      <c r="B107" s="8" t="s">
+        <v>267</v>
+      </c>
+      <c r="C107" s="4"/>
+      <c r="D107" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="E107" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="F107" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G107" s="6">
+        <v>0.34019432249999</v>
+      </c>
+      <c r="H107" s="6">
+        <v>0.0043577</v>
+      </c>
+      <c r="I107" s="6">
+        <v>14</v>
+      </c>
+      <c r="J107" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10" customHeight="1" ht="54">
+      <c r="B108" s="8" t="s">
+        <v>268</v>
+      </c>
+      <c r="C108" s="4"/>
+      <c r="D108" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="E108" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="F108" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G108" s="6">
+        <v>0.35380209539999</v>
+      </c>
+      <c r="H108" s="6">
+        <v>0.00425344</v>
+      </c>
+      <c r="I108" s="6">
+        <v>14</v>
+      </c>
+      <c r="J108" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" customHeight="1" ht="54">
+      <c r="B109" s="8" t="s">
+        <v>269</v>
+      </c>
+      <c r="C109" s="4"/>
+      <c r="D109" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="E109" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="F109" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G109" s="6">
+        <v>0.34019432249999</v>
+      </c>
+      <c r="H109" s="6">
+        <v>0.0043577</v>
+      </c>
+      <c r="I109" s="6">
+        <v>14</v>
+      </c>
+      <c r="J109" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" customHeight="1" ht="54">
+      <c r="B110" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="C110" s="4"/>
+      <c r="D110" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="E110" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="F110" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G110" s="6">
+        <v>0.33565839819999</v>
+      </c>
+      <c r="H110" s="6">
+        <v>0.00422861</v>
+      </c>
+      <c r="I110" s="6">
+        <v>14</v>
+      </c>
+      <c r="J110" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10" customHeight="1" ht="55">
+      <c r="B111" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="C111" s="4"/>
+      <c r="D111" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="E111" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="F111" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G111" s="6">
+        <v>0.68038864499999</v>
+      </c>
+      <c r="H111" s="6">
+        <v>0</v>
+      </c>
+      <c r="I111" s="6">
+        <v>28</v>
+      </c>
+      <c r="J111" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10" customHeight="1" ht="55">
+      <c r="B112" s="8" t="s">
+        <v>274</v>
+      </c>
+      <c r="C112" s="4"/>
+      <c r="D112" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="E112" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="F112" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G112" s="6">
+        <v>1.224699561</v>
+      </c>
+      <c r="H112" s="6">
+        <v>0</v>
+      </c>
+      <c r="I112" s="6">
+        <v>56</v>
+      </c>
+      <c r="J112" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10">
+      <c r="B113" s="7" t="s">
+        <v>277</v>
+      </c>
+      <c r="C113" s="7"/>
+      <c r="D113" s="7"/>
+      <c r="E113" s="7"/>
+      <c r="F113" s="7"/>
+      <c r="G113" s="7"/>
+      <c r="H113" s="7"/>
+      <c r="I113" s="7"/>
+      <c r="J113" s="7"/>
+    </row>
+    <row r="114" spans="1:10">
+      <c r="B114" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="C114" s="7"/>
+      <c r="D114" s="7"/>
+      <c r="E114" s="7"/>
+      <c r="F114" s="7"/>
+      <c r="G114" s="7"/>
+      <c r="H114" s="7"/>
+      <c r="I114" s="7"/>
+      <c r="J114" s="7"/>
+    </row>
+    <row r="115" spans="1:10" customHeight="1" ht="55">
+      <c r="B115" s="8" t="s">
+        <v>279</v>
+      </c>
+      <c r="C115" s="4"/>
+      <c r="D115" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="E115" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="F115" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G115" s="6">
+        <v>0.34019432249999</v>
+      </c>
+      <c r="H115" s="6">
+        <v>0.00688505</v>
+      </c>
+      <c r="I115" s="6">
+        <v>7</v>
+      </c>
+      <c r="J115" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" customHeight="1" ht="55">
+      <c r="B116" s="8" t="s">
+        <v>282</v>
+      </c>
+      <c r="C116" s="4"/>
+      <c r="D116" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="E116" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="F116" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G116" s="6">
+        <v>0.54900106172619</v>
+      </c>
+      <c r="H116" s="6">
+        <v>0.00869289</v>
+      </c>
+      <c r="I116" s="6">
+        <v>14</v>
+      </c>
+      <c r="J116" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10" customHeight="1" ht="55">
+      <c r="B117" s="8" t="s">
+        <v>284</v>
+      </c>
+      <c r="C117" s="4"/>
+      <c r="D117" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="E117" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="F117" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G117" s="6">
+        <v>0.57152646179999</v>
+      </c>
+      <c r="H117" s="6">
+        <v>0.00655483</v>
+      </c>
+      <c r="I117" s="6">
+        <v>7</v>
+      </c>
+      <c r="J117" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10" customHeight="1" ht="55">
+      <c r="B118" s="8" t="s">
+        <v>287</v>
+      </c>
+      <c r="C118" s="4"/>
+      <c r="D118" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="E118" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="F118" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G118" s="6">
+        <v>0.56699053749999</v>
+      </c>
+      <c r="H118" s="6">
+        <v>0.01305357</v>
+      </c>
+      <c r="I118" s="6">
+        <v>7</v>
+      </c>
+      <c r="J118" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10" customHeight="1" ht="55">
+      <c r="B119" s="8" t="s">
+        <v>290</v>
+      </c>
+      <c r="C119" s="4"/>
+      <c r="D119" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="E119" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="F119" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G119" s="6">
+        <v>0.54431091599999</v>
+      </c>
+      <c r="H119" s="6">
+        <v>0.008390180000000001</v>
+      </c>
+      <c r="I119" s="6">
+        <v>7</v>
+      </c>
+      <c r="J119" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10" customHeight="1" ht="55">
+      <c r="B120" s="8" t="s">
+        <v>293</v>
+      </c>
+      <c r="C120" s="4"/>
+      <c r="D120" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="E120" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="F120" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G120" s="6">
+        <v>0.57152646179999</v>
+      </c>
+      <c r="H120" s="6">
+        <v>0.00655483</v>
+      </c>
+      <c r="I120" s="6">
+        <v>7</v>
+      </c>
+      <c r="J120" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10" customHeight="1" ht="55">
+      <c r="B121" s="8" t="s">
+        <v>296</v>
+      </c>
+      <c r="C121" s="4"/>
+      <c r="D121" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="E121" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="F121" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G121" s="6">
+        <v>0.54431091599999</v>
+      </c>
+      <c r="H121" s="6">
+        <v>0.008390180000000001</v>
+      </c>
+      <c r="I121" s="6">
+        <v>7</v>
+      </c>
+      <c r="J121" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10" customHeight="1" ht="55">
+      <c r="B122" s="8" t="s">
+        <v>299</v>
+      </c>
+      <c r="C122" s="4"/>
+      <c r="D122" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="E122" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="F122" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G122" s="6">
+        <v>0.24900001804093</v>
+      </c>
+      <c r="H122" s="6">
+        <v>0.008578199999999999</v>
+      </c>
+      <c r="I122" s="6">
+        <v>7</v>
+      </c>
+      <c r="J122" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10" customHeight="1" ht="55">
+      <c r="B123" s="8" t="s">
+        <v>302</v>
+      </c>
+      <c r="C123" s="4"/>
+      <c r="D123" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="E123" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="F123" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G123" s="6">
+        <v>0.57152646179999</v>
+      </c>
+      <c r="H123" s="6">
+        <v>0.009363990000000001</v>
+      </c>
+      <c r="I123" s="6">
+        <v>7</v>
+      </c>
+      <c r="J123" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" customHeight="1" ht="55">
+      <c r="B124" s="8" t="s">
+        <v>305</v>
+      </c>
+      <c r="C124" s="4"/>
+      <c r="D124" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="E124" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="F124" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G124" s="6">
+        <v>0.37648171689999</v>
+      </c>
+      <c r="H124" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I124" s="6">
+        <v>7</v>
+      </c>
+      <c r="J124" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" customHeight="1" ht="55">
+      <c r="B125" s="8" t="s">
+        <v>307</v>
+      </c>
+      <c r="C125" s="4"/>
+      <c r="D125" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="E125" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="F125" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G125" s="6">
+        <v>0.37648171689999</v>
+      </c>
+      <c r="H125" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I125" s="6">
+        <v>14</v>
+      </c>
+      <c r="J125" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" customHeight="1" ht="55">
+      <c r="B126" s="8" t="s">
+        <v>309</v>
+      </c>
+      <c r="C126" s="4"/>
+      <c r="D126" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="E126" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="F126" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G126" s="6">
+        <v>0.37648171689999</v>
+      </c>
+      <c r="H126" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I126" s="6">
+        <v>7</v>
+      </c>
+      <c r="J126" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10" customHeight="1" ht="55">
+      <c r="B127" s="8" t="s">
+        <v>311</v>
+      </c>
+      <c r="C127" s="4"/>
+      <c r="D127" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="E127" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="F127" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G127" s="6">
+        <v>0.37648171689999</v>
+      </c>
+      <c r="H127" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I127" s="6">
+        <v>14</v>
+      </c>
+      <c r="J127" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10" customHeight="1" ht="55">
+      <c r="B128" s="8" t="s">
+        <v>313</v>
+      </c>
+      <c r="C128" s="4"/>
+      <c r="D128" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="E128" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="F128" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G128" s="6">
+        <v>0.37648171689999</v>
+      </c>
+      <c r="H128" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I128" s="6">
+        <v>7</v>
+      </c>
+      <c r="J128" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10" customHeight="1" ht="55">
+      <c r="B129" s="8" t="s">
+        <v>315</v>
+      </c>
+      <c r="C129" s="4"/>
+      <c r="D129" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="E129" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="F129" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G129" s="6">
+        <v>0.37648171689999</v>
+      </c>
+      <c r="H129" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I129" s="6">
+        <v>14</v>
+      </c>
+      <c r="J129" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10" customHeight="1" ht="55">
+      <c r="B130" s="8" t="s">
+        <v>317</v>
+      </c>
+      <c r="C130" s="4"/>
+      <c r="D130" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="E130" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="F130" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G130" s="6">
+        <v>0.37648171689999</v>
+      </c>
+      <c r="H130" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I130" s="6">
+        <v>7</v>
+      </c>
+      <c r="J130" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10" customHeight="1" ht="55">
+      <c r="B131" s="8" t="s">
+        <v>319</v>
+      </c>
+      <c r="C131" s="4"/>
+      <c r="D131" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="E131" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="F131" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G131" s="6">
+        <v>0.64863717489999</v>
+      </c>
+      <c r="H131" s="6">
+        <v>0.00887043</v>
+      </c>
+      <c r="I131" s="6">
+        <v>14</v>
+      </c>
+      <c r="J131" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10" customHeight="1" ht="55">
+      <c r="B132" s="8" t="s">
+        <v>321</v>
+      </c>
+      <c r="C132" s="4"/>
+      <c r="D132" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="E132" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="F132" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G132" s="6">
+        <v>0.37648171689999</v>
+      </c>
+      <c r="H132" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I132" s="6">
+        <v>7</v>
+      </c>
+      <c r="J132" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10" customHeight="1" ht="55">
+      <c r="B133" s="8" t="s">
+        <v>323</v>
+      </c>
+      <c r="C133" s="4"/>
+      <c r="D133" s="4" t="s">
+        <v>324</v>
+      </c>
+      <c r="E133" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="F133" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G133" s="6">
+        <v>0.37648171689999</v>
+      </c>
+      <c r="H133" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I133" s="6">
+        <v>14</v>
+      </c>
+      <c r="J133" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10" customHeight="1" ht="55">
+      <c r="B134" s="8" t="s">
+        <v>325</v>
+      </c>
+      <c r="C134" s="4"/>
+      <c r="D134" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="E134" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="F134" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G134" s="6">
+        <v>0.37648171689999</v>
+      </c>
+      <c r="H134" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I134" s="6">
+        <v>7</v>
+      </c>
+      <c r="J134" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10" customHeight="1" ht="55">
+      <c r="B135" s="8" t="s">
+        <v>327</v>
+      </c>
+      <c r="C135" s="4"/>
+      <c r="D135" s="4" t="s">
+        <v>328</v>
+      </c>
+      <c r="E135" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="F135" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G135" s="6">
+        <v>0.37648171689999</v>
+      </c>
+      <c r="H135" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I135" s="6">
+        <v>14</v>
+      </c>
+      <c r="J135" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10" customHeight="1" ht="55">
+      <c r="B136" s="8" t="s">
+        <v>329</v>
+      </c>
+      <c r="C136" s="4"/>
+      <c r="D136" s="4" t="s">
+        <v>330</v>
+      </c>
+      <c r="E136" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="F136" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G136" s="6">
+        <v>0.37648171689999</v>
+      </c>
+      <c r="H136" s="6">
+        <v>0.00419509</v>
+      </c>
+      <c r="I136" s="6">
+        <v>7</v>
+      </c>
+      <c r="J136" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10" customHeight="1" ht="55">
+      <c r="B137" s="8" t="s">
+        <v>331</v>
+      </c>
+      <c r="C137" s="4"/>
+      <c r="D137" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="E137" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="F137" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G137" s="6">
+        <v>0.66499825385009</v>
+      </c>
+      <c r="H137" s="6">
+        <v>0.0087396</v>
+      </c>
+      <c r="I137" s="6">
+        <v>14</v>
+      </c>
+      <c r="J137" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10">
+      <c r="B138" s="7" t="s">
+        <v>334</v>
+      </c>
+      <c r="C138" s="7"/>
+      <c r="D138" s="7"/>
+      <c r="E138" s="7"/>
+      <c r="F138" s="7"/>
+      <c r="G138" s="7"/>
+      <c r="H138" s="7"/>
+      <c r="I138" s="7"/>
+      <c r="J138" s="7"/>
+    </row>
+    <row r="139" spans="1:10" customHeight="1" ht="55">
+      <c r="B139" s="8" t="s">
+        <v>335</v>
+      </c>
+      <c r="C139" s="4"/>
+      <c r="D139" s="4" t="s">
+        <v>336</v>
+      </c>
+      <c r="E139" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="F139" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G139" s="6">
+        <v>0.54884684029999</v>
+      </c>
+      <c r="H139" s="6">
+        <v>0.009967180000000001</v>
+      </c>
+      <c r="I139" s="6">
+        <v>7</v>
+      </c>
+      <c r="J139" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10" customHeight="1" ht="55">
+      <c r="B140" s="8" t="s">
+        <v>338</v>
+      </c>
+      <c r="C140" s="4"/>
+      <c r="D140" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="E140" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="F140" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G140" s="6">
+        <v>0.97975964879998</v>
+      </c>
+      <c r="H140" s="6">
+        <v>0.01455446</v>
+      </c>
+      <c r="I140" s="6">
+        <v>14</v>
+      </c>
+      <c r="J140" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10">
+      <c r="B141" s="7" t="s">
+        <v>341</v>
+      </c>
+      <c r="C141" s="7"/>
+      <c r="D141" s="7"/>
+      <c r="E141" s="7"/>
+      <c r="F141" s="7"/>
+      <c r="G141" s="7"/>
+      <c r="H141" s="7"/>
+      <c r="I141" s="7"/>
+      <c r="J141" s="7"/>
+    </row>
+    <row r="142" spans="1:10" customHeight="1" ht="55">
+      <c r="B142" s="8" t="s">
+        <v>342</v>
+      </c>
+      <c r="C142" s="4"/>
+      <c r="D142" s="4" t="s">
+        <v>343</v>
+      </c>
+      <c r="E142" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="F142" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G142" s="6">
+        <v>0.91172078429998</v>
+      </c>
+      <c r="H142" s="6">
+        <v>0.01630041</v>
+      </c>
+      <c r="I142" s="6">
+        <v>7</v>
+      </c>
+      <c r="J142" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10" customHeight="1" ht="55">
+      <c r="B143" s="8" t="s">
+        <v>345</v>
+      </c>
+      <c r="C143" s="4"/>
+      <c r="D143" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="E143" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="F143" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G143" s="6">
+        <v>0.84800011973358</v>
+      </c>
+      <c r="H143" s="6">
+        <v>0.01438263</v>
+      </c>
+      <c r="I143" s="6">
+        <v>5</v>
+      </c>
+      <c r="J143" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10" customHeight="1" ht="55">
+      <c r="B144" s="8" t="s">
+        <v>348</v>
+      </c>
+      <c r="C144" s="4"/>
+      <c r="D144" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="E144" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="F144" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G144" s="6">
+        <v>0.91172078429998</v>
+      </c>
+      <c r="H144" s="6">
+        <v>0.01563071</v>
+      </c>
+      <c r="I144" s="6">
+        <v>7</v>
+      </c>
+      <c r="J144" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10" customHeight="1" ht="55">
+      <c r="B145" s="8" t="s">
+        <v>351</v>
+      </c>
+      <c r="C145" s="4"/>
+      <c r="D145" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="E145" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="F145" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G145" s="6">
+        <v>0.77099826881679</v>
+      </c>
+      <c r="H145" s="6">
+        <v>0.01472134</v>
+      </c>
+      <c r="I145" s="6">
+        <v>5</v>
+      </c>
+      <c r="J145" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10" customHeight="1" ht="55">
+      <c r="B146" s="8" t="s">
+        <v>354</v>
+      </c>
+      <c r="C146" s="4"/>
+      <c r="D146" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="E146" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="F146" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G146" s="6">
+        <v>0.70300022763549</v>
+      </c>
+      <c r="H146" s="6">
+        <v>0.01495905</v>
+      </c>
+      <c r="I146" s="6">
+        <v>5</v>
+      </c>
+      <c r="J146" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10" customHeight="1" ht="55">
+      <c r="B147" s="8" t="s">
+        <v>357</v>
+      </c>
+      <c r="C147" s="4"/>
+      <c r="D147" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="E147" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="F147" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G147" s="6">
+        <v>0.74842750949999</v>
+      </c>
+      <c r="H147" s="6">
+        <v>0.01447948</v>
+      </c>
+      <c r="I147" s="6">
+        <v>5</v>
+      </c>
+      <c r="J147" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10" customHeight="1" ht="55">
+      <c r="B148" s="8" t="s">
+        <v>360</v>
+      </c>
+      <c r="C148" s="4"/>
+      <c r="D148" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="E148" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="F148" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G148" s="6">
+        <v>0.74842750949999</v>
+      </c>
+      <c r="H148" s="6">
+        <v>0.01432222</v>
+      </c>
+      <c r="I148" s="6">
+        <v>5</v>
+      </c>
+      <c r="J148" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10" customHeight="1" ht="55">
+      <c r="B149" s="8" t="s">
+        <v>363</v>
+      </c>
+      <c r="C149" s="4"/>
+      <c r="D149" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="E149" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="F149" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G149" s="6">
+        <v>0.73900185880459</v>
+      </c>
+      <c r="H149" s="6">
+        <v>0.01549698</v>
+      </c>
+      <c r="I149" s="6">
+        <v>5</v>
+      </c>
+      <c r="J149" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="150" spans="1:10" customHeight="1" ht="55">
+      <c r="B150" s="8" t="s">
+        <v>366</v>
+      </c>
+      <c r="C150" s="4"/>
+      <c r="D150" s="4" t="s">
+        <v>367</v>
+      </c>
+      <c r="E150" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="F150" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G150" s="6">
+        <v>0.74800113261579</v>
+      </c>
+      <c r="H150" s="6">
+        <v>0.01819247</v>
+      </c>
+      <c r="I150" s="6">
+        <v>5</v>
+      </c>
+      <c r="J150" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10" customHeight="1" ht="55">
+      <c r="B151" s="8" t="s">
+        <v>369</v>
+      </c>
+      <c r="C151" s="4"/>
+      <c r="D151" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="E151" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="F151" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G151" s="6">
+        <v>0.77099826881679</v>
+      </c>
+      <c r="H151" s="6">
+        <v>0.01316864</v>
+      </c>
+      <c r="I151" s="6">
+        <v>5</v>
+      </c>
+      <c r="J151" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10" customHeight="1" ht="55">
+      <c r="B152" s="8" t="s">
+        <v>372</v>
+      </c>
+      <c r="C152" s="4"/>
+      <c r="D152" s="4" t="s">
+        <v>373</v>
+      </c>
+      <c r="E152" s="6" t="s">
+        <v>374</v>
+      </c>
+      <c r="F152" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G152" s="6">
+        <v>0.74842750949999</v>
+      </c>
+      <c r="H152" s="6">
+        <v>0.01468437</v>
+      </c>
+      <c r="I152" s="6">
+        <v>5</v>
+      </c>
+      <c r="J152" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10" customHeight="1" ht="55">
+      <c r="B153" s="8" t="s">
+        <v>375</v>
+      </c>
+      <c r="C153" s="4"/>
+      <c r="D153" s="4" t="s">
+        <v>376</v>
+      </c>
+      <c r="E153" s="6" t="s">
+        <v>377</v>
+      </c>
+      <c r="F153" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G153" s="6">
+        <v>0.57152646179999</v>
+      </c>
+      <c r="H153" s="6">
+        <v>0.00655483</v>
+      </c>
+      <c r="I153" s="6">
+        <v>5</v>
+      </c>
+      <c r="J153" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10" customHeight="1" ht="55">
+      <c r="B154" s="8" t="s">
+        <v>378</v>
+      </c>
+      <c r="C154" s="4"/>
+      <c r="D154" s="4" t="s">
+        <v>379</v>
+      </c>
+      <c r="E154" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="F154" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G154" s="6">
+        <v>0.57152646179999</v>
+      </c>
+      <c r="H154" s="6">
+        <v>0.00655483</v>
+      </c>
+      <c r="I154" s="6">
+        <v>5</v>
+      </c>
+      <c r="J154" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="155" spans="1:10" customHeight="1" ht="55">
+      <c r="B155" s="8" t="s">
+        <v>380</v>
+      </c>
+      <c r="C155" s="4"/>
+      <c r="D155" s="4" t="s">
+        <v>381</v>
+      </c>
+      <c r="E155" s="6" t="s">
+        <v>382</v>
+      </c>
+      <c r="F155" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G155" s="6">
+        <v>0.72999804906909</v>
+      </c>
+      <c r="H155" s="6">
+        <v>0.01520743</v>
+      </c>
+      <c r="I155" s="6">
+        <v>5</v>
+      </c>
+      <c r="J155" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="156" spans="1:10" customHeight="1" ht="55">
+      <c r="B156" s="8" t="s">
+        <v>383</v>
+      </c>
+      <c r="C156" s="4"/>
+      <c r="D156" s="4" t="s">
+        <v>384</v>
+      </c>
+      <c r="E156" s="6" t="s">
+        <v>385</v>
+      </c>
+      <c r="F156" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G156" s="6">
+        <v>0.6985323421999901</v>
+      </c>
+      <c r="H156" s="6">
+        <v>0.01468517</v>
+      </c>
+      <c r="I156" s="6">
+        <v>5</v>
+      </c>
+      <c r="J156" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10" customHeight="1" ht="55">
+      <c r="B157" s="8" t="s">
+        <v>386</v>
+      </c>
+      <c r="C157" s="4"/>
+      <c r="D157" s="4" t="s">
+        <v>387</v>
+      </c>
+      <c r="E157" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="F157" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G157" s="6">
+        <v>0.71199950144669</v>
+      </c>
+      <c r="H157" s="6">
+        <v>0.01420422</v>
+      </c>
+      <c r="I157" s="6">
+        <v>5</v>
+      </c>
+      <c r="J157" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="158" spans="1:10" customHeight="1" ht="55">
+      <c r="B158" s="8" t="s">
+        <v>389</v>
+      </c>
+      <c r="C158" s="4"/>
+      <c r="D158" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="E158" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="F158" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G158" s="6">
+        <v>0.57152646179999</v>
+      </c>
+      <c r="H158" s="6">
+        <v>0.00655483</v>
+      </c>
+      <c r="I158" s="6">
+        <v>5</v>
+      </c>
+      <c r="J158" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="159" spans="1:10">
+      <c r="B159" s="7" t="s">
+        <v>392</v>
+      </c>
+      <c r="C159" s="7"/>
+      <c r="D159" s="7"/>
+      <c r="E159" s="7"/>
+      <c r="F159" s="7"/>
+      <c r="G159" s="7"/>
+      <c r="H159" s="7"/>
+      <c r="I159" s="7"/>
+      <c r="J159" s="7"/>
+    </row>
+    <row r="160" spans="1:10" customHeight="1" ht="55">
+      <c r="B160" s="8" t="s">
+        <v>393</v>
+      </c>
+      <c r="C160" s="4"/>
+      <c r="D160" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="E160" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="F160" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G160" s="6">
+        <v>1.4877831704</v>
+      </c>
+      <c r="H160" s="6">
+        <v>0.02766975</v>
+      </c>
+      <c r="I160" s="6">
+        <v>7</v>
+      </c>
+      <c r="J160" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10" customHeight="1" ht="55">
+      <c r="B161" s="8" t="s">
+        <v>396</v>
+      </c>
+      <c r="C161" s="4"/>
+      <c r="D161" s="4" t="s">
+        <v>397</v>
+      </c>
+      <c r="E161" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="F161" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G161" s="6">
+        <v>1.0477985133</v>
+      </c>
+      <c r="H161" s="6">
+        <v>0.01987677</v>
+      </c>
+      <c r="I161" s="6">
+        <v>5</v>
+      </c>
+      <c r="J161" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10" customHeight="1" ht="55">
+      <c r="B162" s="8" t="s">
+        <v>399</v>
+      </c>
+      <c r="C162" s="4"/>
+      <c r="D162" s="4" t="s">
+        <v>400</v>
+      </c>
+      <c r="E162" s="6" t="s">
+        <v>401</v>
+      </c>
+      <c r="F162" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G162" s="6">
+        <v>1.0700018627485</v>
+      </c>
+      <c r="H162" s="6">
+        <v>0.02061212</v>
+      </c>
+      <c r="I162" s="6">
+        <v>5</v>
+      </c>
+      <c r="J162" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10" customHeight="1" ht="55">
+      <c r="B163" s="8" t="s">
+        <v>402</v>
+      </c>
+      <c r="C163" s="4"/>
+      <c r="D163" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="E163" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="F163" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G163" s="6">
+        <v>1.4877831704</v>
+      </c>
+      <c r="H163" s="6">
+        <v>0.02678186</v>
+      </c>
+      <c r="I163" s="6">
+        <v>7</v>
+      </c>
+      <c r="J163" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10" customHeight="1" ht="55">
+      <c r="B164" s="8" t="s">
+        <v>405</v>
+      </c>
+      <c r="C164" s="4"/>
+      <c r="D164" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="E164" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="F164" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G164" s="6">
+        <v>1.060998053013</v>
+      </c>
+      <c r="H164" s="6">
+        <v>0.02062554</v>
+      </c>
+      <c r="I164" s="6">
+        <v>5</v>
+      </c>
+      <c r="J164" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10" customHeight="1" ht="55">
+      <c r="B165" s="8" t="s">
+        <v>408</v>
+      </c>
+      <c r="C165" s="4"/>
+      <c r="D165" s="4" t="s">
+        <v>409</v>
+      </c>
+      <c r="E165" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="F165" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G165" s="6">
+        <v>1.0700018627485</v>
+      </c>
+      <c r="H165" s="6">
+        <v>0.0198015</v>
+      </c>
+      <c r="I165" s="6">
+        <v>5</v>
+      </c>
+      <c r="J165" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10" customHeight="1" ht="55">
+      <c r="B166" s="8" t="s">
+        <v>411</v>
+      </c>
+      <c r="C166" s="4"/>
+      <c r="D166" s="4" t="s">
+        <v>412</v>
+      </c>
+      <c r="E166" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="F166" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G166" s="6">
+        <v>1.0479980939692</v>
+      </c>
+      <c r="H166" s="6">
+        <v>0.0206151</v>
+      </c>
+      <c r="I166" s="6">
+        <v>5</v>
+      </c>
+      <c r="J166" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10" customHeight="1" ht="55">
+      <c r="B167" s="8" t="s">
+        <v>414</v>
+      </c>
+      <c r="C167" s="4"/>
+      <c r="D167" s="4" t="s">
+        <v>415</v>
+      </c>
+      <c r="E167" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="F167" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G167" s="6">
+        <v>1.0614062862</v>
+      </c>
+      <c r="H167" s="6">
+        <v>0.01954229</v>
+      </c>
+      <c r="I167" s="6">
+        <v>5</v>
+      </c>
+      <c r="J167" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10" customHeight="1" ht="55">
+      <c r="B168" s="8" t="s">
+        <v>417</v>
+      </c>
+      <c r="C168" s="4"/>
+      <c r="D168" s="4" t="s">
+        <v>418</v>
+      </c>
+      <c r="E168" s="6" t="s">
+        <v>419</v>
+      </c>
+      <c r="F168" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G168" s="6">
+        <v>1.060998053013</v>
+      </c>
+      <c r="H168" s="6">
+        <v>0.0199679</v>
+      </c>
+      <c r="I168" s="6">
+        <v>5</v>
+      </c>
+      <c r="J168" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10" customHeight="1" ht="55">
+      <c r="B169" s="8" t="s">
+        <v>420</v>
+      </c>
+      <c r="C169" s="4"/>
+      <c r="D169" s="4" t="s">
+        <v>421</v>
+      </c>
+      <c r="E169" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="F169" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G169" s="6">
+        <v>1.0296548161</v>
+      </c>
+      <c r="H169" s="6">
+        <v>0.01964579</v>
+      </c>
+      <c r="I169" s="6">
+        <v>5</v>
+      </c>
+      <c r="J169" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10" customHeight="1" ht="55">
+      <c r="B170" s="8" t="s">
+        <v>423</v>
+      </c>
+      <c r="C170" s="4"/>
+      <c r="D170" s="4" t="s">
+        <v>424</v>
+      </c>
+      <c r="E170" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="F170" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G170" s="6">
+        <v>1.0700018627485</v>
+      </c>
+      <c r="H170" s="6">
+        <v>0.02000634</v>
+      </c>
+      <c r="I170" s="6">
+        <v>5</v>
+      </c>
+      <c r="J170" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" customHeight="1" ht="55">
+      <c r="B171" s="8" t="s">
+        <v>425</v>
+      </c>
+      <c r="C171" s="4"/>
+      <c r="D171" s="4" t="s">
+        <v>426</v>
+      </c>
+      <c r="E171" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="F171" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G171" s="6">
+        <v>1.0477985133</v>
+      </c>
+      <c r="H171" s="6">
+        <v>0.02027016</v>
+      </c>
+      <c r="I171" s="6">
+        <v>5</v>
+      </c>
+      <c r="J171" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10" customHeight="1" ht="55">
+      <c r="B172" s="8" t="s">
+        <v>428</v>
+      </c>
+      <c r="C172" s="4"/>
+      <c r="D172" s="4" t="s">
+        <v>429</v>
+      </c>
+      <c r="E172" s="6" t="s">
+        <v>430</v>
+      </c>
+      <c r="F172" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G172" s="6">
+        <v>0.79800062617469</v>
+      </c>
+      <c r="H172" s="6">
+        <v>0.01711675</v>
+      </c>
+      <c r="I172" s="6">
+        <v>5</v>
+      </c>
+      <c r="J172" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10" customHeight="1" ht="55">
+      <c r="B173" s="8" t="s">
+        <v>431</v>
+      </c>
+      <c r="C173" s="4"/>
+      <c r="D173" s="4" t="s">
+        <v>432</v>
+      </c>
+      <c r="E173" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="F173" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G173" s="6">
+        <v>0.97975964879998</v>
+      </c>
+      <c r="H173" s="6">
+        <v>0.01686889</v>
+      </c>
+      <c r="I173" s="6">
+        <v>5</v>
+      </c>
+      <c r="J173" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10" customHeight="1" ht="55">
+      <c r="B174" s="8" t="s">
+        <v>433</v>
+      </c>
+      <c r="C174" s="4"/>
+      <c r="D174" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="E174" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="F174" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G174" s="6">
+        <v>1.088621832</v>
+      </c>
+      <c r="H174" s="6">
+        <v>0.0251244</v>
+      </c>
+      <c r="I174" s="6">
+        <v>5</v>
+      </c>
+      <c r="J174" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10" customHeight="1" ht="55">
+      <c r="B175" s="8" t="s">
+        <v>436</v>
+      </c>
+      <c r="C175" s="4"/>
+      <c r="D175" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="E175" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="F175" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G175" s="6">
+        <v>1.0120009987244</v>
+      </c>
+      <c r="H175" s="6">
+        <v>0.01738079</v>
+      </c>
+      <c r="I175" s="6">
+        <v>5</v>
+      </c>
+      <c r="J175" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="176" spans="1:10">
+      <c r="B176" s="7" t="s">
+        <v>439</v>
+      </c>
+      <c r="C176" s="7"/>
+      <c r="D176" s="7"/>
+      <c r="E176" s="7"/>
+      <c r="F176" s="7"/>
+      <c r="G176" s="7"/>
+      <c r="H176" s="7"/>
+      <c r="I176" s="7"/>
+      <c r="J176" s="7"/>
+    </row>
+    <row r="177" spans="1:10" customHeight="1" ht="55">
+      <c r="B177" s="8" t="s">
+        <v>440</v>
+      </c>
+      <c r="C177" s="4"/>
+      <c r="D177" s="4" t="s">
+        <v>441</v>
+      </c>
+      <c r="E177" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="F177" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G177" s="6">
+        <v>0.23100010964124</v>
+      </c>
+      <c r="H177" s="6">
+        <v>0.00269041</v>
+      </c>
+      <c r="I177" s="6">
         <v>24</v>
       </c>
-      <c r="J94" s="6">
+      <c r="J177" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10" customHeight="1" ht="55">
+      <c r="B178" s="8" t="s">
+        <v>443</v>
+      </c>
+      <c r="C178" s="4"/>
+      <c r="D178" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="E178" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F178" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G178" s="6">
+        <v>0.1179340318</v>
+      </c>
+      <c r="H178" s="6">
+        <v>0.00159508</v>
+      </c>
+      <c r="I178" s="6">
+        <v>12</v>
+      </c>
+      <c r="J178" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10" customHeight="1" ht="55">
+      <c r="B179" s="8" t="s">
+        <v>445</v>
+      </c>
+      <c r="C179" s="4"/>
+      <c r="D179" s="4" t="s">
+        <v>446</v>
+      </c>
+      <c r="E179" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="F179" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G179" s="6">
+        <v>0.23100010964124</v>
+      </c>
+      <c r="H179" s="6">
+        <v>0.0024451</v>
+      </c>
+      <c r="I179" s="6">
+        <v>24</v>
+      </c>
+      <c r="J179" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10" customHeight="1" ht="55">
+      <c r="B180" s="8" t="s">
+        <v>448</v>
+      </c>
+      <c r="C180" s="4"/>
+      <c r="D180" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="E180" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="F180" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G180" s="6">
+        <v>0.1179340318</v>
+      </c>
+      <c r="H180" s="6">
+        <v>0.00280104</v>
+      </c>
+      <c r="I180" s="6">
+        <v>12</v>
+      </c>
+      <c r="J180" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10" customHeight="1" ht="55">
+      <c r="B181" s="8" t="s">
+        <v>451</v>
+      </c>
+      <c r="C181" s="4"/>
+      <c r="D181" s="4" t="s">
+        <v>452</v>
+      </c>
+      <c r="E181" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="F181" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G181" s="6">
+        <v>0.45800134841959</v>
+      </c>
+      <c r="H181" s="6">
+        <v>0.00880157</v>
+      </c>
+      <c r="I181" s="6">
+        <v>48</v>
+      </c>
+      <c r="J181" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10" customHeight="1" ht="55">
+      <c r="B182" s="8" t="s">
+        <v>454</v>
+      </c>
+      <c r="C182" s="4"/>
+      <c r="D182" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="E182" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="F182" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G182" s="6">
+        <v>0.1088621832</v>
+      </c>
+      <c r="H182" s="6">
+        <v>0.0014878</v>
+      </c>
+      <c r="I182" s="6">
+        <v>12</v>
+      </c>
+      <c r="J182" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10" customHeight="1" ht="55">
+      <c r="B183" s="8" t="s">
+        <v>456</v>
+      </c>
+      <c r="C183" s="4"/>
+      <c r="D183" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="E183" s="6" t="s">
+        <v>457</v>
+      </c>
+      <c r="F183" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G183" s="6">
+        <v>0.1179340318</v>
+      </c>
+      <c r="H183" s="6">
+        <v>0.001345</v>
+      </c>
+      <c r="I183" s="6">
+        <v>12</v>
+      </c>
+      <c r="J183" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10" customHeight="1" ht="55">
+      <c r="B184" s="8" t="s">
+        <v>458</v>
+      </c>
+      <c r="C184" s="4"/>
+      <c r="D184" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="E184" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="F184" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G184" s="6">
+        <v>0.1179340318</v>
+      </c>
+      <c r="H184" s="6">
+        <v>0.00152074</v>
+      </c>
+      <c r="I184" s="6">
+        <v>12</v>
+      </c>
+      <c r="J184" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10" customHeight="1" ht="55">
+      <c r="B185" s="8" t="s">
+        <v>459</v>
+      </c>
+      <c r="C185" s="4"/>
+      <c r="D185" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="E185" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F185" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G185" s="6">
+        <v>0.1179340318</v>
+      </c>
+      <c r="H185" s="6">
+        <v>0.00161814</v>
+      </c>
+      <c r="I185" s="6">
+        <v>12</v>
+      </c>
+      <c r="J185" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="186" spans="1:10" customHeight="1" ht="55">
+      <c r="B186" s="8" t="s">
+        <v>460</v>
+      </c>
+      <c r="C186" s="4"/>
+      <c r="D186" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="E186" s="6" t="s">
+        <v>457</v>
+      </c>
+      <c r="F186" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G186" s="6">
+        <v>0.1179340318</v>
+      </c>
+      <c r="H186" s="6">
+        <v>0.00159977</v>
+      </c>
+      <c r="I186" s="6">
+        <v>12</v>
+      </c>
+      <c r="J186" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10" customHeight="1" ht="55">
+      <c r="B187" s="8" t="s">
+        <v>461</v>
+      </c>
+      <c r="C187" s="4"/>
+      <c r="D187" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="E187" s="6" t="s">
+        <v>462</v>
+      </c>
+      <c r="F187" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G187" s="6">
+        <v>0.1179340318</v>
+      </c>
+      <c r="H187" s="6">
+        <v>0.00217531</v>
+      </c>
+      <c r="I187" s="6">
+        <v>12</v>
+      </c>
+      <c r="J187" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10" customHeight="1" ht="55">
+      <c r="B188" s="8" t="s">
+        <v>463</v>
+      </c>
+      <c r="C188" s="4"/>
+      <c r="D188" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="E188" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="F188" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G188" s="6">
+        <v>0.031751470099999</v>
+      </c>
+      <c r="H188" s="6">
+        <v>0.00799528</v>
+      </c>
+      <c r="I188" s="6">
+        <v>8</v>
+      </c>
+      <c r="J188" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10" customHeight="1" ht="55">
+      <c r="B189" s="8" t="s">
+        <v>465</v>
+      </c>
+      <c r="C189" s="4"/>
+      <c r="D189" s="4" t="s">
+        <v>466</v>
+      </c>
+      <c r="E189" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="F189" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G189" s="6">
+        <v>0.45359242999999</v>
+      </c>
+      <c r="H189" s="6">
+        <v>0.00039329</v>
+      </c>
+      <c r="I189" s="6">
+        <v>4</v>
+      </c>
+      <c r="J189" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10" customHeight="1" ht="55">
+      <c r="B190" s="8" t="s">
+        <v>468</v>
+      </c>
+      <c r="C190" s="4"/>
+      <c r="D190" s="4" t="s">
+        <v>469</v>
+      </c>
+      <c r="E190" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="F190" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G190" s="6">
+        <v>1.8098337957</v>
+      </c>
+      <c r="H190" s="6">
+        <v>0.02208589</v>
+      </c>
+      <c r="I190" s="6">
+        <v>24</v>
+      </c>
+      <c r="J190" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10" customHeight="1" ht="55">
+      <c r="B191" s="8" t="s">
+        <v>471</v>
+      </c>
+      <c r="C191" s="4"/>
+      <c r="D191" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="E191" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="F191" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G191" s="6">
+        <v>0.92079263289998</v>
+      </c>
+      <c r="H191" s="6">
+        <v>0.01005226</v>
+      </c>
+      <c r="I191" s="6">
+        <v>12</v>
+      </c>
+      <c r="J191" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10" customHeight="1" ht="55">
+      <c r="B192" s="8" t="s">
+        <v>474</v>
+      </c>
+      <c r="C192" s="4"/>
+      <c r="D192" s="4" t="s">
+        <v>475</v>
+      </c>
+      <c r="E192" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="F192" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G192" s="6">
+        <v>2.26796215</v>
+      </c>
+      <c r="H192" s="6">
+        <v>0</v>
+      </c>
+      <c r="I192" s="6">
+        <v>100</v>
+      </c>
+      <c r="J192" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="193" spans="1:10" customHeight="1" ht="55">
+      <c r="B193" s="8" t="s">
+        <v>477</v>
+      </c>
+      <c r="C193" s="4"/>
+      <c r="D193" s="4" t="s">
+        <v>478</v>
+      </c>
+      <c r="E193" s="6" t="s">
+        <v>479</v>
+      </c>
+      <c r="F193" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G193" s="6">
+        <v>2.8120009105419</v>
+      </c>
+      <c r="H193" s="6">
+        <v>0.04199185</v>
+      </c>
+      <c r="I193" s="6">
+        <v>250</v>
+      </c>
+      <c r="J193" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10" customHeight="1" ht="55">
+      <c r="B194" s="8" t="s">
+        <v>480</v>
+      </c>
+      <c r="C194" s="4"/>
+      <c r="D194" s="4" t="s">
+        <v>481</v>
+      </c>
+      <c r="E194" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="F194" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G194" s="6">
+        <v>5.4430184415139</v>
+      </c>
+      <c r="H194" s="6">
+        <v>0.08076909</v>
+      </c>
+      <c r="I194" s="6">
+        <v>500</v>
+      </c>
+      <c r="J194" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10" customHeight="1" ht="55">
+      <c r="B195" s="8" t="s">
+        <v>483</v>
+      </c>
+      <c r="C195" s="4"/>
+      <c r="D195" s="4" t="s">
+        <v>484</v>
+      </c>
+      <c r="E195" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="F195" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G195" s="6">
+        <v>3.1751470099999</v>
+      </c>
+      <c r="H195" s="6">
+        <v>0.05506054</v>
+      </c>
+      <c r="I195" s="6">
+        <v>250</v>
+      </c>
+      <c r="J195" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10" customHeight="1" ht="55">
+      <c r="B196" s="8" t="s">
+        <v>486</v>
+      </c>
+      <c r="C196" s="4"/>
+      <c r="D196" s="4" t="s">
+        <v>487</v>
+      </c>
+      <c r="E196" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="F196" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G196" s="6">
+        <v>5.2389925664999</v>
+      </c>
+      <c r="H196" s="6">
+        <v>0.07706017</v>
+      </c>
+      <c r="I196" s="6">
+        <v>500</v>
+      </c>
+      <c r="J196" s="6">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="B10:J10"/>
     <mergeCell ref="B38:J38"/>
     <mergeCell ref="B53:J53"/>
+    <mergeCell ref="B97:J97"/>
+    <mergeCell ref="B100:J100"/>
+    <mergeCell ref="B113:J113"/>
+    <mergeCell ref="B114:J114"/>
+    <mergeCell ref="B138:J138"/>
+    <mergeCell ref="B141:J141"/>
+    <mergeCell ref="B159:J159"/>
+    <mergeCell ref="B176:J176"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>