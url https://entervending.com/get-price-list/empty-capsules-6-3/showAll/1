--- v0 (2025-12-08)
+++ v1 (2025-12-29)
@@ -1297,54 +1297,54 @@
       <c r="H10" s="7">
         <v>0.01630041</v>
       </c>
       <c r="I10" s="7">
         <v>7</v>
       </c>
       <c r="J10" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>0.57152646179999</v>
+        <v>0.84800011973358</v>
       </c>
       <c r="H11" s="7">
-        <v>0.00655483</v>
+        <v>0.01438263</v>
       </c>
       <c r="I11" s="7">
         <v>5</v>
       </c>
       <c r="J11" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
         <v>0.91172078429998</v>
       </c>