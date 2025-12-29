--- v0 (2025-12-08)
+++ v1 (2025-12-29)
@@ -1279,54 +1279,54 @@
       <c r="H18" s="7">
         <v>0.0043577</v>
       </c>
       <c r="I18" s="7">
         <v>14</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="54">
       <c r="B19" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0.54431091599999</v>
+        <v>0.33565839819999</v>
       </c>
       <c r="H19" s="7">
-        <v>0.0043577</v>
+        <v>0.00422861</v>
       </c>
       <c r="I19" s="7">
         <v>14</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>32</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>34</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
         <v>0.68038864499999</v>
       </c>