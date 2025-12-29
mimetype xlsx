--- v0 (2025-12-08)
+++ v1 (2025-12-29)
@@ -1681,54 +1681,54 @@
       <c r="H17" s="7">
         <v>0.008578199999999999</v>
       </c>
       <c r="I17" s="7">
         <v>7</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>41</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>0.54431091599999</v>
+        <v>0.57152646179999</v>
       </c>
       <c r="H18" s="7">
-        <v>0.008390180000000001</v>
+        <v>0.009363990000000001</v>
       </c>
       <c r="I18" s="7">
         <v>7</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
         <v>0.37648171689999</v>
       </c>
@@ -2059,54 +2059,54 @@
       <c r="H31" s="7">
         <v>0.00419509</v>
       </c>
       <c r="I31" s="7">
         <v>7</v>
       </c>
       <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E32" s="7" t="s">
         <v>70</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
-        <v>1.0210002725356</v>
+        <v>0.66499825385009</v>
       </c>
       <c r="H32" s="7">
-        <v>0.03797652</v>
+        <v>0.0087396</v>
       </c>
       <c r="I32" s="7">
         <v>14</v>
       </c>
       <c r="J32" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>