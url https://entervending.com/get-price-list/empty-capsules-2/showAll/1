--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Empty Capsules 2.0&quot;" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -154,122 +154,116 @@
   <si>
     <t xml:space="preserve">51MM500 </t>
   </si>
   <si>
     <t>Empty Capsules 2" (500 pcs)</t>
   </si>
   <si>
     <t>$50.99</t>
   </si>
   <si>
     <t xml:space="preserve">51MM1000 </t>
   </si>
   <si>
     <t>Empty Capsules 2" (1000 pcs)</t>
   </si>
   <si>
     <t>$115.74</t>
   </si>
   <si>
     <t xml:space="preserve">R50CC-50 </t>
   </si>
   <si>
     <t>Empty Round Capsules 2" (50 pcs)</t>
   </si>
   <si>
+    <t>$12.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50CT-50 </t>
+  </si>
+  <si>
+    <t>Empty Round Capsules with Clear Tops 2" (50 pcs)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50FT-50 </t>
+  </si>
+  <si>
+    <t>Empty Round Clear Capsules 2" (50 pcs)</t>
+  </si>
+  <si>
     <t>$7.99</t>
   </si>
   <si>
-    <t xml:space="preserve">R50CT-50 </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">R50FT-100 </t>
   </si>
   <si>
     <t>Empty Round Clear Capsules 2" (100 pcs)</t>
   </si>
   <si>
     <t>$13.99</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-500 </t>
   </si>
   <si>
     <t>Empty Round Capsules with Clear Tops 2" (500 pcs)</t>
   </si>
   <si>
-    <t>$54.39</t>
+    <t>$59.99</t>
   </si>
   <si>
     <t xml:space="preserve">R50CC-500 </t>
   </si>
   <si>
     <t>Empty Round Capsules 2" (500 pcs)</t>
   </si>
   <si>
-    <t>$53.19</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">R50FT-500 </t>
   </si>
   <si>
     <t>Empty Round Clear Capsules 2" (500 pcs)</t>
   </si>
   <si>
     <t>$52.99</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-100 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 100 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
-    <t>$13.56</t>
+    <t>$23.96</t>
   </si>
   <si>
     <t xml:space="preserve">R50CC-100 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Colored Round Capsules Empty 100 pcs 2 inch - Gumball Machine Capsules Bulk Party Favor Containers - Easter Basket Stuffers Birthday Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
-    <t>$23.96</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">51MM50-7COLORS </t>
   </si>
   <si>
     <t>Empty Capsules 2" - 7 colors (50 pcs)</t>
   </si>
   <si>
     <t>$9.50</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-BLUE </t>
   </si>
   <si>
     <t>Empty Capsules 2" - blue (50 pcs)</t>
   </si>
   <si>
     <t>$12.50</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-GREEN </t>
   </si>
   <si>
     <t>Empty Capsules 2" - green (50 pcs)</t>
   </si>
   <si>
     <t>$8.50</t>
@@ -289,50 +283,62 @@
   <si>
     <t>$12.02</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-PURPLE </t>
   </si>
   <si>
     <t>Empty Capsules 2" - purple (50 pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-RED </t>
   </si>
   <si>
     <t>Empty Capsules 2" - red (50 pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-YELLOW </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Yellow Acorn Capsules Empty 50 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors DIY Containers - Easter Basket Stuffers Gifts Pinata Stuffers</t>
   </si>
   <si>
     <t>$12.06</t>
   </si>
   <si>
+    <t xml:space="preserve">2CAPCOL-2000-BOTTOM </t>
+  </si>
+  <si>
+    <t>Clear Polypropylene Capsule 2-Inch Bottoms for Efficient Packaging Supply and Manufacturing Storage Solution</t>
+  </si>
+  <si>
+    <t>$0.06</t>
+  </si>
+  <si>
+    <t>Piece</t>
+  </si>
+  <si>
     <t xml:space="preserve">R50CC-1000 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Colored Round Capsules Empty 1000 pcs 2 inch - Gumball Machine Capsules Bulk Party Favor Containers - Easter Basket Stuffers Birthday Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$177.64</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-1000 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 1000 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t xml:space="preserve">R50FT-1000 </t>
   </si>
   <si>
     <t>Empty Round Clear Capsules 2" (1000 pcs)</t>
   </si>
   <si>
     <t>$99.99</t>
   </si>
   <si>
     <t xml:space="preserve">R50FT-2000 </t>
@@ -376,60 +382,60 @@
   <si>
     <t xml:space="preserve">51MM-BLUE-RED-50 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Acorn Capsules Empty 50 pcs 2 inch - Red &amp; Blue Gumball Machine Capsules Bulk Party Favors Containers - Independence Day 4th of July Party Supplies</t>
   </si>
   <si>
     <t>$9.54</t>
   </si>
   <si>
     <t xml:space="preserve">51MM-BLUE-RED-100 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Acorn Capsules Empty 2 inch - Red &amp; Blue Gumball Machine Capsules Bulk Party Favors Containers - Independence and 4th of July Party Supplies - 100pcs</t>
   </si>
   <si>
     <t>$35.74</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-25 </t>
   </si>
   <si>
     <t>Entervending Empty Clear-Colored Round Capsules 2 inch 25 pcs Bulk 7 Colors Capsule for Toy Gumball Machines Plastic Containers Surprise for Kids Party</t>
   </si>
   <si>
+    <t>$6.98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50FT-25 </t>
+  </si>
+  <si>
     <t>$5.98</t>
   </si>
   <si>
-    <t xml:space="preserve">R50FT-25 </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">R50CC-25 </t>
-  </si>
-[...1 lines deleted...]
-    <t>$13.85</t>
   </si>
   <si>
     <t xml:space="preserve">51MM-BLUE-RED-24 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Acorn Capsules Empty 24 pcs 2 inch - Red &amp; Blue Gumball Machine Capsules Bulk Party Favors Containers - Independence Day 4th of July Party Supplies</t>
   </si>
   <si>
     <t>$16.49</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -507,51 +513,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f65d1bfd7ed20e7cae38b70578d1b06c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_163260bf9c1186091a986570c7f618e33.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ba122b8c7c65d6a63a2a766296542b04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0d80c0a81866ee7bdef63b4230409aa5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a6564475974a3ebb9eeff69f15b12626.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d68fbd8a149900db3fde15e5fdd9737.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c472318f409aabea09f4da08bc708a48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cddc641055abcf98594ad58d3ac2575e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5080ed14a7d2bd6707f8a002f37aa71810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43417b7c014f082df864db57e98021a211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7067b94401e6af6028e682f35754dc3712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c2ad312c47601c5a3fd3f0d687454f213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0817e1b99998e55c5aa5e8f9086d2be14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6c2b50bc09145de08bad17e6e69d79bc15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_775aa181469c73b0e4168efdab33bdfb16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffaa33637b3bec56560572fcc34c3cd417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bada587753ecb7fecb96c6be07588d2318.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2188972e52d0fec72176d845d872b5a19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb3ce62299b88e805dc61dd1664fc45520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abaf3a9b692a60aa5470e2d7cbdfe60521.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a2d44c1048e5749d7b0273ae037de8422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d430037267e3bfc60a8d704b2e0d4e223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d14b5a3f4d4284f8a169947a41f287ab24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aa5225926d8a5664a696547f3c91f7cc25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08601033df1f632114a53403fdd9dbe326.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05e01dfbee44f801a2485fe778daf0b327.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e48f93768603bcf365d9da5ae55ff44628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96555f69b2bbd762c1a5eb86f300b5dc29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c872fe9c267d4ea949ac0a2924b4352f30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf32f361be9c4b172f2f39614addadb31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd20881ec55b0a0d5bb635bdebdbe7a832.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2003c856b1081966bbe15e845fa3085733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00f7904eab2b411a521c436ec24f307634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8004483c02ca106187496e18b30404a35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_759364af4ded2c26323c801ded77597536.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f02dbe31bec00b348238579ac6fe8bc337.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c090eea3fdc65e48f10802e2722f9c5f38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fbce0a690f6aa0e24080eac011952f5d39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bfa0b14290106bc6226263b249031240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f00d0969c1ceb3058d5b0c987b85c33041.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f65d1bfd7ed20e7cae38b70578d1b06c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_163260bf9c1186091a986570c7f618e33.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ba122b8c7c65d6a63a2a766296542b04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0d80c0a81866ee7bdef63b4230409aa5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a6564475974a3ebb9eeff69f15b12626.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d68fbd8a149900db3fde15e5fdd9737.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c472318f409aabea09f4da08bc708a48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cddc641055abcf98594ad58d3ac2575e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5080ed14a7d2bd6707f8a002f37aa71810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43417b7c014f082df864db57e98021a211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7067b94401e6af6028e682f35754dc3712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c2ad312c47601c5a3fd3f0d687454f213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0817e1b99998e55c5aa5e8f9086d2be14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6c2b50bc09145de08bad17e6e69d79bc15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_775aa181469c73b0e4168efdab33bdfb16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffaa33637b3bec56560572fcc34c3cd417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bada587753ecb7fecb96c6be07588d2318.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2188972e52d0fec72176d845d872b5a19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb3ce62299b88e805dc61dd1664fc45520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abaf3a9b692a60aa5470e2d7cbdfe60521.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a2d44c1048e5749d7b0273ae037de8422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d430037267e3bfc60a8d704b2e0d4e223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d14b5a3f4d4284f8a169947a41f287ab24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aa5225926d8a5664a696547f3c91f7cc25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08601033df1f632114a53403fdd9dbe326.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05e01dfbee44f801a2485fe778daf0b327.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6f0f0a70bfd30584522df169f4e512f028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e48f93768603bcf365d9da5ae55ff44629.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96555f69b2bbd762c1a5eb86f300b5dc30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c872fe9c267d4ea949ac0a2924b4352f31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf32f361be9c4b172f2f39614addadb32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd20881ec55b0a0d5bb635bdebdbe7a833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2003c856b1081966bbe15e845fa3085734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00f7904eab2b411a521c436ec24f307635.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8004483c02ca106187496e18b30404a36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_759364af4ded2c26323c801ded77597537.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f02dbe31bec00b348238579ac6fe8bc338.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c090eea3fdc65e48f10802e2722f9c5f39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fbce0a690f6aa0e24080eac011952f5d40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bfa0b14290106bc6226263b249031241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f00d0969c1ceb3058d5b0c987b85c33042.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1729,50 +1735,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2039,66 +2075,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J49"/>
+  <dimension ref="A1:J50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J49" sqref="J49"/>
+      <selection activeCell="J50" sqref="J50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="J4" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="J5" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="J6" s="1" t="s">
@@ -2383,869 +2419,896 @@
       <c r="H18" s="7">
         <v>0</v>
       </c>
       <c r="I18" s="7">
         <v>0</v>
       </c>
       <c r="J18" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="7">
-        <v>0.29937100379999</v>
+        <v>0.34000018493995</v>
       </c>
       <c r="H19" s="7">
-        <v>0.00559039</v>
+        <v>0.00594295</v>
       </c>
       <c r="I19" s="7">
         <v>50</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G20" s="7">
         <v>0.33100000394389</v>
       </c>
       <c r="H20" s="7">
         <v>0.00604659</v>
       </c>
       <c r="I20" s="7">
         <v>50</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E21" s="7" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G21" s="7">
         <v>0.33100000394389</v>
       </c>
       <c r="H21" s="7">
         <v>0.00569885</v>
       </c>
       <c r="I21" s="7">
         <v>50</v>
       </c>
       <c r="J21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>53</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G22" s="7">
-        <v>0.66224494779999</v>
+        <v>0.66200000788779</v>
       </c>
       <c r="H22" s="7">
-        <v>0.01233951</v>
+        <v>0.01461063</v>
       </c>
       <c r="I22" s="7">
         <v>100</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>56</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
         <v>3.8099995109522</v>
       </c>
       <c r="H23" s="7">
         <v>0.05892788</v>
       </c>
       <c r="I23" s="7">
         <v>0</v>
       </c>
       <c r="J23" s="7">
         <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>57</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G24" s="7">
         <v>3.5150011381774</v>
       </c>
       <c r="H24" s="7">
         <v>0.06177923</v>
       </c>
       <c r="I24" s="7">
         <v>500</v>
       </c>
       <c r="J24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E25" s="7" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G25" s="7">
         <v>3.7738890175999</v>
       </c>
       <c r="H25" s="7">
         <v>0.05885512</v>
       </c>
       <c r="I25" s="7">
         <v>500</v>
       </c>
       <c r="J25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E26" s="7" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G26" s="7">
         <v>0.67099928169899</v>
       </c>
       <c r="H26" s="7">
         <v>0.01582242</v>
       </c>
       <c r="I26" s="7">
         <v>100</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G27" s="7">
         <v>0.58967015899999</v>
       </c>
       <c r="H27" s="7">
         <v>0.0083692</v>
       </c>
       <c r="I27" s="7">
         <v>100</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G28" s="7">
         <v>0.29483507949999</v>
       </c>
       <c r="H28" s="7">
         <v>0.00454518</v>
       </c>
       <c r="I28" s="7">
         <v>50</v>
       </c>
       <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E29" s="7" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G29" s="7">
         <v>0.30300019683242</v>
       </c>
       <c r="H29" s="7">
         <v>0.00551892</v>
       </c>
       <c r="I29" s="7">
         <v>50</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G30" s="7">
         <v>0.29000023778862</v>
       </c>
       <c r="H30" s="7">
         <v>0.00493863</v>
       </c>
       <c r="I30" s="7">
         <v>50</v>
       </c>
       <c r="J30" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G31" s="7">
         <v>0.30800014618831</v>
       </c>
       <c r="H31" s="7">
         <v>0.00508909</v>
       </c>
       <c r="I31" s="7">
         <v>50</v>
       </c>
       <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G32" s="7">
         <v>0.29899996519225</v>
       </c>
       <c r="H32" s="7">
         <v>0.00545021</v>
       </c>
       <c r="I32" s="7">
         <v>50</v>
       </c>
       <c r="J32" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G33" s="7">
         <v>0.29899996519225</v>
       </c>
       <c r="H33" s="7">
         <v>0.00334657</v>
       </c>
       <c r="I33" s="7">
         <v>50</v>
       </c>
       <c r="J33" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G34" s="7">
         <v>0.29500018714451</v>
       </c>
       <c r="H34" s="7">
         <v>0.00552934</v>
       </c>
       <c r="I34" s="7">
         <v>50</v>
       </c>
       <c r="J34" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="7">
         <v>0.29000023778862</v>
       </c>
       <c r="H35" s="7">
         <v>0.00525601</v>
       </c>
       <c r="I35" s="7">
         <v>50</v>
       </c>
       <c r="J35" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="F36" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="E36" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G36" s="7">
-        <v>7.2574788799999</v>
+        <v>0</v>
       </c>
       <c r="H36" s="7">
         <v>0</v>
       </c>
       <c r="I36" s="7">
         <v>0</v>
       </c>
       <c r="J36" s="7">
-        <v>1000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="E37" s="7" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
         <v>7.2574788799999</v>
       </c>
       <c r="H37" s="7">
         <v>0</v>
       </c>
       <c r="I37" s="7">
         <v>0</v>
       </c>
       <c r="J37" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
         <v>95</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
         <v>96</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G38" s="7">
         <v>7.2574788799999</v>
       </c>
       <c r="H38" s="7">
         <v>0</v>
       </c>
       <c r="I38" s="7">
+        <v>0</v>
+      </c>
+      <c r="J38" s="7">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="E39" s="7" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G39" s="7">
-        <v>14.96855019</v>
+        <v>7.2574788799999</v>
       </c>
       <c r="H39" s="7">
         <v>0</v>
       </c>
       <c r="I39" s="7">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="J39" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="E40" s="7" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G40" s="7">
-        <v>0.28100005679256</v>
+        <v>14.96855019</v>
       </c>
       <c r="H40" s="7">
-        <v>0.00767052</v>
+        <v>0</v>
       </c>
       <c r="I40" s="7">
-        <v>25</v>
+        <v>2000</v>
       </c>
       <c r="J40" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>105</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G41" s="7">
-        <v>15.42214262</v>
+        <v>0.28100005679256</v>
       </c>
       <c r="H41" s="7">
-        <v>0</v>
+        <v>0.00767052</v>
       </c>
       <c r="I41" s="7">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="J41" s="7">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
         <v>106</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="7" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
-        <v>14.96855019</v>
+        <v>15.42214262</v>
       </c>
       <c r="H42" s="7">
         <v>0</v>
       </c>
       <c r="I42" s="7">
         <v>0</v>
       </c>
       <c r="J42" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="E43" s="7" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
         <v>14.96855019</v>
       </c>
       <c r="H43" s="7">
         <v>0</v>
       </c>
       <c r="I43" s="7">
         <v>0</v>
       </c>
       <c r="J43" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
         <v>111</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
         <v>112</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G44" s="7">
-        <v>0.31751470099999</v>
+        <v>14.96855019</v>
       </c>
       <c r="H44" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I44" s="7">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="J44" s="7">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="E45" s="7" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G45" s="7">
         <v>0.31751470099999</v>
       </c>
       <c r="H45" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I45" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J45" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="E46" s="7" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G46" s="7">
-        <v>0.181436972</v>
+        <v>0.31751470099999</v>
       </c>
       <c r="H46" s="7">
-        <v>0.00419509</v>
+        <v>0.00426064</v>
       </c>
       <c r="I46" s="7">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J46" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G47" s="7">
-        <v>0.16800020344611</v>
+        <v>0.1587573505</v>
       </c>
       <c r="H47" s="7">
-        <v>0.00419509</v>
+        <v>0.00365108</v>
       </c>
       <c r="I47" s="7">
         <v>25</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G48" s="7">
-        <v>0.181436972</v>
+        <v>0.1678291991</v>
       </c>
       <c r="H48" s="7">
-        <v>0.00419509</v>
+        <v>0.00390024</v>
       </c>
       <c r="I48" s="7">
         <v>25</v>
       </c>
       <c r="J48" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G49" s="7">
         <v>0.181436972</v>
       </c>
       <c r="H49" s="7">
-        <v>0</v>
+        <v>0.00419509</v>
       </c>
       <c r="I49" s="7">
+        <v>25</v>
+      </c>
+      <c r="J49" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" customHeight="1" ht="55">
+      <c r="B50" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C50" s="6"/>
+      <c r="D50" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" s="7">
+        <v>0.181436972</v>
+      </c>
+      <c r="H50" s="7">
+        <v>0.00196645</v>
+      </c>
+      <c r="I50" s="7">
         <v>24</v>
       </c>
-      <c r="J49" s="7">
+      <c r="J50" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">