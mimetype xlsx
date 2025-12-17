--- v1 (2025-11-26)
+++ v2 (2025-12-17)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Empty Capsules 2.0&quot;" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -326,59 +326,50 @@
     <t>$177.64</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-1000 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 1000 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t xml:space="preserve">R50FT-1000 </t>
   </si>
   <si>
     <t>Empty Round Clear Capsules 2" (1000 pcs)</t>
   </si>
   <si>
     <t>$99.99</t>
   </si>
   <si>
     <t xml:space="preserve">R50FT-2000 </t>
   </si>
   <si>
     <t>Empty Round Clear Capsules 2" (2000 pcs)</t>
   </si>
   <si>
     <t>$189.99</t>
-  </si>
-[...7 lines deleted...]
-    <t>$22.76</t>
   </si>
   <si>
     <t xml:space="preserve">51MM2000 </t>
   </si>
   <si>
     <t>$215.04</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-2000 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 2000 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$336.59</t>
   </si>
   <si>
     <t xml:space="preserve">R50CC-2000 </t>
   </si>
   <si>
     <t>Empty Colored Round Capsules 2 inch 2000 pcs Bulk 7 Colors Capsule for Toy Gumball Machines Plastic Containers</t>
   </si>
   <si>
     <t xml:space="preserve">51MM-BLUE-RED-50 </t>
   </si>
@@ -513,51 +504,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f65d1bfd7ed20e7cae38b70578d1b06c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_163260bf9c1186091a986570c7f618e33.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ba122b8c7c65d6a63a2a766296542b04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0d80c0a81866ee7bdef63b4230409aa5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a6564475974a3ebb9eeff69f15b12626.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d68fbd8a149900db3fde15e5fdd9737.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c472318f409aabea09f4da08bc708a48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cddc641055abcf98594ad58d3ac2575e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5080ed14a7d2bd6707f8a002f37aa71810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43417b7c014f082df864db57e98021a211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7067b94401e6af6028e682f35754dc3712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c2ad312c47601c5a3fd3f0d687454f213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0817e1b99998e55c5aa5e8f9086d2be14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6c2b50bc09145de08bad17e6e69d79bc15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_775aa181469c73b0e4168efdab33bdfb16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffaa33637b3bec56560572fcc34c3cd417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bada587753ecb7fecb96c6be07588d2318.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2188972e52d0fec72176d845d872b5a19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb3ce62299b88e805dc61dd1664fc45520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abaf3a9b692a60aa5470e2d7cbdfe60521.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a2d44c1048e5749d7b0273ae037de8422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d430037267e3bfc60a8d704b2e0d4e223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d14b5a3f4d4284f8a169947a41f287ab24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aa5225926d8a5664a696547f3c91f7cc25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08601033df1f632114a53403fdd9dbe326.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05e01dfbee44f801a2485fe778daf0b327.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6f0f0a70bfd30584522df169f4e512f028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e48f93768603bcf365d9da5ae55ff44629.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96555f69b2bbd762c1a5eb86f300b5dc30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c872fe9c267d4ea949ac0a2924b4352f31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf32f361be9c4b172f2f39614addadb32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd20881ec55b0a0d5bb635bdebdbe7a833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2003c856b1081966bbe15e845fa3085734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00f7904eab2b411a521c436ec24f307635.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8004483c02ca106187496e18b30404a36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_759364af4ded2c26323c801ded77597537.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f02dbe31bec00b348238579ac6fe8bc338.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c090eea3fdc65e48f10802e2722f9c5f39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fbce0a690f6aa0e24080eac011952f5d40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bfa0b14290106bc6226263b249031241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f00d0969c1ceb3058d5b0c987b85c33042.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f65d1bfd7ed20e7cae38b70578d1b06c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_163260bf9c1186091a986570c7f618e33.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ba122b8c7c65d6a63a2a766296542b04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0d80c0a81866ee7bdef63b4230409aa5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a6564475974a3ebb9eeff69f15b12626.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d68fbd8a149900db3fde15e5fdd9737.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c472318f409aabea09f4da08bc708a48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cddc641055abcf98594ad58d3ac2575e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5080ed14a7d2bd6707f8a002f37aa71810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43417b7c014f082df864db57e98021a211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7067b94401e6af6028e682f35754dc3712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c2ad312c47601c5a3fd3f0d687454f213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0817e1b99998e55c5aa5e8f9086d2be14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6c2b50bc09145de08bad17e6e69d79bc15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_775aa181469c73b0e4168efdab33bdfb16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffaa33637b3bec56560572fcc34c3cd417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bada587753ecb7fecb96c6be07588d2318.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2188972e52d0fec72176d845d872b5a19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb3ce62299b88e805dc61dd1664fc45520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abaf3a9b692a60aa5470e2d7cbdfe60521.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a2d44c1048e5749d7b0273ae037de8422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d430037267e3bfc60a8d704b2e0d4e223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d14b5a3f4d4284f8a169947a41f287ab24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aa5225926d8a5664a696547f3c91f7cc25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08601033df1f632114a53403fdd9dbe326.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05e01dfbee44f801a2485fe778daf0b327.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6f0f0a70bfd30584522df169f4e512f028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e48f93768603bcf365d9da5ae55ff44629.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96555f69b2bbd762c1a5eb86f300b5dc30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c872fe9c267d4ea949ac0a2924b4352f31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf32f361be9c4b172f2f39614addadb32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2003c856b1081966bbe15e845fa3085733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00f7904eab2b411a521c436ec24f307634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8004483c02ca106187496e18b30404a35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_759364af4ded2c26323c801ded77597536.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f02dbe31bec00b348238579ac6fe8bc337.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c090eea3fdc65e48f10802e2722f9c5f38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fbce0a690f6aa0e24080eac011952f5d39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bfa0b14290106bc6226263b249031240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f00d0969c1ceb3058d5b0c987b85c33041.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1735,80 +1726,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2075,54 +2036,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J50"/>
+  <dimension ref="A1:J49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J50" sqref="J50"/>
+      <selection activeCell="J49" sqref="J49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -2311,54 +2272,54 @@
       <c r="H14" s="7">
         <v>0.00588056</v>
       </c>
       <c r="I14" s="7">
         <v>60</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G15" s="7">
-        <v>0.69899954240289</v>
+        <v>0.72099877525789</v>
       </c>
       <c r="H15" s="7">
-        <v>0.01324506</v>
+        <v>0.02128206</v>
       </c>
       <c r="I15" s="7">
         <v>120</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>36</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G16" s="7">
         <v>0.8618256169999799</v>
       </c>
@@ -2962,353 +2923,326 @@
       <c r="I38" s="7">
         <v>0</v>
       </c>
       <c r="J38" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
         <v>97</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
         <v>98</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>99</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G39" s="7">
         <v>7.2574788799999</v>
       </c>
       <c r="H39" s="7">
-        <v>0</v>
+        <v>0.10068212</v>
       </c>
       <c r="I39" s="7">
         <v>1000</v>
       </c>
       <c r="J39" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E40" s="7" t="s">
         <v>102</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G40" s="7">
         <v>14.96855019</v>
       </c>
       <c r="H40" s="7">
         <v>0</v>
       </c>
       <c r="I40" s="7">
         <v>2000</v>
       </c>
       <c r="J40" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
         <v>103</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="E41" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F41" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G41" s="7">
-        <v>0.28100005679256</v>
+        <v>15.42214262</v>
       </c>
       <c r="H41" s="7">
-        <v>0.00767052</v>
+        <v>0</v>
       </c>
       <c r="I41" s="7">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="J41" s="7">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
-        <v>15</v>
+        <v>106</v>
       </c>
       <c r="E42" s="7" t="s">
         <v>107</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
-        <v>15.42214262</v>
+        <v>14.96855019</v>
       </c>
       <c r="H42" s="7">
         <v>0</v>
       </c>
       <c r="I42" s="7">
         <v>0</v>
       </c>
       <c r="J42" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>108</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
         <v>14.96855019</v>
       </c>
       <c r="H43" s="7">
         <v>0</v>
       </c>
       <c r="I43" s="7">
         <v>0</v>
       </c>
       <c r="J43" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="E44" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="E44" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G44" s="7">
-        <v>14.96855019</v>
+        <v>0.31751470099999</v>
       </c>
       <c r="H44" s="7">
-        <v>0</v>
+        <v>0.00426064</v>
       </c>
       <c r="I44" s="7">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="J44" s="7">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
         <v>113</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
         <v>114</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>115</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G45" s="7">
         <v>0.31751470099999</v>
       </c>
       <c r="H45" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I45" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J45" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
         <v>116</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
         <v>117</v>
       </c>
       <c r="E46" s="7" t="s">
         <v>118</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G46" s="7">
-        <v>0.31751470099999</v>
+        <v>0.1587573505</v>
       </c>
       <c r="H46" s="7">
-        <v>0.00426064</v>
+        <v>0.00365108</v>
       </c>
       <c r="I46" s="7">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="J46" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
         <v>119</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="E47" s="7" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G47" s="7">
-        <v>0.1587573505</v>
+        <v>0.1678291991</v>
       </c>
       <c r="H47" s="7">
-        <v>0.00365108</v>
+        <v>0.00390024</v>
       </c>
       <c r="I47" s="7">
         <v>25</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G48" s="7">
-        <v>0.1678291991</v>
+        <v>0.181436972</v>
       </c>
       <c r="H48" s="7">
-        <v>0.00390024</v>
+        <v>0.00419509</v>
       </c>
       <c r="I48" s="7">
         <v>25</v>
       </c>
       <c r="J48" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G49" s="7">
         <v>0.181436972</v>
       </c>
       <c r="H49" s="7">
-        <v>0.00419509</v>
+        <v>0.00196645</v>
       </c>
       <c r="I49" s="7">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J49" s="7">
-        <v>0</v>
-[...25 lines deleted...]
-      <c r="J50" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">