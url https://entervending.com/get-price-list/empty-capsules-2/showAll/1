--- v2 (2025-12-17)
+++ v3 (2026-01-07)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Empty Capsules 2.0&quot;" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -392,50 +392,77 @@
     <t xml:space="preserve">R50CT-25 </t>
   </si>
   <si>
     <t>Entervending Empty Clear-Colored Round Capsules 2 inch 25 pcs Bulk 7 Colors Capsule for Toy Gumball Machines Plastic Containers Surprise for Kids Party</t>
   </si>
   <si>
     <t>$6.98</t>
   </si>
   <si>
     <t xml:space="preserve">R50FT-25 </t>
   </si>
   <si>
     <t>$5.98</t>
   </si>
   <si>
     <t xml:space="preserve">R50CC-25 </t>
   </si>
   <si>
     <t xml:space="preserve">51MM-BLUE-RED-24 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Acorn Capsules Empty 24 pcs 2 inch - Red &amp; Blue Gumball Machine Capsules Bulk Party Favors Containers - Independence Day 4th of July Party Supplies</t>
   </si>
   <si>
     <t>$16.49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50PCC-25 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Pastel Colored Round Capsules Empty 25 pcs 2 inch - Gumball Machine Capsules Bulk Party Favor Containers - Easter Basket Stuffers Pinata Stuffers DIY Craft Supplies</t>
+  </si>
+  <si>
+    <t>$13.85</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50PCC-50 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Pastel Colored Round Capsules Empty 50 pcs 2 inch - Gumball Machine Capsules Bulk Party Favor Containers - Easter Basket Stuffers Pinata Stuffers DIY Craft Supplies</t>
+  </si>
+  <si>
+    <t>$21.33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50PCC-100 </t>
+  </si>
+  <si>
+    <t>Capsule Vending Machine Pastel Colored Round Capsules Empty 100 pcs 2 inch - Gumball Machine Capsules Bulk Party Favor Containers - Easter Basket Stuffers Pinata Stuffers DIY Craft Supplies</t>
+  </si>
+  <si>
+    <t>$32.88</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -504,51 +531,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f65d1bfd7ed20e7cae38b70578d1b06c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_163260bf9c1186091a986570c7f618e33.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ba122b8c7c65d6a63a2a766296542b04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0d80c0a81866ee7bdef63b4230409aa5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a6564475974a3ebb9eeff69f15b12626.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d68fbd8a149900db3fde15e5fdd9737.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c472318f409aabea09f4da08bc708a48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cddc641055abcf98594ad58d3ac2575e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5080ed14a7d2bd6707f8a002f37aa71810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43417b7c014f082df864db57e98021a211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7067b94401e6af6028e682f35754dc3712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c2ad312c47601c5a3fd3f0d687454f213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0817e1b99998e55c5aa5e8f9086d2be14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6c2b50bc09145de08bad17e6e69d79bc15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_775aa181469c73b0e4168efdab33bdfb16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffaa33637b3bec56560572fcc34c3cd417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bada587753ecb7fecb96c6be07588d2318.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2188972e52d0fec72176d845d872b5a19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb3ce62299b88e805dc61dd1664fc45520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abaf3a9b692a60aa5470e2d7cbdfe60521.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a2d44c1048e5749d7b0273ae037de8422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d430037267e3bfc60a8d704b2e0d4e223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d14b5a3f4d4284f8a169947a41f287ab24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aa5225926d8a5664a696547f3c91f7cc25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08601033df1f632114a53403fdd9dbe326.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05e01dfbee44f801a2485fe778daf0b327.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6f0f0a70bfd30584522df169f4e512f028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e48f93768603bcf365d9da5ae55ff44629.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96555f69b2bbd762c1a5eb86f300b5dc30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c872fe9c267d4ea949ac0a2924b4352f31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf32f361be9c4b172f2f39614addadb32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2003c856b1081966bbe15e845fa3085733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00f7904eab2b411a521c436ec24f307634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8004483c02ca106187496e18b30404a35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_759364af4ded2c26323c801ded77597536.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f02dbe31bec00b348238579ac6fe8bc337.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c090eea3fdc65e48f10802e2722f9c5f38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fbce0a690f6aa0e24080eac011952f5d39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bfa0b14290106bc6226263b249031240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f00d0969c1ceb3058d5b0c987b85c33041.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f65d1bfd7ed20e7cae38b70578d1b06c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_163260bf9c1186091a986570c7f618e33.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ba122b8c7c65d6a63a2a766296542b04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0d80c0a81866ee7bdef63b4230409aa5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a6564475974a3ebb9eeff69f15b12626.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d68fbd8a149900db3fde15e5fdd9737.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c472318f409aabea09f4da08bc708a48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cddc641055abcf98594ad58d3ac2575e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5080ed14a7d2bd6707f8a002f37aa71810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43417b7c014f082df864db57e98021a211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7067b94401e6af6028e682f35754dc3712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c2ad312c47601c5a3fd3f0d687454f213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0817e1b99998e55c5aa5e8f9086d2be14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6c2b50bc09145de08bad17e6e69d79bc15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_775aa181469c73b0e4168efdab33bdfb16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffaa33637b3bec56560572fcc34c3cd417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bada587753ecb7fecb96c6be07588d2318.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2188972e52d0fec72176d845d872b5a19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb3ce62299b88e805dc61dd1664fc45520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abaf3a9b692a60aa5470e2d7cbdfe60521.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a2d44c1048e5749d7b0273ae037de8422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d430037267e3bfc60a8d704b2e0d4e223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d14b5a3f4d4284f8a169947a41f287ab24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aa5225926d8a5664a696547f3c91f7cc25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08601033df1f632114a53403fdd9dbe326.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05e01dfbee44f801a2485fe778daf0b327.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6f0f0a70bfd30584522df169f4e512f028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e48f93768603bcf365d9da5ae55ff44629.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96555f69b2bbd762c1a5eb86f300b5dc30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c872fe9c267d4ea949ac0a2924b4352f31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf32f361be9c4b172f2f39614addadb32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2003c856b1081966bbe15e845fa3085733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00f7904eab2b411a521c436ec24f307634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8004483c02ca106187496e18b30404a35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_759364af4ded2c26323c801ded77597536.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f02dbe31bec00b348238579ac6fe8bc337.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c090eea3fdc65e48f10802e2722f9c5f38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fbce0a690f6aa0e24080eac011952f5d39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bfa0b14290106bc6226263b249031240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f00d0969c1ceb3058d5b0c987b85c33041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_faf9f567c98abaf3930e7a8bc2e75ecc42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f1e37d28d2a0166baabacecfcac30f4443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6261916b190a134a57f8808bcb83a28244.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1726,50 +1753,140 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2036,54 +2153,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J49"/>
+  <dimension ref="A1:J52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J49" sqref="J49"/>
+      <selection activeCell="J52" sqref="J52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -3199,50 +3316,131 @@
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
         <v>122</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
         <v>123</v>
       </c>
       <c r="E49" s="7" t="s">
         <v>124</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G49" s="7">
         <v>0.181436972</v>
       </c>
       <c r="H49" s="7">
         <v>0.00196645</v>
       </c>
       <c r="I49" s="7">
         <v>24</v>
       </c>
       <c r="J49" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" customHeight="1" ht="55">
+      <c r="B50" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C50" s="6"/>
+      <c r="D50" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" s="7">
+        <v>0.181436972</v>
+      </c>
+      <c r="H50" s="7">
+        <v>0.00419509</v>
+      </c>
+      <c r="I50" s="7">
+        <v>25</v>
+      </c>
+      <c r="J50" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" customHeight="1" ht="55">
+      <c r="B51" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="C51" s="6"/>
+      <c r="D51" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" s="7">
+        <v>0.34000018493995</v>
+      </c>
+      <c r="H51" s="7">
+        <v>0.00594295</v>
+      </c>
+      <c r="I51" s="7">
+        <v>50</v>
+      </c>
+      <c r="J51" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" customHeight="1" ht="55">
+      <c r="B52" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="C52" s="6"/>
+      <c r="D52" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" s="7">
+        <v>0.58967015899999</v>
+      </c>
+      <c r="H52" s="7">
+        <v>0.0083692</v>
+      </c>
+      <c r="I52" s="7">
+        <v>100</v>
+      </c>
+      <c r="J52" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">