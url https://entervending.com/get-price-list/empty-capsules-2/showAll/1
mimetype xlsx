--- v3 (2026-01-07)
+++ v4 (2026-03-03)
@@ -15,454 +15,499 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Empty Capsules 2.0&quot;" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Empty Capsules 2.0"</t>
   </si>
   <si>
     <t xml:space="preserve">2CAPCOL-2000 </t>
   </si>
   <si>
-    <t>Empty Capsules 2" (2000 pcs)</t>
-[...5 lines deleted...]
-    <t>Box</t>
+    <t>2000 pcs 51mm Empty Accorn Capsules — Assorted Colors</t>
+  </si>
+  <si>
+    <t>$130.77</t>
+  </si>
+  <si>
+    <t>Case</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51MM250 </t>
+  </si>
+  <si>
+    <t>Empty Capsules 2" (250 pcs)</t>
+  </si>
+  <si>
+    <t>$24.52</t>
+  </si>
+  <si>
+    <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">51MM30 </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Translucent Acorn Capsules Empty 30 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
-[...5 lines deleted...]
-    <t>Package</t>
+    <t>30 pcs 51mm Empty Accorn Capsules — Assorted Colors</t>
+  </si>
+  <si>
+    <t>$3.92</t>
   </si>
   <si>
     <t xml:space="preserve">51MM-100 </t>
   </si>
   <si>
-    <t>Empty Capsules 2" (100 pcs)</t>
-[...2 lines deleted...]
-    <t>$17.35</t>
+    <t>100 pcs 51mm Empty Accorn Capsules — Assorted Colors</t>
+  </si>
+  <si>
+    <t>$11.33</t>
   </si>
   <si>
     <t xml:space="preserve">51MM90 </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Translucent Acorn Capsules Empty 90 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
-[...2 lines deleted...]
-    <t>$29.11</t>
+    <t>90 pcs 51mm Empty Accorn Capsules — Assorted Colors</t>
+  </si>
+  <si>
+    <t>$10.59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51MM500 </t>
+  </si>
+  <si>
+    <t>500 pcs 51mm Empty Accorn Capsules — Assorted Colors</t>
+  </si>
+  <si>
+    <t>$46.86</t>
   </si>
   <si>
     <t xml:space="preserve">51MM60 </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Translucent Acorn Capsules Empty 60 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
-[...2 lines deleted...]
-    <t>$13.27</t>
+    <t>60 pcs 51mm Empty Accorn Capsules — Assorted Colors</t>
+  </si>
+  <si>
+    <t>$7.32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51MM1000 </t>
+  </si>
+  <si>
+    <t>1000 pcs 51mm Empty Accorn Capsules — Assorted Colors</t>
+  </si>
+  <si>
+    <t>$82.82</t>
   </si>
   <si>
     <t xml:space="preserve">51MM120 </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Translucent Acorn Capsules Empty 120 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
-[...2 lines deleted...]
-    <t>$23.52</t>
+    <t>120 pcs 51mm Empty Accorn Capsules — Assorted Colors</t>
+  </si>
+  <si>
+    <t>$13.08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51MM-BLUE-RED-50 </t>
+  </si>
+  <si>
+    <t>48 pcs 51mm Empty Accorn Capsules — Blue &amp; Red Assorted</t>
+  </si>
+  <si>
+    <t>$6.28</t>
   </si>
   <si>
     <t xml:space="preserve">51MM150 </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Translucent Acorn Capsules Empty 150 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
-[...20 lines deleted...]
-    <t>$115.74</t>
+    <t>150 pcs 51mm Empty Accorn Capsules — Assorted Colors</t>
+  </si>
+  <si>
+    <t>$15.04</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51MM-BLUE-RED_200 </t>
+  </si>
+  <si>
+    <t>200 pcs 51mm Empty Accorn Capsules — Blue &amp; Red Assorted</t>
+  </si>
+  <si>
+    <t>$19.18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50CC-2500 </t>
+  </si>
+  <si>
+    <t>2500 pcs 50mm Empty Round Capsules — Colored Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$192.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50CT-2500 </t>
+  </si>
+  <si>
+    <t>2500 pcs 50mm Empty Round Capsules — Colored Top / Transparent Bottom</t>
+  </si>
+  <si>
+    <t>$198.00</t>
   </si>
   <si>
     <t xml:space="preserve">R50CC-50 </t>
   </si>
   <si>
-    <t>Empty Round Capsules 2" (50 pcs)</t>
-[...2 lines deleted...]
-    <t>$12.99</t>
+    <t>50 pcs 50mm Empty Round Capsules — Colored Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$6.65</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-50 </t>
   </si>
   <si>
-    <t>Empty Round Capsules with Clear Tops 2" (50 pcs)</t>
+    <t>50 pcs 50mm Empty Round Capsules — Colored Top / Transparent Bottom</t>
+  </si>
+  <si>
+    <t>$6.84</t>
   </si>
   <si>
     <t xml:space="preserve">R50FT-50 </t>
   </si>
   <si>
-    <t>Empty Round Clear Capsules 2" (50 pcs)</t>
-[...2 lines deleted...]
-    <t>$7.99</t>
+    <t>50 pcs 50mm Empty Round Capsules — Transparent Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$6.89</t>
   </si>
   <si>
     <t xml:space="preserve">R50FT-100 </t>
   </si>
   <si>
-    <t>Empty Round Clear Capsules 2" (100 pcs)</t>
-[...2 lines deleted...]
-    <t>$13.99</t>
+    <t>100 pcs 50mm Empty Round Capsules — Transparent Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$13.06</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R50FT-2500 </t>
+  </si>
+  <si>
+    <t>2500 pcs 50mm Empty Round Capsules — Transparent Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$199.47</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-500 </t>
   </si>
   <si>
-    <t>Empty Round Capsules with Clear Tops 2" (500 pcs)</t>
-[...2 lines deleted...]
-    <t>$59.99</t>
+    <t>500 pcs 50mm Empty Round Capsules — Colored Top / Transparent Bottom</t>
+  </si>
+  <si>
+    <t>$54.00</t>
   </si>
   <si>
     <t xml:space="preserve">R50CC-500 </t>
   </si>
   <si>
-    <t>Empty Round Capsules 2" (500 pcs)</t>
+    <t>500 pcs 50mm Empty Round Capsules — Colored Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$52.50</t>
   </si>
   <si>
     <t xml:space="preserve">R50FT-500 </t>
   </si>
   <si>
-    <t>Empty Round Clear Capsules 2" (500 pcs)</t>
-[...2 lines deleted...]
-    <t>$52.99</t>
+    <t>500 pcs 50mm Empty Round Capsules — Transparent Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$54.40</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-100 </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Translucent Round Capsules Empty 100 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
-[...2 lines deleted...]
-    <t>$23.96</t>
+    <t>100 pcs 50mm Empty Round Capsules — Colored Top / Transparent Bottom</t>
+  </si>
+  <si>
+    <t>$12.96</t>
   </si>
   <si>
     <t xml:space="preserve">R50CC-100 </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Colored Round Capsules Empty 100 pcs 2 inch - Gumball Machine Capsules Bulk Party Favor Containers - Easter Basket Stuffers Birthday Gifts Pinata Stuffers DIY Craft Supplies</t>
+    <t>100 pcs 50mm Empty Round Capsules — Colored Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$12.60</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-7COLORS </t>
   </si>
   <si>
-    <t>Empty Capsules 2" - 7 colors (50 pcs)</t>
-[...2 lines deleted...]
-    <t>$9.50</t>
+    <t>50 pcs 51mm Empty Accorn Capsules — Assorted Colors</t>
+  </si>
+  <si>
+    <t>$6.32</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-BLUE </t>
   </si>
   <si>
-    <t>Empty Capsules 2" - blue (50 pcs)</t>
-[...2 lines deleted...]
-    <t>$12.50</t>
+    <t>Blue 50 pcs 51mm Empty Accorn Capsules</t>
+  </si>
+  <si>
+    <t>$6.54</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-GREEN </t>
   </si>
   <si>
-    <t>Empty Capsules 2" - green (50 pcs)</t>
-[...2 lines deleted...]
-    <t>$8.50</t>
+    <t>Green 50 pcs 51mm Empty Accorn Capsules</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-ORANGE </t>
   </si>
   <si>
-    <t>Empty Capsules 2" - orange (50 pcs)</t>
+    <t>Orange 50 pcs 51mm Empty Accorn Capsules</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-PINK </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Translucent Pink Acorn Capsules Empty 50 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors DIY Containers - Easter Basket Stuffers Gifts Pinata Stuffers</t>
-[...2 lines deleted...]
-    <t>$12.02</t>
+    <t>Pink 50 pcs 51mm Empty Accorn Capsules</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-PURPLE </t>
   </si>
   <si>
-    <t>Empty Capsules 2" - purple (50 pcs)</t>
+    <t>Purple 50 pcs 51mm Empty Accorn Capsules</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-RED </t>
   </si>
   <si>
-    <t>Empty Capsules 2" - red (50 pcs)</t>
+    <t>Red 50 pcs 51mm Empty Accorn Capsules</t>
   </si>
   <si>
     <t xml:space="preserve">51MM50-YELLOW </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Translucent Yellow Acorn Capsules Empty 50 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors DIY Containers - Easter Basket Stuffers Gifts Pinata Stuffers</t>
-[...14 lines deleted...]
-    <t>Piece</t>
+    <t>Yellow 50 pcs 51mm Empty Accorn Capsules</t>
   </si>
   <si>
     <t xml:space="preserve">R50CC-1000 </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Colored Round Capsules Empty 1000 pcs 2 inch - Gumball Machine Capsules Bulk Party Favor Containers - Easter Basket Stuffers Birthday Gifts Pinata Stuffers DIY Craft Supplies</t>
-[...2 lines deleted...]
-    <t>$177.64</t>
+    <t>1000 pcs 50mm Empty Round Capsules — Colored Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$94.50</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-1000 </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Translucent Round Capsules Empty 1000 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
+    <t>1000 pcs 50mm Empty Round Capsules — Colored Top / Transparent Bottom</t>
+  </si>
+  <si>
+    <t>$97.20</t>
   </si>
   <si>
     <t xml:space="preserve">R50FT-1000 </t>
   </si>
   <si>
-    <t>Empty Round Clear Capsules 2" (1000 pcs)</t>
-[...2 lines deleted...]
-    <t>$99.99</t>
+    <t>1000 pcs 50mm Empty Round Capsules — Transparent Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$97.93</t>
   </si>
   <si>
     <t xml:space="preserve">R50FT-2000 </t>
   </si>
   <si>
-    <t>Empty Round Clear Capsules 2" (2000 pcs)</t>
-[...2 lines deleted...]
-    <t>$189.99</t>
+    <t>2000 pcs 50mm Empty Round Capsules — Transparent Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$181.35</t>
   </si>
   <si>
     <t xml:space="preserve">51MM2000 </t>
   </si>
   <si>
-    <t>$215.04</t>
+    <t>$132.00</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-2000 </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Translucent Round Capsules Empty 2000 pcs 2 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
-[...2 lines deleted...]
-    <t>$336.59</t>
+    <t>2000 pcs 50mm Empty Round Capsules — Colored Top / Transparent Bottom</t>
+  </si>
+  <si>
+    <t>$180.00</t>
   </si>
   <si>
     <t xml:space="preserve">R50CC-2000 </t>
   </si>
   <si>
-    <t>Empty Colored Round Capsules 2 inch 2000 pcs Bulk 7 Colors Capsule for Toy Gumball Machines Plastic Containers</t>
-[...8 lines deleted...]
-    <t>$9.54</t>
+    <t>2000 pcs 50mm Empty Round Capsules — Colored Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$175.00</t>
   </si>
   <si>
     <t xml:space="preserve">51MM-BLUE-RED-100 </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Translucent Acorn Capsules Empty 2 inch - Red &amp; Blue Gumball Machine Capsules Bulk Party Favors Containers - Independence and 4th of July Party Supplies - 100pcs</t>
-[...2 lines deleted...]
-    <t>$35.74</t>
+    <t>100 pcs 51mm Empty Accorn Capsules — Blue &amp; Red Assorted</t>
   </si>
   <si>
     <t xml:space="preserve">R50CT-25 </t>
   </si>
   <si>
-    <t>Entervending Empty Clear-Colored Round Capsules 2 inch 25 pcs Bulk 7 Colors Capsule for Toy Gumball Machines Plastic Containers Surprise for Kids Party</t>
-[...2 lines deleted...]
-    <t>$6.98</t>
+    <t>25 pcs 50mm Empty Round Capsules — Colored Top / Transparent Bottom</t>
+  </si>
+  <si>
+    <t>$3.60</t>
   </si>
   <si>
     <t xml:space="preserve">R50FT-25 </t>
   </si>
   <si>
-    <t>$5.98</t>
+    <t>25 pcs 50mm Empty Round Capsules — Transparent Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$3.63</t>
   </si>
   <si>
     <t xml:space="preserve">R50CC-25 </t>
   </si>
   <si>
+    <t>25 pcs 50mm Empty Round Capsules — Colored Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$3.50</t>
+  </si>
+  <si>
     <t xml:space="preserve">51MM-BLUE-RED-24 </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Translucent Acorn Capsules Empty 24 pcs 2 inch - Red &amp; Blue Gumball Machine Capsules Bulk Party Favors Containers - Independence Day 4th of July Party Supplies</t>
-[...2 lines deleted...]
-    <t>$16.49</t>
+    <t>24 pcs 51mm Empty Accorn Capsules — Blue &amp; Red Assorted</t>
+  </si>
+  <si>
+    <t>$3.14</t>
   </si>
   <si>
     <t xml:space="preserve">R50PCC-25 </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Pastel Colored Round Capsules Empty 25 pcs 2 inch - Gumball Machine Capsules Bulk Party Favor Containers - Easter Basket Stuffers Pinata Stuffers DIY Craft Supplies</t>
-[...2 lines deleted...]
-    <t>$13.85</t>
+    <t>25 pcs 50mm Empty Round Capsules — Pastel Colored Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$3.49</t>
   </si>
   <si>
     <t xml:space="preserve">R50PCC-50 </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Pastel Colored Round Capsules Empty 50 pcs 2 inch - Gumball Machine Capsules Bulk Party Favor Containers - Easter Basket Stuffers Pinata Stuffers DIY Craft Supplies</t>
-[...2 lines deleted...]
-    <t>$21.33</t>
+    <t>50 pcs 50mm Empty Round Capsules — Pastel Colored Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$6.63</t>
   </si>
   <si>
     <t xml:space="preserve">R50PCC-100 </t>
   </si>
   <si>
-    <t>Capsule Vending Machine Pastel Colored Round Capsules Empty 100 pcs 2 inch - Gumball Machine Capsules Bulk Party Favor Containers - Easter Basket Stuffers Pinata Stuffers DIY Craft Supplies</t>
-[...2 lines deleted...]
-    <t>$32.88</t>
+    <t>100 pcs 50mm Empty Round Capsules — Pastel Colored Top &amp; Bottom</t>
+  </si>
+  <si>
+    <t>$12.56</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -531,51 +576,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f65d1bfd7ed20e7cae38b70578d1b06c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_163260bf9c1186091a986570c7f618e33.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ba122b8c7c65d6a63a2a766296542b04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0d80c0a81866ee7bdef63b4230409aa5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a6564475974a3ebb9eeff69f15b12626.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d68fbd8a149900db3fde15e5fdd9737.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c472318f409aabea09f4da08bc708a48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cddc641055abcf98594ad58d3ac2575e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5080ed14a7d2bd6707f8a002f37aa71810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43417b7c014f082df864db57e98021a211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7067b94401e6af6028e682f35754dc3712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c2ad312c47601c5a3fd3f0d687454f213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0817e1b99998e55c5aa5e8f9086d2be14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6c2b50bc09145de08bad17e6e69d79bc15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_775aa181469c73b0e4168efdab33bdfb16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffaa33637b3bec56560572fcc34c3cd417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bada587753ecb7fecb96c6be07588d2318.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2188972e52d0fec72176d845d872b5a19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb3ce62299b88e805dc61dd1664fc45520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abaf3a9b692a60aa5470e2d7cbdfe60521.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a2d44c1048e5749d7b0273ae037de8422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d430037267e3bfc60a8d704b2e0d4e223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d14b5a3f4d4284f8a169947a41f287ab24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aa5225926d8a5664a696547f3c91f7cc25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08601033df1f632114a53403fdd9dbe326.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05e01dfbee44f801a2485fe778daf0b327.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6f0f0a70bfd30584522df169f4e512f028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e48f93768603bcf365d9da5ae55ff44629.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96555f69b2bbd762c1a5eb86f300b5dc30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c872fe9c267d4ea949ac0a2924b4352f31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf32f361be9c4b172f2f39614addadb32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2003c856b1081966bbe15e845fa3085733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00f7904eab2b411a521c436ec24f307634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8004483c02ca106187496e18b30404a35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_759364af4ded2c26323c801ded77597536.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f02dbe31bec00b348238579ac6fe8bc337.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c090eea3fdc65e48f10802e2722f9c5f38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fbce0a690f6aa0e24080eac011952f5d39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bfa0b14290106bc6226263b249031240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f00d0969c1ceb3058d5b0c987b85c33041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_faf9f567c98abaf3930e7a8bc2e75ecc42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f1e37d28d2a0166baabacecfcac30f4443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6261916b190a134a57f8808bcb83a28244.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f65d1bfd7ed20e7cae38b70578d1b06c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce0030bf5607c163febce42b8b289be53.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_163260bf9c1186091a986570c7f618e34.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ba122b8c7c65d6a63a2a766296542b05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0d80c0a81866ee7bdef63b4230409aa6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cddc641055abcf98594ad58d3ac2575e7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a6564475974a3ebb9eeff69f15b12628.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5080ed14a7d2bd6707f8a002f37aa7189.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_35d68fbd8a149900db3fde15e5fdd97310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_759364af4ded2c26323c801ded77597511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c472318f409aabea09f4da08bc708a412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebe5b7c9510db6d65c36a14cf0a5816d13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_426b1335ff5787f36acf8933910b4f2214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a44cccd7eb9a70891a01d2112fa62aee15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43417b7c014f082df864db57e98021a216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7067b94401e6af6028e682f35754dc3717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9c2ad312c47601c5a3fd3f0d687454f218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0817e1b99998e55c5aa5e8f9086d2be19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8c0fd27537f5d59fe5c4724b615e441e20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6c2b50bc09145de08bad17e6e69d79bc21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_775aa181469c73b0e4168efdab33bdfb22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ffaa33637b3bec56560572fcc34c3cd423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bada587753ecb7fecb96c6be07588d2324.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2188972e52d0fec72176d845d872b5a25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb3ce62299b88e805dc61dd1664fc45526.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abaf3a9b692a60aa5470e2d7cbdfe60527.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4a2d44c1048e5749d7b0273ae037de8428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d430037267e3bfc60a8d704b2e0d4e229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d14b5a3f4d4284f8a169947a41f287ab30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aa5225926d8a5664a696547f3c91f7cc31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_08601033df1f632114a53403fdd9dbe332.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_05e01dfbee44f801a2485fe778daf0b333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e48f93768603bcf365d9da5ae55ff44634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96555f69b2bbd762c1a5eb86f300b5dc35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c872fe9c267d4ea949ac0a2924b4352f36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdf32f361be9c4b172f2f39614addadb37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2003c856b1081966bbe15e845fa3085738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00f7904eab2b411a521c436ec24f307639.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8004483c02ca106187496e18b30404a40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f02dbe31bec00b348238579ac6fe8bc341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c090eea3fdc65e48f10802e2722f9c5f42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fbce0a690f6aa0e24080eac011952f5d43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bfa0b14290106bc6226263b249031244.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f00d0969c1ceb3058d5b0c987b85c33045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_faf9f567c98abaf3930e7a8bc2e75ecc46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f1e37d28d2a0166baabacecfcac30f4447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6261916b190a134a57f8808bcb83a28248.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -903,111 +948,111 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="561975"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="561975"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -1113,51 +1158,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="542925"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -1843,50 +1888,170 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2153,66 +2318,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J52"/>
+  <dimension ref="A1:J56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J52" sqref="J52"/>
+      <selection activeCell="J56" sqref="J56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="J4" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="J5" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="J6" s="1" t="s">
@@ -2281,1166 +2446,1274 @@
       <c r="H10" s="7">
         <v>0.13008051</v>
       </c>
       <c r="I10" s="7">
         <v>0</v>
       </c>
       <c r="J10" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G11" s="7">
-        <v>0.18100016248991</v>
+        <v>1.5</v>
       </c>
       <c r="H11" s="7">
-        <v>0.0028508</v>
+        <v>0.0039329</v>
       </c>
       <c r="I11" s="7">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="J11" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G12" s="7">
-        <v>0.6</v>
+        <v>0.18100016248991</v>
       </c>
       <c r="H12" s="7">
-        <v>0.007865789999999999</v>
+        <v>0.0028508</v>
       </c>
       <c r="I12" s="7">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="J12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G13" s="7">
-        <v>0.53070314309999</v>
+        <v>0.6</v>
       </c>
       <c r="H13" s="7">
-        <v>0.008463740000000001</v>
+        <v>0.007865789999999999</v>
       </c>
       <c r="I13" s="7">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="J13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G14" s="7">
-        <v>0.35833801969999</v>
+        <v>0.53070314309999</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00588056</v>
+        <v>0.008463740000000001</v>
       </c>
       <c r="I14" s="7">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.72099877525789</v>
+        <v>3.5607005754999</v>
       </c>
       <c r="H15" s="7">
-        <v>0.02128206</v>
+        <v>0.06016209</v>
       </c>
       <c r="I15" s="7">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="J15" s="7">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>36</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G16" s="7">
-        <v>0.8618256169999799</v>
+        <v>0.35833801969999</v>
       </c>
       <c r="H16" s="7">
-        <v>0.01027344</v>
+        <v>0.00588056</v>
       </c>
       <c r="I16" s="7">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>3.5607005754999</v>
+        <v>7.7110713099999</v>
       </c>
       <c r="H17" s="7">
-        <v>0.06016209</v>
+        <v>0.10068212</v>
       </c>
       <c r="I17" s="7">
         <v>0</v>
       </c>
       <c r="J17" s="7">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G18" s="7">
-        <v>7.7110713099999</v>
+        <v>0.72999804906909</v>
       </c>
       <c r="H18" s="7">
-        <v>0</v>
+        <v>0.01753715</v>
       </c>
       <c r="I18" s="7">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="J18" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="7">
-        <v>0.34000018493995</v>
+        <v>0.31751470099999</v>
       </c>
       <c r="H19" s="7">
-        <v>0.00594295</v>
+        <v>0.00426064</v>
       </c>
       <c r="I19" s="7">
         <v>50</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G20" s="7">
-        <v>0.33100000394389</v>
+        <v>0.8618256169999799</v>
       </c>
       <c r="H20" s="7">
-        <v>0.00604659</v>
+        <v>0.01027344</v>
       </c>
       <c r="I20" s="7">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:10" customHeight="1" ht="55">
+    <row r="21" spans="1:10" customHeight="1" ht="54">
       <c r="B21" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G21" s="7">
-        <v>0.33100000394389</v>
+        <v>0.31751470099999</v>
       </c>
       <c r="H21" s="7">
-        <v>0.00569885</v>
+        <v>0</v>
       </c>
       <c r="I21" s="7">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="J21" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:10" customHeight="1" ht="55">
+    <row r="22" spans="1:10" customHeight="1" ht="57">
       <c r="B22" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F22" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0.66200000788779</v>
+        <v>9.5</v>
       </c>
       <c r="H22" s="7">
-        <v>0.01461063</v>
+        <v>0.12742581</v>
       </c>
       <c r="I22" s="7">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J22" s="7">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="55">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" customHeight="1" ht="54">
       <c r="B23" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>3.8099995109522</v>
+        <v>9.5</v>
       </c>
       <c r="H23" s="7">
-        <v>0.05892788</v>
+        <v>0.12742581</v>
       </c>
       <c r="I23" s="7">
         <v>0</v>
       </c>
       <c r="J23" s="7">
-        <v>500</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G24" s="7">
-        <v>3.5150011381774</v>
+        <v>0.34000018493995</v>
       </c>
       <c r="H24" s="7">
-        <v>0.06177923</v>
+        <v>0.00594295</v>
       </c>
       <c r="I24" s="7">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="J24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G25" s="7">
-        <v>3.7738890175999</v>
+        <v>0.33100000394389</v>
       </c>
       <c r="H25" s="7">
-        <v>0.05885512</v>
+        <v>0.00604659</v>
       </c>
       <c r="I25" s="7">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="J25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G26" s="7">
-        <v>0.67099928169899</v>
+        <v>0.33100000394389</v>
       </c>
       <c r="H26" s="7">
-        <v>0.01582242</v>
+        <v>0.00569885</v>
       </c>
       <c r="I26" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G27" s="7">
-        <v>0.58967015899999</v>
+        <v>0.63389995684929</v>
       </c>
       <c r="H27" s="7">
-        <v>0.0083692</v>
+        <v>0.01461063</v>
       </c>
       <c r="I27" s="7">
         <v>100</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:10" customHeight="1" ht="55">
+    <row r="28" spans="1:10" customHeight="1" ht="53">
       <c r="B28" s="4" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F28" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>0.29483507949999</v>
+        <v>9.5</v>
       </c>
       <c r="H28" s="7">
-        <v>0.00454518</v>
+        <v>0.12742581</v>
       </c>
       <c r="I28" s="7">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="J28" s="7">
-        <v>0</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="E29" s="7" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F29" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G29" s="7">
-        <v>0.30300019683242</v>
+        <v>3.8099995109522</v>
       </c>
       <c r="H29" s="7">
-        <v>0.00551892</v>
+        <v>0.05892788</v>
       </c>
       <c r="I29" s="7">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="J29" s="7">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G30" s="7">
-        <v>0.29000023778862</v>
+        <v>3.5150011381774</v>
       </c>
       <c r="H30" s="7">
-        <v>0.00493863</v>
+        <v>0.06177923</v>
       </c>
       <c r="I30" s="7">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="J30" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G31" s="7">
-        <v>0.30800014618831</v>
+        <v>3.7738890175999</v>
       </c>
       <c r="H31" s="7">
-        <v>0.00508909</v>
+        <v>0.05885512</v>
       </c>
       <c r="I31" s="7">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G32" s="7">
-        <v>0.29899996519225</v>
+        <v>0.66200000788779</v>
       </c>
       <c r="H32" s="7">
-        <v>0.00545021</v>
+        <v>0.01582514</v>
       </c>
       <c r="I32" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J32" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G33" s="7">
-        <v>0.29899996519225</v>
+        <v>0.58967015899999</v>
       </c>
       <c r="H33" s="7">
-        <v>0.00334657</v>
+        <v>0.0083692</v>
       </c>
       <c r="I33" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J33" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G34" s="7">
-        <v>0.29500018714451</v>
+        <v>0.29483507949999</v>
       </c>
       <c r="H34" s="7">
-        <v>0.00552934</v>
+        <v>0.00454518</v>
       </c>
       <c r="I34" s="7">
         <v>50</v>
       </c>
       <c r="J34" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="7">
-        <v>0.29000023778862</v>
+        <v>0.30300019683242</v>
       </c>
       <c r="H35" s="7">
-        <v>0.00525601</v>
+        <v>0.00551892</v>
       </c>
       <c r="I35" s="7">
         <v>50</v>
       </c>
       <c r="J35" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="G36" s="7">
-        <v>0</v>
+        <v>0.29000023778862</v>
       </c>
       <c r="H36" s="7">
-        <v>0</v>
+        <v>0.00493863</v>
       </c>
       <c r="I36" s="7">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="J36" s="7">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="E37" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="E37" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G37" s="7">
-        <v>7.2574788799999</v>
+        <v>0.30800014618831</v>
       </c>
       <c r="H37" s="7">
-        <v>0</v>
+        <v>0.00508909</v>
       </c>
       <c r="I37" s="7">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="J37" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G38" s="7">
-        <v>7.2574788799999</v>
+        <v>0.29899996519225</v>
       </c>
       <c r="H38" s="7">
-        <v>0</v>
+        <v>0.00545021</v>
       </c>
       <c r="I38" s="7">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="J38" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G39" s="7">
-        <v>7.2574788799999</v>
+        <v>0.29899996519225</v>
       </c>
       <c r="H39" s="7">
-        <v>0.10068212</v>
+        <v>0.00334657</v>
       </c>
       <c r="I39" s="7">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="J39" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G40" s="7">
-        <v>14.96855019</v>
+        <v>0.29500018714451</v>
       </c>
       <c r="H40" s="7">
-        <v>0</v>
+        <v>0.00552934</v>
       </c>
       <c r="I40" s="7">
-        <v>2000</v>
+        <v>50</v>
       </c>
       <c r="J40" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G41" s="7">
-        <v>15.42214262</v>
+        <v>0.29000023778862</v>
       </c>
       <c r="H41" s="7">
-        <v>0</v>
+        <v>0.00525601</v>
       </c>
       <c r="I41" s="7">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="J41" s="7">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
-        <v>14.96855019</v>
+        <v>7.2574788799999</v>
       </c>
       <c r="H42" s="7">
-        <v>0</v>
+        <v>0.10068212</v>
       </c>
       <c r="I42" s="7">
         <v>0</v>
       </c>
       <c r="J42" s="7">
-        <v>2000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
-        <v>14.96855019</v>
+        <v>7.2574788799999</v>
       </c>
       <c r="H43" s="7">
         <v>0</v>
       </c>
       <c r="I43" s="7">
         <v>0</v>
       </c>
       <c r="J43" s="7">
-        <v>2000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G44" s="7">
-        <v>0.31751470099999</v>
+        <v>7.2574788799999</v>
       </c>
       <c r="H44" s="7">
-        <v>0.00426064</v>
+        <v>0.10068212</v>
       </c>
       <c r="I44" s="7">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="J44" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G45" s="7">
-        <v>0.31751470099999</v>
+        <v>14.96855019</v>
       </c>
       <c r="H45" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I45" s="7">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="J45" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
-        <v>117</v>
+        <v>15</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F46" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G46" s="7">
-        <v>0.1587573505</v>
+        <v>15.42214262</v>
       </c>
       <c r="H46" s="7">
-        <v>0.00365108</v>
+        <v>0</v>
       </c>
       <c r="I46" s="7">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="J46" s="7">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G47" s="7">
-        <v>0.1678291991</v>
+        <v>14.96855019</v>
       </c>
       <c r="H47" s="7">
-        <v>0.00390024</v>
+        <v>0</v>
       </c>
       <c r="I47" s="7">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="J47" s="7">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="F48" s="7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G48" s="7">
-        <v>0.181436972</v>
+        <v>14.96855019</v>
       </c>
       <c r="H48" s="7">
-        <v>0.00419509</v>
+        <v>0.20136424</v>
       </c>
       <c r="I48" s="7">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="J48" s="7">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>124</v>
+        <v>27</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G49" s="7">
-        <v>0.181436972</v>
+        <v>0.31751470099999</v>
       </c>
       <c r="H49" s="7">
-        <v>0.00196645</v>
+        <v>0.00426064</v>
       </c>
       <c r="I49" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G50" s="7">
-        <v>0.181436972</v>
+        <v>0.1587573505</v>
       </c>
       <c r="H50" s="7">
-        <v>0.00419509</v>
+        <v>0.00365108</v>
       </c>
       <c r="I50" s="7">
         <v>25</v>
       </c>
       <c r="J50" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="7">
-        <v>0.34000018493995</v>
+        <v>0.1678291991</v>
       </c>
       <c r="H51" s="7">
-        <v>0.00594295</v>
+        <v>0.00390024</v>
       </c>
       <c r="I51" s="7">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J51" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G52" s="7">
+        <v>0.181436972</v>
+      </c>
+      <c r="H52" s="7">
+        <v>0.00419509</v>
+      </c>
+      <c r="I52" s="7">
+        <v>25</v>
+      </c>
+      <c r="J52" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" customHeight="1" ht="55">
+      <c r="B53" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C53" s="6"/>
+      <c r="D53" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" s="7">
+        <v>0.181436972</v>
+      </c>
+      <c r="H53" s="7">
+        <v>0.00196645</v>
+      </c>
+      <c r="I53" s="7">
+        <v>24</v>
+      </c>
+      <c r="J53" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" customHeight="1" ht="55">
+      <c r="B54" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C54" s="6"/>
+      <c r="D54" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" s="7">
+        <v>0.181436972</v>
+      </c>
+      <c r="H54" s="7">
+        <v>0.00419509</v>
+      </c>
+      <c r="I54" s="7">
+        <v>25</v>
+      </c>
+      <c r="J54" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" customHeight="1" ht="55">
+      <c r="B55" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C55" s="6"/>
+      <c r="D55" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" s="7">
+        <v>0.29937100379999</v>
+      </c>
+      <c r="H55" s="7">
+        <v>0.0053684</v>
+      </c>
+      <c r="I55" s="7">
+        <v>50</v>
+      </c>
+      <c r="J55" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" customHeight="1" ht="55">
+      <c r="B56" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C56" s="6"/>
+      <c r="D56" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" s="7">
         <v>0.58967015899999</v>
       </c>
-      <c r="H52" s="7">
-[...2 lines deleted...]
-      <c r="I52" s="7">
+      <c r="H56" s="7">
+        <v>0.00497962</v>
+      </c>
+      <c r="I56" s="7">
         <v>100</v>
       </c>
-      <c r="J52" s="7">
+      <c r="J56" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">