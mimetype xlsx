--- v0 (2025-10-12)
+++ v1 (2025-11-22)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Empty Capsules 1.3&quot;" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -179,50 +179,59 @@
     <t xml:space="preserve">R32CT_1000 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 1000 pcs 1.26 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$78.40</t>
   </si>
   <si>
     <t xml:space="preserve">R32CT_2000 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 2000 pcs 1.26 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$143.98</t>
   </si>
   <si>
     <t xml:space="preserve">R32CT_10000 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 10000 pcs 1.26 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$654.49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R32TC-50 </t>
+  </si>
+  <si>
+    <t>Vending Machine Capsules - 1.26 Inch Plastic Capsules - Colored-Frosted Capsule - 50 Pcs Round Capsules - Plastic Party Favor Containers - Prize Machine Capsules</t>
+  </si>
+  <si>
+    <t>$10.68</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -291,51 +300,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abcfcd450a7b9733c9653dc7815d13152.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_023957e47fc1303569176849c6577ab73.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d1c5b86eadc89741674d51d3c223c3e4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca3ce30e07a077349b422fe748e4326a5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc5dce5507ee06e809be57ff210a1f7a6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c863db3c6a4c7b954e0a75a5c2491c037.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_58663e88cfca9da4d09cdb106f5e9f7f8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aad9f24f87a461ddcbe354ceae152c629.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1556488a42e66f165f9054563430446610.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c56a9c7a04bfb4683f9a0ea5c401859a11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef5680e599fa07e533a0d5a4cb9d414e12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_242aa5f033d079330f7c2e607805d0f413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_20e583d062f4dfe7c225e47308165bab14.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_abcfcd450a7b9733c9653dc7815d13152.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_023957e47fc1303569176849c6577ab73.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d1c5b86eadc89741674d51d3c223c3e4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca3ce30e07a077349b422fe748e4326a5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc5dce5507ee06e809be57ff210a1f7a6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c863db3c6a4c7b954e0a75a5c2491c037.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_58663e88cfca9da4d09cdb106f5e9f7f8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aad9f24f87a461ddcbe354ceae152c629.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1556488a42e66f165f9054563430446610.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c56a9c7a04bfb4683f9a0ea5c401859a11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef5680e599fa07e533a0d5a4cb9d414e12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_242aa5f033d079330f7c2e607805d0f413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_20e583d062f4dfe7c225e47308165bab14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0221776bb1b2730fd3d53c593f44c38415.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -716,50 +725,80 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1013,54 +1052,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J22"/>
+  <dimension ref="A1:J23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J22" sqref="J22"/>
+      <selection activeCell="J23" sqref="J23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1447,50 +1486,77 @@
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>53</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
         <v>27.2155458</v>
       </c>
       <c r="H22" s="7">
         <v>0</v>
       </c>
       <c r="I22" s="7">
         <v>10000</v>
       </c>
       <c r="J22" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" customHeight="1" ht="55">
+      <c r="B23" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C23" s="6"/>
+      <c r="D23" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G23" s="7">
+        <v>0.1179340318</v>
+      </c>
+      <c r="H23" s="7">
+        <v>0.00372012</v>
+      </c>
+      <c r="I23" s="7">
+        <v>50</v>
+      </c>
+      <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">