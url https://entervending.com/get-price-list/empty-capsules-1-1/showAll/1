--- v0 (2025-10-05)
+++ v1 (2025-11-06)
@@ -15,145 +15,154 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Empty Capsules 1.1&quot;" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Empty Capsules 1.1"</t>
   </si>
   <si>
+    <t xml:space="preserve">1CAPCOL-2500 </t>
+  </si>
+  <si>
+    <t>Capsules 1.1in Tops Bottoms 2500pcs for Vending Machines Party Favors Craft DIY Classroom Supplies</t>
+  </si>
+  <si>
+    <t>$66.87</t>
+  </si>
+  <si>
+    <t>Box</t>
+  </si>
+  <si>
     <t xml:space="preserve">R28FT-100 </t>
   </si>
   <si>
     <t>Empty Round Capsules 1" (100 pcs)</t>
   </si>
   <si>
     <t>$9.50</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">28MM100 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Acorn Capsules Empty 100 pcs 1.1 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$14.04</t>
   </si>
   <si>
     <t xml:space="preserve">28MM500 </t>
   </si>
   <si>
     <t>Empty Capsules 1.1" (500 pcs)</t>
   </si>
   <si>
     <t>$16.85</t>
   </si>
   <si>
     <t xml:space="preserve">28MM50 </t>
   </si>
   <si>
     <t>Empty Capsules 1.1" (50 pcs)</t>
   </si>
   <si>
     <t>$4.99</t>
   </si>
   <si>
     <t xml:space="preserve">28MM1000 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Acorn Capsules Empty 1000 pcs 1.1 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$52.35</t>
-  </si>
-[...1 lines deleted...]
-    <t>Box</t>
   </si>
   <si>
     <t xml:space="preserve">R28CT-50 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 50 pcs 1.1 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
   <si>
     <t>$4.28</t>
   </si>
   <si>
     <t xml:space="preserve">R28FT-50 </t>
   </si>
   <si>
     <t>Empty Round Clear Capsules 1.1" (50 pcs)</t>
   </si>
   <si>
     <t>$4.27</t>
   </si>
   <si>
     <t xml:space="preserve">R28CT-100 </t>
   </si>
   <si>
     <t>Capsule Vending Machine Translucent Round Capsules Empty 100 pcs 1.1 inch - Gumball Machine Capsules Bulk Party Favors Containers - Easter Basket Stuffers Gifts Pinata Stuffers DIY Craft Supplies</t>
   </si>
@@ -375,51 +384,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d30d144c9548ef7905da73ccc56dbec2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7eb6c7e2ca4a2e1554c58f1bc01628383.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b5a26d2c7e586d9194307b5f0dab8704.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6320f906b03e61e471b98c7ebc117ed25.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_851cb99e6df4f6793219f7ad4267c79d6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f47dceeb7b2121b8f628f38dbbf2b5c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_954096b5eeac76dd3ce1ec8386dfc7ba8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4fc02393eee0e8df539d85430b3ebcd09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e2d372cb504469faeb3347252ac524fb10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5635407f28b6fb60eb66055209c275d111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78ae032080d56f5ded92d2a1d7fe526512.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c3789033489695197607ba5d3a8b52c13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1774723089c1887abd970612b220579514.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f505c22a410baa0308feefc266aeef6815.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1516bdb903844a167e2bf8160b65d2ed16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb7882f2abdbf2bd7a55d4875138f97a17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ab69106a03e5f72eab036711153c1b8318.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2ed28958ab8da7532b8a7cddcf23da6f19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da971e2035df2124efcb58412d76528420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_66124a4a660064740628a725f391130d21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720d416ab5e501313cf119dffac5f49722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8eac68e4b4f97a1ae120177f985d84af23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d751c1ba423a697078e0ea620d6c33cc24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c88022036e35386e6b77571b888de98125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8800b100dee4539d26503fb9dc19728f26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0887b07980ad7b9aca1552e6ba6f99a327.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1b0657423b615eb613fe4d8777ff49812.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1d30d144c9548ef7905da73ccc56dbec3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7eb6c7e2ca4a2e1554c58f1bc01628384.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b5a26d2c7e586d9194307b5f0dab8705.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6320f906b03e61e471b98c7ebc117ed26.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_851cb99e6df4f6793219f7ad4267c79d7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f47dceeb7b2121b8f628f38dbbf2b5c8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_954096b5eeac76dd3ce1ec8386dfc7ba9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4fc02393eee0e8df539d85430b3ebcd010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e2d372cb504469faeb3347252ac524fb11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5635407f28b6fb60eb66055209c275d112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78ae032080d56f5ded92d2a1d7fe526513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0c3789033489695197607ba5d3a8b52c14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1774723089c1887abd970612b220579515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f505c22a410baa0308feefc266aeef6816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1516bdb903844a167e2bf8160b65d2ed17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb7882f2abdbf2bd7a55d4875138f97a18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ab69106a03e5f72eab036711153c1b8319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2ed28958ab8da7532b8a7cddcf23da6f20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da971e2035df2124efcb58412d76528421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_66124a4a660064740628a725f391130d22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720d416ab5e501313cf119dffac5f49723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8eac68e4b4f97a1ae120177f985d84af24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d751c1ba423a697078e0ea620d6c33cc25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c88022036e35386e6b77571b888de98126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8800b100dee4539d26503fb9dc19728f27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0887b07980ad7b9aca1552e6ba6f99a328.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1177,50 +1186,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1487,54 +1526,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J35"/>
+  <dimension ref="A1:J36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J35" sqref="J35"/>
+      <selection activeCell="J36" sqref="J36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1588,734 +1627,761 @@
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="55">
       <c r="B10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="7">
-        <v>0.1905088206</v>
+        <v>4.8080797579999</v>
       </c>
       <c r="H10" s="7">
-        <v>0.00570422</v>
+        <v>0</v>
       </c>
       <c r="I10" s="7">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J10" s="7">
-        <v>0</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G11" s="7">
         <v>0.1905088206</v>
       </c>
       <c r="H11" s="7">
-        <v>0.00556929</v>
+        <v>0.00570422</v>
       </c>
       <c r="I11" s="7">
         <v>100</v>
       </c>
       <c r="J11" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E12" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F12" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G12" s="7">
-        <v>0.8618256169999799</v>
+        <v>0.1905088206</v>
       </c>
       <c r="H12" s="7">
-        <v>0.01160959</v>
+        <v>0.00556929</v>
       </c>
       <c r="I12" s="7">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="J12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E13" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F13" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G13" s="7">
-        <v>0.09900017658693799</v>
+        <v>0.8618256169999799</v>
       </c>
       <c r="H13" s="7">
-        <v>0.00149184</v>
+        <v>0.01160959</v>
       </c>
       <c r="I13" s="7">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="J13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E14" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F14" s="7" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="G14" s="7">
-        <v>0</v>
+        <v>0.09900017658693799</v>
       </c>
       <c r="H14" s="7">
-        <v>0</v>
+        <v>0.00149184</v>
       </c>
       <c r="I14" s="7">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="J14" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.099790334599998</v>
+        <v>0</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00304941</v>
+        <v>0</v>
       </c>
       <c r="I15" s="7">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="J15" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>36</v>
       </c>
       <c r="F16" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G16" s="7">
-        <v>0.090718485999998</v>
+        <v>0.099790334599998</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00175441</v>
+        <v>0.00304941</v>
       </c>
       <c r="I16" s="7">
         <v>50</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G17" s="7">
-        <v>0.14999984145399</v>
+        <v>0.090718485999998</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00571201</v>
+        <v>0.00175441</v>
       </c>
       <c r="I17" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G18" s="7">
-        <v>0.44900026023867</v>
+        <v>0.14999984145399</v>
       </c>
       <c r="H18" s="7">
-        <v>0.008323229999999999</v>
+        <v>0.00571201</v>
       </c>
       <c r="I18" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G19" s="7">
-        <v>0.46099959438189</v>
+        <v>0.44900026023867</v>
       </c>
       <c r="H19" s="7">
-        <v>0.00642306</v>
+        <v>0.008323229999999999</v>
       </c>
       <c r="I19" s="7">
         <v>250</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>48</v>
       </c>
       <c r="F20" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G20" s="7">
-        <v>0.43998465709999</v>
+        <v>0.46099959438189</v>
       </c>
       <c r="H20" s="7">
-        <v>0.008583220000000001</v>
+        <v>0.00642306</v>
       </c>
       <c r="I20" s="7">
         <v>250</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>51</v>
       </c>
       <c r="F21" s="7" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="G21" s="7">
-        <v>0.89999995590878</v>
+        <v>0.43998465709999</v>
       </c>
       <c r="H21" s="7">
-        <v>0</v>
+        <v>0.008583220000000001</v>
       </c>
       <c r="I21" s="7">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="J21" s="7">
-        <v>2000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>54</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0.090718485999998</v>
+        <v>0.89999995590878</v>
       </c>
       <c r="H22" s="7">
-        <v>0.00123281</v>
+        <v>0</v>
       </c>
       <c r="I22" s="7">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="J22" s="7">
-        <v>0</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G23" s="7">
-        <v>0.0089999995590878</v>
+        <v>0.090718485999998</v>
       </c>
       <c r="H23" s="7">
-        <v>0.00097944</v>
+        <v>0.00123281</v>
       </c>
       <c r="I23" s="7">
         <v>30</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F24" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G24" s="7">
-        <v>0.077000036547079</v>
+        <v>0.0089999995590878</v>
       </c>
       <c r="H24" s="7">
-        <v>0.00130187</v>
+        <v>0.00097944</v>
       </c>
       <c r="I24" s="7">
         <v>30</v>
       </c>
       <c r="J24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>61</v>
       </c>
       <c r="F25" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G25" s="7">
-        <v>0.058967015899999</v>
+        <v>0.077000036547079</v>
       </c>
       <c r="H25" s="7">
-        <v>0.00126715</v>
+        <v>0.00130187</v>
       </c>
       <c r="I25" s="7">
         <v>30</v>
       </c>
       <c r="J25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>62</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F26" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G26" s="7">
         <v>0.058967015899999</v>
       </c>
       <c r="H26" s="7">
-        <v>0.00091699</v>
+        <v>0.00126715</v>
       </c>
       <c r="I26" s="7">
         <v>30</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G27" s="7">
         <v>0.058967015899999</v>
       </c>
       <c r="H27" s="7">
-        <v>0.00131737</v>
+        <v>0.00091699</v>
       </c>
       <c r="I27" s="7">
         <v>30</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="F28" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G28" s="7">
-        <v>0.049895167299999</v>
+        <v>0.058967015899999</v>
       </c>
       <c r="H28" s="7">
-        <v>0.00131771</v>
+        <v>0.00131737</v>
       </c>
       <c r="I28" s="7">
         <v>30</v>
       </c>
       <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E29" s="7" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="F29" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G29" s="7">
-        <v>0.06799985555101901</v>
+        <v>0.049895167299999</v>
       </c>
       <c r="H29" s="7">
-        <v>0.00125375</v>
+        <v>0.00131771</v>
       </c>
       <c r="I29" s="7">
         <v>30</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="F30" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G30" s="7">
-        <v>0.090718485999998</v>
+        <v>0.06799985555101901</v>
       </c>
       <c r="H30" s="7">
-        <v>0.00121413</v>
+        <v>0.00125375</v>
       </c>
       <c r="I30" s="7">
         <v>30</v>
       </c>
       <c r="J30" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G31" s="7">
-        <v>0.058967015899999</v>
+        <v>0.090718485999998</v>
       </c>
       <c r="H31" s="7">
-        <v>0.00127826</v>
+        <v>0.00121413</v>
       </c>
       <c r="I31" s="7">
         <v>30</v>
       </c>
       <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
-        <v>72</v>
+        <v>56</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>73</v>
+        <v>61</v>
       </c>
       <c r="F32" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G32" s="7">
-        <v>1.81436972</v>
+        <v>0.058967015899999</v>
       </c>
       <c r="H32" s="7">
-        <v>0</v>
+        <v>0.00127826</v>
       </c>
       <c r="I32" s="7">
-        <v>1000</v>
+        <v>30</v>
       </c>
       <c r="J32" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>75</v>
       </c>
       <c r="E33" s="7" t="s">
         <v>76</v>
       </c>
       <c r="F33" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G33" s="7">
-        <v>0.90718485999998</v>
+        <v>1.81436972</v>
       </c>
       <c r="H33" s="7">
         <v>0</v>
       </c>
       <c r="I33" s="7">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="J33" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
         <v>78</v>
       </c>
       <c r="E34" s="7" t="s">
         <v>79</v>
       </c>
       <c r="F34" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G34" s="7">
-        <v>0.272155458</v>
+        <v>0.90718485999998</v>
       </c>
       <c r="H34" s="7">
         <v>0</v>
       </c>
       <c r="I34" s="7">
         <v>500</v>
       </c>
       <c r="J34" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
         <v>80</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G35" s="7">
+        <v>0.272155458</v>
+      </c>
+      <c r="H35" s="7">
+        <v>0</v>
+      </c>
+      <c r="I35" s="7">
+        <v>500</v>
+      </c>
+      <c r="J35" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" customHeight="1" ht="55">
+      <c r="B36" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C36" s="6"/>
+      <c r="D36" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" s="7">
         <v>1.81436972</v>
       </c>
-      <c r="H35" s="7">
-[...2 lines deleted...]
-      <c r="I35" s="7">
+      <c r="H36" s="7">
+        <v>0</v>
+      </c>
+      <c r="I36" s="7">
         <v>1000</v>
       </c>
-      <c r="J35" s="7">
+      <c r="J36" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">