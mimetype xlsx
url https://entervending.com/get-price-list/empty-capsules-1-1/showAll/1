--- v1 (2025-11-06)
+++ v2 (2025-11-26)
@@ -1735,54 +1735,54 @@
       <c r="H13" s="7">
         <v>0.01160959</v>
       </c>
       <c r="I13" s="7">
         <v>500</v>
       </c>
       <c r="J13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G14" s="7">
-        <v>0.09900017658693799</v>
+        <v>0.099790334599998</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00149184</v>
+        <v>0.00389063</v>
       </c>
       <c r="I14" s="7">
         <v>50</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
         <v>0</v>
       </c>