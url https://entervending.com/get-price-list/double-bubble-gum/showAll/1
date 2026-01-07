--- v0 (2025-11-03)
+++ v1 (2026-01-07)
@@ -2495,51 +2495,51 @@
       </c>
       <c r="C39" s="7"/>
       <c r="D39" s="7"/>
       <c r="E39" s="7"/>
       <c r="F39" s="7"/>
       <c r="G39" s="7"/>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="39">
       <c r="B40" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="4" t="s">
         <v>79</v>
       </c>
       <c r="E40" s="6" t="s">
         <v>80</v>
       </c>
       <c r="F40" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G40" s="6">
-        <v>6.80388555</v>
+        <v>10.88621688</v>
       </c>
       <c r="H40" s="6">
         <v>0.01769803</v>
       </c>
       <c r="I40" s="6">
         <v>0</v>
       </c>
       <c r="J40" s="6">
         <v>9900</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="39">
       <c r="B41" s="8" t="s">
         <v>81</v>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="4" t="s">
         <v>82</v>
       </c>
       <c r="E41" s="6" t="s">
         <v>83</v>
       </c>
       <c r="F41" s="6" t="s">
         <v>18</v>
       </c>