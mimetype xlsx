--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -59,63 +59,63 @@
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Coin Machines</t>
   </si>
   <si>
     <t xml:space="preserve">CTF </t>
   </si>
   <si>
     <t>Coin Twister</t>
   </si>
   <si>
-    <t>$2800.00</t>
+    <t>$3499.99</t>
   </si>
   <si>
     <t>Piece</t>
   </si>
   <si>
     <t xml:space="preserve">CVF </t>
   </si>
   <si>
     <t>Coin Vortex</t>
   </si>
   <si>
-    <t>$3120.00</t>
+    <t>$3899.99</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>