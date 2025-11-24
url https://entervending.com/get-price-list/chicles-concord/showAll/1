--- v0 (2025-10-11)
+++ v1 (2025-11-24)
@@ -763,51 +763,51 @@
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="39">
       <c r="B10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="7">
-        <v>6.80388555</v>
+        <v>10.88621688</v>
       </c>
       <c r="H10" s="7">
         <v>0.01769803</v>
       </c>
       <c r="I10" s="7">
         <v>0</v>
       </c>
       <c r="J10" s="7">
         <v>9900</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="39">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>