--- v1 (2025-11-24)
+++ v2 (2026-03-10)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Chicle Gum &amp; Chicles" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -67,130 +67,127 @@
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Chicle Gum &amp; Chicles</t>
   </si>
   <si>
     <t xml:space="preserve">92099-9900 </t>
   </si>
   <si>
     <t>Chicle Chewing Gum 9900 CT</t>
   </si>
   <si>
-    <t>$84.59</t>
-[...2 lines deleted...]
-    <t>Box</t>
+    <t>$78.70</t>
+  </si>
+  <si>
+    <t>Case</t>
   </si>
   <si>
     <t xml:space="preserve">2095-9900 </t>
   </si>
   <si>
     <t>Chicle Pink Chewing Gum 9900 CT</t>
   </si>
   <si>
     <t>$72.99</t>
   </si>
   <si>
-    <t xml:space="preserve">91058-5800 </t>
-[...5 lines deleted...]
-    <t>$66.79</t>
+    <t xml:space="preserve">2199-9900 </t>
+  </si>
+  <si>
+    <t>Chicle Tropical Fruit Gum 9900 CT</t>
   </si>
   <si>
     <t xml:space="preserve">91064-5800 </t>
   </si>
   <si>
     <t>Doubble Bubble Gum no Crown 5800 CT</t>
   </si>
   <si>
-    <t>$66.70</t>
+    <t>$51.33</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="ADE9AA"/>
+        <fgColor rgb="F0E2E2"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="8">
@@ -210,93 +207,93 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f413ae5dc45ac90d5714d54c3a01ce3b2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_933f424a895d59fc235d61a4cbfd24dd3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_821e51cdf83b79ccdfbeb138856a742d4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_176b268ba80d980bb3b93b4ba83a1b915.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_069f39242dc2436c67e36b063bdf66552.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_933f424a895d59fc235d61a4cbfd24dd3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c57d92eecc7c4286cf88ab28b727f2e4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_176b268ba80d980bb3b93b4ba83a1b915.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -748,141 +745,141 @@
         <v>9</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="B9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
     </row>
-    <row r="10" spans="1:10" customHeight="1" ht="39">
+    <row r="10" spans="1:10" customHeight="1" ht="55">
       <c r="B10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="7">
-        <v>10.88621688</v>
+        <v>11.79340162</v>
       </c>
       <c r="H10" s="7">
-        <v>0.01769803</v>
+        <v>0.01966448</v>
       </c>
       <c r="I10" s="7">
         <v>0</v>
       </c>
       <c r="J10" s="7">
         <v>9900</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="39">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
         <v>11.79340162</v>
       </c>
       <c r="H11" s="7">
-        <v>0.01929457</v>
+        <v>0.01966448</v>
       </c>
       <c r="I11" s="7">
         <v>0</v>
       </c>
       <c r="J11" s="7">
         <v>9900</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>9.979033459999799</v>
+        <v>11.79340162</v>
       </c>
       <c r="H12" s="7">
-        <v>0</v>
+        <v>0.01966448</v>
       </c>
       <c r="I12" s="7">
         <v>0</v>
       </c>
       <c r="J12" s="7">
-        <v>5800</v>
+        <v>9900</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E13" s="7" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
         <v>9.661517481000001</v>
       </c>
       <c r="H13" s="7">
         <v>0.01929457</v>
       </c>
       <c r="I13" s="7">
         <v>0</v>
       </c>
       <c r="J13" s="7">
         <v>5800</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>