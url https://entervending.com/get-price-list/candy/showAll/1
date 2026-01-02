--- v0 (2025-10-13)
+++ v1 (2026-01-02)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Candy" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -188,59 +188,50 @@
     <t xml:space="preserve">22114 </t>
   </si>
   <si>
     <t>Candy Bonz</t>
   </si>
   <si>
     <t>$106.00</t>
   </si>
   <si>
     <t xml:space="preserve">20137 </t>
   </si>
   <si>
     <t>Oh Baby Coated Candy Pacifiers</t>
   </si>
   <si>
     <t>$92.20</t>
   </si>
   <si>
     <t xml:space="preserve">21271 </t>
   </si>
   <si>
     <t>Spaced Out Candies</t>
   </si>
   <si>
     <t>$104.10</t>
-  </si>
-[...7 lines deleted...]
-    <t>$131.60</t>
   </si>
   <si>
     <t xml:space="preserve">1860-1.7LB </t>
   </si>
   <si>
     <t>Razzles Candy Gum - 1.7LB Bag of Original Fruit-Flavored Bubble Gum - Vending Machine Refill Bulk Chewing Gum for Kids &amp; Adults</t>
   </si>
   <si>
     <t>$22.02</t>
   </si>
   <si>
     <t xml:space="preserve">20311-1.7LB </t>
   </si>
   <si>
     <t>Candy Blocks - Build, Play, and Snack - 100% Edible, Assorted Flavors - Fun Brick-Shaped Hard Candies for Kids - Perfect Party Treats &amp; Decorations - 1.7lb Bulk Pack</t>
   </si>
   <si>
     <t>$14.50</t>
   </si>
   <si>
     <t xml:space="preserve">75000-15OZ </t>
   </si>
   <si>
     <t>Wax Bottle Candy Drinks Filled with Flavored Syrups - Candys Nik-L-Nips Vintage Wax Bottles Assorted Candy Bulk - 15 OZ - Fun Halloween Weird Candy</t>
   </si>
@@ -372,51 +363,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f64e687c87114d97704136548e8fada72.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_460254e88e07d6e24e0fe8148e1fc1fa3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc8d0aa52406faf8ffbe87e3e407a8474.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_03585f31fd4c1604173376fc7e2a78145.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5ee8f4aba29e1fe5f90c13bed9e226156.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efe1f24e229efd128ce7da81e41120517.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b5fa84921890e28945a34dd995dfaef8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_920befa452beb707c5a356b108641a0c9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b50d721843477cb7e56b5e0d6ca646fc10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0ac35708ebbc0bd78d8c197833cf582b11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0ac9f0879d5f599ad95b71c3fc2aafe12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b6d0887c481b846fe534def0f51960b13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_be56ab28c0fe57db24e104c7d3ed1c6d14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd1a7848bd6609e43c0fdb6d6a81af8c15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7bffec4130bc5435be33fe55c011c8c316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_72890ad224f3cd5a0d8413394cf3db8e17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fddcce7d1e9a749d401e9aa184d09c9718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a65c9297b838c02fe4bd0157908dda9819.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4672b52480c8970181fb2e3d5143797c20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d64a08e856f7bb51324b708fe26a5f121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2f662e8b0b3eab37763b9df39683f46222.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f64e687c87114d97704136548e8fada72.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_460254e88e07d6e24e0fe8148e1fc1fa3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bc8d0aa52406faf8ffbe87e3e407a8474.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_03585f31fd4c1604173376fc7e2a78145.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5ee8f4aba29e1fe5f90c13bed9e226156.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_efe1f24e229efd128ce7da81e41120517.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b5fa84921890e28945a34dd995dfaef8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_920befa452beb707c5a356b108641a0c9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b50d721843477cb7e56b5e0d6ca646fc10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0ac35708ebbc0bd78d8c197833cf582b11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0ac9f0879d5f599ad95b71c3fc2aafe12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b6d0887c481b846fe534def0f51960b13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_be56ab28c0fe57db24e104c7d3ed1c6d14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd1a7848bd6609e43c0fdb6d6a81af8c15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_72890ad224f3cd5a0d8413394cf3db8e16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fddcce7d1e9a749d401e9aa184d09c9717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a65c9297b838c02fe4bd0157908dda9818.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4672b52480c8970181fb2e3d5143797c19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d64a08e856f7bb51324b708fe26a5f120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2f662e8b0b3eab37763b9df39683f46221.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1007,80 +998,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1334,54 +1295,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J31"/>
+  <dimension ref="A1:J30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J31" sqref="J31"/>
+      <selection activeCell="J30" sqref="J30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1718,51 +1679,51 @@
       <c r="H20" s="7">
         <v>0.01929457</v>
       </c>
       <c r="I20" s="7">
         <v>0</v>
       </c>
       <c r="J20" s="7">
         <v>13500</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="39">
       <c r="B21" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="5" t="s">
         <v>47</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>25</v>
       </c>
       <c r="G21" s="7">
-        <v>0</v>
+        <v>9.979032140000001</v>
       </c>
       <c r="H21" s="7">
         <v>0</v>
       </c>
       <c r="I21" s="7">
         <v>0</v>
       </c>
       <c r="J21" s="7">
         <v>17000</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="5" t="s">
         <v>49</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>50</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>25</v>
       </c>
@@ -1823,224 +1784,197 @@
       <c r="G24" s="7">
         <v>10.251188918</v>
       </c>
       <c r="H24" s="7">
         <v>0</v>
       </c>
       <c r="I24" s="7">
         <v>0</v>
       </c>
       <c r="J24" s="7">
         <v>11000</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="5"/>
       <c r="D25" s="5" t="s">
         <v>58</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F25" s="7" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>10.73653</v>
+        <v>0.78900135236349</v>
       </c>
       <c r="H25" s="7">
-        <v>0.01929457</v>
+        <v>0.00306332</v>
       </c>
       <c r="I25" s="7">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="J25" s="7">
-        <v>700</v>
+        <v>8448</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="5"/>
       <c r="D26" s="5" t="s">
         <v>61</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>62</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>0.78900135236349</v>
+        <v>0.78000207855229</v>
       </c>
       <c r="H26" s="7">
-        <v>0.00306332</v>
+        <v>0.00403054</v>
       </c>
       <c r="I26" s="7">
-        <v>600</v>
+        <v>1</v>
       </c>
       <c r="J26" s="7">
-        <v>8448</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="5"/>
       <c r="D27" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>65</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>0.78000207855229</v>
+        <v>0.43091280849999</v>
       </c>
       <c r="H27" s="7">
-        <v>0.00403054</v>
+        <v>0.00281311</v>
       </c>
       <c r="I27" s="7">
         <v>1</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C28" s="5"/>
       <c r="D28" s="5" t="s">
         <v>67</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>68</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>0.43091280849999</v>
+        <v>0.43998465709999</v>
       </c>
       <c r="H28" s="7">
-        <v>0.00281311</v>
+        <v>0.00097021</v>
       </c>
       <c r="I28" s="7">
-        <v>1</v>
+        <v>340</v>
       </c>
       <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>69</v>
       </c>
       <c r="C29" s="5"/>
       <c r="D29" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>71</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
-        <v>0.43998465709999</v>
+        <v>0.63049347769999</v>
       </c>
       <c r="H29" s="7">
-        <v>0.00097021</v>
+        <v>0.00225322</v>
       </c>
       <c r="I29" s="7">
-        <v>340</v>
+        <v>1</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>72</v>
       </c>
       <c r="C30" s="5"/>
       <c r="D30" s="5" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>74</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>0.63049347769999</v>
+        <v>0.62142162909999</v>
       </c>
       <c r="H30" s="7">
-        <v>0.00225322</v>
+        <v>0.00348678</v>
       </c>
       <c r="I30" s="7">
-        <v>1</v>
+        <v>1927</v>
       </c>
       <c r="J30" s="7">
-        <v>0</v>
-[...25 lines deleted...]
-      <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="B12:J12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>