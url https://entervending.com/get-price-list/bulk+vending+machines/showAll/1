--- v0 (2025-10-11)
+++ v1 (2025-12-12)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Bulk Vending Machines" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -111,59 +111,50 @@
     <t xml:space="preserve">SB18 </t>
   </si>
   <si>
     <t>Southern-18</t>
   </si>
   <si>
     <t>$166.46</t>
   </si>
   <si>
     <t xml:space="preserve">NB26 </t>
   </si>
   <si>
     <t>Northern-26</t>
   </si>
   <si>
     <t>$490.34</t>
   </si>
   <si>
     <t xml:space="preserve">BGB20 </t>
   </si>
   <si>
     <t>Ball Globe Beaver 20</t>
   </si>
   <si>
     <t>$263.92</t>
-  </si>
-[...7 lines deleted...]
-    <t>$205.27</t>
   </si>
   <si>
     <t xml:space="preserve">NB30 </t>
   </si>
   <si>
     <t>Northern-30</t>
   </si>
   <si>
     <t>$492.92</t>
   </si>
   <si>
     <t xml:space="preserve">RB16 </t>
   </si>
   <si>
     <t>Round-16</t>
   </si>
   <si>
     <t xml:space="preserve">sanitizer </t>
   </si>
   <si>
     <t>Hand Sanitizer</t>
   </si>
   <si>
     <t>$1518.00</t>
   </si>
@@ -445,51 +436,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8086a1f1b8266db8b722739fa4f2a1b32.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f90b34b19c39f62adef32b05bb1a9633.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_87d93e3478667710635a2e9b105549384.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfacf13a92065a2a52314681626715ed5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_771f30d22ec67cb45eeba9949c46339f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f93a51420046c5eb6b70f12f1162ed37.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_315f3810840d4001e9243f69824a8a478.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_84ecfdab0ab5b02a22405587622670939.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ed7cf6cbe157e23d2ffffd25d27d728010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bd39cf126739b16ca3723f7bb950a311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e20819330739346276aa0521c5498c1812.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f5b16f30ea62565f521f5fcce049210213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61e5ee38a0ffb131881584ae251d2dda14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5c5a8f730bfa18020cd5971ad4ae97c615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc1ec00d74bfbaf037558d5ecc69638b16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_85e400f75cfe63ce60213ebe48f68d6b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a37f24e1ef83b956e1e6debf5a255acf18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_334f4bed0649e824c15cacea8519b9df19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ba98aff228c9e8692645c0be6e4f67220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6c97c2d4be75df916e0fa2b2ce4b43ad21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_98101a50afa10c54231b400adf3796c022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42c75a5fec4b0c6a64faa491bf6263023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_278e5164890d74f876fad48a7db3154424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_542604914d8e04ca7d2f499927f78d6625.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_903b9e7eecf4e1b8b318ed9337b712dd26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_618a64342c26bf450ee4ef4a19941ae327.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c8dd47bd996005beeaf1cf2eb2cefdb628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f29544c49bded5dcfd7d023bc681bb629.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8086a1f1b8266db8b722739fa4f2a1b32.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f90b34b19c39f62adef32b05bb1a9633.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_87d93e3478667710635a2e9b105549384.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfacf13a92065a2a52314681626715ed5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_771f30d22ec67cb45eeba9949c46339f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f93a51420046c5eb6b70f12f1162ed37.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_84ecfdab0ab5b02a22405587622670938.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ed7cf6cbe157e23d2ffffd25d27d72809.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bd39cf126739b16ca3723f7bb950a310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e20819330739346276aa0521c5498c1811.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f5b16f30ea62565f521f5fcce049210212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61e5ee38a0ffb131881584ae251d2dda13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5c5a8f730bfa18020cd5971ad4ae97c614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cc1ec00d74bfbaf037558d5ecc69638b15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_85e400f75cfe63ce60213ebe48f68d6b16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a37f24e1ef83b956e1e6debf5a255acf17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_334f4bed0649e824c15cacea8519b9df18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ba98aff228c9e8692645c0be6e4f67219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6c97c2d4be75df916e0fa2b2ce4b43ad20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_98101a50afa10c54231b400adf3796c021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42c75a5fec4b0c6a64faa491bf6263022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_278e5164890d74f876fad48a7db3154423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_542604914d8e04ca7d2f499927f78d6624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_903b9e7eecf4e1b8b318ed9337b712dd25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_618a64342c26bf450ee4ef4a19941ae326.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c8dd47bd996005beeaf1cf2eb2cefdb627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f29544c49bded5dcfd7d023bc681bb628.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -754,51 +745,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="771525"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -934,326 +925,326 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="771525"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="714375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="771525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="" descr=""/>
-[...53 lines deleted...]
-      <xdr:row>31</xdr:row>
+        <xdr:cNvPr id="20" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="771525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>33</xdr:row>
+        <xdr:cNvPr id="22" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="771525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>34</xdr:row>
+        <xdr:cNvPr id="23" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="771525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>36</xdr:row>
+        <xdr:cNvPr id="24" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="771525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="" descr=""/>
-[...88 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>41</xdr:row>
@@ -1277,80 +1268,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1617,54 +1578,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H44"/>
+  <dimension ref="A1:H43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H44" sqref="H44"/>
+      <selection activeCell="H43" sqref="H43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="12"/>
     <row r="2" spans="1:8">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="H3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="H4" s="1" t="s">
@@ -1845,574 +1806,553 @@
       <c r="F16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G16" s="5">
         <v>5.4</v>
       </c>
       <c r="H16" s="5">
         <v>0.04542494</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="76">
       <c r="B17" s="7" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="4" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G17" s="5">
-        <v>4.2</v>
+        <v>13</v>
       </c>
       <c r="H17" s="5">
-        <v>0.03185645</v>
+        <v>0.07264386</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="76">
       <c r="B18" s="7" t="s">
         <v>35</v>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="4" t="s">
         <v>36</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G18" s="5">
-        <v>13</v>
+        <v>3.05</v>
       </c>
       <c r="H18" s="5">
-        <v>0.07264386</v>
+        <v>0.02389234</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="76">
       <c r="B19" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E19" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="E19" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G19" s="5">
-        <v>3.05</v>
+        <v>9.979032140000001</v>
       </c>
       <c r="H19" s="5">
-        <v>0.02389234</v>
-[...3 lines deleted...]
-      <c r="B20" s="7" t="s">
+        <v>0.04037773</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="B20" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="C20" s="4"/>
-      <c r="D20" s="4" t="s">
+      <c r="C20" s="6"/>
+      <c r="D20" s="6"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="6"/>
+      <c r="G20" s="6"/>
+      <c r="H20" s="6"/>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="B21" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="E20" s="5" t="s">
+      <c r="C21" s="8"/>
+      <c r="D21" s="8"/>
+      <c r="E21" s="8"/>
+      <c r="F21" s="8"/>
+      <c r="G21" s="8"/>
+      <c r="H21" s="8"/>
+    </row>
+    <row r="22" spans="1:8" customHeight="1" ht="76">
+      <c r="B22" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="F20" s="5" t="s">
-[...10 lines deleted...]
-      <c r="B21" s="6" t="s">
+      <c r="C22" s="4"/>
+      <c r="D22" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="C21" s="6"/>
-[...7 lines deleted...]
-      <c r="B22" s="8" t="s">
+      <c r="E22" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="C22" s="8"/>
-[...4 lines deleted...]
-      <c r="H22" s="8"/>
+      <c r="F22" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="G22" s="5">
+        <v>68.03886</v>
+      </c>
+      <c r="H22" s="5">
+        <v>3.6051541</v>
+      </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="76">
       <c r="B23" s="7" t="s">
         <v>45</v>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="4" t="s">
         <v>46</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="5">
-        <v>68.03886</v>
+        <v>22.67962</v>
       </c>
       <c r="H23" s="5">
-        <v>3.6051541</v>
+        <v>1.06188175</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="76">
       <c r="B24" s="7" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="4" t="s">
         <v>49</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>50</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="5">
-        <v>22.67962</v>
+        <v>15.87</v>
       </c>
       <c r="H24" s="5">
-        <v>1.06188175</v>
+        <v>0.53746293</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="76">
       <c r="B25" s="7" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="4" t="s">
         <v>52</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>53</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="5">
-        <v>15.87</v>
+        <v>13.60777</v>
       </c>
       <c r="H25" s="5">
-        <v>0.53746293</v>
+        <v>0.25485162</v>
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="76">
       <c r="B26" s="7" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="4" t="s">
         <v>55</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>56</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G26" s="5">
-        <v>13.60777</v>
+        <v>68.03886</v>
       </c>
       <c r="H26" s="5">
-        <v>0.25485162</v>
+        <v>3.6051541</v>
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="76">
       <c r="B27" s="7" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="4" t="s">
         <v>58</v>
       </c>
       <c r="E27" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="G27" s="5">
+        <v>13.60777</v>
+      </c>
+      <c r="H27" s="5">
+        <v>0.25485162</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="B28" s="8" t="s">
         <v>59</v>
       </c>
-      <c r="F27" s="5" t="s">
-[...10 lines deleted...]
-      <c r="B28" s="7" t="s">
+      <c r="C28" s="8"/>
+      <c r="D28" s="8"/>
+      <c r="E28" s="8"/>
+      <c r="F28" s="8"/>
+      <c r="G28" s="8"/>
+      <c r="H28" s="8"/>
+    </row>
+    <row r="29" spans="1:8" customHeight="1" ht="76">
+      <c r="B29" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="C28" s="4"/>
-      <c r="D28" s="4" t="s">
+      <c r="C29" s="4"/>
+      <c r="D29" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="E28" s="5" t="s">
-[...8 lines deleted...]
-      <c r="H28" s="5">
+      <c r="E29" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="G29" s="5">
+        <v>19.05088</v>
+      </c>
+      <c r="H29" s="5">
         <v>0.25485162</v>
       </c>
     </row>
-    <row r="29" spans="1:8">
-[...10 lines deleted...]
-    <row r="30" spans="1:8" customHeight="1" ht="76">
+    <row r="30" spans="1:8" customHeight="1" ht="70">
       <c r="B30" s="7" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="4" t="s">
         <v>64</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>65</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G30" s="5">
-        <v>19.05088</v>
+        <v>11.1</v>
       </c>
       <c r="H30" s="5">
-        <v>0.25485162</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:8" customHeight="1" ht="70">
+        <v>0.04506443</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" customHeight="1" ht="55">
       <c r="B31" s="7" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="4" t="s">
         <v>67</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>68</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G31" s="5">
-        <v>11.1</v>
+        <v>17.644745527</v>
       </c>
       <c r="H31" s="5">
-        <v>0.04506443</v>
-[...3 lines deleted...]
-      <c r="B32" s="7" t="s">
+        <v>0.10663712</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="B32" s="8" t="s">
         <v>69</v>
       </c>
-      <c r="C32" s="4"/>
-      <c r="D32" s="4" t="s">
+      <c r="C32" s="8"/>
+      <c r="D32" s="8"/>
+      <c r="E32" s="8"/>
+      <c r="F32" s="8"/>
+      <c r="G32" s="8"/>
+      <c r="H32" s="8"/>
+    </row>
+    <row r="33" spans="1:8" customHeight="1" ht="76">
+      <c r="B33" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="E32" s="5" t="s">
+      <c r="C33" s="4"/>
+      <c r="D33" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="F32" s="5" t="s">
-[...10 lines deleted...]
-      <c r="B33" s="8" t="s">
+      <c r="E33" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="C33" s="8"/>
-[...4 lines deleted...]
-      <c r="H33" s="8"/>
+      <c r="F33" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="G33" s="5">
+        <v>79.37866</v>
+      </c>
+      <c r="H33" s="5">
+        <v>1.76980292</v>
+      </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="76">
       <c r="B34" s="7" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="4" t="s">
         <v>74</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G34" s="5">
-        <v>79.37866</v>
+        <v>102.05828</v>
       </c>
       <c r="H34" s="5">
-        <v>1.76980292</v>
-[...3 lines deleted...]
-      <c r="B35" s="7" t="s">
+        <v>2.79156914</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="B35" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="C35" s="4"/>
-      <c r="D35" s="4" t="s">
+      <c r="C35" s="6"/>
+      <c r="D35" s="6"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="6"/>
+      <c r="G35" s="6"/>
+      <c r="H35" s="6"/>
+    </row>
+    <row r="36" spans="1:8" customHeight="1" ht="55">
+      <c r="B36" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="E35" s="5" t="s">
+      <c r="C36" s="4"/>
+      <c r="D36" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="F35" s="5" t="s">
-[...10 lines deleted...]
-      <c r="B36" s="6" t="s">
+      <c r="E36" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="C36" s="6"/>
-[...6 lines deleted...]
-    <row r="37" spans="1:8" customHeight="1" ht="55">
+      <c r="F36" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="G36" s="5">
+        <v>3.656</v>
+      </c>
+      <c r="H36" s="5">
+        <v>0.02521969</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" customHeight="1" ht="76">
       <c r="B37" s="7" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="4" t="s">
         <v>81</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>82</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G37" s="5">
-        <v>3.656</v>
+        <v>8.699999999999999</v>
       </c>
       <c r="H37" s="5">
-        <v>0.02521969</v>
+        <v>0.0584035</v>
       </c>
     </row>
     <row r="38" spans="1:8" customHeight="1" ht="76">
       <c r="B38" s="7" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="4" t="s">
         <v>84</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="5">
-        <v>8.699999999999999</v>
+        <v>3.62874</v>
       </c>
       <c r="H38" s="5">
-        <v>0.0584035</v>
+        <v>0.02521969</v>
       </c>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="76">
       <c r="B39" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="E39" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="E39" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G39" s="5">
-        <v>3.62874</v>
+        <v>17.599383956</v>
       </c>
       <c r="H39" s="5">
-        <v>0.02521969</v>
-[...3 lines deleted...]
-      <c r="B40" s="7" t="s">
+        <v>0.09963335</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="B40" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="C40" s="4"/>
-      <c r="D40" s="4" t="s">
+      <c r="C40" s="6"/>
+      <c r="D40" s="6"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="6"/>
+      <c r="G40" s="6"/>
+      <c r="H40" s="6"/>
+    </row>
+    <row r="41" spans="1:8" customHeight="1" ht="55">
+      <c r="B41" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="E40" s="5" t="s">
+      <c r="C41" s="4"/>
+      <c r="D41" s="4" t="s">
         <v>90</v>
       </c>
-      <c r="F40" s="5" t="s">
-[...10 lines deleted...]
-      <c r="B41" s="6" t="s">
+      <c r="E41" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="C41" s="6"/>
-[...4 lines deleted...]
-      <c r="H41" s="6"/>
+      <c r="F41" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="G41" s="5">
+        <v>7</v>
+      </c>
+      <c r="H41" s="5">
+        <v>0.04808515</v>
+      </c>
     </row>
     <row r="42" spans="1:8" customHeight="1" ht="55">
       <c r="B42" s="7" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="4" t="s">
         <v>93</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>94</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G42" s="5">
-        <v>7</v>
+        <v>2.948350405</v>
       </c>
       <c r="H42" s="5">
-        <v>0.04808515</v>
+        <v>0.0177163</v>
       </c>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="55">
       <c r="B43" s="7" t="s">
         <v>95</v>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="4" t="s">
         <v>96</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>97</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G43" s="5">
-        <v>2.948350405</v>
+        <v>2.449398798</v>
       </c>
       <c r="H43" s="5">
-        <v>0.0177163</v>
-[...19 lines deleted...]
-      <c r="H44" s="5">
         <v>0.01815905</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:H9"/>
     <mergeCell ref="B10:H10"/>
+    <mergeCell ref="B20:H20"/>
     <mergeCell ref="B21:H21"/>
-    <mergeCell ref="B22:H22"/>
-[...3 lines deleted...]
-    <mergeCell ref="B41:H41"/>
+    <mergeCell ref="B28:H28"/>
+    <mergeCell ref="B32:H32"/>
+    <mergeCell ref="B35:H35"/>
+    <mergeCell ref="B40:H40"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>