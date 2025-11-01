--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Bouncy Balls" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -73,59 +73,50 @@
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Bouncy Balls</t>
   </si>
   <si>
     <t xml:space="preserve">45E0001-12 </t>
   </si>
   <si>
     <t>Bouncy Balls Party Favors - 45mm Bouncing Balls - Large Hi Bounce Ball - Rubber Ball Gifts for Kids - 12Pcs</t>
   </si>
   <si>
     <t>$17.37</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
-    <t xml:space="preserve">45-32-25-MIX-12 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">BA-60MMB </t>
   </si>
   <si>
     <t>60mm 2.4" Ball Mix 25 pcs</t>
   </si>
   <si>
     <t>$16.19</t>
   </si>
   <si>
     <t xml:space="preserve">BA-ICB45 </t>
   </si>
   <si>
     <t>Icy Hi-Bounce Ball 45 mm 12 pcs</t>
   </si>
   <si>
     <t>$5.25</t>
   </si>
   <si>
     <t xml:space="preserve">BA-GLI27 </t>
   </si>
   <si>
     <t>Glitter Ball 27 mm</t>
   </si>
   <si>
     <t>$9.19</t>
@@ -226,714 +217,660 @@
   <si>
     <t xml:space="preserve">60FRB </t>
   </si>
   <si>
     <t>60mm Hi-Bounce Playful Balls with Frosty Texture for Interactive Play - Pack of 12 Bouncy Toy Balls with Neon Colors</t>
   </si>
   <si>
     <t>$12.38</t>
   </si>
   <si>
     <t xml:space="preserve">75ICB-6 </t>
   </si>
   <si>
     <t>Bouncy Balls - 3</t>
   </si>
   <si>
     <t>$16.78</t>
   </si>
   <si>
     <t xml:space="preserve">75ICB-4 </t>
   </si>
   <si>
     <t>$18.14</t>
   </si>
   <si>
-    <t xml:space="preserve">75ICB-2 </t>
+    <t xml:space="preserve">60MIB-6 </t>
+  </si>
+  <si>
+    <t>Assorted Colorful Bouncy Balls 2.4 inch (60 mm) 6 psc - Rubber Balls for Toddlers Mixed Pattern Style Bouncy Balls for Kids Large Balls for Babies - Party Favors Gifts Toys &amp; Games</t>
+  </si>
+  <si>
+    <t>$11.44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-FRO45 </t>
+  </si>
+  <si>
+    <t>Frosty Hi-Bounce Ball 45 mm</t>
+  </si>
+  <si>
+    <t>$15.30</t>
+  </si>
+  <si>
+    <t>1.93"/49mm</t>
+  </si>
+  <si>
+    <t>1.93"/49mm - 40 Count</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49FRB2 </t>
+  </si>
+  <si>
+    <t>49mm Hi-Bounce Frosty Texture Rubber Balls – Vibrant Children's Play Essentials, 40 Piece Colorful Balls - Ultimate Kids' Party Favors &amp; Playground Fun!</t>
+  </si>
+  <si>
+    <t>$24.75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49MIB2 </t>
+  </si>
+  <si>
+    <t>49mm Hi-Bounce Mixed Ball - Popular Best Seller with Variety &amp; Quality Pack of 40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49TWB2 </t>
+  </si>
+  <si>
+    <t>49mm Hi-Bounce Bouncy Balls Set of 40 - Marble Look Swirl for Kids Games &amp; Parties</t>
+  </si>
+  <si>
+    <t>1.77"/45mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45E0001-5 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls in The Gift Box - 5 Pcs Large Bouncy Ball 45mm for Kids - Rubber Balls for Kids - ICY Super Ball - Big Bouncy Ball - Bouncy Balls for Kids</t>
+  </si>
+  <si>
+    <t>$9.78</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45MB-12 </t>
+  </si>
+  <si>
+    <t>Entervending Large 45mm Bouncy Balls - 12 Pcs, Bowling Style, Rubber, Green</t>
+  </si>
+  <si>
+    <t>$9.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45V0-12 </t>
+  </si>
+  <si>
+    <t>Bouncy Balls - Frosty Bounce Balls in Bucket - Party Favors for Kids- 45mm Bouncing Toys for Kids - 12 Pcs - Large Hi Bounce Rubber Ball</t>
+  </si>
+  <si>
+    <t>$12.64</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45V1-BAG-12 </t>
+  </si>
+  <si>
+    <t>Rubber Ball for Kids - ICY Bounce Balls - Pack of 12 Pcs Large Hi-Bounce Balls 45 mm - Super Party Favours Vending Machine Toys Refills</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45ALB </t>
+  </si>
+  <si>
+    <t>3-D Alien Bounce Ball Collection: 12 pc Set with Unique Extraterrestrial Figures Perfect for Party Favors and Kids Toys, Explore the Sci-Fi Adventure!</t>
+  </si>
+  <si>
+    <t>$13.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45DIB </t>
+  </si>
+  <si>
+    <t>3-D Hi-Bounce Dinosaur Balls with Plastic Figures Inside - Perfect Kids Toys for Thrilling Playtime - Get Your Dino Adventure Today!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45SNB </t>
+  </si>
+  <si>
+    <t>Snake Hi-Bounce Play Balls Collection with Mesmerizing Figures Inside, Perfect Gift Idea for Kids, Engaging Indoor/Outdoor Games, Fun Toy Variety Pack in Every Set</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45ASSORT-16 </t>
+  </si>
+  <si>
+    <t>Large Bouncy Balls Assorted Pack 1.77 inch (45 mm) - Super Ball for Toddlers and Adults Party Favors Pinata Filler Goodie Bags Stuffers for Kids - Treasure Box Toys for Classroom Carnival Prizesf (16)</t>
+  </si>
+  <si>
+    <t>$12.60</t>
+  </si>
+  <si>
+    <t>1.77"/45mm - 25 Count</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45MB-25 </t>
+  </si>
+  <si>
+    <t>Bowling Hi-Bounce Balls 45 mm</t>
+  </si>
+  <si>
+    <t>$10.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45V1-25 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - Rubber Balls for Kids - ICY Bounce Balls - 24 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
+  </si>
+  <si>
+    <t>$35.41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45V0-25 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - Rubber Balls for Kids - Frosty Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
+  </si>
+  <si>
+    <t>$15.84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45E0001-25 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - Glitter Bounce Balls Bulk - Party Favors - Rubber Balls for Kids - 25 Pcs Large Bouncy Ball 45 mm - Super Bouncy Balls Gift for Kids</t>
+  </si>
+  <si>
+    <t>$11.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45MB-GOLD </t>
+  </si>
+  <si>
+    <t>Bouncy Balls - Rubber Balls for Kids - Gold Bowling Bounce Ball - 25 Pcs Large Bouncy Super Ball 45 mm - Vending Machine Toys - Bouncing Party Favors</t>
+  </si>
+  <si>
+    <t>$18.69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45MB-SILVER </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - Rubber Balls for Kids - Silver Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
+  </si>
+  <si>
+    <t>$20.89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45MB-PURPLE </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - Rubber Balls for Kids - Purple Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
+  </si>
+  <si>
+    <t>$23.09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45MB-RED </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - Rubber Balls for Kids - Red Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
+  </si>
+  <si>
+    <t>$21.99</t>
+  </si>
+  <si>
+    <t>1.77"/45mm - 50 Count</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45MB </t>
+  </si>
+  <si>
+    <t>Masquerade Mix 45 mm</t>
+  </si>
+  <si>
+    <t>$39.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45BOB </t>
+  </si>
+  <si>
+    <t>45mm Hi-Bounce Bowling Ball Look-Alikes - Assorted Swirling Colors Toy Pack</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45FRB </t>
+  </si>
+  <si>
+    <t>Hi-Bounce Ball Mix 45mm Frosty Texture Sensory Party Pack</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45POB2 </t>
+  </si>
+  <si>
+    <t>50-Piece High-Bounce Pool Balls Set with Classic Billiard Design</t>
+  </si>
+  <si>
+    <t>$27.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45PRB2 </t>
+  </si>
+  <si>
+    <t>45mm Hi-Bounce Premium Rubber Ball Set for Vending Machines &amp; Collectibles</t>
+  </si>
+  <si>
+    <t>$26.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45SWB2 </t>
+  </si>
+  <si>
+    <t>Hi-Bounce Swirled Ball Mix 45mm - Collectible Sensory Toy for Kids &amp; Adults - Perfect for Outdoor Play &amp; Bulk Party Favors</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45COB </t>
+  </si>
+  <si>
+    <t>45mm Transparent Rubber Bouncy Balls with Confetti - Fun Mix for Kids, Party Favors, Non-Toxic Interactive Toy</t>
+  </si>
+  <si>
+    <t>$30.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45MIB2 </t>
+  </si>
+  <si>
+    <t>45mm Hi-Bounce Ball Mix for Kids and Playground Fun - Bulk Rubber Bouncy Toy Assortment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45RAB </t>
+  </si>
+  <si>
+    <t>45mm Rubber Hi-Bounce Balls Assortment - 50 Pc Vibrant Play Balls Collection</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45SBB </t>
+  </si>
+  <si>
+    <t>45mm Rubber Hi-Bounce Balls Pack of 50 for Indoor Outdoor Games Party Favors Kids Fun</t>
+  </si>
+  <si>
+    <t>1.26"/32mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32V1-24 </t>
+  </si>
+  <si>
+    <t>Bouncy Balls - 32mm 1.26” ICY Bounce Balls Bulk - Colorful High Bouncing Balls for Party Favors and Party Bag Filler - Vending Machine Toys for Kids - 24 pcs</t>
+  </si>
+  <si>
+    <t>$9.67</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32V1-48 </t>
+  </si>
+  <si>
+    <t>Bouncy Balls - 32mm 1.26” Icy Bounce Balls Bulk - Colorful High Bouncing Balls for Party Favors and Party Bag Filler - Vending Machine Toys for Kids / 48 Pcs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32V1-12 </t>
+  </si>
+  <si>
+    <t>ICY Bounce Balls 32 mm - 12 pcs</t>
+  </si>
+  <si>
+    <t>$6.81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32V0-12 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - 12 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Party Favors Classroom Prizes</t>
+  </si>
+  <si>
+    <t>$10.33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32V0-24 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - 24 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+  </si>
+  <si>
+    <t>$13.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32V0-100 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - 100 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+  </si>
+  <si>
+    <t>$31.89</t>
+  </si>
+  <si>
+    <t>1.26"/32mm - 50 Count</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32MB-50 </t>
+  </si>
+  <si>
+    <t>Bouncy Balls Galaxy Ball 1.26 inch (32 mm) 50 psc - Rubber Balls for Toddlers 5 Colors Bowling Style Bouncy Balls for Kids Small Balls for Babies - Party Favors Pinata Stuffers Gifts Toys &amp; Games</t>
+  </si>
+  <si>
+    <t>$19.24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32ASSORT-25 </t>
+  </si>
+  <si>
+    <t>Bouncy Balls Assorted Bulk Toys Pack 25psc 1.26inch 32mm - Super Ball for Toddlers and Adults Party Favors Pinata Filler Goodie Bags Stuffers for Kids Treasure Box Toys for Classroom Carnival Prizes</t>
+  </si>
+  <si>
+    <t>$3.77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32V0-50 </t>
+  </si>
+  <si>
+    <t>Frosty Hi-Bounce Icy Bouncy Balls 1.26 inch (32 mm) 50 psc - Rubber Balls for Toddlers 4 Colors Frosty Style Bouncy Balls for Kids Small Balls for Babies - Party Favors Pinata Stuffers Toys &amp; Games</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32BU002-50 </t>
+  </si>
+  <si>
+    <t>Two Tone Color Balls Mix 32 mm</t>
+  </si>
+  <si>
+    <t>$4.78</t>
+  </si>
+  <si>
+    <t>1.26"/32mm - 100 Count</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32BOB </t>
+  </si>
+  <si>
+    <t>32mm Bowling Hi-Bounce Balls Bulk, Metallic Look-Alike Swirling Colors Party Favors Pack, Toy Play Balls</t>
+  </si>
+  <si>
+    <t>$20.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32FRB </t>
+  </si>
+  <si>
+    <t>32mm Hi-Bounce Balls Pack - Frosty Fun, Semi-Translucent, Perfect Toys for Playtime Games</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32HAB </t>
+  </si>
+  <si>
+    <t>32mm Happy Face Hi-Bounce Balls 100pcs: Classic Smiley Bouncy Balls for Kids Fun, Outdoor Games, Party Favors, and Gift Ideas</t>
+  </si>
+  <si>
+    <t>$21.75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32ICB </t>
+  </si>
+  <si>
+    <t>32mm Icy Hi-Bounce Toy Balls with Frosted Texture - Multicolor, Unique Collectible Ball Mix for Fun Activities, Bag of 100 Pieces</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32MIB </t>
+  </si>
+  <si>
+    <t>32mm Mixed High Bounce Balls Assortment - 100 Piece Toy Ball Collection for Bulk Party Favors, Wholesale Playground Equipment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32MB-100 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls Bulk Little Bowling Ball for Kids and Gumball Machine 100 pcs 32 mm 1.26</t>
+  </si>
+  <si>
+    <t>$26.71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32RAB </t>
+  </si>
+  <si>
+    <t>32mm Hi-Bounce Rubber Balls - Rainbow Mix (100 Pieces) Fun Play Collection</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32COB </t>
+  </si>
+  <si>
+    <t>32mm Transparent Hi-Bounce Balls with Confetti - Fun Mix Rubber Toys for Party Favors</t>
+  </si>
+  <si>
+    <t>$23.62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32DCB </t>
+  </si>
+  <si>
+    <t>32mm Diamond Cut Hi-Bounce Ball Set - Transparent Gem Bouncing Toys for Collection, Fun Play, Group Activities - 100 Pieces</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32SPB </t>
+  </si>
+  <si>
+    <t>30mm Sports Hi-Bounce Ball Collection - Mix of 100 Bouncy Tennis, Football, Basketball, Baseball, Soccer Balls</t>
+  </si>
+  <si>
+    <t>$21.00</t>
+  </si>
+  <si>
+    <t>1.02"/27mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27MIB2 </t>
+  </si>
+  <si>
+    <t>Bouncy Ball Collection 27mm High-Quality Hi-Bounce Balls Mix 250 Piece Assorted Fun Variety Pack</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BASGL-144 </t>
+  </si>
+  <si>
+    <t>Sparkle Bouncing Balls 27 mm 144 pcs</t>
+  </si>
+  <si>
+    <t>$15.17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27V1-24 </t>
+  </si>
+  <si>
+    <t>Bouncy Balls - 27mm 1.06” Icy Bounce Balls Bulk - 24 Pcs Colorful High Bouncing Balls for Party Favors and Party Bag Filler - Vending Machine Toys for Kids</t>
+  </si>
+  <si>
+    <t>$6.08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27V1-48 </t>
+  </si>
+  <si>
+    <t>Bouncy Balls - 27mm 1.06” Icy Bounce Balls Bulk - 48 Pcs Colorful High Bouncing Balls for Party Favors and Party Bag Filler - Vending Machine Toys for Kids</t>
+  </si>
+  <si>
+    <t>$12.56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BAL-24 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - 24 Pcs Small Bouncing Ball - 1.06 Inch - Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+  </si>
+  <si>
+    <t>$6.46</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BAL-48 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - 48 Pcs Small Bouncing Balls - 1.06 Inch Bounce Balls - Hot Colored Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BAL-144 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - 144 Pcs Small Bouncing Balls - 1.06 Inch Bounce Balls - Hot Colored Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+  </si>
+  <si>
+    <t>$12.00</t>
+  </si>
+  <si>
+    <t>1.02"/27mm - 250 Count</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27FRB </t>
+  </si>
+  <si>
+    <t>27mm Rubber Hi-Bounce Balls for Party Favors and Vending Machines - Bulk Pack of 250 Semi-Translucent Fun Toys</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27ICB </t>
+  </si>
+  <si>
+    <t>27mm Icy Hi-Bounce Ball Pack - Textured Frost Spheres for Bouncing Fun - Unique Colorful Design - Assorted Plastic Toy Collection</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27SPB </t>
+  </si>
+  <si>
+    <t>Sports Fan Bouncy Ball Variety Pack - 250 Piece Set for Party Favors, Kids Toy, Indoor and Outdoor Playtime, Non-Toxic Assorted Sports Balls</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BOB2 </t>
+  </si>
+  <si>
+    <t>27mm Hi-Bounce Toy Balls: Mini Bowling Fun for Kids, Party Decorations &amp; Collectible Swirl Mix, 250 Bag</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27HAB2 </t>
+  </si>
+  <si>
+    <t>27mm Happy Face Hi-Bounce Balls - 250 Pack Super Bouncy Emoji Toy Ball - Ultimate Party Supplies &amp; Fun Kids' Play Collectible Novelty</t>
+  </si>
+  <si>
+    <t>$33.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27NSB2 </t>
+  </si>
+  <si>
+    <t>27mm Hi-Bounce Spot Ball Collection 250 pcs - Mix Assortment for Playful Spots Drama, Motion Play, Bouncing Excitement, and Sensory Fun</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27PRB2 </t>
+  </si>
+  <si>
+    <t>Premium Hi-Bounce Balls: Perfect Mix for Vending Machine Success</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27COB </t>
+  </si>
+  <si>
+    <t>27mm High Bounce Translucent Rubber Balls with Mixed Colors Confetti - Fun Party Favors 250 Pcs</t>
+  </si>
+  <si>
+    <t>1"/25mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25ASSORT-25 </t>
+  </si>
+  <si>
+    <t>Bouncy Balls Assorted Bulk Toys Pack 25psc 1 inch 25mm - Super Ball for Toddlers and Adults Party Favors Pinata Filler Goodie Bags Stuffers for Kids - Treasure Box Toys for Classroom Carnival Prizes</t>
+  </si>
+  <si>
+    <t>$5.53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25E0001-24 </t>
+  </si>
+  <si>
+    <t>Bouncy Balls - 24 Pcs Glitter Bouncing Balls - Assorted Colors 1</t>
+  </si>
+  <si>
+    <t>$6.72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25E0001-48 </t>
+  </si>
+  <si>
+    <t>Bouncy Balls - 48 Pcs Glitter Bouncing Balls - Assorted Colors 1</t>
   </si>
   <si>
     <t>$13.68</t>
   </si>
   <si>
-    <t xml:space="preserve">60MIB-6 </t>
-[...610 lines deleted...]
-  <si>
     <t xml:space="preserve">25E0001-144 </t>
   </si>
   <si>
     <t>Bouncy Balls - 144 Pcs Glitter Bouncing Balls - Assorted Colors 1</t>
   </si>
   <si>
     <t>$39.05</t>
   </si>
   <si>
     <t xml:space="preserve">25V0-25 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Balls 25 mm 25 pcs</t>
   </si>
   <si>
     <t>$5.98</t>
   </si>
   <si>
     <t xml:space="preserve">25V0-50 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Balls 25 mm 50 pcs</t>
   </si>
   <si>
     <t>$6.74</t>
   </si>
   <si>
     <t>1"/25mm - 100 Count</t>
   </si>
   <si>
     <t xml:space="preserve">25V0-100 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Balls 25 mm</t>
   </si>
   <si>
     <t>$6.82</t>
-  </si>
-[...7 lines deleted...]
-    <t>$7.07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1020,51 +957,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6376814d492e5c614cffb0cb743bc0b13.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc4716.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f97.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e74680bead5239e614f337c622a241999.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf5e93717b8388fcba628769341306a210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b9511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00312.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce4a97226cdd702c4581c634d276907015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0de8101003696b9b9fca9fb39e323af16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_333c93b3f2ce028a505b75aad835ef1f17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bc5ea2cc6b31240b23c561b250f033b18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4148bf4e544c2c772a39845845f9c55f19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f5c8ab37194b09c10a25ffd5cab6ef2720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cd2d612bcd5b58de59aae8d2fb218fee21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61bffe64ca9c98fc57e1ff393dbed70022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79482ea6525994af688ecd6d1a07489123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e129367ed47c574a3d750650aea5704824.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55f59593091c52b066bbb2914c117a6825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_631ece5f61c7433c40d2bac803114dc026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fa4e5bb4b5630b2e062a45a3ddb42b1e27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a598f92fcadb766a05c42b8c6b1b7d7928.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f040c2c063fa190ee0a4c49dcca733829.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24de1e4dcdaa8a9838420281039d820730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8d19e6e4e975e03e53f38f0575e3391231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d91425f63e71cad78e2ad424c3945d232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a4ff4c5595609af07bf5a721eaae75633.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b8a0712839967c818cef4322f0a1e5034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cc3ddc242fd877f30c93648ff02b6bc35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ecfc319ea4d8c02c966708b08c2f5b536.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a664c948e5c16ebf598148c8b6096df637.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cd3f9f88ff227f3f06145b3b5b066bc38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0240ce2f5f0861e3c06c5582e26a93d39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bdd57088d45f4651d9e5c0937c19df140.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47569c05ac14df75676e70c04b5dd2c041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_146f2e5ebd78117f02ab38316cb53cf242.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edda7d307dd33b73ba9ae56c2815d2f43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e22be2e067e7a7e28a2cfa216f573c1744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76dd6d5ea3d6fd48fa5fad3770b756bb45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a33545d9d83589e251da20f3164c2f2b46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64996f42205bba199127f75e820ff41b47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15da06542886210a020deecc6182361148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fb79ec3a25236cd4f4e0645ab71cc1249.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fad98daf8e2bc79d188e8325cdacd6850.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d9ea728bdf61469619b1e36110f173c51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b215d3b6cbf49fb508de0277e6a562f052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_577a65a4e468c579d7863a91a0e0ea8653.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00d9899ba63742e39965b4a98bea263454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12dea3d66098b1668ced2016fc6d04fd55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_902429b4c01d868b0a8f6c484996aa2056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_947bb3647234c01a0673b3ed91e3a2ae57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_936c0edd04a8592c47ca25f389d7619958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b3bbce47c213d74860be4d66753a03859.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53fa2d1c54065e9508189c049f8e2c8860.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a95ca418a4ffc81b2de7c3127c8aa3361.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e185a52a46efff236e99e0731658b66362.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_895c20fd456bbb63484055e8d919846263.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a0489a498342f5a83139f4d779fa7e064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_afc23c804de6d56bde698bbb0c0ffa1465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f8b67840a0861c72a55d8a3a277065966.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac3704587b5f08756b9d1b45fe2b630567.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_166b6b8f316da0151651126ab4bad98368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a906821336621443c5ca865058a65c069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb56486379502a7cae959c5b3fe663da70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e2f8603d4b1f1d5047681cae5ad881071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80bab37d7cb8705dbc12fa60511e751572.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e3fd2df8fb6c6f4421a8e0c7d2ed03073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f638b167ae929524ec6e2af44a27a73074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bcd3f028187308d51b5a34d5a19323c175.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_792e969b37a9358a008b45b9e26ddfe576.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc463bfd36bbd9248e984cfa6ebfa92b77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4beb79d98cf4dff47d15bb92a3de40d978.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55c66a1908a84d31a7c0e2f3df0711ce79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_03b0050c74c6ff91d22d09e581d0952b80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_72c4df6b17cbe6214fb61df54aa180cf81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f399d06a389aee66ec1c4b55073ac2582.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_832f3d8e225783f6c997c298b205f80e83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb121fa131f534a2d927143307c05c3b84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc95aeb08621787d1f37ccd056ce952185.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c0f6c6b5d3a77ec09076cbdf81efb886.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214ca71f4dcc864a7c6f78aecc4cf13587.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d799c7f1afb7deef07e40c8ef28c61f688.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64b6d486a7df94b27d122db2e5a4dc1c89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb8617e290ab9820c08d0ca79d21e14d90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a37fcf9779d6e5ba4f63228ca72c18a91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4716324f9d80205ec40b9c0bcc732d5b92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c4244a4a038dcfa7358909e90945eac793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e53ccdacbe86b5bee130f7a40ffcac3794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da6e2de91b05fea919fddcbc669688c095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fae57f4732e16808ff5d24ec9cb601a96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eac8211795cc23ed0a3952652f39ceae97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_861c38894df90a29982dd00d7a97b09c98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bea9207fae8e0a34da4d5439c8fd182599.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76abf0b341f3058c371dfa7c4fc14baf100.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc4715.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e74680bead5239e614f337c622a241998.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf5e93717b8388fcba628769341306a29.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b9510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce4a97226cdd702c4581c634d276907014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0de8101003696b9b9fca9fb39e323af15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_333c93b3f2ce028a505b75aad835ef1f16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bc5ea2cc6b31240b23c561b250f033b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4148bf4e544c2c772a39845845f9c55f18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f5c8ab37194b09c10a25ffd5cab6ef2719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61bffe64ca9c98fc57e1ff393dbed70020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79482ea6525994af688ecd6d1a07489121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e129367ed47c574a3d750650aea5704822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55f59593091c52b066bbb2914c117a6823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_631ece5f61c7433c40d2bac803114dc024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fa4e5bb4b5630b2e062a45a3ddb42b1e25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24de1e4dcdaa8a9838420281039d820726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d91425f63e71cad78e2ad424c3945d227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a4ff4c5595609af07bf5a721eaae75628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b8a0712839967c818cef4322f0a1e5029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cc3ddc242fd877f30c93648ff02b6bc30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ecfc319ea4d8c02c966708b08c2f5b531.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a664c948e5c16ebf598148c8b6096df632.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cd3f9f88ff227f3f06145b3b5b066bc33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0240ce2f5f0861e3c06c5582e26a93d34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bdd57088d45f4651d9e5c0937c19df135.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9e97e339812f491b16b4bcffed22b6536.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47569c05ac14df75676e70c04b5dd2c037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_146f2e5ebd78117f02ab38316cb53cf238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edda7d307dd33b73ba9ae56c2815d2f39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e22be2e067e7a7e28a2cfa216f573c1740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76dd6d5ea3d6fd48fa5fad3770b756bb41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a33545d9d83589e251da20f3164c2f2b42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64996f42205bba199127f75e820ff41b43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15da06542886210a020deecc6182361144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fb79ec3a25236cd4f4e0645ab71cc1245.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fad98daf8e2bc79d188e8325cdacd6846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d9ea728bdf61469619b1e36110f173c47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b215d3b6cbf49fb508de0277e6a562f048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_577a65a4e468c579d7863a91a0e0ea8649.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00d9899ba63742e39965b4a98bea263450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12dea3d66098b1668ced2016fc6d04fd51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_902429b4c01d868b0a8f6c484996aa2052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_947bb3647234c01a0673b3ed91e3a2ae53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_936c0edd04a8592c47ca25f389d7619954.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b3bbce47c213d74860be4d66753a03855.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53fa2d1c54065e9508189c049f8e2c8856.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a95ca418a4ffc81b2de7c3127c8aa3357.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e185a52a46efff236e99e0731658b66358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_895c20fd456bbb63484055e8d919846259.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a0489a498342f5a83139f4d779fa7e060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f8b67840a0861c72a55d8a3a277065961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac3704587b5f08756b9d1b45fe2b630562.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_166b6b8f316da0151651126ab4bad98363.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a906821336621443c5ca865058a65c064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb56486379502a7cae959c5b3fe663da65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75169038daeb754a6724c31739c06a5766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e2f8603d4b1f1d5047681cae5ad881067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80bab37d7cb8705dbc12fa60511e751568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e3fd2df8fb6c6f4421a8e0c7d2ed03069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f638b167ae929524ec6e2af44a27a73070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bcd3f028187308d51b5a34d5a19323c171.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc463bfd36bbd9248e984cfa6ebfa92b72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55c66a1908a84d31a7c0e2f3df0711ce73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_03b0050c74c6ff91d22d09e581d0952b74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_72c4df6b17cbe6214fb61df54aa180cf75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f399d06a389aee66ec1c4b55073ac2576.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_832f3d8e225783f6c997c298b205f80e77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb121fa131f534a2d927143307c05c3b78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc95aeb08621787d1f37ccd056ce952179.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c0f6c6b5d3a77ec09076cbdf81efb880.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214ca71f4dcc864a7c6f78aecc4cf13581.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d799c7f1afb7deef07e40c8ef28c61f682.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64b6d486a7df94b27d122db2e5a4dc1c83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb8617e290ab9820c08d0ca79d21e14d84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a37fcf9779d6e5ba4f63228ca72c18a85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c4244a4a038dcfa7358909e90945eac786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e53ccdacbe86b5bee130f7a40ffcac3787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da6e2de91b05fea919fddcbc669688c088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fae57f4732e16808ff5d24ec9cb601a89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eac8211795cc23ed0a3952652f39ceae90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_861c38894df90a29982dd00d7a97b09c91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bea9207fae8e0a34da4d5439c8fd182592.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1212,81 +1149,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="523875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="523875"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -1419,51 +1356,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -1572,168 +1509,168 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="552450"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="552450"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="838200"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>30</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="571500" cy="571500"/>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -1749,624 +1686,624 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="" descr=""/>
-[...208 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="" descr=""/>
-[...118 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>55</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="571500" cy="571500"/>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>56</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="571500" cy="571500"/>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -2382,1161 +2319,1161 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>59</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>60</xdr:row>
+        <xdr:cNvPr id="60" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>61</xdr:row>
+        <xdr:cNvPr id="61" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="48" name="" descr=""/>
-[...418 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>78</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="571500" cy="571500"/>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>82</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="66" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>83</xdr:row>
+        <xdr:cNvPr id="78" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="67" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>84</xdr:row>
+        <xdr:cNvPr id="79" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="68" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>85</xdr:row>
+        <xdr:cNvPr id="80" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="69" name="" descr=""/>
-[...358 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="81" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>99</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="571500" cy="571500"/>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="82" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>100</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="571500" cy="571500"/>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="83" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -3552,510 +3489,270 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>103</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="85" name="" descr=""/>
-[...208 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="92" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
-        <a:stretch>
-[...238 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4322,54 +4019,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J121"/>
+  <dimension ref="A1:J113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J121" sqref="J121"/>
+      <selection activeCell="J113" sqref="J113"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -4450,2867 +4147,2651 @@
       <c r="H10" s="7">
         <v>0.00177662</v>
       </c>
       <c r="I10" s="7">
         <v>12</v>
       </c>
       <c r="J10" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>0.30800014618831</v>
+        <v>3.401942775</v>
       </c>
       <c r="H11" s="7">
-        <v>0.00080919</v>
+        <v>0.00433438</v>
       </c>
       <c r="I11" s="7">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="J11" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>3.401942775</v>
+        <v>0.4309127515</v>
       </c>
       <c r="H12" s="7">
-        <v>0.00433438</v>
+        <v>0.00141584</v>
       </c>
       <c r="I12" s="7">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="J12" s="7">
-        <v>0</v>
+        <v>144</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>0.4309127515</v>
+        <v>1.0523342984</v>
       </c>
       <c r="H13" s="7">
-        <v>0.00141584</v>
+        <v>0</v>
       </c>
       <c r="I13" s="7">
-        <v>12</v>
+        <v>144</v>
       </c>
       <c r="J13" s="7">
-        <v>144</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>1.0523342984</v>
+        <v>1.088621688</v>
       </c>
       <c r="H14" s="7">
-        <v>0</v>
+        <v>0.008754629999999999</v>
       </c>
       <c r="I14" s="7">
+        <v>12</v>
+      </c>
+      <c r="J14" s="7">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>1728</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>1.088621688</v>
+        <v>0.42184095989999</v>
       </c>
       <c r="H15" s="7">
-        <v>0.008754629999999999</v>
+        <v>0</v>
       </c>
       <c r="I15" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J15" s="7">
-        <v>144</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.42184095989999</v>
+        <v>0.4672001411</v>
       </c>
       <c r="H16" s="7">
-        <v>0</v>
+        <v>0.00117987</v>
       </c>
       <c r="I16" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J16" s="7">
-        <v>300</v>
+        <v>288</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E17" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="E17" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.4672001411</v>
+        <v>0.58967015899999</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00117987</v>
+        <v>0.00314632</v>
       </c>
       <c r="I17" s="7">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="J17" s="7">
-        <v>288</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="5" t="s">
         <v>39</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>0.58967015899999</v>
+        <v>1.0523342984</v>
       </c>
       <c r="H18" s="7">
-        <v>0.00314632</v>
+        <v>0</v>
       </c>
       <c r="I18" s="7">
-        <v>20</v>
+        <v>144</v>
       </c>
       <c r="J18" s="7">
-        <v>0</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C19" s="5"/>
       <c r="D19" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E19" s="7" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
         <v>1.0523342984</v>
       </c>
       <c r="H19" s="7">
-        <v>0</v>
+        <v>0.01573158</v>
       </c>
       <c r="I19" s="7">
         <v>144</v>
       </c>
       <c r="J19" s="7">
-        <v>1728</v>
+        <v>864</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="5"/>
       <c r="D20" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>1.0523342984</v>
+        <v>0.181436948</v>
       </c>
       <c r="H20" s="7">
-        <v>0.01573158</v>
+        <v>0.00060837</v>
       </c>
       <c r="I20" s="7">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="J20" s="7">
         <v>864</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="5" t="s">
         <v>47</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>48</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>0.181436948</v>
+        <v>2.1228122916</v>
       </c>
       <c r="H21" s="7">
-        <v>0.00060837</v>
+        <v>0.008979060000000001</v>
       </c>
       <c r="I21" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J21" s="7">
-        <v>864</v>
-[...3 lines deleted...]
-      <c r="B22" s="4" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="B22" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="C22" s="5"/>
-      <c r="D22" s="5" t="s">
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="8"/>
+      <c r="G22" s="8"/>
+      <c r="H22" s="8"/>
+      <c r="I22" s="8"/>
+      <c r="J22" s="8"/>
+    </row>
+    <row r="23" spans="1:10" customHeight="1" ht="55">
+      <c r="B23" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="E22" s="7" t="s">
+      <c r="C23" s="5"/>
+      <c r="D23" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="F22" s="7" t="s">
-[...8 lines deleted...]
-      <c r="I22" s="7">
+      <c r="E23" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G23" s="7">
+        <v>2.1409562696</v>
+      </c>
+      <c r="H23" s="7">
+        <v>0.008884929999999999</v>
+      </c>
+      <c r="I23" s="7">
         <v>12</v>
       </c>
-      <c r="J22" s="7">
+      <c r="J23" s="7">
         <v>60</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="J23" s="8"/>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="5"/>
       <c r="D24" s="5" t="s">
         <v>54</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>2.1409562696</v>
+        <v>2.948350405</v>
       </c>
       <c r="H24" s="7">
-        <v>0.008884929999999999</v>
+        <v>0.00426064</v>
       </c>
       <c r="I24" s="7">
         <v>12</v>
       </c>
       <c r="J24" s="7">
         <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C25" s="5"/>
       <c r="D25" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E25" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="E25" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>2.948350405</v>
+        <v>3.4019432249999</v>
       </c>
       <c r="H25" s="7">
-        <v>0.00426064</v>
+        <v>0.00433438</v>
       </c>
       <c r="I25" s="7">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="J25" s="7">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="5"/>
       <c r="D26" s="5" t="s">
         <v>59</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>3.4019432249999</v>
+        <v>2.948350405</v>
       </c>
       <c r="H26" s="7">
-        <v>0.00433438</v>
+        <v>0.00426064</v>
       </c>
       <c r="I26" s="7">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="J26" s="7">
-        <v>125</v>
+        <v>144</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="5"/>
       <c r="D27" s="5" t="s">
         <v>62</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>2.948350405</v>
+        <v>1.060998053013</v>
       </c>
       <c r="H27" s="7">
-        <v>0.00426064</v>
+        <v>0.00373776</v>
       </c>
       <c r="I27" s="7">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J27" s="7">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" customHeight="1" ht="53">
       <c r="B28" s="4" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="5"/>
       <c r="D28" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E28" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="E28" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>1.060998053013</v>
+        <v>0.71199950144669</v>
       </c>
       <c r="H28" s="7">
-        <v>0.00373776</v>
+        <v>0.00363635</v>
       </c>
       <c r="I28" s="7">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:10" customHeight="1" ht="53">
+    <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C29" s="5"/>
       <c r="D29" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>68</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
-        <v>0.71199950144669</v>
+        <v>0.84800011973358</v>
       </c>
       <c r="H29" s="7">
-        <v>0.00363635</v>
+        <v>0.00309646</v>
       </c>
       <c r="I29" s="7">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:10" customHeight="1" ht="83">
+    <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>69</v>
       </c>
       <c r="C30" s="5"/>
       <c r="D30" s="5" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>0.37194579259999</v>
+        <v>1.81436948</v>
       </c>
       <c r="H30" s="7">
-        <v>0.0016236</v>
+        <v>0.00262193</v>
       </c>
       <c r="I30" s="7">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="J30" s="7">
-        <v>0</v>
-[...7 lines deleted...]
-      <c r="D31" s="5" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="B31" s="8" t="s">
         <v>72</v>
       </c>
-      <c r="E31" s="7" t="s">
+      <c r="C31" s="8"/>
+      <c r="D31" s="8"/>
+      <c r="E31" s="8"/>
+      <c r="F31" s="8"/>
+      <c r="G31" s="8"/>
+      <c r="H31" s="8"/>
+      <c r="I31" s="8"/>
+      <c r="J31" s="8"/>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="B32" s="9" t="s">
         <v>73</v>
       </c>
-      <c r="F31" s="7" t="s">
-[...16 lines deleted...]
-      <c r="B32" s="4" t="s">
+      <c r="C32" s="9"/>
+      <c r="D32" s="9"/>
+      <c r="E32" s="9"/>
+      <c r="F32" s="9"/>
+      <c r="G32" s="9"/>
+      <c r="H32" s="9"/>
+      <c r="I32" s="9"/>
+      <c r="J32" s="9"/>
+    </row>
+    <row r="33" spans="1:10" customHeight="1" ht="39">
+      <c r="B33" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="C32" s="5"/>
-      <c r="D32" s="5" t="s">
+      <c r="C33" s="5"/>
+      <c r="D33" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="E32" s="7" t="s">
+      <c r="E33" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="F32" s="7" t="s">
-[...11 lines deleted...]
-      <c r="J32" s="7">
+      <c r="F33" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H33" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I33" s="7">
+        <v>40</v>
+      </c>
+      <c r="J33" s="7">
         <v>400</v>
       </c>
     </row>
-    <row r="33" spans="1:10">
-      <c r="B33" s="8" t="s">
+    <row r="34" spans="1:10" customHeight="1" ht="55">
+      <c r="B34" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="C33" s="8"/>
-[...9 lines deleted...]
-      <c r="B34" s="9" t="s">
+      <c r="C34" s="5"/>
+      <c r="D34" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="C34" s="9"/>
-[...6 lines deleted...]
-      <c r="J34" s="9"/>
+      <c r="E34" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H34" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I34" s="7">
+        <v>40</v>
+      </c>
+      <c r="J34" s="7">
+        <v>400</v>
+      </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="39">
       <c r="B35" s="4" t="s">
         <v>79</v>
       </c>
       <c r="C35" s="5"/>
       <c r="D35" s="5" t="s">
         <v>80</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H35" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I35" s="7">
         <v>40</v>
       </c>
       <c r="J35" s="7">
         <v>400</v>
       </c>
     </row>
-    <row r="36" spans="1:10" customHeight="1" ht="55">
-      <c r="B36" s="4" t="s">
+    <row r="36" spans="1:10">
+      <c r="B36" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="C36" s="8"/>
+      <c r="D36" s="8"/>
+      <c r="E36" s="8"/>
+      <c r="F36" s="8"/>
+      <c r="G36" s="8"/>
+      <c r="H36" s="8"/>
+      <c r="I36" s="8"/>
+      <c r="J36" s="8"/>
+    </row>
+    <row r="37" spans="1:10" customHeight="1" ht="55">
+      <c r="B37" s="4" t="s">
         <v>82</v>
-      </c>
-[...25 lines deleted...]
-        <v>84</v>
       </c>
       <c r="C37" s="5"/>
       <c r="D37" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="7">
+        <v>0.22199992864518</v>
+      </c>
+      <c r="H37" s="7">
+        <v>0.0009584</v>
+      </c>
+      <c r="I37" s="7">
+        <v>5</v>
+      </c>
+      <c r="J37" s="7">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" customHeight="1" ht="55">
+      <c r="B38" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="E37" s="7" t="s">
-[...19 lines deleted...]
-      <c r="B38" s="8" t="s">
+      <c r="C38" s="5"/>
+      <c r="D38" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="C38" s="8"/>
-[...6 lines deleted...]
-      <c r="J38" s="8"/>
+      <c r="E38" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G38" s="7">
+        <v>0.8210022982999901</v>
+      </c>
+      <c r="H38" s="7">
+        <v>0.0016806</v>
+      </c>
+      <c r="I38" s="7">
+        <v>12</v>
+      </c>
+      <c r="J38" s="7">
+        <v>144</v>
+      </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C39" s="5"/>
       <c r="D39" s="5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
-        <v>0.22199992864518</v>
+        <v>0.52399904698459</v>
       </c>
       <c r="H39" s="7">
-        <v>0.0009584</v>
+        <v>0.00181027</v>
       </c>
       <c r="I39" s="7">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="J39" s="7">
-        <v>75</v>
+        <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C40" s="5"/>
       <c r="D40" s="5" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>20</v>
+        <v>90</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="7">
-        <v>0.29000023778862</v>
+        <v>0.43091280849999</v>
       </c>
       <c r="H40" s="7">
-        <v>0.00100749</v>
+        <v>0.00141584</v>
       </c>
       <c r="I40" s="7">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="J40" s="7">
-        <v>75</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C41" s="5"/>
       <c r="D41" s="5" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
-        <v>0.23100010964124</v>
+        <v>0</v>
       </c>
       <c r="H41" s="7">
-        <v>0.00099745</v>
+        <v>0</v>
       </c>
       <c r="I41" s="7">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="J41" s="7">
-        <v>75</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C42" s="5"/>
       <c r="D42" s="5" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
-        <v>0.8210022982999901</v>
+        <v>0</v>
       </c>
       <c r="H42" s="7">
-        <v>0.0016806</v>
+        <v>0</v>
       </c>
       <c r="I42" s="7">
         <v>12</v>
       </c>
       <c r="J42" s="7">
-        <v>144</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>98</v>
       </c>
       <c r="C43" s="5"/>
       <c r="D43" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
-        <v>0.53070314309999</v>
+        <v>0</v>
       </c>
       <c r="H43" s="7">
-        <v>0.00168046</v>
+        <v>0</v>
       </c>
       <c r="I43" s="7">
         <v>12</v>
       </c>
       <c r="J43" s="7">
-        <v>144</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C44" s="5"/>
       <c r="D44" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E44" s="7" t="s">
         <v>102</v>
       </c>
-      <c r="E44" s="7" t="s">
+      <c r="F44" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G44" s="7">
+        <v>0.42184095989999</v>
+      </c>
+      <c r="H44" s="7">
+        <v>0.00071118</v>
+      </c>
+      <c r="I44" s="7">
+        <v>16</v>
+      </c>
+      <c r="J44" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
+      <c r="B45" s="9" t="s">
         <v>103</v>
       </c>
-      <c r="F44" s="7" t="s">
-[...16 lines deleted...]
-      <c r="B45" s="4" t="s">
+      <c r="C45" s="9"/>
+      <c r="D45" s="9"/>
+      <c r="E45" s="9"/>
+      <c r="F45" s="9"/>
+      <c r="G45" s="9"/>
+      <c r="H45" s="9"/>
+      <c r="I45" s="9"/>
+      <c r="J45" s="9"/>
+    </row>
+    <row r="46" spans="1:10" customHeight="1" ht="39">
+      <c r="B46" s="4" t="s">
         <v>104</v>
-      </c>
-[...25 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C46" s="5"/>
       <c r="D46" s="5" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
-        <v>0</v>
+        <v>1.3110000567318</v>
       </c>
       <c r="H46" s="7">
-        <v>0</v>
+        <v>0.00397717</v>
       </c>
       <c r="I46" s="7">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="J46" s="7">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C47" s="5"/>
       <c r="D47" s="5" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
-        <v>0</v>
+        <v>0.92079263289998</v>
       </c>
       <c r="H47" s="7">
-        <v>0</v>
+        <v>0.00284861</v>
       </c>
       <c r="I47" s="7">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="J47" s="7">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C48" s="5"/>
       <c r="D48" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E48" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="E48" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
-        <v>0</v>
+        <v>0.92986448149998</v>
       </c>
       <c r="H48" s="7">
-        <v>0</v>
+        <v>0.00307343</v>
       </c>
       <c r="I48" s="7">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="J48" s="7">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
         <v>113</v>
       </c>
       <c r="C49" s="5"/>
       <c r="D49" s="5" t="s">
         <v>114</v>
       </c>
       <c r="E49" s="7" t="s">
         <v>115</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
-        <v>0.42184095989999</v>
+        <v>0.97975964879998</v>
       </c>
       <c r="H49" s="7">
-        <v>0.00071118</v>
+        <v>0.00471117</v>
       </c>
       <c r="I49" s="7">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="J49" s="7">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="B50" s="9" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" customHeight="1" ht="55">
+      <c r="B50" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="C50" s="9"/>
-[...8 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="39">
+      <c r="C50" s="5"/>
+      <c r="D50" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G50" s="7">
+        <v>1.2609869554</v>
+      </c>
+      <c r="H50" s="7">
+        <v>0.0049313</v>
+      </c>
+      <c r="I50" s="7">
+        <v>25</v>
+      </c>
+      <c r="J50" s="7">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C51" s="5"/>
       <c r="D51" s="5" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="7">
-        <v>1.3110000567318</v>
+        <v>1.224699561</v>
       </c>
       <c r="H51" s="7">
-        <v>0.00397717</v>
+        <v>0.00333804</v>
       </c>
       <c r="I51" s="7">
         <v>25</v>
       </c>
       <c r="J51" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C52" s="5"/>
       <c r="D52" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
-        <v>0.92079263289998</v>
+        <v>1.3018102741</v>
       </c>
       <c r="H52" s="7">
-        <v>0.00284861</v>
+        <v>0.00325166</v>
       </c>
       <c r="I52" s="7">
         <v>25</v>
       </c>
       <c r="J52" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C53" s="5"/>
       <c r="D53" s="5" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
-        <v>0.92986448149998</v>
+        <v>1.211001069614</v>
       </c>
       <c r="H53" s="7">
-        <v>0.00307343</v>
+        <v>0.00288488</v>
       </c>
       <c r="I53" s="7">
         <v>25</v>
       </c>
       <c r="J53" s="7">
         <v>200</v>
       </c>
     </row>
-    <row r="54" spans="1:10" customHeight="1" ht="55">
-[...7 lines deleted...]
-      <c r="E54" s="7" t="s">
+    <row r="54" spans="1:10">
+      <c r="B54" s="9" t="s">
         <v>128</v>
       </c>
-      <c r="F54" s="7" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="C54" s="9"/>
+      <c r="D54" s="9"/>
+      <c r="E54" s="9"/>
+      <c r="F54" s="9"/>
+      <c r="G54" s="9"/>
+      <c r="H54" s="9"/>
+      <c r="I54" s="9"/>
+      <c r="J54" s="9"/>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
         <v>129</v>
       </c>
       <c r="C55" s="5"/>
       <c r="D55" s="5" t="s">
         <v>130</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>131</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
-        <v>1.224699561</v>
+        <v>2.7920020203032</v>
       </c>
       <c r="H55" s="7">
-        <v>0.00333804</v>
+        <v>0</v>
       </c>
       <c r="I55" s="7">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J55" s="7">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="55">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" customHeight="1" ht="39">
       <c r="B56" s="4" t="s">
         <v>132</v>
       </c>
       <c r="C56" s="5"/>
       <c r="D56" s="5" t="s">
         <v>133</v>
       </c>
       <c r="E56" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G56" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H56" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I56" s="7">
+        <v>50</v>
+      </c>
+      <c r="J56" s="7">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" customHeight="1" ht="39">
+      <c r="B57" s="4" t="s">
         <v>134</v>
-      </c>
-[...18 lines deleted...]
-        <v>135</v>
       </c>
       <c r="C57" s="5"/>
       <c r="D57" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G57" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H57" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I57" s="7">
+        <v>50</v>
+      </c>
+      <c r="J57" s="7">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" customHeight="1" ht="39">
+      <c r="B58" s="4" t="s">
         <v>136</v>
       </c>
-      <c r="E57" s="7" t="s">
+      <c r="C58" s="5"/>
+      <c r="D58" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="F57" s="7" t="s">
-[...16 lines deleted...]
-      <c r="B58" s="9" t="s">
+      <c r="E58" s="7" t="s">
         <v>138</v>
       </c>
-      <c r="C58" s="9"/>
-[...6 lines deleted...]
-      <c r="J58" s="9"/>
+      <c r="F58" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G58" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H58" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I58" s="7">
+        <v>50</v>
+      </c>
+      <c r="J58" s="7">
+        <v>400</v>
+      </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
         <v>139</v>
       </c>
       <c r="C59" s="5"/>
       <c r="D59" s="5" t="s">
         <v>140</v>
       </c>
       <c r="E59" s="7" t="s">
         <v>141</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="7">
-        <v>2.7920020203032</v>
+        <v>2.948350405</v>
       </c>
       <c r="H59" s="7">
-        <v>0</v>
+        <v>0.00426064</v>
       </c>
       <c r="I59" s="7">
         <v>50</v>
       </c>
       <c r="J59" s="7">
         <v>400</v>
       </c>
     </row>
-    <row r="60" spans="1:10" customHeight="1" ht="39">
+    <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
         <v>142</v>
       </c>
       <c r="C60" s="5"/>
       <c r="D60" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H60" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I60" s="7">
         <v>50</v>
       </c>
       <c r="J60" s="7">
-        <v>400</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="39">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
         <v>144</v>
       </c>
       <c r="C61" s="5"/>
       <c r="D61" s="5" t="s">
         <v>145</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>60</v>
+        <v>146</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H61" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I61" s="7">
         <v>50</v>
       </c>
       <c r="J61" s="7">
-        <v>400</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C62" s="5"/>
       <c r="D62" s="5" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>148</v>
+        <v>57</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H62" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I62" s="7">
         <v>50</v>
       </c>
       <c r="J62" s="7">
-        <v>400</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
         <v>149</v>
       </c>
       <c r="C63" s="5"/>
       <c r="D63" s="5" t="s">
         <v>150</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>151</v>
+        <v>57</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H63" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I63" s="7">
         <v>50</v>
       </c>
       <c r="J63" s="7">
-        <v>400</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C64" s="5"/>
       <c r="D64" s="5" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H64" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I64" s="7">
         <v>50</v>
       </c>
       <c r="J64" s="7">
-        <v>300</v>
-[...16 lines deleted...]
-      <c r="G65" s="7">
         <v>0</v>
       </c>
-      <c r="H65" s="7">
-[...7 lines deleted...]
-      </c>
+    </row>
+    <row r="65" spans="1:10">
+      <c r="B65" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="C65" s="8"/>
+      <c r="D65" s="8"/>
+      <c r="E65" s="8"/>
+      <c r="F65" s="8"/>
+      <c r="G65" s="8"/>
+      <c r="H65" s="8"/>
+      <c r="I65" s="8"/>
+      <c r="J65" s="8"/>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="4" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C66" s="5"/>
       <c r="D66" s="5" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E66" s="7" t="s">
-        <v>60</v>
+        <v>156</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G66" s="7">
-        <v>0</v>
+        <v>0.181436972</v>
       </c>
       <c r="H66" s="7">
-        <v>0</v>
+        <v>0.00060837</v>
       </c>
       <c r="I66" s="7">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="J66" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="4" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C67" s="5"/>
       <c r="D67" s="5" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E67" s="7" t="s">
-        <v>60</v>
+        <v>127</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="7">
-        <v>0</v>
+        <v>0.38555356549999</v>
       </c>
       <c r="H67" s="7">
         <v>0</v>
       </c>
       <c r="I67" s="7">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="J67" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="55">
       <c r="B68" s="4" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C68" s="5"/>
       <c r="D68" s="5" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="E68" s="7" t="s">
-        <v>60</v>
+        <v>161</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G68" s="7">
-        <v>0</v>
+        <v>0.090718485999998</v>
       </c>
       <c r="H68" s="7">
-        <v>0</v>
+        <v>0.0001229</v>
       </c>
       <c r="I68" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J68" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="69" spans="1:10">
-      <c r="B69" s="8" t="s">
+    <row r="69" spans="1:10" customHeight="1" ht="55">
+      <c r="B69" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="C69" s="5"/>
+      <c r="D69" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="C69" s="8"/>
-[...6 lines deleted...]
-      <c r="J69" s="8"/>
+      <c r="E69" s="7" t="s">
+        <v>164</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G69" s="7">
+        <v>0.136077729</v>
+      </c>
+      <c r="H69" s="7">
+        <v>9.831999999999999E-5</v>
+      </c>
+      <c r="I69" s="7">
+        <v>12</v>
+      </c>
+      <c r="J69" s="7">
+        <v>0</v>
+      </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="55">
       <c r="B70" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C70" s="5"/>
       <c r="D70" s="5" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E70" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="7">
-        <v>0.181436972</v>
+        <v>0.31751470099999</v>
       </c>
       <c r="H70" s="7">
-        <v>0.00060837</v>
+        <v>0.00044245</v>
       </c>
       <c r="I70" s="7">
         <v>24</v>
       </c>
       <c r="J70" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="55">
       <c r="B71" s="4" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C71" s="5"/>
       <c r="D71" s="5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E71" s="7" t="s">
-        <v>137</v>
+        <v>170</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G71" s="7">
-        <v>0.38555356549999</v>
+        <v>1.270058804</v>
       </c>
       <c r="H71" s="7">
-        <v>0</v>
+        <v>0.00182511</v>
       </c>
       <c r="I71" s="7">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="J71" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="72" spans="1:10" customHeight="1" ht="55">
-[...7 lines deleted...]
-      <c r="E72" s="7" t="s">
+    <row r="72" spans="1:10">
+      <c r="B72" s="9" t="s">
         <v>171</v>
       </c>
-      <c r="F72" s="7" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="C72" s="9"/>
+      <c r="D72" s="9"/>
+      <c r="E72" s="9"/>
+      <c r="F72" s="9"/>
+      <c r="G72" s="9"/>
+      <c r="H72" s="9"/>
+      <c r="I72" s="9"/>
+      <c r="J72" s="9"/>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
         <v>172</v>
       </c>
       <c r="C73" s="5"/>
       <c r="D73" s="5" t="s">
         <v>173</v>
       </c>
       <c r="E73" s="7" t="s">
         <v>174</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="7">
-        <v>0.136077729</v>
+        <v>0.89799961329248</v>
       </c>
       <c r="H73" s="7">
-        <v>9.831999999999999E-5</v>
+        <v>0.00277722</v>
       </c>
       <c r="I73" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J73" s="7">
-        <v>0</v>
+        <v>600</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="4" t="s">
         <v>175</v>
       </c>
       <c r="C74" s="5"/>
       <c r="D74" s="5" t="s">
         <v>176</v>
       </c>
       <c r="E74" s="7" t="s">
         <v>177</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="7">
-        <v>0.31751470099999</v>
+        <v>0.43091280849999</v>
       </c>
       <c r="H74" s="7">
-        <v>0.00044245</v>
+        <v>0.00111185</v>
       </c>
       <c r="I74" s="7">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J74" s="7">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="4" t="s">
         <v>178</v>
       </c>
       <c r="C75" s="5"/>
       <c r="D75" s="5" t="s">
         <v>179</v>
       </c>
       <c r="E75" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="F75" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G75" s="7">
+        <v>0.64200111764909</v>
+      </c>
+      <c r="H75" s="7">
+        <v>0.00254046</v>
+      </c>
+      <c r="I75" s="7">
+        <v>50</v>
+      </c>
+      <c r="J75" s="7">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" customHeight="1" ht="39">
+      <c r="B76" s="4" t="s">
         <v>180</v>
       </c>
-      <c r="F75" s="7" t="s">
-[...16 lines deleted...]
-      <c r="B76" s="9" t="s">
+      <c r="C76" s="5"/>
+      <c r="D76" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="C76" s="9"/>
-[...9 lines deleted...]
-      <c r="B77" s="4" t="s">
+      <c r="E76" s="7" t="s">
         <v>182</v>
       </c>
-      <c r="C77" s="5"/>
-      <c r="D77" s="5" t="s">
+      <c r="F76" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G76" s="7">
+        <v>0.92986448149998</v>
+      </c>
+      <c r="H76" s="7">
+        <v>0.00265176</v>
+      </c>
+      <c r="I76" s="7">
+        <v>50</v>
+      </c>
+      <c r="J76" s="7">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10">
+      <c r="B77" s="9" t="s">
         <v>183</v>
       </c>
-      <c r="E77" s="7" t="s">
+      <c r="C77" s="9"/>
+      <c r="D77" s="9"/>
+      <c r="E77" s="9"/>
+      <c r="F77" s="9"/>
+      <c r="G77" s="9"/>
+      <c r="H77" s="9"/>
+      <c r="I77" s="9"/>
+      <c r="J77" s="9"/>
+    </row>
+    <row r="78" spans="1:10" customHeight="1" ht="39">
+      <c r="B78" s="4" t="s">
         <v>184</v>
-      </c>
-[...18 lines deleted...]
-        <v>185</v>
       </c>
       <c r="C78" s="5"/>
       <c r="D78" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E78" s="7" t="s">
         <v>186</v>
       </c>
-      <c r="E78" s="7" t="s">
+      <c r="F78" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G78" s="7">
+        <v>2.041165665</v>
+      </c>
+      <c r="H78" s="7">
+        <v>0.00306766</v>
+      </c>
+      <c r="I78" s="7">
+        <v>100</v>
+      </c>
+      <c r="J78" s="7">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" customHeight="1" ht="39">
+      <c r="B79" s="4" t="s">
         <v>187</v>
-      </c>
-[...18 lines deleted...]
-        <v>188</v>
       </c>
       <c r="C79" s="5"/>
       <c r="D79" s="5" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="E79" s="7" t="s">
-        <v>137</v>
+        <v>186</v>
       </c>
       <c r="F79" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G79" s="7">
-        <v>0.64200111764909</v>
+        <v>2.041165665</v>
       </c>
       <c r="H79" s="7">
-        <v>0.00254046</v>
+        <v>0.00306766</v>
       </c>
       <c r="I79" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J79" s="7">
-        <v>600</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="39">
       <c r="B80" s="4" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C80" s="5"/>
       <c r="D80" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="E80" s="7" t="s">
         <v>191</v>
       </c>
-      <c r="E80" s="7" t="s">
+      <c r="F80" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G80" s="7">
+        <v>2.041165665</v>
+      </c>
+      <c r="H80" s="7">
+        <v>0.00306766</v>
+      </c>
+      <c r="I80" s="7">
+        <v>100</v>
+      </c>
+      <c r="J80" s="7">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" customHeight="1" ht="39">
+      <c r="B81" s="4" t="s">
         <v>192</v>
-      </c>
-[...18 lines deleted...]
-        <v>193</v>
       </c>
       <c r="C81" s="5"/>
       <c r="D81" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="E81" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="F81" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G81" s="7">
+        <v>2.041165665</v>
+      </c>
+      <c r="H81" s="7">
+        <v>0.00306766</v>
+      </c>
+      <c r="I81" s="7">
+        <v>100</v>
+      </c>
+      <c r="J81" s="7">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" customHeight="1" ht="55">
+      <c r="B82" s="4" t="s">
         <v>194</v>
       </c>
-      <c r="E81" s="7" t="s">
+      <c r="C82" s="5"/>
+      <c r="D82" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="F81" s="7" t="s">
-[...16 lines deleted...]
-      <c r="B82" s="9" t="s">
+      <c r="E82" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="F82" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G82" s="7">
+        <v>2.041165665</v>
+      </c>
+      <c r="H82" s="7">
+        <v>0.00306766</v>
+      </c>
+      <c r="I82" s="7">
+        <v>100</v>
+      </c>
+      <c r="J82" s="7">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" customHeight="1" ht="55">
+      <c r="B83" s="4" t="s">
         <v>196</v>
-      </c>
-[...11 lines deleted...]
-        <v>197</v>
       </c>
       <c r="C83" s="5"/>
       <c r="D83" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="E83" s="7" t="s">
         <v>198</v>
       </c>
-      <c r="E83" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F83" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="7">
-        <v>2.041165665</v>
+        <v>1.723651234</v>
       </c>
       <c r="H83" s="7">
-        <v>0.00306766</v>
+        <v>0</v>
       </c>
       <c r="I83" s="7">
         <v>100</v>
       </c>
       <c r="J83" s="7">
-        <v>1000</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" customHeight="1" ht="55">
       <c r="B84" s="4" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C84" s="5"/>
       <c r="D84" s="5" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="E84" s="7" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="F84" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G84" s="7">
-        <v>2.041165665</v>
+        <v>2.2543540789</v>
       </c>
       <c r="H84" s="7">
-        <v>0.00306766</v>
+        <v>0</v>
       </c>
       <c r="I84" s="7">
         <v>100</v>
       </c>
       <c r="J84" s="7">
-        <v>1000</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="39">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" customHeight="1" ht="55">
       <c r="B85" s="4" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C85" s="5"/>
       <c r="D85" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="E85" s="7" t="s">
         <v>203</v>
       </c>
-      <c r="E85" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F85" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G85" s="7">
-        <v>2.041165665</v>
+        <v>0</v>
       </c>
       <c r="H85" s="7">
-        <v>0.00306766</v>
+        <v>0</v>
       </c>
       <c r="I85" s="7">
         <v>100</v>
       </c>
       <c r="J85" s="7">
-        <v>1000</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" customHeight="1" ht="55">
       <c r="B86" s="4" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C86" s="5"/>
       <c r="D86" s="5" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E86" s="7" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G86" s="7">
-        <v>2.041165665</v>
+        <v>0</v>
       </c>
       <c r="H86" s="7">
-        <v>0.00306766</v>
+        <v>0</v>
       </c>
       <c r="I86" s="7">
         <v>100</v>
       </c>
       <c r="J86" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="55">
       <c r="B87" s="4" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C87" s="5"/>
       <c r="D87" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="E87" s="7" t="s">
         <v>208</v>
       </c>
-      <c r="E87" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F87" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="7">
-        <v>2.041165665</v>
+        <v>0</v>
       </c>
       <c r="H87" s="7">
-        <v>0.00306766</v>
+        <v>0</v>
       </c>
       <c r="I87" s="7">
         <v>100</v>
       </c>
       <c r="J87" s="7">
-        <v>1000</v>
-[...3 lines deleted...]
-      <c r="B88" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="B88" s="8" t="s">
         <v>209</v>
       </c>
-      <c r="C88" s="5"/>
-[...20 lines deleted...]
-      </c>
+      <c r="C88" s="8"/>
+      <c r="D88" s="8"/>
+      <c r="E88" s="8"/>
+      <c r="F88" s="8"/>
+      <c r="G88" s="8"/>
+      <c r="H88" s="8"/>
+      <c r="I88" s="8"/>
+      <c r="J88" s="8"/>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="55">
       <c r="B89" s="4" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C89" s="5"/>
       <c r="D89" s="5" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E89" s="7" t="s">
-        <v>213</v>
+        <v>52</v>
       </c>
       <c r="F89" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G89" s="7">
-        <v>0</v>
+        <v>2.177243376</v>
       </c>
       <c r="H89" s="7">
-        <v>0</v>
+        <v>0.00452693</v>
       </c>
       <c r="I89" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J89" s="7">
-        <v>0</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="55">
       <c r="B90" s="4" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="C90" s="5"/>
       <c r="D90" s="5" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="E90" s="7" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F90" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="7">
-        <v>0</v>
+        <v>1.043262589</v>
       </c>
       <c r="H90" s="7">
-        <v>0</v>
+        <v>0.00353961</v>
       </c>
       <c r="I90" s="7">
-        <v>100</v>
+        <v>144</v>
       </c>
       <c r="J90" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="55">
       <c r="B91" s="4" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="C91" s="5"/>
       <c r="D91" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="E91" s="7" t="s">
         <v>217</v>
       </c>
-      <c r="E91" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F91" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G91" s="7">
-        <v>0</v>
+        <v>0.181436972</v>
       </c>
       <c r="H91" s="7">
-        <v>0</v>
+        <v>0.00060837</v>
       </c>
       <c r="I91" s="7">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="J91" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="92" spans="1:10">
-      <c r="B92" s="8" t="s">
+    <row r="92" spans="1:10" customHeight="1" ht="55">
+      <c r="B92" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="C92" s="5"/>
+      <c r="D92" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="C92" s="8"/>
-[...6 lines deleted...]
-      <c r="J92" s="8"/>
+      <c r="E92" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="F92" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G92" s="7">
+        <v>0.38555356549999</v>
+      </c>
+      <c r="H92" s="7">
+        <v>0.00117987</v>
+      </c>
+      <c r="I92" s="7">
+        <v>48</v>
+      </c>
+      <c r="J92" s="7">
+        <v>0</v>
+      </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="55">
       <c r="B93" s="4" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C93" s="5"/>
       <c r="D93" s="5" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E93" s="7" t="s">
-        <v>55</v>
+        <v>223</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G93" s="7">
-        <v>2.177243376</v>
+        <v>0.2041165935</v>
       </c>
       <c r="H93" s="7">
-        <v>0.00452693</v>
+        <v>0.00060837</v>
       </c>
       <c r="I93" s="7">
-        <v>250</v>
+        <v>24</v>
       </c>
       <c r="J93" s="7">
-        <v>1500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="55">
       <c r="B94" s="4" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C94" s="5"/>
       <c r="D94" s="5" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="E94" s="7" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="F94" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G94" s="7">
-        <v>0.36287394399999</v>
+        <v>0.38555356549999</v>
       </c>
       <c r="H94" s="7">
-        <v>0.00061451</v>
+        <v>0.00117987</v>
       </c>
       <c r="I94" s="7">
         <v>48</v>
       </c>
       <c r="J94" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="55">
       <c r="B95" s="4" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C95" s="5"/>
       <c r="D95" s="5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E95" s="7" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F95" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G95" s="7">
-        <v>1.043262589</v>
+        <v>1.8007619471</v>
       </c>
       <c r="H95" s="7">
-        <v>0.00353961</v>
+        <v>0.00255638</v>
       </c>
       <c r="I95" s="7">
         <v>144</v>
       </c>
       <c r="J95" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="96" spans="1:10" customHeight="1" ht="55">
-[...4 lines deleted...]
-      <c r="D96" s="5" t="s">
+    <row r="96" spans="1:10">
+      <c r="B96" s="9" t="s">
         <v>229</v>
       </c>
-      <c r="E96" s="7" t="s">
+      <c r="C96" s="9"/>
+      <c r="D96" s="9"/>
+      <c r="E96" s="9"/>
+      <c r="F96" s="9"/>
+      <c r="G96" s="9"/>
+      <c r="H96" s="9"/>
+      <c r="I96" s="9"/>
+      <c r="J96" s="9"/>
+    </row>
+    <row r="97" spans="1:10" customHeight="1" ht="39">
+      <c r="B97" s="4" t="s">
         <v>230</v>
-      </c>
-[...18 lines deleted...]
-        <v>231</v>
       </c>
       <c r="C97" s="5"/>
       <c r="D97" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="E97" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F97" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G97" s="7">
+        <v>2.177243376</v>
+      </c>
+      <c r="H97" s="7">
+        <v>0.00452693</v>
+      </c>
+      <c r="I97" s="7">
+        <v>250</v>
+      </c>
+      <c r="J97" s="7">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" customHeight="1" ht="39">
+      <c r="B98" s="4" t="s">
         <v>232</v>
-      </c>
-[...21 lines deleted...]
-        <v>234</v>
       </c>
       <c r="C98" s="5"/>
       <c r="D98" s="5" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="E98" s="7" t="s">
-        <v>236</v>
+        <v>52</v>
       </c>
       <c r="F98" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G98" s="7">
-        <v>0.38555356549999</v>
+        <v>2.177243376</v>
       </c>
       <c r="H98" s="7">
-        <v>0.00117987</v>
+        <v>0.00452693</v>
       </c>
       <c r="I98" s="7">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="J98" s="7">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="55">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" customHeight="1" ht="39">
       <c r="B99" s="4" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C99" s="5"/>
       <c r="D99" s="5" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E99" s="7" t="s">
-        <v>239</v>
+        <v>146</v>
       </c>
       <c r="F99" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G99" s="7">
-        <v>0.2041165935</v>
+        <v>2.177243376</v>
       </c>
       <c r="H99" s="7">
-        <v>0.00060837</v>
+        <v>0.00452693</v>
       </c>
       <c r="I99" s="7">
-        <v>24</v>
+        <v>250</v>
       </c>
       <c r="J99" s="7">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="55">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" customHeight="1" ht="39">
       <c r="B100" s="4" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="C100" s="5"/>
       <c r="D100" s="5" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="E100" s="7" t="s">
-        <v>236</v>
+        <v>52</v>
       </c>
       <c r="F100" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G100" s="7">
-        <v>0.38555356549999</v>
+        <v>2.177243376</v>
       </c>
       <c r="H100" s="7">
-        <v>0.00117987</v>
+        <v>0.00452693</v>
       </c>
       <c r="I100" s="7">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="J100" s="7">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="55">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" customHeight="1" ht="39">
       <c r="B101" s="4" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="C101" s="5"/>
       <c r="D101" s="5" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="E101" s="7" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="F101" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="7">
-        <v>1.8007619471</v>
+        <v>2.177243376</v>
       </c>
       <c r="H101" s="7">
-        <v>0.00255638</v>
+        <v>0.00452693</v>
       </c>
       <c r="I101" s="7">
-        <v>144</v>
+        <v>250</v>
       </c>
       <c r="J101" s="7">
-        <v>0</v>
-[...13 lines deleted...]
-      <c r="J102" s="9"/>
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" customHeight="1" ht="39">
+      <c r="B102" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="C102" s="5"/>
+      <c r="D102" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="E102" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F102" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G102" s="7">
+        <v>2.177243376</v>
+      </c>
+      <c r="H102" s="7">
+        <v>0.00452693</v>
+      </c>
+      <c r="I102" s="7">
+        <v>250</v>
+      </c>
+      <c r="J102" s="7">
+        <v>1500</v>
+      </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="39">
       <c r="B103" s="4" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C103" s="5"/>
       <c r="D103" s="5" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="E103" s="7" t="s">
-        <v>55</v>
+        <v>240</v>
       </c>
       <c r="F103" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G103" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H103" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I103" s="7">
         <v>250</v>
       </c>
       <c r="J103" s="7">
-        <v>2000</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="39">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" customHeight="1" ht="55">
       <c r="B104" s="4" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="C104" s="5"/>
       <c r="D104" s="5" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="E104" s="7" t="s">
-        <v>55</v>
+        <v>240</v>
       </c>
       <c r="F104" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G104" s="7">
-        <v>2.177243376</v>
+        <v>0</v>
       </c>
       <c r="H104" s="7">
-        <v>0.00452693</v>
+        <v>0</v>
       </c>
       <c r="I104" s="7">
         <v>250</v>
       </c>
       <c r="J104" s="7">
-        <v>2000</v>
-[...29 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
+      <c r="B105" s="8" t="s">
+        <v>247</v>
+      </c>
+      <c r="C105" s="8"/>
+      <c r="D105" s="8"/>
+      <c r="E105" s="8"/>
+      <c r="F105" s="8"/>
+      <c r="G105" s="8"/>
+      <c r="H105" s="8"/>
+      <c r="I105" s="8"/>
+      <c r="J105" s="8"/>
+    </row>
+    <row r="106" spans="1:10" customHeight="1" ht="55">
       <c r="B106" s="4" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C106" s="5"/>
       <c r="D106" s="5" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="E106" s="7" t="s">
-        <v>55</v>
+        <v>250</v>
       </c>
       <c r="F106" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G106" s="7">
-        <v>2.177243376</v>
+        <v>0.2400002906373</v>
       </c>
       <c r="H106" s="7">
-        <v>0.00452693</v>
+        <v>0.0005722</v>
       </c>
       <c r="I106" s="7">
-        <v>250</v>
+        <v>25</v>
       </c>
       <c r="J106" s="7">
-        <v>1500</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" customHeight="1" ht="55">
       <c r="B107" s="4" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C107" s="5"/>
       <c r="D107" s="5" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E107" s="7" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="F107" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G107" s="7">
-        <v>2.177243376</v>
+        <v>0.1950447449</v>
       </c>
       <c r="H107" s="7">
-        <v>0.00452693</v>
+        <v>0.00073742</v>
       </c>
       <c r="I107" s="7">
-        <v>250</v>
+        <v>24</v>
       </c>
       <c r="J107" s="7">
-        <v>1500</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10" customHeight="1" ht="55">
       <c r="B108" s="4" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C108" s="5"/>
       <c r="D108" s="5" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="E108" s="7" t="s">
-        <v>55</v>
+        <v>256</v>
       </c>
       <c r="F108" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G108" s="7">
-        <v>2.177243376</v>
+        <v>0.35800009333964</v>
       </c>
       <c r="H108" s="7">
-        <v>0.00452693</v>
+        <v>0.00120859</v>
       </c>
       <c r="I108" s="7">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="J108" s="7">
-        <v>1500</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" customHeight="1" ht="55">
       <c r="B109" s="4" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C109" s="5"/>
       <c r="D109" s="5" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="E109" s="7" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="F109" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G109" s="7">
-        <v>2.177243376</v>
+        <v>0.89811301139998</v>
       </c>
       <c r="H109" s="7">
-        <v>0.00452693</v>
+        <v>0.00256867</v>
       </c>
       <c r="I109" s="7">
-        <v>250</v>
+        <v>144</v>
       </c>
       <c r="J109" s="7">
-        <v>1500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="55">
       <c r="B110" s="4" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="C110" s="5"/>
       <c r="D110" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="E110" s="7" t="s">
         <v>262</v>
       </c>
-      <c r="E110" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F110" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G110" s="7">
-        <v>0</v>
+        <v>0.181436972</v>
       </c>
       <c r="H110" s="7">
-        <v>0</v>
+        <v>0.00092177</v>
       </c>
       <c r="I110" s="7">
-        <v>250</v>
+        <v>25</v>
       </c>
       <c r="J110" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="111" spans="1:10">
-      <c r="B111" s="8" t="s">
+    <row r="111" spans="1:10" customHeight="1" ht="55">
+      <c r="B111" s="4" t="s">
         <v>263</v>
       </c>
-      <c r="C111" s="8"/>
-[...9 lines deleted...]
-      <c r="B112" s="4" t="s">
+      <c r="C111" s="5"/>
+      <c r="D111" s="5" t="s">
         <v>264</v>
       </c>
-      <c r="C112" s="5"/>
-      <c r="D112" s="5" t="s">
+      <c r="E111" s="7" t="s">
         <v>265</v>
       </c>
-      <c r="E112" s="7" t="s">
+      <c r="F111" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G111" s="7">
+        <v>0.34019432249999</v>
+      </c>
+      <c r="H111" s="7">
+        <v>0.00154858</v>
+      </c>
+      <c r="I111" s="7">
+        <v>50</v>
+      </c>
+      <c r="J111" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10">
+      <c r="B112" s="9" t="s">
         <v>266</v>
       </c>
-      <c r="F112" s="7" t="s">
-[...15 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="55">
+      <c r="C112" s="9"/>
+      <c r="D112" s="9"/>
+      <c r="E112" s="9"/>
+      <c r="F112" s="9"/>
+      <c r="G112" s="9"/>
+      <c r="H112" s="9"/>
+      <c r="I112" s="9"/>
+      <c r="J112" s="9"/>
+    </row>
+    <row r="113" spans="1:10" customHeight="1" ht="39">
       <c r="B113" s="4" t="s">
         <v>267</v>
       </c>
       <c r="C113" s="5"/>
       <c r="D113" s="5" t="s">
         <v>268</v>
       </c>
       <c r="E113" s="7" t="s">
         <v>269</v>
       </c>
       <c r="F113" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G113" s="7">
-        <v>0.2400002906373</v>
+        <v>0.6985323421999901</v>
       </c>
       <c r="H113" s="7">
-        <v>0.0005722</v>
+        <v>0.00296653</v>
       </c>
       <c r="I113" s="7">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J113" s="7">
-        <v>0</v>
-[...200 lines deleted...]
-      <c r="J121" s="7">
         <v>1200</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
-    <mergeCell ref="B23:J23"/>
-[...11 lines deleted...]
-    <mergeCell ref="B119:J119"/>
+    <mergeCell ref="B22:J22"/>
+    <mergeCell ref="B31:J31"/>
+    <mergeCell ref="B32:J32"/>
+    <mergeCell ref="B36:J36"/>
+    <mergeCell ref="B45:J45"/>
+    <mergeCell ref="B54:J54"/>
+    <mergeCell ref="B65:J65"/>
+    <mergeCell ref="B72:J72"/>
+    <mergeCell ref="B77:J77"/>
+    <mergeCell ref="B88:J88"/>
+    <mergeCell ref="B96:J96"/>
+    <mergeCell ref="B105:J105"/>
+    <mergeCell ref="B112:J112"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>