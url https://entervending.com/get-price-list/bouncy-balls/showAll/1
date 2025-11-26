--- v1 (2025-11-01)
+++ v2 (2025-11-26)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Bouncy Balls" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="237">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -202,176 +202,137 @@
   <si>
     <t xml:space="preserve">75ICB </t>
   </si>
   <si>
     <t>75mm Icy Hi-Bounce Balls - Textured Frost Look, Multi-Colored Halves, Bouncy Play Fun, Perfect Themed Toys, Must-Have Toy Collection</t>
   </si>
   <si>
     <t xml:space="preserve">60MIB-25 </t>
   </si>
   <si>
     <t>60mm Hi-Bounce Ball Set 25 Pack - Assorted Designs for Fun Play and High Bounce Toy Collection</t>
   </si>
   <si>
     <t>$23.25</t>
   </si>
   <si>
     <t xml:space="preserve">60FRB </t>
   </si>
   <si>
     <t>60mm Hi-Bounce Playful Balls with Frosty Texture for Interactive Play - Pack of 12 Bouncy Toy Balls with Neon Colors</t>
   </si>
   <si>
     <t>$12.38</t>
   </si>
   <si>
-    <t xml:space="preserve">75ICB-6 </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">60MIB-6 </t>
   </si>
   <si>
     <t>Assorted Colorful Bouncy Balls 2.4 inch (60 mm) 6 psc - Rubber Balls for Toddlers Mixed Pattern Style Bouncy Balls for Kids Large Balls for Babies - Party Favors Gifts Toys &amp; Games</t>
   </si>
   <si>
     <t>$11.44</t>
   </si>
   <si>
     <t xml:space="preserve">BA-FRO45 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Ball 45 mm</t>
   </si>
   <si>
     <t>$15.30</t>
   </si>
   <si>
     <t>1.93"/49mm</t>
   </si>
   <si>
     <t>1.93"/49mm - 40 Count</t>
   </si>
   <si>
     <t xml:space="preserve">49FRB2 </t>
   </si>
   <si>
     <t>49mm Hi-Bounce Frosty Texture Rubber Balls – Vibrant Children's Play Essentials, 40 Piece Colorful Balls - Ultimate Kids' Party Favors &amp; Playground Fun!</t>
   </si>
   <si>
     <t>$24.75</t>
   </si>
   <si>
     <t xml:space="preserve">49MIB2 </t>
   </si>
   <si>
     <t>49mm Hi-Bounce Mixed Ball - Popular Best Seller with Variety &amp; Quality Pack of 40</t>
   </si>
   <si>
     <t xml:space="preserve">49TWB2 </t>
   </si>
   <si>
     <t>49mm Hi-Bounce Bouncy Balls Set of 40 - Marble Look Swirl for Kids Games &amp; Parties</t>
   </si>
   <si>
     <t>1.77"/45mm</t>
   </si>
   <si>
-    <t xml:space="preserve">45E0001-5 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">45MB-12 </t>
   </si>
   <si>
     <t>Entervending Large 45mm Bouncy Balls - 12 Pcs, Bowling Style, Rubber, Green</t>
   </si>
   <si>
     <t>$9.99</t>
   </si>
   <si>
     <t xml:space="preserve">45V0-12 </t>
   </si>
   <si>
     <t>Bouncy Balls - Frosty Bounce Balls in Bucket - Party Favors for Kids- 45mm Bouncing Toys for Kids - 12 Pcs - Large Hi Bounce Rubber Ball</t>
   </si>
   <si>
     <t>$12.64</t>
   </si>
   <si>
-    <t xml:space="preserve">45V1-BAG-12 </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">45ALB </t>
   </si>
   <si>
     <t>3-D Alien Bounce Ball Collection: 12 pc Set with Unique Extraterrestrial Figures Perfect for Party Favors and Kids Toys, Explore the Sci-Fi Adventure!</t>
   </si>
   <si>
     <t>$13.50</t>
   </si>
   <si>
     <t xml:space="preserve">45DIB </t>
   </si>
   <si>
     <t>3-D Hi-Bounce Dinosaur Balls with Plastic Figures Inside - Perfect Kids Toys for Thrilling Playtime - Get Your Dino Adventure Today!</t>
   </si>
   <si>
     <t xml:space="preserve">45SNB </t>
   </si>
   <si>
     <t>Snake Hi-Bounce Play Balls Collection with Mesmerizing Figures Inside, Perfect Gift Idea for Kids, Engaging Indoor/Outdoor Games, Fun Toy Variety Pack in Every Set</t>
   </si>
   <si>
-    <t xml:space="preserve">45ASSORT-16 </t>
-[...7 lines deleted...]
-  <si>
     <t>1.77"/45mm - 25 Count</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-25 </t>
   </si>
   <si>
     <t>Bowling Hi-Bounce Balls 45 mm</t>
   </si>
   <si>
     <t>$10.05</t>
   </si>
   <si>
     <t xml:space="preserve">45V1-25 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - ICY Bounce Balls - 24 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$35.41</t>
   </si>
   <si>
     <t xml:space="preserve">45V0-25 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Frosty Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
@@ -406,54 +367,54 @@
   <si>
     <t>$20.89</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-PURPLE </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Purple Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$23.09</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-RED </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Red Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$21.99</t>
   </si>
   <si>
     <t>1.77"/45mm - 50 Count</t>
   </si>
   <si>
-    <t xml:space="preserve">45MB </t>
-[...2 lines deleted...]
-    <t>Masquerade Mix 45 mm</t>
+    <t xml:space="preserve">45MB-50 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Large 45mm Bouncy Balls - 50 Pcs, Bowling Style, Rubber,</t>
   </si>
   <si>
     <t>$39.19</t>
   </si>
   <si>
     <t xml:space="preserve">45BOB </t>
   </si>
   <si>
     <t>45mm Hi-Bounce Bowling Ball Look-Alikes - Assorted Swirling Colors Toy Pack</t>
   </si>
   <si>
     <t xml:space="preserve">45FRB </t>
   </si>
   <si>
     <t>Hi-Bounce Ball Mix 45mm Frosty Texture Sensory Party Pack</t>
   </si>
   <si>
     <t xml:space="preserve">45POB2 </t>
   </si>
   <si>
     <t>50-Piece High-Bounce Pool Balls Set with Classic Billiard Design</t>
   </si>
   <si>
     <t>$27.00</t>
   </si>
@@ -481,122 +442,89 @@
   <si>
     <t>$30.00</t>
   </si>
   <si>
     <t xml:space="preserve">45MIB2 </t>
   </si>
   <si>
     <t>45mm Hi-Bounce Ball Mix for Kids and Playground Fun - Bulk Rubber Bouncy Toy Assortment</t>
   </si>
   <si>
     <t xml:space="preserve">45RAB </t>
   </si>
   <si>
     <t>45mm Rubber Hi-Bounce Balls Assortment - 50 Pc Vibrant Play Balls Collection</t>
   </si>
   <si>
     <t xml:space="preserve">45SBB </t>
   </si>
   <si>
     <t>45mm Rubber Hi-Bounce Balls Pack of 50 for Indoor Outdoor Games Party Favors Kids Fun</t>
   </si>
   <si>
     <t>1.26"/32mm</t>
   </si>
   <si>
-    <t xml:space="preserve">32V1-24 </t>
-[...22 lines deleted...]
-  <si>
     <t xml:space="preserve">32V0-12 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - 12 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Party Favors Classroom Prizes</t>
   </si>
   <si>
     <t>$10.33</t>
   </si>
   <si>
     <t xml:space="preserve">32V0-24 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - 24 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
   </si>
   <si>
     <t>$13.30</t>
   </si>
   <si>
     <t xml:space="preserve">32V0-100 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - 100 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
   </si>
   <si>
     <t>$31.89</t>
   </si>
   <si>
     <t>1.26"/32mm - 50 Count</t>
   </si>
   <si>
     <t xml:space="preserve">32MB-50 </t>
   </si>
   <si>
     <t>Bouncy Balls Galaxy Ball 1.26 inch (32 mm) 50 psc - Rubber Balls for Toddlers 5 Colors Bowling Style Bouncy Balls for Kids Small Balls for Babies - Party Favors Pinata Stuffers Gifts Toys &amp; Games</t>
   </si>
   <si>
     <t>$19.24</t>
   </si>
   <si>
-    <t xml:space="preserve">32ASSORT-25 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">32V0-50 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Icy Bouncy Balls 1.26 inch (32 mm) 50 psc - Rubber Balls for Toddlers 4 Colors Frosty Style Bouncy Balls for Kids Small Balls for Babies - Party Favors Pinata Stuffers Toys &amp; Games</t>
   </si>
   <si>
     <t xml:space="preserve">32BU002-50 </t>
   </si>
   <si>
     <t>Two Tone Color Balls Mix 32 mm</t>
   </si>
   <si>
     <t>$4.78</t>
   </si>
   <si>
     <t>1.26"/32mm - 100 Count</t>
   </si>
   <si>
     <t xml:space="preserve">32BOB </t>
   </si>
   <si>
     <t>32mm Bowling Hi-Bounce Balls Bulk, Metallic Look-Alike Swirling Colors Party Favors Pack, Toy Play Balls</t>
   </si>
   <si>
     <t>$20.25</t>
@@ -655,68 +583,50 @@
   <si>
     <t xml:space="preserve">32DCB </t>
   </si>
   <si>
     <t>32mm Diamond Cut Hi-Bounce Ball Set - Transparent Gem Bouncing Toys for Collection, Fun Play, Group Activities - 100 Pieces</t>
   </si>
   <si>
     <t xml:space="preserve">32SPB </t>
   </si>
   <si>
     <t>30mm Sports Hi-Bounce Ball Collection - Mix of 100 Bouncy Tennis, Football, Basketball, Baseball, Soccer Balls</t>
   </si>
   <si>
     <t>$21.00</t>
   </si>
   <si>
     <t>1.02"/27mm</t>
   </si>
   <si>
     <t xml:space="preserve">27MIB2 </t>
   </si>
   <si>
     <t>Bouncy Ball Collection 27mm High-Quality Hi-Bounce Balls Mix 250 Piece Assorted Fun Variety Pack</t>
   </si>
   <si>
-    <t xml:space="preserve">27BASGL-144 </t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">27V1-48 </t>
   </si>
   <si>
     <t>Bouncy Balls - 27mm 1.06” Icy Bounce Balls Bulk - 48 Pcs Colorful High Bouncing Balls for Party Favors and Party Bag Filler - Vending Machine Toys for Kids</t>
   </si>
   <si>
     <t>$12.56</t>
   </si>
   <si>
     <t xml:space="preserve">27BAL-24 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - 24 Pcs Small Bouncing Ball - 1.06 Inch - Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
   </si>
   <si>
     <t>$6.46</t>
   </si>
   <si>
     <t xml:space="preserve">27BAL-48 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - 48 Pcs Small Bouncing Balls - 1.06 Inch Bounce Balls - Hot Colored Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
   </si>
   <si>
     <t xml:space="preserve">27BAL-144 </t>
@@ -797,59 +707,50 @@
     <t xml:space="preserve">25E0001-24 </t>
   </si>
   <si>
     <t>Bouncy Balls - 24 Pcs Glitter Bouncing Balls - Assorted Colors 1</t>
   </si>
   <si>
     <t>$6.72</t>
   </si>
   <si>
     <t xml:space="preserve">25E0001-48 </t>
   </si>
   <si>
     <t>Bouncy Balls - 48 Pcs Glitter Bouncing Balls - Assorted Colors 1</t>
   </si>
   <si>
     <t>$13.68</t>
   </si>
   <si>
     <t xml:space="preserve">25E0001-144 </t>
   </si>
   <si>
     <t>Bouncy Balls - 144 Pcs Glitter Bouncing Balls - Assorted Colors 1</t>
   </si>
   <si>
     <t>$39.05</t>
-  </si>
-[...7 lines deleted...]
-    <t>$5.98</t>
   </si>
   <si>
     <t xml:space="preserve">25V0-50 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Balls 25 mm 50 pcs</t>
   </si>
   <si>
     <t>$6.74</t>
   </si>
   <si>
     <t>1"/25mm - 100 Count</t>
   </si>
   <si>
     <t xml:space="preserve">25V0-100 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Balls 25 mm</t>
   </si>
   <si>
     <t>$6.82</t>
   </si>
 </sst>
 </file>
 
@@ -957,51 +858,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc4715.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e74680bead5239e614f337c622a241998.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf5e93717b8388fcba628769341306a29.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b9510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce4a97226cdd702c4581c634d276907014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0de8101003696b9b9fca9fb39e323af15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_333c93b3f2ce028a505b75aad835ef1f16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bc5ea2cc6b31240b23c561b250f033b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4148bf4e544c2c772a39845845f9c55f18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f5c8ab37194b09c10a25ffd5cab6ef2719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61bffe64ca9c98fc57e1ff393dbed70020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79482ea6525994af688ecd6d1a07489121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e129367ed47c574a3d750650aea5704822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55f59593091c52b066bbb2914c117a6823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_631ece5f61c7433c40d2bac803114dc024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fa4e5bb4b5630b2e062a45a3ddb42b1e25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24de1e4dcdaa8a9838420281039d820726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d91425f63e71cad78e2ad424c3945d227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a4ff4c5595609af07bf5a721eaae75628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b8a0712839967c818cef4322f0a1e5029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cc3ddc242fd877f30c93648ff02b6bc30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ecfc319ea4d8c02c966708b08c2f5b531.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a664c948e5c16ebf598148c8b6096df632.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cd3f9f88ff227f3f06145b3b5b066bc33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0240ce2f5f0861e3c06c5582e26a93d34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bdd57088d45f4651d9e5c0937c19df135.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9e97e339812f491b16b4bcffed22b6536.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47569c05ac14df75676e70c04b5dd2c037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_146f2e5ebd78117f02ab38316cb53cf238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edda7d307dd33b73ba9ae56c2815d2f39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e22be2e067e7a7e28a2cfa216f573c1740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76dd6d5ea3d6fd48fa5fad3770b756bb41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a33545d9d83589e251da20f3164c2f2b42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64996f42205bba199127f75e820ff41b43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15da06542886210a020deecc6182361144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fb79ec3a25236cd4f4e0645ab71cc1245.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fad98daf8e2bc79d188e8325cdacd6846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d9ea728bdf61469619b1e36110f173c47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b215d3b6cbf49fb508de0277e6a562f048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_577a65a4e468c579d7863a91a0e0ea8649.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00d9899ba63742e39965b4a98bea263450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12dea3d66098b1668ced2016fc6d04fd51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_902429b4c01d868b0a8f6c484996aa2052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_947bb3647234c01a0673b3ed91e3a2ae53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_936c0edd04a8592c47ca25f389d7619954.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b3bbce47c213d74860be4d66753a03855.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53fa2d1c54065e9508189c049f8e2c8856.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a95ca418a4ffc81b2de7c3127c8aa3357.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e185a52a46efff236e99e0731658b66358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_895c20fd456bbb63484055e8d919846259.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a0489a498342f5a83139f4d779fa7e060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f8b67840a0861c72a55d8a3a277065961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac3704587b5f08756b9d1b45fe2b630562.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_166b6b8f316da0151651126ab4bad98363.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a906821336621443c5ca865058a65c064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb56486379502a7cae959c5b3fe663da65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75169038daeb754a6724c31739c06a5766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e2f8603d4b1f1d5047681cae5ad881067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80bab37d7cb8705dbc12fa60511e751568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e3fd2df8fb6c6f4421a8e0c7d2ed03069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f638b167ae929524ec6e2af44a27a73070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bcd3f028187308d51b5a34d5a19323c171.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc463bfd36bbd9248e984cfa6ebfa92b72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55c66a1908a84d31a7c0e2f3df0711ce73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_03b0050c74c6ff91d22d09e581d0952b74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_72c4df6b17cbe6214fb61df54aa180cf75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f399d06a389aee66ec1c4b55073ac2576.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_832f3d8e225783f6c997c298b205f80e77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb121fa131f534a2d927143307c05c3b78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc95aeb08621787d1f37ccd056ce952179.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c0f6c6b5d3a77ec09076cbdf81efb880.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214ca71f4dcc864a7c6f78aecc4cf13581.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d799c7f1afb7deef07e40c8ef28c61f682.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64b6d486a7df94b27d122db2e5a4dc1c83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb8617e290ab9820c08d0ca79d21e14d84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a37fcf9779d6e5ba4f63228ca72c18a85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c4244a4a038dcfa7358909e90945eac786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e53ccdacbe86b5bee130f7a40ffcac3787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da6e2de91b05fea919fddcbc669688c088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fae57f4732e16808ff5d24ec9cb601a89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eac8211795cc23ed0a3952652f39ceae90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_861c38894df90a29982dd00d7a97b09c91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bea9207fae8e0a34da4d5439c8fd182592.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc4715.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e74680bead5239e614f337c622a241998.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf5e93717b8388fcba628769341306a29.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b9510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce4a97226cdd702c4581c634d276907014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0de8101003696b9b9fca9fb39e323af15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_333c93b3f2ce028a505b75aad835ef1f16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bc5ea2cc6b31240b23c561b250f033b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61bffe64ca9c98fc57e1ff393dbed70018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79482ea6525994af688ecd6d1a07489119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e129367ed47c574a3d750650aea5704820.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55f59593091c52b066bbb2914c117a6821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_631ece5f61c7433c40d2bac803114dc022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24de1e4dcdaa8a9838420281039d820723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d91425f63e71cad78e2ad424c3945d224.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b8a0712839967c818cef4322f0a1e5025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cc3ddc242fd877f30c93648ff02b6bc26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ecfc319ea4d8c02c966708b08c2f5b527.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cd3f9f88ff227f3f06145b3b5b066bc28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0240ce2f5f0861e3c06c5582e26a93d29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bdd57088d45f4651d9e5c0937c19df130.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9e97e339812f491b16b4bcffed22b6531.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47569c05ac14df75676e70c04b5dd2c032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_146f2e5ebd78117f02ab38316cb53cf233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edda7d307dd33b73ba9ae56c2815d2f34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e22be2e067e7a7e28a2cfa216f573c1735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76dd6d5ea3d6fd48fa5fad3770b756bb36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a33545d9d83589e251da20f3164c2f2b37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64996f42205bba199127f75e820ff41b38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15da06542886210a020deecc6182361139.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fb79ec3a25236cd4f4e0645ab71cc1240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fad98daf8e2bc79d188e8325cdacd6841.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d9ea728bdf61469619b1e36110f173c42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b215d3b6cbf49fb508de0277e6a562f043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_577a65a4e468c579d7863a91a0e0ea8644.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00d9899ba63742e39965b4a98bea263445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_936c0edd04a8592c47ca25f389d7619946.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b3bbce47c213d74860be4d66753a03847.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53fa2d1c54065e9508189c049f8e2c8848.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a95ca418a4ffc81b2de7c3127c8aa3349.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_895c20fd456bbb63484055e8d919846250.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a0489a498342f5a83139f4d779fa7e051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f8b67840a0861c72a55d8a3a277065952.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac3704587b5f08756b9d1b45fe2b630553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_166b6b8f316da0151651126ab4bad98354.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a906821336621443c5ca865058a65c055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb56486379502a7cae959c5b3fe663da56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75169038daeb754a6724c31739c06a5757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e2f8603d4b1f1d5047681cae5ad881058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80bab37d7cb8705dbc12fa60511e751559.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e3fd2df8fb6c6f4421a8e0c7d2ed03060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f638b167ae929524ec6e2af44a27a73061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bcd3f028187308d51b5a34d5a19323c162.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_03b0050c74c6ff91d22d09e581d0952b63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_72c4df6b17cbe6214fb61df54aa180cf64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f399d06a389aee66ec1c4b55073ac2565.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_832f3d8e225783f6c997c298b205f80e66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb121fa131f534a2d927143307c05c3b67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc95aeb08621787d1f37ccd056ce952168.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c0f6c6b5d3a77ec09076cbdf81efb869.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214ca71f4dcc864a7c6f78aecc4cf13570.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d799c7f1afb7deef07e40c8ef28c61f671.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64b6d486a7df94b27d122db2e5a4dc1c72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb8617e290ab9820c08d0ca79d21e14d73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a37fcf9779d6e5ba4f63228ca72c18a74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c4244a4a038dcfa7358909e90945eac775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e53ccdacbe86b5bee130f7a40ffcac3776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da6e2de91b05fea919fddcbc669688c077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fae57f4732e16808ff5d24ec9cb601a78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_861c38894df90a29982dd00d7a97b09c79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bea9207fae8e0a34da4d5439c8fd182580.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1509,2250 +1410,1890 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="552450"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>29</xdr:row>
+        <xdr:cNvPr id="21" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>32</xdr:row>
+        <xdr:cNvPr id="23" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>33</xdr:row>
+        <xdr:cNvPr id="28" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>34</xdr:row>
+        <xdr:cNvPr id="29" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>36</xdr:row>
+        <xdr:cNvPr id="37" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>37</xdr:row>
+        <xdr:cNvPr id="40" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>38</xdr:row>
+        <xdr:cNvPr id="41" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>39</xdr:row>
+        <xdr:cNvPr id="42" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>40</xdr:row>
+        <xdr:cNvPr id="43" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>41</xdr:row>
+        <xdr:cNvPr id="44" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>42</xdr:row>
+        <xdr:cNvPr id="45" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>43</xdr:row>
+        <xdr:cNvPr id="46" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>45</xdr:row>
+        <xdr:cNvPr id="47" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>46</xdr:row>
+        <xdr:cNvPr id="51" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>47</xdr:row>
+        <xdr:cNvPr id="56" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>48</xdr:row>
+        <xdr:cNvPr id="57" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>49</xdr:row>
+        <xdr:cNvPr id="58" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>50</xdr:row>
+        <xdr:cNvPr id="59" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>51</xdr:row>
+        <xdr:cNvPr id="60" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>52</xdr:row>
+        <xdr:cNvPr id="61" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>54</xdr:row>
+        <xdr:cNvPr id="62" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>55</xdr:row>
+        <xdr:cNvPr id="63" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>85</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>56</xdr:row>
+        <xdr:cNvPr id="67" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>86</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>57</xdr:row>
+        <xdr:cNvPr id="68" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>58</xdr:row>
+        <xdr:cNvPr id="69" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>92</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>59</xdr:row>
+        <xdr:cNvPr id="74" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>94</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>60</xdr:row>
+        <xdr:cNvPr id="75" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>61</xdr:row>
+        <xdr:cNvPr id="76" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>96</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="48" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>62</xdr:row>
+        <xdr:cNvPr id="77" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>63</xdr:row>
+        <xdr:cNvPr id="78" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="" descr=""/>
-[...293 lines deleted...]
-      <xdr:row>75</xdr:row>
+        <xdr:cNvPr id="79" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>100</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="60" name="" descr=""/>
-[...598 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="80" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
-        <a:stretch>
-[...358 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4019,54 +3560,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J113"/>
+  <dimension ref="A1:J101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J113" sqref="J113"/>
+      <selection activeCell="J101" sqref="J101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -4565,2233 +4106,1909 @@
       <c r="H26" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I26" s="7">
         <v>12</v>
       </c>
       <c r="J26" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="5"/>
       <c r="D27" s="5" t="s">
         <v>62</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>1.060998053013</v>
+        <v>0.84800011973358</v>
       </c>
       <c r="H27" s="7">
-        <v>0.00373776</v>
+        <v>0.00309646</v>
       </c>
       <c r="I27" s="7">
         <v>6</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:10" customHeight="1" ht="53">
+    <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="5"/>
       <c r="D28" s="5" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>0.71199950144669</v>
+        <v>1.81436948</v>
       </c>
       <c r="H28" s="7">
-        <v>0.00363635</v>
+        <v>0.00262193</v>
       </c>
       <c r="I28" s="7">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="J28" s="7">
-        <v>0</v>
-[...7 lines deleted...]
-      <c r="D29" s="5" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="B29" s="8" t="s">
         <v>67</v>
       </c>
-      <c r="E29" s="7" t="s">
+      <c r="C29" s="8"/>
+      <c r="D29" s="8"/>
+      <c r="E29" s="8"/>
+      <c r="F29" s="8"/>
+      <c r="G29" s="8"/>
+      <c r="H29" s="8"/>
+      <c r="I29" s="8"/>
+      <c r="J29" s="8"/>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="B30" s="9" t="s">
         <v>68</v>
       </c>
-      <c r="F29" s="7" t="s">
-[...16 lines deleted...]
-      <c r="B30" s="4" t="s">
+      <c r="C30" s="9"/>
+      <c r="D30" s="9"/>
+      <c r="E30" s="9"/>
+      <c r="F30" s="9"/>
+      <c r="G30" s="9"/>
+      <c r="H30" s="9"/>
+      <c r="I30" s="9"/>
+      <c r="J30" s="9"/>
+    </row>
+    <row r="31" spans="1:10" customHeight="1" ht="39">
+      <c r="B31" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="C30" s="5"/>
-      <c r="D30" s="5" t="s">
+      <c r="C31" s="5"/>
+      <c r="D31" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="E30" s="7" t="s">
+      <c r="E31" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="F30" s="7" t="s">
-[...11 lines deleted...]
-      <c r="J30" s="7">
+      <c r="F31" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H31" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I31" s="7">
+        <v>40</v>
+      </c>
+      <c r="J31" s="7">
         <v>400</v>
       </c>
     </row>
-    <row r="31" spans="1:10">
-      <c r="B31" s="8" t="s">
+    <row r="32" spans="1:10" customHeight="1" ht="55">
+      <c r="B32" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="C31" s="8"/>
-[...9 lines deleted...]
-      <c r="B32" s="9" t="s">
+      <c r="C32" s="5"/>
+      <c r="D32" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="C32" s="9"/>
-[...6 lines deleted...]
-      <c r="J32" s="9"/>
+      <c r="E32" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H32" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I32" s="7">
+        <v>40</v>
+      </c>
+      <c r="J32" s="7">
+        <v>400</v>
+      </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="39">
       <c r="B33" s="4" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="5"/>
       <c r="D33" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H33" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I33" s="7">
         <v>40</v>
       </c>
       <c r="J33" s="7">
         <v>400</v>
       </c>
     </row>
-    <row r="34" spans="1:10" customHeight="1" ht="55">
-      <c r="B34" s="4" t="s">
+    <row r="34" spans="1:10">
+      <c r="B34" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C34" s="8"/>
+      <c r="D34" s="8"/>
+      <c r="E34" s="8"/>
+      <c r="F34" s="8"/>
+      <c r="G34" s="8"/>
+      <c r="H34" s="8"/>
+      <c r="I34" s="8"/>
+      <c r="J34" s="8"/>
+    </row>
+    <row r="35" spans="1:10" customHeight="1" ht="55">
+      <c r="B35" s="4" t="s">
         <v>77</v>
-      </c>
-[...25 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C35" s="5"/>
       <c r="D35" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G35" s="7">
+        <v>0.8210022982999901</v>
+      </c>
+      <c r="H35" s="7">
+        <v>0.0016806</v>
+      </c>
+      <c r="I35" s="7">
+        <v>12</v>
+      </c>
+      <c r="J35" s="7">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" customHeight="1" ht="55">
+      <c r="B36" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="E35" s="7" t="s">
-[...19 lines deleted...]
-      <c r="B36" s="8" t="s">
+      <c r="C36" s="5"/>
+      <c r="D36" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="C36" s="8"/>
-[...6 lines deleted...]
-      <c r="J36" s="8"/>
+      <c r="E36" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G36" s="7">
+        <v>0.52399904698459</v>
+      </c>
+      <c r="H36" s="7">
+        <v>0.00181027</v>
+      </c>
+      <c r="I36" s="7">
+        <v>12</v>
+      </c>
+      <c r="J36" s="7">
+        <v>144</v>
+      </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C37" s="5"/>
       <c r="D37" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
-        <v>0.22199992864518</v>
+        <v>0</v>
       </c>
       <c r="H37" s="7">
-        <v>0.0009584</v>
+        <v>0</v>
       </c>
       <c r="I37" s="7">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="J37" s="7">
-        <v>75</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C38" s="5"/>
       <c r="D38" s="5" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
-        <v>0.8210022982999901</v>
+        <v>0</v>
       </c>
       <c r="H38" s="7">
-        <v>0.0016806</v>
+        <v>0</v>
       </c>
       <c r="I38" s="7">
         <v>12</v>
       </c>
       <c r="J38" s="7">
-        <v>144</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
         <v>88</v>
       </c>
       <c r="C39" s="5"/>
       <c r="D39" s="5" t="s">
         <v>89</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
-        <v>0.52399904698459</v>
+        <v>0</v>
       </c>
       <c r="H39" s="7">
-        <v>0.00181027</v>
+        <v>0</v>
       </c>
       <c r="I39" s="7">
         <v>12</v>
       </c>
       <c r="J39" s="7">
-        <v>144</v>
-[...3 lines deleted...]
-      <c r="B40" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="B40" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="C40" s="9"/>
+      <c r="D40" s="9"/>
+      <c r="E40" s="9"/>
+      <c r="F40" s="9"/>
+      <c r="G40" s="9"/>
+      <c r="H40" s="9"/>
+      <c r="I40" s="9"/>
+      <c r="J40" s="9"/>
+    </row>
+    <row r="41" spans="1:10" customHeight="1" ht="39">
+      <c r="B41" s="4" t="s">
         <v>91</v>
-      </c>
-[...25 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C41" s="5"/>
       <c r="D41" s="5" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
-        <v>0</v>
+        <v>1.3110000567318</v>
       </c>
       <c r="H41" s="7">
-        <v>0</v>
+        <v>0.00397717</v>
       </c>
       <c r="I41" s="7">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="J41" s="7">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C42" s="5"/>
       <c r="D42" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
-        <v>0</v>
+        <v>0.92079263289998</v>
       </c>
       <c r="H42" s="7">
-        <v>0</v>
+        <v>0.00284861</v>
       </c>
       <c r="I42" s="7">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="J42" s="7">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C43" s="5"/>
       <c r="D43" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="E43" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="E43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
-        <v>0</v>
+        <v>0.92986448149998</v>
       </c>
       <c r="H43" s="7">
-        <v>0</v>
+        <v>0.00307343</v>
       </c>
       <c r="I43" s="7">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="J43" s="7">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C44" s="5"/>
       <c r="D44" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E44" s="7" t="s">
         <v>102</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
-        <v>0.42184095989999</v>
+        <v>0.97975964879998</v>
       </c>
       <c r="H44" s="7">
-        <v>0.00071118</v>
+        <v>0.00471117</v>
       </c>
       <c r="I44" s="7">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="J44" s="7">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="B45" s="9" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" customHeight="1" ht="55">
+      <c r="B45" s="4" t="s">
         <v>103</v>
       </c>
-      <c r="C45" s="9"/>
-[...8 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="39">
+      <c r="C45" s="5"/>
+      <c r="D45" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G45" s="7">
+        <v>1.2609869554</v>
+      </c>
+      <c r="H45" s="7">
+        <v>0.0049313</v>
+      </c>
+      <c r="I45" s="7">
+        <v>25</v>
+      </c>
+      <c r="J45" s="7">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C46" s="5"/>
       <c r="D46" s="5" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
-        <v>1.3110000567318</v>
+        <v>1.224699561</v>
       </c>
       <c r="H46" s="7">
-        <v>0.00397717</v>
+        <v>0.00333804</v>
       </c>
       <c r="I46" s="7">
         <v>25</v>
       </c>
       <c r="J46" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C47" s="5"/>
       <c r="D47" s="5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
-        <v>0.92079263289998</v>
+        <v>1.3018102741</v>
       </c>
       <c r="H47" s="7">
-        <v>0.00284861</v>
+        <v>0.00325166</v>
       </c>
       <c r="I47" s="7">
         <v>25</v>
       </c>
       <c r="J47" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C48" s="5"/>
       <c r="D48" s="5" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
-        <v>0.92986448149998</v>
+        <v>1.211001069614</v>
       </c>
       <c r="H48" s="7">
-        <v>0.00307343</v>
+        <v>0.00288488</v>
       </c>
       <c r="I48" s="7">
         <v>25</v>
       </c>
       <c r="J48" s="7">
         <v>200</v>
       </c>
     </row>
-    <row r="49" spans="1:10" customHeight="1" ht="55">
-[...7 lines deleted...]
-      <c r="E49" s="7" t="s">
+    <row r="49" spans="1:10">
+      <c r="B49" s="9" t="s">
         <v>115</v>
       </c>
-      <c r="F49" s="7" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="C49" s="9"/>
+      <c r="D49" s="9"/>
+      <c r="E49" s="9"/>
+      <c r="F49" s="9"/>
+      <c r="G49" s="9"/>
+      <c r="H49" s="9"/>
+      <c r="I49" s="9"/>
+      <c r="J49" s="9"/>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
         <v>116</v>
       </c>
       <c r="C50" s="5"/>
       <c r="D50" s="5" t="s">
         <v>117</v>
       </c>
       <c r="E50" s="7" t="s">
         <v>118</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="7">
-        <v>1.2609869554</v>
+        <v>2.7920020203032</v>
       </c>
       <c r="H50" s="7">
-        <v>0.0049313</v>
+        <v>0</v>
       </c>
       <c r="I50" s="7">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J50" s="7">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="55">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" customHeight="1" ht="39">
       <c r="B51" s="4" t="s">
         <v>119</v>
       </c>
       <c r="C51" s="5"/>
       <c r="D51" s="5" t="s">
         <v>120</v>
       </c>
       <c r="E51" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G51" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H51" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I51" s="7">
+        <v>50</v>
+      </c>
+      <c r="J51" s="7">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" customHeight="1" ht="39">
+      <c r="B52" s="4" t="s">
         <v>121</v>
-      </c>
-[...18 lines deleted...]
-        <v>122</v>
       </c>
       <c r="C52" s="5"/>
       <c r="D52" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G52" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H52" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I52" s="7">
+        <v>50</v>
+      </c>
+      <c r="J52" s="7">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" customHeight="1" ht="39">
+      <c r="B53" s="4" t="s">
         <v>123</v>
-      </c>
-[...21 lines deleted...]
-        <v>125</v>
       </c>
       <c r="C53" s="5"/>
       <c r="D53" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G53" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H53" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I53" s="7">
+        <v>50</v>
+      </c>
+      <c r="J53" s="7">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" customHeight="1" ht="55">
+      <c r="B54" s="4" t="s">
         <v>126</v>
       </c>
-      <c r="E53" s="7" t="s">
+      <c r="C54" s="5"/>
+      <c r="D54" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="F53" s="7" t="s">
-[...16 lines deleted...]
-      <c r="B54" s="9" t="s">
+      <c r="E54" s="7" t="s">
         <v>128</v>
       </c>
-      <c r="C54" s="9"/>
-[...6 lines deleted...]
-      <c r="J54" s="9"/>
+      <c r="F54" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G54" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H54" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I54" s="7">
+        <v>50</v>
+      </c>
+      <c r="J54" s="7">
+        <v>400</v>
+      </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
         <v>129</v>
       </c>
       <c r="C55" s="5"/>
       <c r="D55" s="5" t="s">
         <v>130</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>131</v>
+        <v>57</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
-        <v>2.7920020203032</v>
+        <v>2.948350405</v>
       </c>
       <c r="H55" s="7">
-        <v>0</v>
+        <v>0.00426064</v>
       </c>
       <c r="I55" s="7">
         <v>50</v>
       </c>
       <c r="J55" s="7">
-        <v>400</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="39">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C56" s="5"/>
       <c r="D56" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="E56" s="7" t="s">
         <v>133</v>
       </c>
-      <c r="E56" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H56" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I56" s="7">
         <v>50</v>
       </c>
       <c r="J56" s="7">
-        <v>400</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
         <v>134</v>
       </c>
       <c r="C57" s="5"/>
       <c r="D57" s="5" t="s">
         <v>135</v>
       </c>
       <c r="E57" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H57" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I57" s="7">
         <v>50</v>
       </c>
       <c r="J57" s="7">
-        <v>400</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
         <v>136</v>
       </c>
       <c r="C58" s="5"/>
       <c r="D58" s="5" t="s">
         <v>137</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>138</v>
+        <v>57</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H58" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I58" s="7">
         <v>50</v>
       </c>
       <c r="J58" s="7">
-        <v>400</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C59" s="5"/>
       <c r="D59" s="5" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>141</v>
+        <v>57</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H59" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I59" s="7">
         <v>50</v>
       </c>
       <c r="J59" s="7">
-        <v>400</v>
-[...27 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="B60" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="C60" s="8"/>
+      <c r="D60" s="8"/>
+      <c r="E60" s="8"/>
+      <c r="F60" s="8"/>
+      <c r="G60" s="8"/>
+      <c r="H60" s="8"/>
+      <c r="I60" s="8"/>
+      <c r="J60" s="8"/>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C61" s="5"/>
       <c r="D61" s="5" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="7">
-        <v>0</v>
+        <v>0.136077729</v>
       </c>
       <c r="H61" s="7">
-        <v>0</v>
+        <v>9.831999999999999E-5</v>
       </c>
       <c r="I61" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C62" s="5"/>
       <c r="D62" s="5" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>57</v>
+        <v>146</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="7">
-        <v>0</v>
+        <v>0.31751470099999</v>
       </c>
       <c r="H62" s="7">
-        <v>0</v>
+        <v>0.00044245</v>
       </c>
       <c r="I62" s="7">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="J62" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C63" s="5"/>
       <c r="D63" s="5" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>57</v>
+        <v>149</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="7">
-        <v>0</v>
+        <v>1.270058804</v>
       </c>
       <c r="H63" s="7">
-        <v>0</v>
+        <v>0.00182511</v>
       </c>
       <c r="I63" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J63" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="1:10" customHeight="1" ht="55">
-      <c r="B64" s="4" t="s">
+    <row r="64" spans="1:10">
+      <c r="B64" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="C64" s="9"/>
+      <c r="D64" s="9"/>
+      <c r="E64" s="9"/>
+      <c r="F64" s="9"/>
+      <c r="G64" s="9"/>
+      <c r="H64" s="9"/>
+      <c r="I64" s="9"/>
+      <c r="J64" s="9"/>
+    </row>
+    <row r="65" spans="1:10" customHeight="1" ht="55">
+      <c r="B65" s="4" t="s">
         <v>151</v>
       </c>
-      <c r="C64" s="5"/>
-      <c r="D64" s="5" t="s">
+      <c r="C65" s="5"/>
+      <c r="D65" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="E64" s="7" t="s">
-[...11 lines deleted...]
-      <c r="I64" s="7">
+      <c r="E65" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G65" s="7">
+        <v>0.89799961329248</v>
+      </c>
+      <c r="H65" s="7">
+        <v>0.00277722</v>
+      </c>
+      <c r="I65" s="7">
         <v>50</v>
       </c>
-      <c r="J64" s="7">
-[...14 lines deleted...]
-      <c r="J65" s="8"/>
+      <c r="J65" s="7">
+        <v>600</v>
+      </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="4" t="s">
         <v>154</v>
       </c>
       <c r="C66" s="5"/>
       <c r="D66" s="5" t="s">
         <v>155</v>
       </c>
       <c r="E66" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G66" s="7">
+        <v>0.64200111764909</v>
+      </c>
+      <c r="H66" s="7">
+        <v>0.00254046</v>
+      </c>
+      <c r="I66" s="7">
+        <v>50</v>
+      </c>
+      <c r="J66" s="7">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" customHeight="1" ht="39">
+      <c r="B67" s="4" t="s">
         <v>156</v>
-      </c>
-[...18 lines deleted...]
-        <v>157</v>
       </c>
       <c r="C67" s="5"/>
       <c r="D67" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="E67" s="7" t="s">
         <v>158</v>
       </c>
-      <c r="E67" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F67" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="7">
-        <v>0.38555356549999</v>
+        <v>0.92986448149998</v>
       </c>
       <c r="H67" s="7">
-        <v>0</v>
+        <v>0.00265176</v>
       </c>
       <c r="I67" s="7">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="J67" s="7">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="B68" s="4" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10">
+      <c r="B68" s="9" t="s">
         <v>159</v>
       </c>
-      <c r="C68" s="5"/>
-      <c r="D68" s="5" t="s">
+      <c r="C68" s="9"/>
+      <c r="D68" s="9"/>
+      <c r="E68" s="9"/>
+      <c r="F68" s="9"/>
+      <c r="G68" s="9"/>
+      <c r="H68" s="9"/>
+      <c r="I68" s="9"/>
+      <c r="J68" s="9"/>
+    </row>
+    <row r="69" spans="1:10" customHeight="1" ht="39">
+      <c r="B69" s="4" t="s">
         <v>160</v>
-      </c>
-[...21 lines deleted...]
-        <v>162</v>
       </c>
       <c r="C69" s="5"/>
       <c r="D69" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G69" s="7">
+        <v>2.041165665</v>
+      </c>
+      <c r="H69" s="7">
+        <v>0.00306766</v>
+      </c>
+      <c r="I69" s="7">
+        <v>100</v>
+      </c>
+      <c r="J69" s="7">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" customHeight="1" ht="39">
+      <c r="B70" s="4" t="s">
         <v>163</v>
-      </c>
-[...21 lines deleted...]
-        <v>165</v>
       </c>
       <c r="C70" s="5"/>
       <c r="D70" s="5" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="E70" s="7" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="7">
-        <v>0.31751470099999</v>
+        <v>2.041165665</v>
       </c>
       <c r="H70" s="7">
-        <v>0.00044245</v>
+        <v>0.00306766</v>
       </c>
       <c r="I70" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J70" s="7">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="55">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" customHeight="1" ht="39">
       <c r="B71" s="4" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C71" s="5"/>
       <c r="D71" s="5" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E71" s="7" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G71" s="7">
-        <v>1.270058804</v>
+        <v>2.041165665</v>
       </c>
       <c r="H71" s="7">
-        <v>0.00182511</v>
+        <v>0.00306766</v>
       </c>
       <c r="I71" s="7">
         <v>100</v>
       </c>
       <c r="J71" s="7">
-        <v>0</v>
-[...13 lines deleted...]
-      <c r="J72" s="9"/>
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" customHeight="1" ht="39">
+      <c r="B72" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C72" s="5"/>
+      <c r="D72" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G72" s="7">
+        <v>2.041165665</v>
+      </c>
+      <c r="H72" s="7">
+        <v>0.00306766</v>
+      </c>
+      <c r="I72" s="7">
+        <v>100</v>
+      </c>
+      <c r="J72" s="7">
+        <v>1000</v>
+      </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C73" s="5"/>
       <c r="D73" s="5" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="E73" s="7" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="7">
-        <v>0.89799961329248</v>
+        <v>2.041165665</v>
       </c>
       <c r="H73" s="7">
-        <v>0.00277722</v>
+        <v>0.00306766</v>
       </c>
       <c r="I73" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J73" s="7">
-        <v>600</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="4" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C74" s="5"/>
       <c r="D74" s="5" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="E74" s="7" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="7">
-        <v>0.43091280849999</v>
+        <v>1.723651234</v>
       </c>
       <c r="H74" s="7">
-        <v>0.00111185</v>
+        <v>0</v>
       </c>
       <c r="I74" s="7">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J74" s="7">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="4" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C75" s="5"/>
       <c r="D75" s="5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="E75" s="7" t="s">
-        <v>127</v>
+        <v>167</v>
       </c>
       <c r="F75" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="7">
-        <v>0.64200111764909</v>
+        <v>2.2543540789</v>
       </c>
       <c r="H75" s="7">
-        <v>0.00254046</v>
+        <v>0</v>
       </c>
       <c r="I75" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J75" s="7">
-        <v>600</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="39">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="4" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C76" s="5"/>
       <c r="D76" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="E76" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="F76" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G76" s="7">
+        <v>0</v>
+      </c>
+      <c r="H76" s="7">
+        <v>0</v>
+      </c>
+      <c r="I76" s="7">
+        <v>100</v>
+      </c>
+      <c r="J76" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" customHeight="1" ht="55">
+      <c r="B77" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="C77" s="5"/>
+      <c r="D77" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="E76" s="7" t="s">
+      <c r="E77" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="F77" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G77" s="7">
+        <v>0</v>
+      </c>
+      <c r="H77" s="7">
+        <v>0</v>
+      </c>
+      <c r="I77" s="7">
+        <v>100</v>
+      </c>
+      <c r="J77" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" customHeight="1" ht="55">
+      <c r="B78" s="4" t="s">
         <v>182</v>
-      </c>
-[...31 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C78" s="5"/>
       <c r="D78" s="5" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="E78" s="7" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G78" s="7">
-        <v>2.041165665</v>
+        <v>0</v>
       </c>
       <c r="H78" s="7">
-        <v>0.00306766</v>
+        <v>0</v>
       </c>
       <c r="I78" s="7">
         <v>100</v>
       </c>
       <c r="J78" s="7">
-        <v>1000</v>
-[...10 lines deleted...]
-      <c r="E79" s="7" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
+      <c r="B79" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="C79" s="8"/>
+      <c r="D79" s="8"/>
+      <c r="E79" s="8"/>
+      <c r="F79" s="8"/>
+      <c r="G79" s="8"/>
+      <c r="H79" s="8"/>
+      <c r="I79" s="8"/>
+      <c r="J79" s="8"/>
+    </row>
+    <row r="80" spans="1:10" customHeight="1" ht="55">
+      <c r="B80" s="4" t="s">
         <v>186</v>
-      </c>
-[...18 lines deleted...]
-        <v>189</v>
       </c>
       <c r="C80" s="5"/>
       <c r="D80" s="5" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="E80" s="7" t="s">
-        <v>191</v>
+        <v>52</v>
       </c>
       <c r="F80" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G80" s="7">
-        <v>2.041165665</v>
+        <v>2.177243376</v>
       </c>
       <c r="H80" s="7">
-        <v>0.00306766</v>
+        <v>0.00452693</v>
       </c>
       <c r="I80" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J80" s="7">
-        <v>1000</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="39">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" customHeight="1" ht="55">
       <c r="B81" s="4" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C81" s="5"/>
       <c r="D81" s="5" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="E81" s="7" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F81" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G81" s="7">
-        <v>2.041165665</v>
+        <v>0.38555356549999</v>
       </c>
       <c r="H81" s="7">
-        <v>0.00306766</v>
+        <v>0.00117987</v>
       </c>
       <c r="I81" s="7">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="J81" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="55">
       <c r="B82" s="4" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C82" s="5"/>
       <c r="D82" s="5" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="E82" s="7" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G82" s="7">
-        <v>2.041165665</v>
+        <v>0.2041165935</v>
       </c>
       <c r="H82" s="7">
-        <v>0.00306766</v>
+        <v>0.00060837</v>
       </c>
       <c r="I82" s="7">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="J82" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="55">
       <c r="B83" s="4" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C83" s="5"/>
       <c r="D83" s="5" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="E83" s="7" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="F83" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="7">
-        <v>1.723651234</v>
+        <v>0.38555356549999</v>
       </c>
       <c r="H83" s="7">
-        <v>0</v>
+        <v>0.00117987</v>
       </c>
       <c r="I83" s="7">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="J83" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="55">
       <c r="B84" s="4" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C84" s="5"/>
       <c r="D84" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="E84" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="F84" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G84" s="7">
+        <v>1.8007619471</v>
+      </c>
+      <c r="H84" s="7">
+        <v>0.00255638</v>
+      </c>
+      <c r="I84" s="7">
+        <v>144</v>
+      </c>
+      <c r="J84" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="B85" s="9" t="s">
+        <v>199</v>
+      </c>
+      <c r="C85" s="9"/>
+      <c r="D85" s="9"/>
+      <c r="E85" s="9"/>
+      <c r="F85" s="9"/>
+      <c r="G85" s="9"/>
+      <c r="H85" s="9"/>
+      <c r="I85" s="9"/>
+      <c r="J85" s="9"/>
+    </row>
+    <row r="86" spans="1:10" customHeight="1" ht="39">
+      <c r="B86" s="4" t="s">
         <v>200</v>
-      </c>
-[...48 lines deleted...]
-        <v>204</v>
       </c>
       <c r="C86" s="5"/>
       <c r="D86" s="5" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="E86" s="7" t="s">
-        <v>203</v>
+        <v>52</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G86" s="7">
-        <v>0</v>
+        <v>2.177243376</v>
       </c>
       <c r="H86" s="7">
-        <v>0</v>
+        <v>0.00452693</v>
       </c>
       <c r="I86" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J86" s="7">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="55">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" customHeight="1" ht="39">
       <c r="B87" s="4" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C87" s="5"/>
       <c r="D87" s="5" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="E87" s="7" t="s">
-        <v>208</v>
+        <v>52</v>
       </c>
       <c r="F87" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="7">
-        <v>0</v>
+        <v>2.177243376</v>
       </c>
       <c r="H87" s="7">
-        <v>0</v>
+        <v>0.00452693</v>
       </c>
       <c r="I87" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J87" s="7">
-        <v>0</v>
-[...15 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="55">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" customHeight="1" ht="39">
+      <c r="B88" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="C88" s="5"/>
+      <c r="D88" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="E88" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="F88" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G88" s="7">
+        <v>2.177243376</v>
+      </c>
+      <c r="H88" s="7">
+        <v>0.00452693</v>
+      </c>
+      <c r="I88" s="7">
+        <v>250</v>
+      </c>
+      <c r="J88" s="7">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" customHeight="1" ht="39">
       <c r="B89" s="4" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C89" s="5"/>
       <c r="D89" s="5" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="E89" s="7" t="s">
         <v>52</v>
       </c>
       <c r="F89" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G89" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H89" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I89" s="7">
         <v>250</v>
       </c>
       <c r="J89" s="7">
         <v>1500</v>
       </c>
     </row>
-    <row r="90" spans="1:10" customHeight="1" ht="55">
+    <row r="90" spans="1:10" customHeight="1" ht="39">
       <c r="B90" s="4" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="C90" s="5"/>
       <c r="D90" s="5" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="E90" s="7" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="F90" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="7">
-        <v>1.043262589</v>
+        <v>2.177243376</v>
       </c>
       <c r="H90" s="7">
-        <v>0.00353961</v>
+        <v>0.00452693</v>
       </c>
       <c r="I90" s="7">
-        <v>144</v>
+        <v>250</v>
       </c>
       <c r="J90" s="7">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="55">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" customHeight="1" ht="39">
       <c r="B91" s="4" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="C91" s="5"/>
       <c r="D91" s="5" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="E91" s="7" t="s">
-        <v>217</v>
+        <v>52</v>
       </c>
       <c r="F91" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G91" s="7">
-        <v>0.181436972</v>
+        <v>2.177243376</v>
       </c>
       <c r="H91" s="7">
-        <v>0.00060837</v>
+        <v>0.00452693</v>
       </c>
       <c r="I91" s="7">
-        <v>24</v>
+        <v>250</v>
       </c>
       <c r="J91" s="7">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="55">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" customHeight="1" ht="39">
       <c r="B92" s="4" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="C92" s="5"/>
       <c r="D92" s="5" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="E92" s="7" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="F92" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G92" s="7">
-        <v>0.38555356549999</v>
+        <v>2.177243376</v>
       </c>
       <c r="H92" s="7">
-        <v>0.00117987</v>
+        <v>0.00452693</v>
       </c>
       <c r="I92" s="7">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="J92" s="7">
-        <v>0</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="55">
       <c r="B93" s="4" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="C93" s="5"/>
       <c r="D93" s="5" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="E93" s="7" t="s">
-        <v>223</v>
+        <v>210</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G93" s="7">
-        <v>0.2041165935</v>
+        <v>0</v>
       </c>
       <c r="H93" s="7">
-        <v>0.00060837</v>
+        <v>0</v>
       </c>
       <c r="I93" s="7">
-        <v>24</v>
+        <v>250</v>
       </c>
       <c r="J93" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="94" spans="1:10" customHeight="1" ht="55">
-[...24 lines deleted...]
-      </c>
+    <row r="94" spans="1:10">
+      <c r="B94" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="C94" s="8"/>
+      <c r="D94" s="8"/>
+      <c r="E94" s="8"/>
+      <c r="F94" s="8"/>
+      <c r="G94" s="8"/>
+      <c r="H94" s="8"/>
+      <c r="I94" s="8"/>
+      <c r="J94" s="8"/>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="55">
       <c r="B95" s="4" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="C95" s="5"/>
       <c r="D95" s="5" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E95" s="7" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F95" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G95" s="7">
-        <v>1.8007619471</v>
+        <v>0.2400002906373</v>
       </c>
       <c r="H95" s="7">
-        <v>0.00255638</v>
+        <v>0.0005722</v>
       </c>
       <c r="I95" s="7">
-        <v>144</v>
+        <v>25</v>
       </c>
       <c r="J95" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="96" spans="1:10">
-[...12 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="39">
+    <row r="96" spans="1:10" customHeight="1" ht="55">
+      <c r="B96" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="C96" s="5"/>
+      <c r="D96" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E96" s="7" t="s">
+        <v>223</v>
+      </c>
+      <c r="F96" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G96" s="7">
+        <v>0.1950447449</v>
+      </c>
+      <c r="H96" s="7">
+        <v>0.00073742</v>
+      </c>
+      <c r="I96" s="7">
+        <v>24</v>
+      </c>
+      <c r="J96" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" customHeight="1" ht="55">
       <c r="B97" s="4" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="C97" s="5"/>
       <c r="D97" s="5" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="E97" s="7" t="s">
-        <v>52</v>
+        <v>226</v>
       </c>
       <c r="F97" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G97" s="7">
-        <v>2.177243376</v>
+        <v>0.35800009333964</v>
       </c>
       <c r="H97" s="7">
-        <v>0.00452693</v>
+        <v>0.00120859</v>
       </c>
       <c r="I97" s="7">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="J97" s="7">
-        <v>2000</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" customHeight="1" ht="55">
       <c r="B98" s="4" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="C98" s="5"/>
       <c r="D98" s="5" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="E98" s="7" t="s">
-        <v>52</v>
+        <v>229</v>
       </c>
       <c r="F98" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G98" s="7">
-        <v>2.177243376</v>
+        <v>0.89811301139998</v>
       </c>
       <c r="H98" s="7">
-        <v>0.00452693</v>
+        <v>0.00256867</v>
       </c>
       <c r="I98" s="7">
-        <v>250</v>
+        <v>144</v>
       </c>
       <c r="J98" s="7">
-        <v>2000</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" customHeight="1" ht="55">
       <c r="B99" s="4" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="C99" s="5"/>
       <c r="D99" s="5" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="E99" s="7" t="s">
-        <v>146</v>
+        <v>232</v>
       </c>
       <c r="F99" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G99" s="7">
-        <v>2.177243376</v>
+        <v>0.34019432249999</v>
       </c>
       <c r="H99" s="7">
-        <v>0.00452693</v>
+        <v>0.00154858</v>
       </c>
       <c r="I99" s="7">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="J99" s="7">
-        <v>2000</v>
-[...27 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="B100" s="9" t="s">
+        <v>233</v>
+      </c>
+      <c r="C100" s="9"/>
+      <c r="D100" s="9"/>
+      <c r="E100" s="9"/>
+      <c r="F100" s="9"/>
+      <c r="G100" s="9"/>
+      <c r="H100" s="9"/>
+      <c r="I100" s="9"/>
+      <c r="J100" s="9"/>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="39">
       <c r="B101" s="4" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C101" s="5"/>
       <c r="D101" s="5" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="E101" s="7" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="F101" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="7">
-        <v>2.177243376</v>
+        <v>0.6985323421999901</v>
       </c>
       <c r="H101" s="7">
-        <v>0.00452693</v>
+        <v>0.00296653</v>
       </c>
       <c r="I101" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J101" s="7">
-        <v>1500</v>
-[...294 lines deleted...]
-      <c r="J113" s="7">
         <v>1200</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="B22:J22"/>
-    <mergeCell ref="B31:J31"/>
-[...10 lines deleted...]
-    <mergeCell ref="B112:J112"/>
+    <mergeCell ref="B29:J29"/>
+    <mergeCell ref="B30:J30"/>
+    <mergeCell ref="B34:J34"/>
+    <mergeCell ref="B40:J40"/>
+    <mergeCell ref="B49:J49"/>
+    <mergeCell ref="B60:J60"/>
+    <mergeCell ref="B64:J64"/>
+    <mergeCell ref="B68:J68"/>
+    <mergeCell ref="B79:J79"/>
+    <mergeCell ref="B85:J85"/>
+    <mergeCell ref="B94:J94"/>
+    <mergeCell ref="B100:J100"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>