--- v2 (2025-11-26)
+++ v3 (2025-12-13)
@@ -7,129 +7,129 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Bouncy Balls" sheetId="1" r:id="rId4"/>
+    <sheet name="Мячи прыгуны" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="237">
-[...1 lines deleted...]
-    <t>Phone: 954 769-0510</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
+  <si>
+    <t>Телефон: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
-    <t>Items</t>
-[...28 lines deleted...]
-    <t>Bouncy Balls</t>
+    <t>Артикул</t>
+  </si>
+  <si>
+    <t>Фотография</t>
+  </si>
+  <si>
+    <t>Название</t>
+  </si>
+  <si>
+    <t>Цена</t>
+  </si>
+  <si>
+    <t>Единица</t>
+  </si>
+  <si>
+    <t>Масса (кг)</t>
+  </si>
+  <si>
+    <t>Объем (м³)</t>
+  </si>
+  <si>
+    <t>Штук 
+ в упаковке</t>
+  </si>
+  <si>
+    <t>Штук 
+ в коробке</t>
+  </si>
+  <si>
+    <t>Мячи прыгуны</t>
   </si>
   <si>
     <t xml:space="preserve">45E0001-12 </t>
   </si>
   <si>
     <t>Bouncy Balls Party Favors - 45mm Bouncing Balls - Large Hi Bounce Ball - Rubber Ball Gifts for Kids - 12Pcs</t>
   </si>
   <si>
     <t>$17.37</t>
   </si>
   <si>
-    <t>Package</t>
+    <t>Упаковка</t>
   </si>
   <si>
     <t xml:space="preserve">BA-60MMB </t>
   </si>
   <si>
-    <t>60mm 2.4" Ball Mix 25 pcs</t>
+    <t>60mm 2.4" Ball Mix</t>
   </si>
   <si>
     <t>$16.19</t>
   </si>
   <si>
     <t xml:space="preserve">BA-ICB45 </t>
   </si>
   <si>
-    <t>Icy Hi-Bounce Ball 45 mm 12 pcs</t>
+    <t>Мячи прыгуны Icy Hi-Bounce Ball 45 мм</t>
   </si>
   <si>
     <t>$5.25</t>
   </si>
   <si>
     <t xml:space="preserve">BA-GLI27 </t>
   </si>
   <si>
     <t>Glitter Ball 27 mm</t>
   </si>
   <si>
     <t>$9.19</t>
   </si>
   <si>
     <t xml:space="preserve">BA-FRO60 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Ball 60 mm</t>
   </si>
   <si>
     <t>$9.45</t>
   </si>
   <si>
     <t xml:space="preserve">BA-45MMB </t>
   </si>
@@ -160,57 +160,57 @@
   <si>
     <t>Icy Ball 27 mm</t>
   </si>
   <si>
     <t xml:space="preserve">BA-SGL27 </t>
   </si>
   <si>
     <t>Glow In Dark Smile Face Ball 27 mm</t>
   </si>
   <si>
     <t>$10.00</t>
   </si>
   <si>
     <t xml:space="preserve">ZS-ICE32-X17205 </t>
   </si>
   <si>
     <t>ICY BALL 32mm</t>
   </si>
   <si>
     <t>$10.19</t>
   </si>
   <si>
     <t xml:space="preserve">BA-ICE75 </t>
   </si>
   <si>
-    <t>Icy Hi-Bounce Ball 3in</t>
+    <t>Icy Hi-Bounce Ball 75 mm</t>
   </si>
   <si>
     <t>$26.33</t>
   </si>
   <si>
-    <t>Over 2"/50 mm</t>
+    <t>Более 50 мм</t>
   </si>
   <si>
     <t xml:space="preserve">75FRB-12 </t>
   </si>
   <si>
     <t>75mm Frosty Hi-Bounce Balls 12-Pack for Unlimited Bouncing Adventure</t>
   </si>
   <si>
     <t>$28.50</t>
   </si>
   <si>
     <t xml:space="preserve">75ICB </t>
   </si>
   <si>
     <t>75mm Icy Hi-Bounce Balls - Textured Frost Look, Multi-Colored Halves, Bouncy Play Fun, Perfect Themed Toys, Must-Have Toy Collection</t>
   </si>
   <si>
     <t xml:space="preserve">60MIB-25 </t>
   </si>
   <si>
     <t>60mm Hi-Bounce Ball Set 25 Pack - Assorted Designs for Fun Play and High Bounce Toy Collection</t>
   </si>
   <si>
     <t>$23.25</t>
   </si>
@@ -220,140 +220,131 @@
   <si>
     <t>60mm Hi-Bounce Playful Balls with Frosty Texture for Interactive Play - Pack of 12 Bouncy Toy Balls with Neon Colors</t>
   </si>
   <si>
     <t>$12.38</t>
   </si>
   <si>
     <t xml:space="preserve">60MIB-6 </t>
   </si>
   <si>
     <t>Assorted Colorful Bouncy Balls 2.4 inch (60 mm) 6 psc - Rubber Balls for Toddlers Mixed Pattern Style Bouncy Balls for Kids Large Balls for Babies - Party Favors Gifts Toys &amp; Games</t>
   </si>
   <si>
     <t>$11.44</t>
   </si>
   <si>
     <t xml:space="preserve">BA-FRO45 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Ball 45 mm</t>
   </si>
   <si>
     <t>$15.30</t>
   </si>
   <si>
-    <t>1.93"/49mm</t>
-[...2 lines deleted...]
-    <t>1.93"/49mm - 40 Count</t>
+    <t>49 мм</t>
+  </si>
+  <si>
+    <t>49 мм 40 штук</t>
   </si>
   <si>
     <t xml:space="preserve">49FRB2 </t>
   </si>
   <si>
     <t>49mm Hi-Bounce Frosty Texture Rubber Balls – Vibrant Children's Play Essentials, 40 Piece Colorful Balls - Ultimate Kids' Party Favors &amp; Playground Fun!</t>
   </si>
   <si>
     <t>$24.75</t>
   </si>
   <si>
     <t xml:space="preserve">49MIB2 </t>
   </si>
   <si>
     <t>49mm Hi-Bounce Mixed Ball - Popular Best Seller with Variety &amp; Quality Pack of 40</t>
   </si>
   <si>
     <t xml:space="preserve">49TWB2 </t>
   </si>
   <si>
     <t>49mm Hi-Bounce Bouncy Balls Set of 40 - Marble Look Swirl for Kids Games &amp; Parties</t>
   </si>
   <si>
-    <t>1.77"/45mm</t>
+    <t>45 мм</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-12 </t>
   </si>
   <si>
     <t>Entervending Large 45mm Bouncy Balls - 12 Pcs, Bowling Style, Rubber, Green</t>
   </si>
   <si>
     <t>$9.99</t>
   </si>
   <si>
     <t xml:space="preserve">45V0-12 </t>
   </si>
   <si>
     <t>Bouncy Balls - Frosty Bounce Balls in Bucket - Party Favors for Kids- 45mm Bouncing Toys for Kids - 12 Pcs - Large Hi Bounce Rubber Ball</t>
   </si>
   <si>
     <t>$12.64</t>
   </si>
   <si>
     <t xml:space="preserve">45ALB </t>
   </si>
   <si>
     <t>3-D Alien Bounce Ball Collection: 12 pc Set with Unique Extraterrestrial Figures Perfect for Party Favors and Kids Toys, Explore the Sci-Fi Adventure!</t>
   </si>
   <si>
     <t>$13.50</t>
   </si>
   <si>
     <t xml:space="preserve">45DIB </t>
   </si>
   <si>
     <t>3-D Hi-Bounce Dinosaur Balls with Plastic Figures Inside - Perfect Kids Toys for Thrilling Playtime - Get Your Dino Adventure Today!</t>
   </si>
   <si>
     <t xml:space="preserve">45SNB </t>
   </si>
   <si>
     <t>Snake Hi-Bounce Play Balls Collection with Mesmerizing Figures Inside, Perfect Gift Idea for Kids, Engaging Indoor/Outdoor Games, Fun Toy Variety Pack in Every Set</t>
   </si>
   <si>
-    <t>1.77"/45mm - 25 Count</t>
+    <t>45 мм 25 штук</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-25 </t>
   </si>
   <si>
-    <t>Bowling Hi-Bounce Balls 45 mm</t>
+    <t>Мячи прыгуны Bowling 45 мм</t>
   </si>
   <si>
     <t>$10.05</t>
   </si>
   <si>
-    <t xml:space="preserve">45V1-25 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">45V0-25 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Frosty Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$15.84</t>
   </si>
   <si>
     <t xml:space="preserve">45E0001-25 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Glitter Bounce Balls Bulk - Party Favors - Rubber Balls for Kids - 25 Pcs Large Bouncy Ball 45 mm - Super Bouncy Balls Gift for Kids</t>
   </si>
   <si>
     <t>$11.05</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-GOLD </t>
   </si>
   <si>
     <t>Bouncy Balls - Rubber Balls for Kids - Gold Bowling Bounce Ball - 25 Pcs Large Bouncy Super Ball 45 mm - Vending Machine Toys - Bouncing Party Favors</t>
   </si>
   <si>
     <t>$18.69</t>
@@ -364,57 +355,57 @@
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Silver Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$20.89</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-PURPLE </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Purple Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$23.09</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-RED </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Red Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$21.99</t>
   </si>
   <si>
-    <t>1.77"/45mm - 50 Count</t>
+    <t>45 мм 50 штук</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-50 </t>
   </si>
   <si>
-    <t xml:space="preserve"> Large 45mm Bouncy Balls - 50 Pcs, Bowling Style, Rubber,</t>
+    <t>Мячи прыгуны Маскарад 45 мм</t>
   </si>
   <si>
     <t>$39.19</t>
   </si>
   <si>
     <t xml:space="preserve">45BOB </t>
   </si>
   <si>
     <t>45mm Hi-Bounce Bowling Ball Look-Alikes - Assorted Swirling Colors Toy Pack</t>
   </si>
   <si>
     <t xml:space="preserve">45FRB </t>
   </si>
   <si>
     <t>Hi-Bounce Ball Mix 45mm Frosty Texture Sensory Party Pack</t>
   </si>
   <si>
     <t xml:space="preserve">45POB2 </t>
   </si>
   <si>
     <t>50-Piece High-Bounce Pool Balls Set with Classic Billiard Design</t>
   </si>
   <si>
     <t>$27.00</t>
   </si>
@@ -439,108 +430,108 @@
   <si>
     <t>45mm Transparent Rubber Bouncy Balls with Confetti - Fun Mix for Kids, Party Favors, Non-Toxic Interactive Toy</t>
   </si>
   <si>
     <t>$30.00</t>
   </si>
   <si>
     <t xml:space="preserve">45MIB2 </t>
   </si>
   <si>
     <t>45mm Hi-Bounce Ball Mix for Kids and Playground Fun - Bulk Rubber Bouncy Toy Assortment</t>
   </si>
   <si>
     <t xml:space="preserve">45RAB </t>
   </si>
   <si>
     <t>45mm Rubber Hi-Bounce Balls Assortment - 50 Pc Vibrant Play Balls Collection</t>
   </si>
   <si>
     <t xml:space="preserve">45SBB </t>
   </si>
   <si>
     <t>45mm Rubber Hi-Bounce Balls Pack of 50 for Indoor Outdoor Games Party Favors Kids Fun</t>
   </si>
   <si>
-    <t>1.26"/32mm</t>
+    <t>32 мм</t>
   </si>
   <si>
     <t xml:space="preserve">32V0-12 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - 12 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Party Favors Classroom Prizes</t>
   </si>
   <si>
     <t>$10.33</t>
   </si>
   <si>
     <t xml:space="preserve">32V0-24 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - 24 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
   </si>
   <si>
     <t>$13.30</t>
   </si>
   <si>
     <t xml:space="preserve">32V0-100 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - 100 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
   </si>
   <si>
     <t>$31.89</t>
   </si>
   <si>
-    <t>1.26"/32mm - 50 Count</t>
+    <t>32 мм 50 штук</t>
   </si>
   <si>
     <t xml:space="preserve">32MB-50 </t>
   </si>
   <si>
     <t>Bouncy Balls Galaxy Ball 1.26 inch (32 mm) 50 psc - Rubber Balls for Toddlers 5 Colors Bowling Style Bouncy Balls for Kids Small Balls for Babies - Party Favors Pinata Stuffers Gifts Toys &amp; Games</t>
   </si>
   <si>
     <t>$19.24</t>
   </si>
   <si>
     <t xml:space="preserve">32V0-50 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Icy Bouncy Balls 1.26 inch (32 mm) 50 psc - Rubber Balls for Toddlers 4 Colors Frosty Style Bouncy Balls for Kids Small Balls for Babies - Party Favors Pinata Stuffers Toys &amp; Games</t>
   </si>
   <si>
     <t xml:space="preserve">32BU002-50 </t>
   </si>
   <si>
-    <t>Two Tone Color Balls Mix 32 mm</t>
+    <t>Мячи прыгуны Two Tone Color 32 мм</t>
   </si>
   <si>
     <t>$4.78</t>
   </si>
   <si>
-    <t>1.26"/32mm - 100 Count</t>
+    <t>32 мм 100 штук</t>
   </si>
   <si>
     <t xml:space="preserve">32BOB </t>
   </si>
   <si>
     <t>32mm Bowling Hi-Bounce Balls Bulk, Metallic Look-Alike Swirling Colors Party Favors Pack, Toy Play Balls</t>
   </si>
   <si>
     <t>$20.25</t>
   </si>
   <si>
     <t xml:space="preserve">32FRB </t>
   </si>
   <si>
     <t>32mm Hi-Bounce Balls Pack - Frosty Fun, Semi-Translucent, Perfect Toys for Playtime Games</t>
   </si>
   <si>
     <t xml:space="preserve">32HAB </t>
   </si>
   <si>
     <t>32mm Happy Face Hi-Bounce Balls 100pcs: Classic Smiley Bouncy Balls for Kids Fun, Outdoor Games, Party Favors, and Gift Ideas</t>
   </si>
   <si>
     <t>$21.75</t>
   </si>
@@ -574,93 +565,93 @@
   <si>
     <t xml:space="preserve">32COB </t>
   </si>
   <si>
     <t>32mm Transparent Hi-Bounce Balls with Confetti - Fun Mix Rubber Toys for Party Favors</t>
   </si>
   <si>
     <t>$23.62</t>
   </si>
   <si>
     <t xml:space="preserve">32DCB </t>
   </si>
   <si>
     <t>32mm Diamond Cut Hi-Bounce Ball Set - Transparent Gem Bouncing Toys for Collection, Fun Play, Group Activities - 100 Pieces</t>
   </si>
   <si>
     <t xml:space="preserve">32SPB </t>
   </si>
   <si>
     <t>30mm Sports Hi-Bounce Ball Collection - Mix of 100 Bouncy Tennis, Football, Basketball, Baseball, Soccer Balls</t>
   </si>
   <si>
     <t>$21.00</t>
   </si>
   <si>
-    <t>1.02"/27mm</t>
+    <t>27 мм</t>
   </si>
   <si>
     <t xml:space="preserve">27MIB2 </t>
   </si>
   <si>
     <t>Bouncy Ball Collection 27mm High-Quality Hi-Bounce Balls Mix 250 Piece Assorted Fun Variety Pack</t>
   </si>
   <si>
     <t xml:space="preserve">27V1-48 </t>
   </si>
   <si>
     <t>Bouncy Balls - 27mm 1.06” Icy Bounce Balls Bulk - 48 Pcs Colorful High Bouncing Balls for Party Favors and Party Bag Filler - Vending Machine Toys for Kids</t>
   </si>
   <si>
     <t>$12.56</t>
   </si>
   <si>
     <t xml:space="preserve">27BAL-24 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - 24 Pcs Small Bouncing Ball - 1.06 Inch - Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
   </si>
   <si>
     <t>$6.46</t>
   </si>
   <si>
     <t xml:space="preserve">27BAL-48 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - 48 Pcs Small Bouncing Balls - 1.06 Inch Bounce Balls - Hot Colored Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
   </si>
   <si>
     <t xml:space="preserve">27BAL-144 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - 144 Pcs Small Bouncing Balls - 1.06 Inch Bounce Balls - Hot Colored Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
   </si>
   <si>
     <t>$12.00</t>
   </si>
   <si>
-    <t>1.02"/27mm - 250 Count</t>
+    <t>27 мм 250 штук</t>
   </si>
   <si>
     <t xml:space="preserve">27FRB </t>
   </si>
   <si>
     <t>27mm Rubber Hi-Bounce Balls for Party Favors and Vending Machines - Bulk Pack of 250 Semi-Translucent Fun Toys</t>
   </si>
   <si>
     <t xml:space="preserve">27ICB </t>
   </si>
   <si>
     <t>27mm Icy Hi-Bounce Ball Pack - Textured Frost Spheres for Bouncing Fun - Unique Colorful Design - Assorted Plastic Toy Collection</t>
   </si>
   <si>
     <t xml:space="preserve">27SPB </t>
   </si>
   <si>
     <t>Sports Fan Bouncy Ball Variety Pack - 250 Piece Set for Party Favors, Kids Toy, Indoor and Outdoor Playtime, Non-Toxic Assorted Sports Balls</t>
   </si>
   <si>
     <t xml:space="preserve">27BOB2 </t>
   </si>
   <si>
     <t>27mm Hi-Bounce Toy Balls: Mini Bowling Fun for Kids, Party Decorations &amp; Collectible Swirl Mix, 250 Bag</t>
   </si>
@@ -670,105 +661,102 @@
   <si>
     <t>27mm Happy Face Hi-Bounce Balls - 250 Pack Super Bouncy Emoji Toy Ball - Ultimate Party Supplies &amp; Fun Kids' Play Collectible Novelty</t>
   </si>
   <si>
     <t>$33.00</t>
   </si>
   <si>
     <t xml:space="preserve">27NSB2 </t>
   </si>
   <si>
     <t>27mm Hi-Bounce Spot Ball Collection 250 pcs - Mix Assortment for Playful Spots Drama, Motion Play, Bouncing Excitement, and Sensory Fun</t>
   </si>
   <si>
     <t xml:space="preserve">27PRB2 </t>
   </si>
   <si>
     <t>Premium Hi-Bounce Balls: Perfect Mix for Vending Machine Success</t>
   </si>
   <si>
     <t xml:space="preserve">27COB </t>
   </si>
   <si>
     <t>27mm High Bounce Translucent Rubber Balls with Mixed Colors Confetti - Fun Party Favors 250 Pcs</t>
   </si>
   <si>
-    <t>1"/25mm</t>
+    <t>25 мм</t>
   </si>
   <si>
     <t xml:space="preserve">25ASSORT-25 </t>
   </si>
   <si>
     <t>Bouncy Balls Assorted Bulk Toys Pack 25psc 1 inch 25mm - Super Ball for Toddlers and Adults Party Favors Pinata Filler Goodie Bags Stuffers for Kids - Treasure Box Toys for Classroom Carnival Prizes</t>
   </si>
   <si>
     <t>$5.53</t>
   </si>
   <si>
     <t xml:space="preserve">25E0001-24 </t>
   </si>
   <si>
     <t>Bouncy Balls - 24 Pcs Glitter Bouncing Balls - Assorted Colors 1</t>
   </si>
   <si>
     <t>$6.72</t>
   </si>
   <si>
     <t xml:space="preserve">25E0001-48 </t>
   </si>
   <si>
     <t>Bouncy Balls - 48 Pcs Glitter Bouncing Balls - Assorted Colors 1</t>
   </si>
   <si>
     <t>$13.68</t>
   </si>
   <si>
     <t xml:space="preserve">25E0001-144 </t>
   </si>
   <si>
     <t>Bouncy Balls - 144 Pcs Glitter Bouncing Balls - Assorted Colors 1</t>
   </si>
   <si>
     <t>$39.05</t>
   </si>
   <si>
     <t xml:space="preserve">25V0-50 </t>
   </si>
   <si>
-    <t>Frosty Hi-Bounce Balls 25 mm 50 pcs</t>
+    <t>Мячи прыгуны Frosty 25 мм</t>
   </si>
   <si>
     <t>$6.74</t>
   </si>
   <si>
-    <t>1"/25mm - 100 Count</t>
+    <t>25 мм 100 штук</t>
   </si>
   <si>
     <t xml:space="preserve">25V0-100 </t>
-  </si>
-[...1 lines deleted...]
-    <t>Frosty Hi-Bounce Balls 25 mm</t>
   </si>
   <si>
     <t>$6.82</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -858,51 +846,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc4715.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e74680bead5239e614f337c622a241998.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf5e93717b8388fcba628769341306a29.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b9510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce4a97226cdd702c4581c634d276907014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0de8101003696b9b9fca9fb39e323af15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_333c93b3f2ce028a505b75aad835ef1f16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bc5ea2cc6b31240b23c561b250f033b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61bffe64ca9c98fc57e1ff393dbed70018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79482ea6525994af688ecd6d1a07489119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e129367ed47c574a3d750650aea5704820.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55f59593091c52b066bbb2914c117a6821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_631ece5f61c7433c40d2bac803114dc022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24de1e4dcdaa8a9838420281039d820723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d91425f63e71cad78e2ad424c3945d224.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b8a0712839967c818cef4322f0a1e5025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cc3ddc242fd877f30c93648ff02b6bc26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ecfc319ea4d8c02c966708b08c2f5b527.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cd3f9f88ff227f3f06145b3b5b066bc28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0240ce2f5f0861e3c06c5582e26a93d29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bdd57088d45f4651d9e5c0937c19df130.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9e97e339812f491b16b4bcffed22b6531.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47569c05ac14df75676e70c04b5dd2c032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_146f2e5ebd78117f02ab38316cb53cf233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edda7d307dd33b73ba9ae56c2815d2f34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e22be2e067e7a7e28a2cfa216f573c1735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76dd6d5ea3d6fd48fa5fad3770b756bb36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a33545d9d83589e251da20f3164c2f2b37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64996f42205bba199127f75e820ff41b38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15da06542886210a020deecc6182361139.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fb79ec3a25236cd4f4e0645ab71cc1240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fad98daf8e2bc79d188e8325cdacd6841.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d9ea728bdf61469619b1e36110f173c42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b215d3b6cbf49fb508de0277e6a562f043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_577a65a4e468c579d7863a91a0e0ea8644.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00d9899ba63742e39965b4a98bea263445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_936c0edd04a8592c47ca25f389d7619946.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b3bbce47c213d74860be4d66753a03847.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53fa2d1c54065e9508189c049f8e2c8848.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a95ca418a4ffc81b2de7c3127c8aa3349.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_895c20fd456bbb63484055e8d919846250.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a0489a498342f5a83139f4d779fa7e051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f8b67840a0861c72a55d8a3a277065952.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac3704587b5f08756b9d1b45fe2b630553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_166b6b8f316da0151651126ab4bad98354.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a906821336621443c5ca865058a65c055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb56486379502a7cae959c5b3fe663da56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75169038daeb754a6724c31739c06a5757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e2f8603d4b1f1d5047681cae5ad881058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80bab37d7cb8705dbc12fa60511e751559.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e3fd2df8fb6c6f4421a8e0c7d2ed03060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f638b167ae929524ec6e2af44a27a73061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bcd3f028187308d51b5a34d5a19323c162.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_03b0050c74c6ff91d22d09e581d0952b63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_72c4df6b17cbe6214fb61df54aa180cf64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f399d06a389aee66ec1c4b55073ac2565.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_832f3d8e225783f6c997c298b205f80e66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb121fa131f534a2d927143307c05c3b67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc95aeb08621787d1f37ccd056ce952168.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c0f6c6b5d3a77ec09076cbdf81efb869.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214ca71f4dcc864a7c6f78aecc4cf13570.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d799c7f1afb7deef07e40c8ef28c61f671.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64b6d486a7df94b27d122db2e5a4dc1c72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb8617e290ab9820c08d0ca79d21e14d73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a37fcf9779d6e5ba4f63228ca72c18a74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c4244a4a038dcfa7358909e90945eac775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e53ccdacbe86b5bee130f7a40ffcac3776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da6e2de91b05fea919fddcbc669688c077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fae57f4732e16808ff5d24ec9cb601a78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_861c38894df90a29982dd00d7a97b09c79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bea9207fae8e0a34da4d5439c8fd182580.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc4715.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e74680bead5239e614f337c622a241998.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf5e93717b8388fcba628769341306a29.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b9510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce4a97226cdd702c4581c634d276907014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0de8101003696b9b9fca9fb39e323af15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_333c93b3f2ce028a505b75aad835ef1f16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bc5ea2cc6b31240b23c561b250f033b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61bffe64ca9c98fc57e1ff393dbed70018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79482ea6525994af688ecd6d1a07489119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e129367ed47c574a3d750650aea5704820.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55f59593091c52b066bbb2914c117a6821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_631ece5f61c7433c40d2bac803114dc022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24de1e4dcdaa8a9838420281039d820723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d91425f63e71cad78e2ad424c3945d224.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b8a0712839967c818cef4322f0a1e5025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cc3ddc242fd877f30c93648ff02b6bc26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ecfc319ea4d8c02c966708b08c2f5b527.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cd3f9f88ff227f3f06145b3b5b066bc28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bdd57088d45f4651d9e5c0937c19df129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9e97e339812f491b16b4bcffed22b6530.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47569c05ac14df75676e70c04b5dd2c031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_146f2e5ebd78117f02ab38316cb53cf232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edda7d307dd33b73ba9ae56c2815d2f33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e22be2e067e7a7e28a2cfa216f573c1734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76dd6d5ea3d6fd48fa5fad3770b756bb35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a33545d9d83589e251da20f3164c2f2b36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64996f42205bba199127f75e820ff41b37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15da06542886210a020deecc6182361138.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fb79ec3a25236cd4f4e0645ab71cc1239.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fad98daf8e2bc79d188e8325cdacd6840.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d9ea728bdf61469619b1e36110f173c41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b215d3b6cbf49fb508de0277e6a562f042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_577a65a4e468c579d7863a91a0e0ea8643.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00d9899ba63742e39965b4a98bea263444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_936c0edd04a8592c47ca25f389d7619945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b3bbce47c213d74860be4d66753a03846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53fa2d1c54065e9508189c049f8e2c8847.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a95ca418a4ffc81b2de7c3127c8aa3348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_895c20fd456bbb63484055e8d919846249.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a0489a498342f5a83139f4d779fa7e050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f8b67840a0861c72a55d8a3a277065951.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac3704587b5f08756b9d1b45fe2b630552.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_166b6b8f316da0151651126ab4bad98353.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a906821336621443c5ca865058a65c054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb56486379502a7cae959c5b3fe663da55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75169038daeb754a6724c31739c06a5756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e2f8603d4b1f1d5047681cae5ad881057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80bab37d7cb8705dbc12fa60511e751558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e3fd2df8fb6c6f4421a8e0c7d2ed03059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f638b167ae929524ec6e2af44a27a73060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bcd3f028187308d51b5a34d5a19323c161.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_03b0050c74c6ff91d22d09e581d0952b62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_72c4df6b17cbe6214fb61df54aa180cf63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f399d06a389aee66ec1c4b55073ac2564.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_832f3d8e225783f6c997c298b205f80e65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb121fa131f534a2d927143307c05c3b66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc95aeb08621787d1f37ccd056ce952167.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c0f6c6b5d3a77ec09076cbdf81efb868.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214ca71f4dcc864a7c6f78aecc4cf13569.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d799c7f1afb7deef07e40c8ef28c61f670.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64b6d486a7df94b27d122db2e5a4dc1c71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb8617e290ab9820c08d0ca79d21e14d72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a37fcf9779d6e5ba4f63228ca72c18a73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c4244a4a038dcfa7358909e90945eac774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e53ccdacbe86b5bee130f7a40ffcac3775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da6e2de91b05fea919fddcbc669688c076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fae57f4732e16808ff5d24ec9cb601a77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_861c38894df90a29982dd00d7a97b09c78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bea9207fae8e0a34da4d5439c8fd182579.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1887,1413 +1875,1383 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>50</xdr:row>
+        <xdr:cNvPr id="39" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>51</xdr:row>
+        <xdr:cNvPr id="50" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>52</xdr:row>
+        <xdr:cNvPr id="51" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>53</xdr:row>
+        <xdr:cNvPr id="52" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>54</xdr:row>
+        <xdr:cNvPr id="55" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>55</xdr:row>
+        <xdr:cNvPr id="56" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>56</xdr:row>
+        <xdr:cNvPr id="57" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>57</xdr:row>
+        <xdr:cNvPr id="58" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>58</xdr:row>
+        <xdr:cNvPr id="59" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>60</xdr:row>
+        <xdr:cNvPr id="60" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>61</xdr:row>
+        <xdr:cNvPr id="61" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>62</xdr:row>
+        <xdr:cNvPr id="62" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="48" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>64</xdr:row>
+        <xdr:cNvPr id="63" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>65</xdr:row>
+        <xdr:cNvPr id="64" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>82</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>66</xdr:row>
+        <xdr:cNvPr id="65" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>84</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="51" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>68</xdr:row>
+        <xdr:cNvPr id="66" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>85</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="52" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>69</xdr:row>
+        <xdr:cNvPr id="67" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>86</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="53" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>70</xdr:row>
+        <xdr:cNvPr id="68" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>71</xdr:row>
+        <xdr:cNvPr id="69" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>88</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>72</xdr:row>
+        <xdr:cNvPr id="70" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>91</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="56" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>73</xdr:row>
+        <xdr:cNvPr id="73" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>93</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>74</xdr:row>
+        <xdr:cNvPr id="74" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>94</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="58" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>75</xdr:row>
+        <xdr:cNvPr id="75" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="59" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>76</xdr:row>
+        <xdr:cNvPr id="76" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>96</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="60" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>77</xdr:row>
+        <xdr:cNvPr id="77" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="61" name="" descr=""/>
-[...173 lines deleted...]
-      <xdr:row>85</xdr:row>
+        <xdr:cNvPr id="78" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="67" name="" descr=""/>
-[...358 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="79" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3560,54 +3518,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J101"/>
+  <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J101" sqref="J101"/>
+      <selection activeCell="J100" sqref="J100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -4455,1593 +4413,1566 @@
       <c r="H41" s="7">
         <v>0.00397717</v>
       </c>
       <c r="I41" s="7">
         <v>25</v>
       </c>
       <c r="J41" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
         <v>94</v>
       </c>
       <c r="C42" s="5"/>
       <c r="D42" s="5" t="s">
         <v>95</v>
       </c>
       <c r="E42" s="7" t="s">
         <v>96</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
-        <v>0.92079263289998</v>
+        <v>0.92986448149998</v>
       </c>
       <c r="H42" s="7">
-        <v>0.00284861</v>
+        <v>0.00307343</v>
       </c>
       <c r="I42" s="7">
         <v>25</v>
       </c>
       <c r="J42" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>97</v>
       </c>
       <c r="C43" s="5"/>
       <c r="D43" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>99</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
-        <v>0.92986448149998</v>
+        <v>0.97975964879998</v>
       </c>
       <c r="H43" s="7">
-        <v>0.00307343</v>
+        <v>0.00471117</v>
       </c>
       <c r="I43" s="7">
         <v>25</v>
       </c>
       <c r="J43" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C44" s="5"/>
       <c r="D44" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E44" s="7" t="s">
         <v>102</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
-        <v>0.97975964879998</v>
+        <v>1.2609869554</v>
       </c>
       <c r="H44" s="7">
-        <v>0.00471117</v>
+        <v>0.0049313</v>
       </c>
       <c r="I44" s="7">
         <v>25</v>
       </c>
       <c r="J44" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
         <v>103</v>
       </c>
       <c r="C45" s="5"/>
       <c r="D45" s="5" t="s">
         <v>104</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>105</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
-        <v>1.2609869554</v>
+        <v>1.224699561</v>
       </c>
       <c r="H45" s="7">
-        <v>0.0049313</v>
+        <v>0.00333804</v>
       </c>
       <c r="I45" s="7">
         <v>25</v>
       </c>
       <c r="J45" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
         <v>106</v>
       </c>
       <c r="C46" s="5"/>
       <c r="D46" s="5" t="s">
         <v>107</v>
       </c>
       <c r="E46" s="7" t="s">
         <v>108</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
-        <v>1.224699561</v>
+        <v>1.3018102741</v>
       </c>
       <c r="H46" s="7">
-        <v>0.00333804</v>
+        <v>0.00325166</v>
       </c>
       <c r="I46" s="7">
         <v>25</v>
       </c>
       <c r="J46" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
         <v>109</v>
       </c>
       <c r="C47" s="5"/>
       <c r="D47" s="5" t="s">
         <v>110</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>111</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
-        <v>1.3018102741</v>
+        <v>1.211001069614</v>
       </c>
       <c r="H47" s="7">
-        <v>0.00325166</v>
+        <v>0.00288488</v>
       </c>
       <c r="I47" s="7">
         <v>25</v>
       </c>
       <c r="J47" s="7">
         <v>200</v>
       </c>
     </row>
-    <row r="48" spans="1:10" customHeight="1" ht="55">
-      <c r="B48" s="4" t="s">
+    <row r="48" spans="1:10">
+      <c r="B48" s="9" t="s">
         <v>112</v>
       </c>
-      <c r="C48" s="5"/>
-      <c r="D48" s="5" t="s">
+      <c r="C48" s="9"/>
+      <c r="D48" s="9"/>
+      <c r="E48" s="9"/>
+      <c r="F48" s="9"/>
+      <c r="G48" s="9"/>
+      <c r="H48" s="9"/>
+      <c r="I48" s="9"/>
+      <c r="J48" s="9"/>
+    </row>
+    <row r="49" spans="1:10" customHeight="1" ht="55">
+      <c r="B49" s="4" t="s">
         <v>113</v>
       </c>
-      <c r="E48" s="7" t="s">
+      <c r="C49" s="5"/>
+      <c r="D49" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="F48" s="7" t="s">
-[...16 lines deleted...]
-      <c r="B49" s="9" t="s">
+      <c r="E49" s="7" t="s">
         <v>115</v>
       </c>
-      <c r="C49" s="9"/>
-[...8 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="55">
+      <c r="F49" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="7">
+        <v>2.7920020203032</v>
+      </c>
+      <c r="H49" s="7">
+        <v>0</v>
+      </c>
+      <c r="I49" s="7">
+        <v>50</v>
+      </c>
+      <c r="J49" s="7">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" customHeight="1" ht="39">
       <c r="B50" s="4" t="s">
         <v>116</v>
       </c>
       <c r="C50" s="5"/>
       <c r="D50" s="5" t="s">
         <v>117</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>118</v>
+        <v>57</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="7">
-        <v>2.7920020203032</v>
+        <v>2.948350405</v>
       </c>
       <c r="H50" s="7">
-        <v>0</v>
+        <v>0.00426064</v>
       </c>
       <c r="I50" s="7">
         <v>50</v>
       </c>
       <c r="J50" s="7">
         <v>400</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="39">
       <c r="B51" s="4" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C51" s="5"/>
       <c r="D51" s="5" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H51" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I51" s="7">
         <v>50</v>
       </c>
       <c r="J51" s="7">
         <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="39">
       <c r="B52" s="4" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C52" s="5"/>
       <c r="D52" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E52" s="7" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H52" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I52" s="7">
         <v>50</v>
       </c>
       <c r="J52" s="7">
         <v>400</v>
       </c>
     </row>
-    <row r="53" spans="1:10" customHeight="1" ht="39">
+    <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
         <v>123</v>
       </c>
       <c r="C53" s="5"/>
       <c r="D53" s="5" t="s">
         <v>124</v>
       </c>
       <c r="E53" s="7" t="s">
         <v>125</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H53" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I53" s="7">
         <v>50</v>
       </c>
       <c r="J53" s="7">
         <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
         <v>126</v>
       </c>
       <c r="C54" s="5"/>
       <c r="D54" s="5" t="s">
         <v>127</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>128</v>
+        <v>57</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H54" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I54" s="7">
         <v>50</v>
       </c>
       <c r="J54" s="7">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C55" s="5"/>
       <c r="D55" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="E55" s="7" t="s">
         <v>130</v>
       </c>
-      <c r="E55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H55" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I55" s="7">
         <v>50</v>
       </c>
       <c r="J55" s="7">
-        <v>300</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
         <v>131</v>
       </c>
       <c r="C56" s="5"/>
       <c r="D56" s="5" t="s">
         <v>132</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>133</v>
+        <v>57</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="7">
         <v>0</v>
       </c>
       <c r="H56" s="7">
         <v>0</v>
       </c>
       <c r="I56" s="7">
         <v>50</v>
       </c>
       <c r="J56" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C57" s="5"/>
       <c r="D57" s="5" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="E57" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
         <v>0</v>
       </c>
       <c r="H57" s="7">
         <v>0</v>
       </c>
       <c r="I57" s="7">
         <v>50</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C58" s="5"/>
       <c r="D58" s="5" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="E58" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
         <v>0</v>
       </c>
       <c r="H58" s="7">
         <v>0</v>
       </c>
       <c r="I58" s="7">
         <v>50</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="1:10" customHeight="1" ht="55">
-      <c r="B59" s="4" t="s">
+    <row r="59" spans="1:10">
+      <c r="B59" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="C59" s="8"/>
+      <c r="D59" s="8"/>
+      <c r="E59" s="8"/>
+      <c r="F59" s="8"/>
+      <c r="G59" s="8"/>
+      <c r="H59" s="8"/>
+      <c r="I59" s="8"/>
+      <c r="J59" s="8"/>
+    </row>
+    <row r="60" spans="1:10" customHeight="1" ht="55">
+      <c r="B60" s="4" t="s">
         <v>138</v>
       </c>
-      <c r="C59" s="5"/>
-      <c r="D59" s="5" t="s">
+      <c r="C60" s="5"/>
+      <c r="D60" s="5" t="s">
         <v>139</v>
       </c>
-      <c r="E59" s="7" t="s">
-[...5 lines deleted...]
-      <c r="G59" s="7">
+      <c r="E60" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G60" s="7">
+        <v>0.136077729</v>
+      </c>
+      <c r="H60" s="7">
+        <v>9.831999999999999E-5</v>
+      </c>
+      <c r="I60" s="7">
+        <v>12</v>
+      </c>
+      <c r="J60" s="7">
         <v>0</v>
       </c>
-      <c r="H59" s="7">
-[...20 lines deleted...]
-      <c r="J60" s="8"/>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
         <v>141</v>
       </c>
       <c r="C61" s="5"/>
       <c r="D61" s="5" t="s">
         <v>142</v>
       </c>
       <c r="E61" s="7" t="s">
         <v>143</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="7">
-        <v>0.136077729</v>
+        <v>0.31751470099999</v>
       </c>
       <c r="H61" s="7">
-        <v>9.831999999999999E-5</v>
+        <v>0.00044245</v>
       </c>
       <c r="I61" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
         <v>144</v>
       </c>
       <c r="C62" s="5"/>
       <c r="D62" s="5" t="s">
         <v>145</v>
       </c>
       <c r="E62" s="7" t="s">
         <v>146</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="7">
-        <v>0.31751470099999</v>
+        <v>1.270058804</v>
       </c>
       <c r="H62" s="7">
-        <v>0.00044245</v>
+        <v>0.00182511</v>
       </c>
       <c r="I62" s="7">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="J62" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="63" spans="1:10" customHeight="1" ht="55">
-      <c r="B63" s="4" t="s">
+    <row r="63" spans="1:10">
+      <c r="B63" s="9" t="s">
         <v>147</v>
       </c>
-      <c r="C63" s="5"/>
-      <c r="D63" s="5" t="s">
+      <c r="C63" s="9"/>
+      <c r="D63" s="9"/>
+      <c r="E63" s="9"/>
+      <c r="F63" s="9"/>
+      <c r="G63" s="9"/>
+      <c r="H63" s="9"/>
+      <c r="I63" s="9"/>
+      <c r="J63" s="9"/>
+    </row>
+    <row r="64" spans="1:10" customHeight="1" ht="55">
+      <c r="B64" s="4" t="s">
         <v>148</v>
       </c>
-      <c r="E63" s="7" t="s">
+      <c r="C64" s="5"/>
+      <c r="D64" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="F63" s="7" t="s">
-[...16 lines deleted...]
-      <c r="B64" s="9" t="s">
+      <c r="E64" s="7" t="s">
         <v>150</v>
       </c>
-      <c r="C64" s="9"/>
-[...6 lines deleted...]
-      <c r="J64" s="9"/>
+      <c r="F64" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G64" s="7">
+        <v>0.89799961329248</v>
+      </c>
+      <c r="H64" s="7">
+        <v>0.00277722</v>
+      </c>
+      <c r="I64" s="7">
+        <v>50</v>
+      </c>
+      <c r="J64" s="7">
+        <v>600</v>
+      </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
         <v>151</v>
       </c>
       <c r="C65" s="5"/>
       <c r="D65" s="5" t="s">
         <v>152</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>153</v>
+        <v>111</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G65" s="7">
-        <v>0.89799961329248</v>
+        <v>0.64200111764909</v>
       </c>
       <c r="H65" s="7">
-        <v>0.00277722</v>
+        <v>0.00254046</v>
       </c>
       <c r="I65" s="7">
         <v>50</v>
       </c>
       <c r="J65" s="7">
         <v>600</v>
       </c>
     </row>
-    <row r="66" spans="1:10" customHeight="1" ht="55">
+    <row r="66" spans="1:10" customHeight="1" ht="39">
       <c r="B66" s="4" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C66" s="5"/>
       <c r="D66" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="E66" s="7" t="s">
         <v>155</v>
       </c>
-      <c r="E66" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F66" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G66" s="7">
-        <v>0.64200111764909</v>
+        <v>0.92986448149998</v>
       </c>
       <c r="H66" s="7">
-        <v>0.00254046</v>
+        <v>0.00265176</v>
       </c>
       <c r="I66" s="7">
         <v>50</v>
       </c>
       <c r="J66" s="7">
         <v>600</v>
       </c>
     </row>
-    <row r="67" spans="1:10" customHeight="1" ht="39">
-      <c r="B67" s="4" t="s">
+    <row r="67" spans="1:10">
+      <c r="B67" s="9" t="s">
         <v>156</v>
       </c>
-      <c r="C67" s="5"/>
-      <c r="D67" s="5" t="s">
+      <c r="C67" s="9"/>
+      <c r="D67" s="9"/>
+      <c r="E67" s="9"/>
+      <c r="F67" s="9"/>
+      <c r="G67" s="9"/>
+      <c r="H67" s="9"/>
+      <c r="I67" s="9"/>
+      <c r="J67" s="9"/>
+    </row>
+    <row r="68" spans="1:10" customHeight="1" ht="39">
+      <c r="B68" s="4" t="s">
         <v>157</v>
       </c>
-      <c r="E67" s="7" t="s">
+      <c r="C68" s="5"/>
+      <c r="D68" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="F67" s="7" t="s">
-[...16 lines deleted...]
-      <c r="B68" s="9" t="s">
+      <c r="E68" s="7" t="s">
         <v>159</v>
       </c>
-      <c r="C68" s="9"/>
-[...6 lines deleted...]
-      <c r="J68" s="9"/>
+      <c r="F68" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G68" s="7">
+        <v>2.041165665</v>
+      </c>
+      <c r="H68" s="7">
+        <v>0.00306766</v>
+      </c>
+      <c r="I68" s="7">
+        <v>100</v>
+      </c>
+      <c r="J68" s="7">
+        <v>1000</v>
+      </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="39">
       <c r="B69" s="4" t="s">
         <v>160</v>
       </c>
       <c r="C69" s="5"/>
       <c r="D69" s="5" t="s">
         <v>161</v>
       </c>
       <c r="E69" s="7" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="7">
         <v>2.041165665</v>
       </c>
       <c r="H69" s="7">
         <v>0.00306766</v>
       </c>
       <c r="I69" s="7">
         <v>100</v>
       </c>
       <c r="J69" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="39">
       <c r="B70" s="4" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C70" s="5"/>
       <c r="D70" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="E70" s="7" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="7">
         <v>2.041165665</v>
       </c>
       <c r="H70" s="7">
         <v>0.00306766</v>
       </c>
       <c r="I70" s="7">
         <v>100</v>
       </c>
       <c r="J70" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="39">
       <c r="B71" s="4" t="s">
         <v>165</v>
       </c>
       <c r="C71" s="5"/>
       <c r="D71" s="5" t="s">
         <v>166</v>
       </c>
       <c r="E71" s="7" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G71" s="7">
         <v>2.041165665</v>
       </c>
       <c r="H71" s="7">
         <v>0.00306766</v>
       </c>
       <c r="I71" s="7">
         <v>100</v>
       </c>
       <c r="J71" s="7">
         <v>1000</v>
       </c>
     </row>
-    <row r="72" spans="1:10" customHeight="1" ht="39">
+    <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="4" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C72" s="5"/>
       <c r="D72" s="5" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="E72" s="7" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="7">
         <v>2.041165665</v>
       </c>
       <c r="H72" s="7">
         <v>0.00306766</v>
       </c>
       <c r="I72" s="7">
         <v>100</v>
       </c>
       <c r="J72" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C73" s="5"/>
       <c r="D73" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="E73" s="7" t="s">
         <v>171</v>
       </c>
-      <c r="E73" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="7">
-        <v>2.041165665</v>
+        <v>1.723651234</v>
       </c>
       <c r="H73" s="7">
-        <v>0.00306766</v>
+        <v>0</v>
       </c>
       <c r="I73" s="7">
         <v>100</v>
       </c>
       <c r="J73" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="4" t="s">
         <v>172</v>
       </c>
       <c r="C74" s="5"/>
       <c r="D74" s="5" t="s">
         <v>173</v>
       </c>
       <c r="E74" s="7" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="7">
-        <v>1.723651234</v>
+        <v>2.2543540789</v>
       </c>
       <c r="H74" s="7">
         <v>0</v>
       </c>
       <c r="I74" s="7">
         <v>100</v>
       </c>
       <c r="J74" s="7">
-        <v>0</v>
+        <v>800</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="4" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C75" s="5"/>
       <c r="D75" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="E75" s="7" t="s">
         <v>176</v>
       </c>
-      <c r="E75" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F75" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="7">
-        <v>2.2543540789</v>
+        <v>0</v>
       </c>
       <c r="H75" s="7">
         <v>0</v>
       </c>
       <c r="I75" s="7">
         <v>100</v>
       </c>
       <c r="J75" s="7">
-        <v>800</v>
+        <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="4" t="s">
         <v>177</v>
       </c>
       <c r="C76" s="5"/>
       <c r="D76" s="5" t="s">
         <v>178</v>
       </c>
       <c r="E76" s="7" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F76" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="7">
         <v>0</v>
       </c>
       <c r="H76" s="7">
         <v>0</v>
       </c>
       <c r="I76" s="7">
         <v>100</v>
       </c>
       <c r="J76" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="55">
       <c r="B77" s="4" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C77" s="5"/>
       <c r="D77" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="E77" s="7" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="F77" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G77" s="7">
         <v>0</v>
       </c>
       <c r="H77" s="7">
         <v>0</v>
       </c>
       <c r="I77" s="7">
         <v>100</v>
       </c>
       <c r="J77" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="78" spans="1:10" customHeight="1" ht="55">
-      <c r="B78" s="4" t="s">
+    <row r="78" spans="1:10">
+      <c r="B78" s="8" t="s">
         <v>182</v>
       </c>
-      <c r="C78" s="5"/>
-      <c r="D78" s="5" t="s">
+      <c r="C78" s="8"/>
+      <c r="D78" s="8"/>
+      <c r="E78" s="8"/>
+      <c r="F78" s="8"/>
+      <c r="G78" s="8"/>
+      <c r="H78" s="8"/>
+      <c r="I78" s="8"/>
+      <c r="J78" s="8"/>
+    </row>
+    <row r="79" spans="1:10" customHeight="1" ht="55">
+      <c r="B79" s="4" t="s">
         <v>183</v>
       </c>
-      <c r="E78" s="7" t="s">
+      <c r="C79" s="5"/>
+      <c r="D79" s="5" t="s">
         <v>184</v>
       </c>
-      <c r="F78" s="7" t="s">
-[...26 lines deleted...]
-      <c r="J79" s="8"/>
+      <c r="E79" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G79" s="7">
+        <v>2.177243376</v>
+      </c>
+      <c r="H79" s="7">
+        <v>0.00452693</v>
+      </c>
+      <c r="I79" s="7">
+        <v>250</v>
+      </c>
+      <c r="J79" s="7">
+        <v>1500</v>
+      </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="55">
       <c r="B80" s="4" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C80" s="5"/>
       <c r="D80" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E80" s="7" t="s">
         <v>187</v>
       </c>
-      <c r="E80" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F80" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G80" s="7">
-        <v>2.177243376</v>
+        <v>0.38555356549999</v>
       </c>
       <c r="H80" s="7">
-        <v>0.00452693</v>
+        <v>0.00117987</v>
       </c>
       <c r="I80" s="7">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="J80" s="7">
-        <v>1500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="55">
       <c r="B81" s="4" t="s">
         <v>188</v>
       </c>
       <c r="C81" s="5"/>
       <c r="D81" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E81" s="7" t="s">
         <v>190</v>
       </c>
       <c r="F81" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G81" s="7">
-        <v>0.38555356549999</v>
+        <v>0.2041165935</v>
       </c>
       <c r="H81" s="7">
-        <v>0.00117987</v>
+        <v>0.00060837</v>
       </c>
       <c r="I81" s="7">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="J81" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="55">
       <c r="B82" s="4" t="s">
         <v>191</v>
       </c>
       <c r="C82" s="5"/>
       <c r="D82" s="5" t="s">
         <v>192</v>
       </c>
       <c r="E82" s="7" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G82" s="7">
-        <v>0.2041165935</v>
+        <v>0.38555356549999</v>
       </c>
       <c r="H82" s="7">
-        <v>0.00060837</v>
+        <v>0.00117987</v>
       </c>
       <c r="I82" s="7">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="J82" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="55">
       <c r="B83" s="4" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C83" s="5"/>
       <c r="D83" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="E83" s="7" t="s">
         <v>195</v>
       </c>
-      <c r="E83" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F83" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="7">
-        <v>0.38555356549999</v>
+        <v>1.8007619471</v>
       </c>
       <c r="H83" s="7">
-        <v>0.00117987</v>
+        <v>0.00255638</v>
       </c>
       <c r="I83" s="7">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="J83" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="84" spans="1:10" customHeight="1" ht="55">
-      <c r="B84" s="4" t="s">
+    <row r="84" spans="1:10">
+      <c r="B84" s="9" t="s">
         <v>196</v>
       </c>
-      <c r="C84" s="5"/>
-      <c r="D84" s="5" t="s">
+      <c r="C84" s="9"/>
+      <c r="D84" s="9"/>
+      <c r="E84" s="9"/>
+      <c r="F84" s="9"/>
+      <c r="G84" s="9"/>
+      <c r="H84" s="9"/>
+      <c r="I84" s="9"/>
+      <c r="J84" s="9"/>
+    </row>
+    <row r="85" spans="1:10" customHeight="1" ht="39">
+      <c r="B85" s="4" t="s">
         <v>197</v>
       </c>
-      <c r="E84" s="7" t="s">
+      <c r="C85" s="5"/>
+      <c r="D85" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="F84" s="7" t="s">
-[...26 lines deleted...]
-      <c r="J85" s="9"/>
+      <c r="E85" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F85" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G85" s="7">
+        <v>2.177243376</v>
+      </c>
+      <c r="H85" s="7">
+        <v>0.00452693</v>
+      </c>
+      <c r="I85" s="7">
+        <v>250</v>
+      </c>
+      <c r="J85" s="7">
+        <v>2000</v>
+      </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="39">
       <c r="B86" s="4" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C86" s="5"/>
       <c r="D86" s="5" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="E86" s="7" t="s">
         <v>52</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G86" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H86" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I86" s="7">
         <v>250</v>
       </c>
       <c r="J86" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="39">
       <c r="B87" s="4" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C87" s="5"/>
       <c r="D87" s="5" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="E87" s="7" t="s">
-        <v>52</v>
+        <v>130</v>
       </c>
       <c r="F87" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H87" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I87" s="7">
         <v>250</v>
       </c>
       <c r="J87" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="39">
       <c r="B88" s="4" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C88" s="5"/>
       <c r="D88" s="5" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="E88" s="7" t="s">
-        <v>133</v>
+        <v>52</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G88" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H88" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I88" s="7">
         <v>250</v>
       </c>
       <c r="J88" s="7">
-        <v>2000</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="39">
       <c r="B89" s="4" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C89" s="5"/>
       <c r="D89" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="E89" s="7" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="F89" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G89" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H89" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I89" s="7">
         <v>250</v>
       </c>
       <c r="J89" s="7">
         <v>1500</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="39">
       <c r="B90" s="4" t="s">
         <v>208</v>
       </c>
       <c r="C90" s="5"/>
       <c r="D90" s="5" t="s">
         <v>209</v>
       </c>
       <c r="E90" s="7" t="s">
-        <v>210</v>
+        <v>52</v>
       </c>
       <c r="F90" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H90" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I90" s="7">
         <v>250</v>
       </c>
       <c r="J90" s="7">
         <v>1500</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="39">
       <c r="B91" s="4" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C91" s="5"/>
       <c r="D91" s="5" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E91" s="7" t="s">
-        <v>52</v>
+        <v>207</v>
       </c>
       <c r="F91" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G91" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H91" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I91" s="7">
         <v>250</v>
       </c>
       <c r="J91" s="7">
         <v>1500</v>
       </c>
     </row>
-    <row r="92" spans="1:10" customHeight="1" ht="39">
+    <row r="92" spans="1:10" customHeight="1" ht="55">
       <c r="B92" s="4" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C92" s="5"/>
       <c r="D92" s="5" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="E92" s="7" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="F92" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G92" s="7">
-        <v>2.177243376</v>
+        <v>0</v>
       </c>
       <c r="H92" s="7">
-        <v>0.00452693</v>
+        <v>0</v>
       </c>
       <c r="I92" s="7">
         <v>250</v>
       </c>
       <c r="J92" s="7">
-        <v>1500</v>
-[...3 lines deleted...]
-      <c r="B93" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
+      <c r="B93" s="8" t="s">
+        <v>214</v>
+      </c>
+      <c r="C93" s="8"/>
+      <c r="D93" s="8"/>
+      <c r="E93" s="8"/>
+      <c r="F93" s="8"/>
+      <c r="G93" s="8"/>
+      <c r="H93" s="8"/>
+      <c r="I93" s="8"/>
+      <c r="J93" s="8"/>
+    </row>
+    <row r="94" spans="1:10" customHeight="1" ht="55">
+      <c r="B94" s="4" t="s">
         <v>215</v>
       </c>
-      <c r="C93" s="5"/>
-      <c r="D93" s="5" t="s">
+      <c r="C94" s="5"/>
+      <c r="D94" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="E93" s="7" t="s">
-[...5 lines deleted...]
-      <c r="G93" s="7">
+      <c r="E94" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="F94" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G94" s="7">
+        <v>0.2400002906373</v>
+      </c>
+      <c r="H94" s="7">
+        <v>0.0005722</v>
+      </c>
+      <c r="I94" s="7">
+        <v>25</v>
+      </c>
+      <c r="J94" s="7">
         <v>0</v>
       </c>
-      <c r="H93" s="7">
-[...20 lines deleted...]
-      <c r="J94" s="8"/>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="55">
       <c r="B95" s="4" t="s">
         <v>218</v>
       </c>
       <c r="C95" s="5"/>
       <c r="D95" s="5" t="s">
         <v>219</v>
       </c>
       <c r="E95" s="7" t="s">
         <v>220</v>
       </c>
       <c r="F95" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G95" s="7">
-        <v>0.2400002906373</v>
+        <v>0.1950447449</v>
       </c>
       <c r="H95" s="7">
-        <v>0.0005722</v>
+        <v>0.00073742</v>
       </c>
       <c r="I95" s="7">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J95" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="55">
       <c r="B96" s="4" t="s">
         <v>221</v>
       </c>
       <c r="C96" s="5"/>
       <c r="D96" s="5" t="s">
         <v>222</v>
       </c>
       <c r="E96" s="7" t="s">
         <v>223</v>
       </c>
       <c r="F96" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G96" s="7">
-        <v>0.1950447449</v>
+        <v>0.35800009333964</v>
       </c>
       <c r="H96" s="7">
-        <v>0.00073742</v>
+        <v>0.00120859</v>
       </c>
       <c r="I96" s="7">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="J96" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="55">
       <c r="B97" s="4" t="s">
         <v>224</v>
       </c>
       <c r="C97" s="5"/>
       <c r="D97" s="5" t="s">
         <v>225</v>
       </c>
       <c r="E97" s="7" t="s">
         <v>226</v>
       </c>
       <c r="F97" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G97" s="7">
-        <v>0.35800009333964</v>
+        <v>0.89811301139998</v>
       </c>
       <c r="H97" s="7">
-        <v>0.00120859</v>
+        <v>0.00256867</v>
       </c>
       <c r="I97" s="7">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="J97" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="55">
       <c r="B98" s="4" t="s">
         <v>227</v>
       </c>
       <c r="C98" s="5"/>
       <c r="D98" s="5" t="s">
         <v>228</v>
       </c>
       <c r="E98" s="7" t="s">
         <v>229</v>
       </c>
       <c r="F98" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G98" s="7">
-        <v>0.89811301139998</v>
+        <v>0.34019432249999</v>
       </c>
       <c r="H98" s="7">
-        <v>0.00256867</v>
+        <v>0.00154858</v>
       </c>
       <c r="I98" s="7">
-        <v>144</v>
+        <v>50</v>
       </c>
       <c r="J98" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="99" spans="1:10" customHeight="1" ht="55">
-      <c r="B99" s="4" t="s">
+    <row r="99" spans="1:10">
+      <c r="B99" s="9" t="s">
         <v>230</v>
       </c>
-      <c r="C99" s="5"/>
-      <c r="D99" s="5" t="s">
+      <c r="C99" s="9"/>
+      <c r="D99" s="9"/>
+      <c r="E99" s="9"/>
+      <c r="F99" s="9"/>
+      <c r="G99" s="9"/>
+      <c r="H99" s="9"/>
+      <c r="I99" s="9"/>
+      <c r="J99" s="9"/>
+    </row>
+    <row r="100" spans="1:10" customHeight="1" ht="39">
+      <c r="B100" s="4" t="s">
         <v>231</v>
       </c>
-      <c r="E99" s="7" t="s">
+      <c r="C100" s="5"/>
+      <c r="D100" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="E100" s="7" t="s">
         <v>232</v>
       </c>
-      <c r="F99" s="7" t="s">
-[...42 lines deleted...]
-      <c r="G101" s="7">
+      <c r="F100" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G100" s="7">
         <v>0.6985323421999901</v>
       </c>
-      <c r="H101" s="7">
+      <c r="H100" s="7">
         <v>0.00296653</v>
       </c>
-      <c r="I101" s="7">
+      <c r="I100" s="7">
         <v>100</v>
       </c>
-      <c r="J101" s="7">
+      <c r="J100" s="7">
         <v>1200</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="B22:J22"/>
     <mergeCell ref="B29:J29"/>
     <mergeCell ref="B30:J30"/>
     <mergeCell ref="B34:J34"/>
     <mergeCell ref="B40:J40"/>
-    <mergeCell ref="B49:J49"/>
-[...6 lines deleted...]
-    <mergeCell ref="B100:J100"/>
+    <mergeCell ref="B48:J48"/>
+    <mergeCell ref="B59:J59"/>
+    <mergeCell ref="B63:J63"/>
+    <mergeCell ref="B67:J67"/>
+    <mergeCell ref="B78:J78"/>
+    <mergeCell ref="B84:J84"/>
+    <mergeCell ref="B93:J93"/>
+    <mergeCell ref="B99:J99"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Bouncy Balls</vt:lpstr>
+      <vt:lpstr>Мячи прыгуны</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>