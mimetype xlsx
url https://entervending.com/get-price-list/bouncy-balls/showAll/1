--- v3 (2025-12-13)
+++ v4 (2026-01-02)
@@ -7,756 +7,723 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Мячи прыгуны" sheetId="1" r:id="rId4"/>
+    <sheet name="Bouncy Balls" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
-[...1 lines deleted...]
-    <t>Телефон: 954 769-0510</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
+  <si>
+    <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
-    <t>Артикул</t>
-[...28 lines deleted...]
-    <t>Мячи прыгуны</t>
+    <t>Items</t>
+  </si>
+  <si>
+    <t>Photo</t>
+  </si>
+  <si>
+    <t>Name</t>
+  </si>
+  <si>
+    <t>Price</t>
+  </si>
+  <si>
+    <t>Unit</t>
+  </si>
+  <si>
+    <t>Weight (kg)</t>
+  </si>
+  <si>
+    <t>Volume (m³)</t>
+  </si>
+  <si>
+    <t>Quantity 
+ in package</t>
+  </si>
+  <si>
+    <t>Quantity 
+ in a box</t>
+  </si>
+  <si>
+    <t>Bouncy Balls</t>
   </si>
   <si>
     <t xml:space="preserve">45E0001-12 </t>
   </si>
   <si>
     <t>Bouncy Balls Party Favors - 45mm Bouncing Balls - Large Hi Bounce Ball - Rubber Ball Gifts for Kids - 12Pcs</t>
   </si>
   <si>
     <t>$17.37</t>
   </si>
   <si>
-    <t>Упаковка</t>
+    <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">BA-60MMB </t>
   </si>
   <si>
-    <t>60mm 2.4" Ball Mix</t>
+    <t>60mm 2.4" Ball Mix 25 pcs</t>
   </si>
   <si>
     <t>$16.19</t>
   </si>
   <si>
     <t xml:space="preserve">BA-ICB45 </t>
   </si>
   <si>
-    <t>Мячи прыгуны Icy Hi-Bounce Ball 45 мм</t>
+    <t>Icy Hi-Bounce Ball 45 mm 12 pcs</t>
   </si>
   <si>
     <t>$5.25</t>
   </si>
   <si>
     <t xml:space="preserve">BA-GLI27 </t>
   </si>
   <si>
     <t>Glitter Ball 27 mm</t>
   </si>
   <si>
     <t>$9.19</t>
   </si>
   <si>
     <t xml:space="preserve">BA-FRO60 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Ball 60 mm</t>
   </si>
   <si>
     <t>$9.45</t>
   </si>
   <si>
     <t xml:space="preserve">BA-45MMB </t>
   </si>
   <si>
     <t>Hi Bounce Ball Mix 45 mm</t>
   </si>
   <si>
     <t>$15.93</t>
   </si>
   <si>
     <t xml:space="preserve">BA-GLB45 </t>
   </si>
   <si>
     <t>Glitter Hi-Bounce Ball 45 mm</t>
   </si>
   <si>
-    <t xml:space="preserve">60-4SIZE-MIX-20 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">BA-ICE27 </t>
   </si>
   <si>
     <t>Icy Ball 27 mm</t>
   </si>
   <si>
     <t xml:space="preserve">BA-SGL27 </t>
   </si>
   <si>
     <t>Glow In Dark Smile Face Ball 27 mm</t>
   </si>
   <si>
     <t>$10.00</t>
   </si>
   <si>
     <t xml:space="preserve">ZS-ICE32-X17205 </t>
   </si>
   <si>
     <t>ICY BALL 32mm</t>
   </si>
   <si>
     <t>$10.19</t>
   </si>
   <si>
     <t xml:space="preserve">BA-ICE75 </t>
   </si>
   <si>
-    <t>Icy Hi-Bounce Ball 75 mm</t>
+    <t>Icy Hi-Bounce Ball 3in</t>
   </si>
   <si>
     <t>$26.33</t>
   </si>
   <si>
-    <t>Более 50 мм</t>
+    <t>Over 2"/50 mm</t>
   </si>
   <si>
     <t xml:space="preserve">75FRB-12 </t>
   </si>
   <si>
     <t>75mm Frosty Hi-Bounce Balls 12-Pack for Unlimited Bouncing Adventure</t>
   </si>
   <si>
+    <t>$25.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">75ICB </t>
+  </si>
+  <si>
+    <t>75mm Icy Hi-Bounce Balls - Textured Frost Look, Multi-Colored Halves, Bouncy Play Fun, Perfect Themed Toys, Must-Have Toy Collection</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60MIB-25 </t>
+  </si>
+  <si>
+    <t>60mm Hi-Bounce Ball Set 25 Pack - Assorted Designs for Fun Play and High Bounce Toy Collection</t>
+  </si>
+  <si>
+    <t>$21.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60FRB </t>
+  </si>
+  <si>
+    <t>60mm Hi-Bounce Playful Balls with Frosty Texture for Interactive Play - Pack of 12 Bouncy Toy Balls with Neon Colors</t>
+  </si>
+  <si>
+    <t>$10.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-FRO45 </t>
+  </si>
+  <si>
+    <t>Frosty Hi-Bounce Ball 45 mm</t>
+  </si>
+  <si>
+    <t>$15.30</t>
+  </si>
+  <si>
+    <t>1.93"/49mm</t>
+  </si>
+  <si>
+    <t>1.93"/49mm - 40 Count</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49FRB2 </t>
+  </si>
+  <si>
+    <t>49mm Hi-Bounce Frosty Texture Rubber Balls – Vibrant Children's Play Essentials, 40 Piece Colorful Balls - Ultimate Kids' Party Favors &amp; Playground Fun!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49MIB2 </t>
+  </si>
+  <si>
+    <t>49mm Hi-Bounce Mixed Ball - Popular Best Seller with Variety &amp; Quality Pack of 40</t>
+  </si>
+  <si>
+    <t>$20.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49TWB2 </t>
+  </si>
+  <si>
+    <t>49mm Hi-Bounce Bouncy Balls Set of 40 - Marble Look Swirl for Kids Games &amp; Parties</t>
+  </si>
+  <si>
+    <t>1.77"/45mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45MB-12 </t>
+  </si>
+  <si>
+    <t>Entervending Large 45mm Bouncy Balls - 12 Pcs, Bowling Style, Rubber, Green</t>
+  </si>
+  <si>
+    <t>$9.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45V0-12 </t>
+  </si>
+  <si>
+    <t>Bouncy Balls - Frosty Bounce Balls in Bucket - Party Favors for Kids- 45mm Bouncing Toys for Kids - 12 Pcs - Large Hi Bounce Rubber Ball</t>
+  </si>
+  <si>
+    <t>$12.64</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45ALB </t>
+  </si>
+  <si>
+    <t>3-D Alien Bounce Ball Collection: 12 pc Set with Unique Extraterrestrial Figures Perfect for Party Favors and Kids Toys, Explore the Sci-Fi Adventure!</t>
+  </si>
+  <si>
+    <t>$12.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45DIB </t>
+  </si>
+  <si>
+    <t>3-D Hi-Bounce Dinosaur Balls with Plastic Figures Inside - Perfect Kids Toys for Thrilling Playtime - Get Your Dino Adventure Today!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45SNB </t>
+  </si>
+  <si>
+    <t>Snake Hi-Bounce Play Balls Collection with Mesmerizing Figures Inside, Perfect Gift Idea for Kids, Engaging Indoor/Outdoor Games, Fun Toy Variety Pack in Every Set</t>
+  </si>
+  <si>
+    <t>1.77"/45mm - 25 Count</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45MB-25 </t>
+  </si>
+  <si>
+    <t>Bowling Hi-Bounce Balls 45 mm</t>
+  </si>
+  <si>
+    <t>$10.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45V0-25 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - Rubber Balls for Kids - Frosty Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
+  </si>
+  <si>
+    <t>$15.84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45E0001-25 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - Glitter Bounce Balls Bulk - Party Favors - Rubber Balls for Kids - 25 Pcs Large Bouncy Ball 45 mm - Super Bouncy Balls Gift for Kids</t>
+  </si>
+  <si>
+    <t>$11.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45MB-GOLD </t>
+  </si>
+  <si>
+    <t>Bouncy Balls - Rubber Balls for Kids - Gold Bowling Bounce Ball - 25 Pcs Large Bouncy Super Ball 45 mm - Vending Machine Toys - Bouncing Party Favors</t>
+  </si>
+  <si>
+    <t>$18.69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45MB-SILVER </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - Rubber Balls for Kids - Silver Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
+  </si>
+  <si>
+    <t>$20.89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45MB-PURPLE </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - Rubber Balls for Kids - Purple Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
+  </si>
+  <si>
+    <t>$23.09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45MB-RED </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - Rubber Balls for Kids - Red Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
+  </si>
+  <si>
+    <t>$21.99</t>
+  </si>
+  <si>
+    <t>1.77"/45mm - 50 Count</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45MB-50 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Large 45mm Bouncy Balls - 50 Pcs, Bowling Style, Rubber,</t>
+  </si>
+  <si>
+    <t>$39.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45BOB </t>
+  </si>
+  <si>
+    <t>45mm Hi-Bounce Bowling Ball Look-Alikes - Assorted Swirling Colors Toy Pack</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45FRB </t>
+  </si>
+  <si>
+    <t>Hi-Bounce Ball Mix 45mm Frosty Texture Sensory Party Pack</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45POB2 </t>
+  </si>
+  <si>
+    <t>50-Piece High-Bounce Pool Balls Set with Classic Billiard Design</t>
+  </si>
+  <si>
+    <t>$22.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45PRB2 </t>
+  </si>
+  <si>
+    <t>45mm Hi-Bounce Premium Rubber Ball Set for Vending Machines &amp; Collectibles</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45SWB2 </t>
+  </si>
+  <si>
+    <t>Hi-Bounce Swirled Ball Mix 45mm - Collectible Sensory Toy for Kids &amp; Adults - Perfect for Outdoor Play &amp; Bulk Party Favors</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45COB </t>
+  </si>
+  <si>
+    <t>45mm Transparent Rubber Bouncy Balls with Confetti - Fun Mix for Kids, Party Favors, Non-Toxic Interactive Toy</t>
+  </si>
+  <si>
+    <t>$30.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45MIB2 </t>
+  </si>
+  <si>
+    <t>45mm Hi-Bounce Ball Mix for Kids and Playground Fun - Bulk Rubber Bouncy Toy Assortment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45RAB </t>
+  </si>
+  <si>
+    <t>45mm Rubber Hi-Bounce Balls Assortment - 50 Pc Vibrant Play Balls Collection</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45SBB </t>
+  </si>
+  <si>
+    <t>45mm Rubber Hi-Bounce Balls Pack of 50 for Indoor Outdoor Games Party Favors Kids Fun</t>
+  </si>
+  <si>
+    <t>1.26"/32mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32V0-12 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - 12 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Party Favors Classroom Prizes</t>
+  </si>
+  <si>
+    <t>$10.33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32V0-24 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - 24 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+  </si>
+  <si>
+    <t>$13.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32V0-100 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - 100 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+  </si>
+  <si>
+    <t>$31.89</t>
+  </si>
+  <si>
+    <t>1.26"/32mm - 50 Count</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32MB-50 </t>
+  </si>
+  <si>
+    <t>Bouncy Balls Galaxy Ball 1.26 inch (32 mm) 50 psc - Rubber Balls for Toddlers 5 Colors Bowling Style Bouncy Balls for Kids Small Balls for Babies - Party Favors Pinata Stuffers Gifts Toys &amp; Games</t>
+  </si>
+  <si>
+    <t>$19.24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32V0-50 </t>
+  </si>
+  <si>
+    <t>Frosty Hi-Bounce Icy Bouncy Balls 1.26 inch (32 mm) 50 psc - Rubber Balls for Toddlers 4 Colors Frosty Style Bouncy Balls for Kids Small Balls for Babies - Party Favors Pinata Stuffers Toys &amp; Games</t>
+  </si>
+  <si>
+    <t>1.26"/32mm - 100 Count</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32BOB </t>
+  </si>
+  <si>
+    <t>32mm Bowling Hi-Bounce Balls Bulk, Metallic Look-Alike Swirling Colors Party Favors Pack, Toy Play Balls</t>
+  </si>
+  <si>
+    <t>$18.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32FRB </t>
+  </si>
+  <si>
+    <t>32mm Hi-Bounce Balls Pack - Frosty Fun, Semi-Translucent, Perfect Toys for Playtime Games</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32HAB </t>
+  </si>
+  <si>
+    <t>32mm Happy Face Hi-Bounce Balls 100pcs: Classic Smiley Bouncy Balls for Kids Fun, Outdoor Games, Party Favors, and Gift Ideas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32ICB </t>
+  </si>
+  <si>
+    <t>32mm Icy Hi-Bounce Toy Balls with Frosted Texture - Multicolor, Unique Collectible Ball Mix for Fun Activities, Bag of 100 Pieces</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32MIB </t>
+  </si>
+  <si>
+    <t>32mm Mixed High Bounce Balls Assortment - 100 Piece Toy Ball Collection for Bulk Party Favors, Wholesale Playground Equipment</t>
+  </si>
+  <si>
+    <t>$16.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32MB-100 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls Bulk Little Bowling Ball for Kids and Gumball Machine 100 pcs 32 mm 1.26</t>
+  </si>
+  <si>
+    <t>$26.71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32RAB </t>
+  </si>
+  <si>
+    <t>32mm Hi-Bounce Rubber Balls - Rainbow Mix (100 Pieces) Fun Play Collection</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32COB </t>
+  </si>
+  <si>
+    <t>32mm Transparent Hi-Bounce Balls with Confetti - Fun Mix Rubber Toys for Party Favors</t>
+  </si>
+  <si>
+    <t>$19.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32DCB </t>
+  </si>
+  <si>
+    <t>32mm Diamond Cut Hi-Bounce Ball Set - Transparent Gem Bouncing Toys for Collection, Fun Play, Group Activities - 100 Pieces</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32SPB </t>
+  </si>
+  <si>
+    <t>30mm Sports Hi-Bounce Ball Collection - Mix of 100 Bouncy Tennis, Football, Basketball, Baseball, Soccer Balls</t>
+  </si>
+  <si>
+    <t>1.02"/27mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27MIB2 </t>
+  </si>
+  <si>
+    <t>Bouncy Ball Collection 27mm High-Quality Hi-Bounce Balls Mix 250 Piece Assorted Fun Variety Pack</t>
+  </si>
+  <si>
+    <t>$24.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BAL-24 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - 24 Pcs Small Bouncing Ball - 1.06 Inch - Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+  </si>
+  <si>
+    <t>$6.46</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BAL-48 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - 48 Pcs Small Bouncing Balls - 1.06 Inch Bounce Balls - Hot Colored Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+  </si>
+  <si>
+    <t>$12.56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BAL-144 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - 144 Pcs Small Bouncing Balls - 1.06 Inch Bounce Balls - Hot Colored Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+  </si>
+  <si>
+    <t>1.02"/27mm - 250 Count</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27FRB </t>
+  </si>
+  <si>
+    <t>27mm Rubber Hi-Bounce Balls for Party Favors and Vending Machines - Bulk Pack of 250 Semi-Translucent Fun Toys</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27ICB </t>
+  </si>
+  <si>
+    <t>27mm Icy Hi-Bounce Ball Pack - Textured Frost Spheres for Bouncing Fun - Unique Colorful Design - Assorted Plastic Toy Collection</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27SPB </t>
+  </si>
+  <si>
+    <t>Sports Fan Bouncy Ball Variety Pack - 250 Piece Set for Party Favors, Kids Toy, Indoor and Outdoor Playtime, Non-Toxic Assorted Sports Balls</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BOB2 </t>
+  </si>
+  <si>
+    <t>27mm Hi-Bounce Toy Balls: Mini Bowling Fun for Kids, Party Decorations &amp; Collectible Swirl Mix, 250 Bag</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27HAB2 </t>
+  </si>
+  <si>
+    <t>27mm Happy Face Hi-Bounce Balls - 250 Pack Super Bouncy Emoji Toy Ball - Ultimate Party Supplies &amp; Fun Kids' Play Collectible Novelty</t>
+  </si>
+  <si>
+    <t>$27.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27NSB2 </t>
+  </si>
+  <si>
+    <t>27mm Hi-Bounce Spot Ball Collection 250 pcs - Mix Assortment for Playful Spots Drama, Motion Play, Bouncing Excitement, and Sensory Fun</t>
+  </si>
+  <si>
     <t>$28.50</t>
   </si>
   <si>
-    <t xml:space="preserve">75ICB </t>
-[...469 lines deleted...]
-  <si>
     <t xml:space="preserve">27PRB2 </t>
   </si>
   <si>
     <t>Premium Hi-Bounce Balls: Perfect Mix for Vending Machine Success</t>
   </si>
   <si>
     <t xml:space="preserve">27COB </t>
   </si>
   <si>
     <t>27mm High Bounce Translucent Rubber Balls with Mixed Colors Confetti - Fun Party Favors 250 Pcs</t>
   </si>
   <si>
-    <t>25 мм</t>
+    <t>1"/25mm</t>
   </si>
   <si>
     <t xml:space="preserve">25ASSORT-25 </t>
   </si>
   <si>
     <t>Bouncy Balls Assorted Bulk Toys Pack 25psc 1 inch 25mm - Super Ball for Toddlers and Adults Party Favors Pinata Filler Goodie Bags Stuffers for Kids - Treasure Box Toys for Classroom Carnival Prizes</t>
   </si>
   <si>
     <t>$5.53</t>
   </si>
   <si>
     <t xml:space="preserve">25E0001-24 </t>
   </si>
   <si>
     <t>Bouncy Balls - 24 Pcs Glitter Bouncing Balls - Assorted Colors 1</t>
   </si>
   <si>
     <t>$6.72</t>
   </si>
   <si>
     <t xml:space="preserve">25E0001-48 </t>
   </si>
   <si>
     <t>Bouncy Balls - 48 Pcs Glitter Bouncing Balls - Assorted Colors 1</t>
   </si>
   <si>
     <t>$13.68</t>
   </si>
   <si>
     <t xml:space="preserve">25E0001-144 </t>
   </si>
   <si>
     <t>Bouncy Balls - 144 Pcs Glitter Bouncing Balls - Assorted Colors 1</t>
   </si>
   <si>
     <t>$39.05</t>
   </si>
   <si>
     <t xml:space="preserve">25V0-50 </t>
   </si>
   <si>
-    <t>Мячи прыгуны Frosty 25 мм</t>
+    <t>Frosty Hi-Bounce Balls 25 mm 50 pcs</t>
   </si>
   <si>
     <t>$6.74</t>
   </si>
   <si>
-    <t>25 мм 100 штук</t>
+    <t>1"/25mm - 100 Count</t>
   </si>
   <si>
     <t xml:space="preserve">25V0-100 </t>
+  </si>
+  <si>
+    <t>Frosty Hi-Bounce Balls 25 mm</t>
   </si>
   <si>
     <t>$6.82</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -846,51 +813,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc4715.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e74680bead5239e614f337c622a241998.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf5e93717b8388fcba628769341306a29.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b9510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce4a97226cdd702c4581c634d276907014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0de8101003696b9b9fca9fb39e323af15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_333c93b3f2ce028a505b75aad835ef1f16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bc5ea2cc6b31240b23c561b250f033b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61bffe64ca9c98fc57e1ff393dbed70018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79482ea6525994af688ecd6d1a07489119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e129367ed47c574a3d750650aea5704820.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55f59593091c52b066bbb2914c117a6821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_631ece5f61c7433c40d2bac803114dc022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24de1e4dcdaa8a9838420281039d820723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d91425f63e71cad78e2ad424c3945d224.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b8a0712839967c818cef4322f0a1e5025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cc3ddc242fd877f30c93648ff02b6bc26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ecfc319ea4d8c02c966708b08c2f5b527.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cd3f9f88ff227f3f06145b3b5b066bc28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bdd57088d45f4651d9e5c0937c19df129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9e97e339812f491b16b4bcffed22b6530.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47569c05ac14df75676e70c04b5dd2c031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_146f2e5ebd78117f02ab38316cb53cf232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edda7d307dd33b73ba9ae56c2815d2f33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e22be2e067e7a7e28a2cfa216f573c1734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76dd6d5ea3d6fd48fa5fad3770b756bb35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a33545d9d83589e251da20f3164c2f2b36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64996f42205bba199127f75e820ff41b37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15da06542886210a020deecc6182361138.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fb79ec3a25236cd4f4e0645ab71cc1239.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fad98daf8e2bc79d188e8325cdacd6840.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d9ea728bdf61469619b1e36110f173c41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b215d3b6cbf49fb508de0277e6a562f042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_577a65a4e468c579d7863a91a0e0ea8643.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00d9899ba63742e39965b4a98bea263444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_936c0edd04a8592c47ca25f389d7619945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b3bbce47c213d74860be4d66753a03846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53fa2d1c54065e9508189c049f8e2c8847.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a95ca418a4ffc81b2de7c3127c8aa3348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_895c20fd456bbb63484055e8d919846249.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a0489a498342f5a83139f4d779fa7e050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f8b67840a0861c72a55d8a3a277065951.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac3704587b5f08756b9d1b45fe2b630552.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_166b6b8f316da0151651126ab4bad98353.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a906821336621443c5ca865058a65c054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb56486379502a7cae959c5b3fe663da55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75169038daeb754a6724c31739c06a5756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e2f8603d4b1f1d5047681cae5ad881057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80bab37d7cb8705dbc12fa60511e751558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e3fd2df8fb6c6f4421a8e0c7d2ed03059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f638b167ae929524ec6e2af44a27a73060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bcd3f028187308d51b5a34d5a19323c161.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_03b0050c74c6ff91d22d09e581d0952b62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_72c4df6b17cbe6214fb61df54aa180cf63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f399d06a389aee66ec1c4b55073ac2564.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_832f3d8e225783f6c997c298b205f80e65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb121fa131f534a2d927143307c05c3b66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc95aeb08621787d1f37ccd056ce952167.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c0f6c6b5d3a77ec09076cbdf81efb868.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214ca71f4dcc864a7c6f78aecc4cf13569.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d799c7f1afb7deef07e40c8ef28c61f670.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64b6d486a7df94b27d122db2e5a4dc1c71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb8617e290ab9820c08d0ca79d21e14d72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a37fcf9779d6e5ba4f63228ca72c18a73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c4244a4a038dcfa7358909e90945eac774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e53ccdacbe86b5bee130f7a40ffcac3775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da6e2de91b05fea919fddcbc669688c076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fae57f4732e16808ff5d24ec9cb601a77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_861c38894df90a29982dd00d7a97b09c78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bea9207fae8e0a34da4d5439c8fd182579.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_439157ac90f61d5108132f6d6342d4ab3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc4715.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c51b5252e07bc2993fc154e27beb3f96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e74680bead5239e614f337c622a241998.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b959.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b00310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c42b75eb2b30ada913aafd86268e873e12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce4a97226cdd702c4581c634d276907013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0de8101003696b9b9fca9fb39e323af14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_333c93b3f2ce028a505b75aad835ef1f15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bc5ea2cc6b31240b23c561b250f033b16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_79482ea6525994af688ecd6d1a07489117.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e129367ed47c574a3d750650aea5704818.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55f59593091c52b066bbb2914c117a6819.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_631ece5f61c7433c40d2bac803114dc020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24de1e4dcdaa8a9838420281039d820721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d91425f63e71cad78e2ad424c3945d222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b8a0712839967c818cef4322f0a1e5023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cc3ddc242fd877f30c93648ff02b6bc24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ecfc319ea4d8c02c966708b08c2f5b525.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cd3f9f88ff227f3f06145b3b5b066bc26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bdd57088d45f4651d9e5c0937c19df127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9e97e339812f491b16b4bcffed22b6528.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47569c05ac14df75676e70c04b5dd2c029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_146f2e5ebd78117f02ab38316cb53cf230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edda7d307dd33b73ba9ae56c2815d2f31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e22be2e067e7a7e28a2cfa216f573c1732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76dd6d5ea3d6fd48fa5fad3770b756bb33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a33545d9d83589e251da20f3164c2f2b34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64996f42205bba199127f75e820ff41b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15da06542886210a020deecc6182361136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fb79ec3a25236cd4f4e0645ab71cc1237.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fad98daf8e2bc79d188e8325cdacd6838.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d9ea728bdf61469619b1e36110f173c39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b215d3b6cbf49fb508de0277e6a562f040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_577a65a4e468c579d7863a91a0e0ea8641.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00d9899ba63742e39965b4a98bea263442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_936c0edd04a8592c47ca25f389d7619943.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b3bbce47c213d74860be4d66753a03844.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53fa2d1c54065e9508189c049f8e2c8845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a95ca418a4ffc81b2de7c3127c8aa3346.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_895c20fd456bbb63484055e8d919846247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f8b67840a0861c72a55d8a3a277065948.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac3704587b5f08756b9d1b45fe2b630549.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_166b6b8f316da0151651126ab4bad98350.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a906821336621443c5ca865058a65c051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb56486379502a7cae959c5b3fe663da52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75169038daeb754a6724c31739c06a5753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e2f8603d4b1f1d5047681cae5ad881054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80bab37d7cb8705dbc12fa60511e751555.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e3fd2df8fb6c6f4421a8e0c7d2ed03056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f638b167ae929524ec6e2af44a27a73057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bcd3f028187308d51b5a34d5a19323c158.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_72c4df6b17cbe6214fb61df54aa180cf59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f399d06a389aee66ec1c4b55073ac2560.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_832f3d8e225783f6c997c298b205f80e61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb121fa131f534a2d927143307c05c3b62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc95aeb08621787d1f37ccd056ce952163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c0f6c6b5d3a77ec09076cbdf81efb864.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214ca71f4dcc864a7c6f78aecc4cf13565.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d799c7f1afb7deef07e40c8ef28c61f666.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64b6d486a7df94b27d122db2e5a4dc1c67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb8617e290ab9820c08d0ca79d21e14d68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a37fcf9779d6e5ba4f63228ca72c18a69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c4244a4a038dcfa7358909e90945eac770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e53ccdacbe86b5bee130f7a40ffcac3771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da6e2de91b05fea919fddcbc669688c072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fae57f4732e16808ff5d24ec9cb601a73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_861c38894df90a29982dd00d7a97b09c74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bea9207fae8e0a34da4d5439c8fd182575.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1215,51 +1182,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -1365,1893 +1332,1773 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>27</xdr:row>
+        <xdr:cNvPr id="19" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>30</xdr:row>
+        <xdr:cNvPr id="21" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>31</xdr:row>
+        <xdr:cNvPr id="26" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>32</xdr:row>
+        <xdr:cNvPr id="27" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>34</xdr:row>
+        <xdr:cNvPr id="34" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>35</xdr:row>
+        <xdr:cNvPr id="37" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>36</xdr:row>
+        <xdr:cNvPr id="38" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>37</xdr:row>
+        <xdr:cNvPr id="39" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>38</xdr:row>
+        <xdr:cNvPr id="40" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>40</xdr:row>
+        <xdr:cNvPr id="41" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>41</xdr:row>
+        <xdr:cNvPr id="48" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>42</xdr:row>
+        <xdr:cNvPr id="52" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>43</xdr:row>
+        <xdr:cNvPr id="53" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>70</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>44</xdr:row>
+        <xdr:cNvPr id="54" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>45</xdr:row>
+        <xdr:cNvPr id="55" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>46</xdr:row>
+        <xdr:cNvPr id="56" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>48</xdr:row>
+        <xdr:cNvPr id="57" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>49</xdr:row>
+        <xdr:cNvPr id="58" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>50</xdr:row>
+        <xdr:cNvPr id="62" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>51</xdr:row>
+        <xdr:cNvPr id="63" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>82</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>52</xdr:row>
+        <xdr:cNvPr id="64" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>53</xdr:row>
+        <xdr:cNvPr id="69" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>54</xdr:row>
+        <xdr:cNvPr id="70" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>90</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>55</xdr:row>
+        <xdr:cNvPr id="71" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>91</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>56</xdr:row>
+        <xdr:cNvPr id="72" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>92</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>57</xdr:row>
+        <xdr:cNvPr id="73" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>93</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="" descr=""/>
-[...173 lines deleted...]
-      <xdr:row>65</xdr:row>
+        <xdr:cNvPr id="74" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="" descr=""/>
-[...748 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="75" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
-        <a:stretch>
-[...118 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3518,54 +3365,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J100"/>
+  <dimension ref="A1:J96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J100" sqref="J100"/>
+      <selection activeCell="J96" sqref="J96"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -3802,2177 +3649,2069 @@
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
         <v>0.4672001411</v>
       </c>
       <c r="H16" s="7">
         <v>0.00117987</v>
       </c>
       <c r="I16" s="7">
         <v>12</v>
       </c>
       <c r="J16" s="7">
         <v>288</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="5" t="s">
         <v>36</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.58967015899999</v>
+        <v>1.0523342984</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00314632</v>
+        <v>0</v>
       </c>
       <c r="I17" s="7">
-        <v>20</v>
+        <v>144</v>
       </c>
       <c r="J17" s="7">
-        <v>0</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E18" s="7" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
         <v>1.0523342984</v>
       </c>
       <c r="H18" s="7">
-        <v>0</v>
+        <v>0.01573158</v>
       </c>
       <c r="I18" s="7">
         <v>144</v>
       </c>
       <c r="J18" s="7">
-        <v>1728</v>
+        <v>864</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="5"/>
       <c r="D19" s="5" t="s">
         <v>41</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>42</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>1.0523342984</v>
+        <v>0.181436948</v>
       </c>
       <c r="H19" s="7">
-        <v>0.01573158</v>
+        <v>0.00060837</v>
       </c>
       <c r="I19" s="7">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="J19" s="7">
         <v>864</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="5"/>
       <c r="D20" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0.181436948</v>
+        <v>2.1228122916</v>
       </c>
       <c r="H20" s="7">
-        <v>0.00060837</v>
+        <v>0.008979060000000001</v>
       </c>
       <c r="I20" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J20" s="7">
-        <v>864</v>
-[...3 lines deleted...]
-      <c r="B21" s="4" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
+      <c r="B21" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="C21" s="5"/>
-      <c r="D21" s="5" t="s">
+      <c r="C21" s="8"/>
+      <c r="D21" s="8"/>
+      <c r="E21" s="8"/>
+      <c r="F21" s="8"/>
+      <c r="G21" s="8"/>
+      <c r="H21" s="8"/>
+      <c r="I21" s="8"/>
+      <c r="J21" s="8"/>
+    </row>
+    <row r="22" spans="1:10" customHeight="1" ht="55">
+      <c r="B22" s="4" t="s">
         <v>47</v>
       </c>
-      <c r="E21" s="7" t="s">
+      <c r="C22" s="5"/>
+      <c r="D22" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="F21" s="7" t="s">
-[...8 lines deleted...]
-      <c r="I21" s="7">
+      <c r="E22" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G22" s="7">
+        <v>2.1409562696</v>
+      </c>
+      <c r="H22" s="7">
+        <v>0.008884929999999999</v>
+      </c>
+      <c r="I22" s="7">
         <v>12</v>
       </c>
-      <c r="J21" s="7">
+      <c r="J22" s="7">
         <v>60</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="J22" s="8"/>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="5"/>
       <c r="D23" s="5" t="s">
         <v>51</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>2.1409562696</v>
+        <v>2.948350405</v>
       </c>
       <c r="H23" s="7">
-        <v>0.008884929999999999</v>
+        <v>0.00426064</v>
       </c>
       <c r="I23" s="7">
         <v>12</v>
       </c>
       <c r="J23" s="7">
         <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C24" s="5"/>
       <c r="D24" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="E24" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>2.948350405</v>
+        <v>3.4019432249999</v>
       </c>
       <c r="H24" s="7">
-        <v>0.00426064</v>
+        <v>0.00433438</v>
       </c>
       <c r="I24" s="7">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="J24" s="7">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="5"/>
       <c r="D25" s="5" t="s">
         <v>56</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>3.4019432249999</v>
+        <v>2.948350405</v>
       </c>
       <c r="H25" s="7">
-        <v>0.00433438</v>
+        <v>0.00426064</v>
       </c>
       <c r="I25" s="7">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="J25" s="7">
-        <v>125</v>
+        <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="5"/>
       <c r="D26" s="5" t="s">
         <v>59</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
+        <v>1.81436948</v>
+      </c>
+      <c r="H26" s="7">
+        <v>0.00262193</v>
+      </c>
+      <c r="I26" s="7">
+        <v>50</v>
+      </c>
+      <c r="J26" s="7">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="B27" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C27" s="8"/>
+      <c r="D27" s="8"/>
+      <c r="E27" s="8"/>
+      <c r="F27" s="8"/>
+      <c r="G27" s="8"/>
+      <c r="H27" s="8"/>
+      <c r="I27" s="8"/>
+      <c r="J27" s="8"/>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="B28" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C28" s="9"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="9"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="9"/>
+    </row>
+    <row r="29" spans="1:10" customHeight="1" ht="39">
+      <c r="B29" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C29" s="5"/>
+      <c r="D29" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="7">
         <v>2.948350405</v>
       </c>
-      <c r="H26" s="7">
+      <c r="H29" s="7">
         <v>0.00426064</v>
       </c>
-      <c r="I26" s="7">
-[...38 lines deleted...]
-      <c r="D28" s="5" t="s">
+      <c r="I29" s="7">
+        <v>40</v>
+      </c>
+      <c r="J29" s="7">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" customHeight="1" ht="55">
+      <c r="B30" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="E28" s="7" t="s">
+      <c r="C30" s="5"/>
+      <c r="D30" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F28" s="7" t="s">
-[...11 lines deleted...]
-      <c r="J28" s="7">
+      <c r="E30" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G30" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H30" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I30" s="7">
+        <v>40</v>
+      </c>
+      <c r="J30" s="7">
         <v>400</v>
       </c>
-    </row>
-[...24 lines deleted...]
-      <c r="J30" s="9"/>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="39">
       <c r="B31" s="4" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C31" s="5"/>
       <c r="D31" s="5" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H31" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I31" s="7">
         <v>40</v>
       </c>
       <c r="J31" s="7">
         <v>400</v>
       </c>
     </row>
-    <row r="32" spans="1:10" customHeight="1" ht="55">
-[...7 lines deleted...]
-      <c r="E32" s="7" t="s">
+    <row r="32" spans="1:10">
+      <c r="B32" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C32" s="8"/>
+      <c r="D32" s="8"/>
+      <c r="E32" s="8"/>
+      <c r="F32" s="8"/>
+      <c r="G32" s="8"/>
+      <c r="H32" s="8"/>
+      <c r="I32" s="8"/>
+      <c r="J32" s="8"/>
+    </row>
+    <row r="33" spans="1:10" customHeight="1" ht="55">
+      <c r="B33" s="4" t="s">
         <v>71</v>
-      </c>
-[...18 lines deleted...]
-        <v>74</v>
       </c>
       <c r="C33" s="5"/>
       <c r="D33" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="7">
+        <v>0.8210022982999901</v>
+      </c>
+      <c r="H33" s="7">
+        <v>0.0016806</v>
+      </c>
+      <c r="I33" s="7">
+        <v>12</v>
+      </c>
+      <c r="J33" s="7">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" customHeight="1" ht="55">
+      <c r="B34" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C34" s="5"/>
+      <c r="D34" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="E33" s="7" t="s">
-[...19 lines deleted...]
-      <c r="B34" s="8" t="s">
+      <c r="E34" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="C34" s="8"/>
-[...6 lines deleted...]
-      <c r="J34" s="8"/>
+      <c r="F34" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="7">
+        <v>0.52399904698459</v>
+      </c>
+      <c r="H34" s="7">
+        <v>0.00181027</v>
+      </c>
+      <c r="I34" s="7">
+        <v>12</v>
+      </c>
+      <c r="J34" s="7">
+        <v>144</v>
+      </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="5"/>
       <c r="D35" s="5" t="s">
         <v>78</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>79</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
-        <v>0.8210022982999901</v>
+        <v>0</v>
       </c>
       <c r="H35" s="7">
-        <v>0.0016806</v>
+        <v>0</v>
       </c>
       <c r="I35" s="7">
         <v>12</v>
       </c>
       <c r="J35" s="7">
-        <v>144</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="5"/>
       <c r="D36" s="5" t="s">
         <v>81</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
-        <v>0.52399904698459</v>
+        <v>0</v>
       </c>
       <c r="H36" s="7">
-        <v>0.00181027</v>
+        <v>0</v>
       </c>
       <c r="I36" s="7">
         <v>12</v>
       </c>
       <c r="J36" s="7">
-        <v>144</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C37" s="5"/>
       <c r="D37" s="5" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
         <v>0</v>
       </c>
       <c r="H37" s="7">
         <v>0</v>
       </c>
       <c r="I37" s="7">
         <v>12</v>
       </c>
       <c r="J37" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:10" customHeight="1" ht="55">
-[...7 lines deleted...]
-      <c r="E38" s="7" t="s">
+    <row r="38" spans="1:10">
+      <c r="B38" s="9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C38" s="9"/>
+      <c r="D38" s="9"/>
+      <c r="E38" s="9"/>
+      <c r="F38" s="9"/>
+      <c r="G38" s="9"/>
+      <c r="H38" s="9"/>
+      <c r="I38" s="9"/>
+      <c r="J38" s="9"/>
+    </row>
+    <row r="39" spans="1:10" customHeight="1" ht="39">
+      <c r="B39" s="4" t="s">
         <v>85</v>
-      </c>
-[...18 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C39" s="5"/>
       <c r="D39" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G39" s="7">
+        <v>1.3110000567318</v>
+      </c>
+      <c r="H39" s="7">
+        <v>0.00397717</v>
+      </c>
+      <c r="I39" s="7">
+        <v>25</v>
+      </c>
+      <c r="J39" s="7">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" customHeight="1" ht="55">
+      <c r="B40" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C40" s="5"/>
+      <c r="D40" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="E39" s="7" t="s">
-[...19 lines deleted...]
-      <c r="B40" s="9" t="s">
+      <c r="E40" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="C40" s="9"/>
-[...8 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="39">
+      <c r="F40" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G40" s="7">
+        <v>0.92986448149998</v>
+      </c>
+      <c r="H40" s="7">
+        <v>0.00307343</v>
+      </c>
+      <c r="I40" s="7">
+        <v>25</v>
+      </c>
+      <c r="J40" s="7">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
         <v>91</v>
       </c>
       <c r="C41" s="5"/>
       <c r="D41" s="5" t="s">
         <v>92</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>93</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
-        <v>1.3110000567318</v>
+        <v>0.97975964879998</v>
       </c>
       <c r="H41" s="7">
-        <v>0.00397717</v>
+        <v>0.00471117</v>
       </c>
       <c r="I41" s="7">
         <v>25</v>
       </c>
       <c r="J41" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
         <v>94</v>
       </c>
       <c r="C42" s="5"/>
       <c r="D42" s="5" t="s">
         <v>95</v>
       </c>
       <c r="E42" s="7" t="s">
         <v>96</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
-        <v>0.92986448149998</v>
+        <v>1.2609869554</v>
       </c>
       <c r="H42" s="7">
-        <v>0.00307343</v>
+        <v>0.0049313</v>
       </c>
       <c r="I42" s="7">
         <v>25</v>
       </c>
       <c r="J42" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>97</v>
       </c>
       <c r="C43" s="5"/>
       <c r="D43" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>99</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
-        <v>0.97975964879998</v>
+        <v>1.224699561</v>
       </c>
       <c r="H43" s="7">
-        <v>0.00471117</v>
+        <v>0.00333804</v>
       </c>
       <c r="I43" s="7">
         <v>25</v>
       </c>
       <c r="J43" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C44" s="5"/>
       <c r="D44" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E44" s="7" t="s">
         <v>102</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
-        <v>1.2609869554</v>
+        <v>1.3018102741</v>
       </c>
       <c r="H44" s="7">
-        <v>0.0049313</v>
+        <v>0.00325166</v>
       </c>
       <c r="I44" s="7">
         <v>25</v>
       </c>
       <c r="J44" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
         <v>103</v>
       </c>
       <c r="C45" s="5"/>
       <c r="D45" s="5" t="s">
         <v>104</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>105</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
-        <v>1.224699561</v>
+        <v>1.211001069614</v>
       </c>
       <c r="H45" s="7">
-        <v>0.00333804</v>
+        <v>0.00288488</v>
       </c>
       <c r="I45" s="7">
         <v>25</v>
       </c>
       <c r="J45" s="7">
         <v>200</v>
       </c>
     </row>
-    <row r="46" spans="1:10" customHeight="1" ht="55">
-      <c r="B46" s="4" t="s">
+    <row r="46" spans="1:10">
+      <c r="B46" s="9" t="s">
         <v>106</v>
       </c>
-      <c r="C46" s="5"/>
-[...20 lines deleted...]
-      </c>
+      <c r="C46" s="9"/>
+      <c r="D46" s="9"/>
+      <c r="E46" s="9"/>
+      <c r="F46" s="9"/>
+      <c r="G46" s="9"/>
+      <c r="H46" s="9"/>
+      <c r="I46" s="9"/>
+      <c r="J46" s="9"/>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C47" s="5"/>
       <c r="D47" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G47" s="7">
+        <v>2.7920020203032</v>
+      </c>
+      <c r="H47" s="7">
+        <v>0</v>
+      </c>
+      <c r="I47" s="7">
+        <v>50</v>
+      </c>
+      <c r="J47" s="7">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" customHeight="1" ht="39">
+      <c r="B48" s="4" t="s">
         <v>110</v>
       </c>
-      <c r="E47" s="7" t="s">
+      <c r="C48" s="5"/>
+      <c r="D48" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="F47" s="7" t="s">
-[...16 lines deleted...]
-      <c r="B48" s="9" t="s">
+      <c r="E48" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G48" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H48" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I48" s="7">
+        <v>50</v>
+      </c>
+      <c r="J48" s="7">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" customHeight="1" ht="39">
+      <c r="B49" s="4" t="s">
         <v>112</v>
-      </c>
-[...11 lines deleted...]
-        <v>113</v>
       </c>
       <c r="C49" s="5"/>
       <c r="D49" s="5" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>115</v>
+        <v>54</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
-        <v>2.7920020203032</v>
+        <v>2.948350405</v>
       </c>
       <c r="H49" s="7">
-        <v>0</v>
+        <v>0.00426064</v>
       </c>
       <c r="I49" s="7">
         <v>50</v>
       </c>
       <c r="J49" s="7">
         <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="39">
       <c r="B50" s="4" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C50" s="5"/>
       <c r="D50" s="5" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>57</v>
+        <v>116</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H50" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I50" s="7">
         <v>50</v>
       </c>
       <c r="J50" s="7">
         <v>400</v>
       </c>
     </row>
-    <row r="51" spans="1:10" customHeight="1" ht="39">
+    <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C51" s="5"/>
       <c r="D51" s="5" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>57</v>
+        <v>116</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H51" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I51" s="7">
         <v>50</v>
       </c>
       <c r="J51" s="7">
         <v>400</v>
       </c>
     </row>
-    <row r="52" spans="1:10" customHeight="1" ht="39">
+    <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C52" s="5"/>
       <c r="D52" s="5" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>122</v>
+        <v>54</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H52" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I52" s="7">
         <v>50</v>
       </c>
       <c r="J52" s="7">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C53" s="5"/>
       <c r="D53" s="5" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H53" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I53" s="7">
         <v>50</v>
       </c>
       <c r="J53" s="7">
-        <v>400</v>
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C54" s="5"/>
       <c r="D54" s="5" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H54" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I54" s="7">
         <v>50</v>
       </c>
       <c r="J54" s="7">
-        <v>300</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C55" s="5"/>
       <c r="D55" s="5" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>130</v>
+        <v>54</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
         <v>0</v>
       </c>
       <c r="H55" s="7">
         <v>0</v>
       </c>
       <c r="I55" s="7">
         <v>50</v>
       </c>
       <c r="J55" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C56" s="5"/>
       <c r="D56" s="5" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="7">
         <v>0</v>
       </c>
       <c r="H56" s="7">
         <v>0</v>
       </c>
       <c r="I56" s="7">
         <v>50</v>
       </c>
       <c r="J56" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:10" customHeight="1" ht="55">
-[...24 lines deleted...]
-      </c>
+    <row r="57" spans="1:10">
+      <c r="B57" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="C57" s="8"/>
+      <c r="D57" s="8"/>
+      <c r="E57" s="8"/>
+      <c r="F57" s="8"/>
+      <c r="G57" s="8"/>
+      <c r="H57" s="8"/>
+      <c r="I57" s="8"/>
+      <c r="J57" s="8"/>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="C58" s="5"/>
       <c r="D58" s="5" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>57</v>
+        <v>133</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
-        <v>0</v>
+        <v>0.136077729</v>
       </c>
       <c r="H58" s="7">
-        <v>0</v>
+        <v>9.831999999999999E-5</v>
       </c>
       <c r="I58" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="1:10">
-[...10 lines deleted...]
-      <c r="J59" s="8"/>
+    <row r="59" spans="1:10" customHeight="1" ht="55">
+      <c r="B59" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="C59" s="5"/>
+      <c r="D59" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G59" s="7">
+        <v>0.31751470099999</v>
+      </c>
+      <c r="H59" s="7">
+        <v>0.00044245</v>
+      </c>
+      <c r="I59" s="7">
+        <v>24</v>
+      </c>
+      <c r="J59" s="7">
+        <v>0</v>
+      </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C60" s="5"/>
       <c r="D60" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="E60" s="7" t="s">
         <v>139</v>
       </c>
-      <c r="E60" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="7">
-        <v>0.136077729</v>
+        <v>1.270058804</v>
       </c>
       <c r="H60" s="7">
-        <v>9.831999999999999E-5</v>
+        <v>0.00182511</v>
       </c>
       <c r="I60" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J60" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="61" spans="1:10" customHeight="1" ht="55">
-[...24 lines deleted...]
-      </c>
+    <row r="61" spans="1:10">
+      <c r="B61" s="9" t="s">
+        <v>140</v>
+      </c>
+      <c r="C61" s="9"/>
+      <c r="D61" s="9"/>
+      <c r="E61" s="9"/>
+      <c r="F61" s="9"/>
+      <c r="G61" s="9"/>
+      <c r="H61" s="9"/>
+      <c r="I61" s="9"/>
+      <c r="J61" s="9"/>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C62" s="5"/>
       <c r="D62" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>143</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G62" s="7">
+        <v>0.89799961329248</v>
+      </c>
+      <c r="H62" s="7">
+        <v>0.00277722</v>
+      </c>
+      <c r="I62" s="7">
+        <v>50</v>
+      </c>
+      <c r="J62" s="7">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" customHeight="1" ht="55">
+      <c r="B63" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="C63" s="5"/>
+      <c r="D63" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="E62" s="7" t="s">
+      <c r="E63" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G63" s="7">
+        <v>0.64200111764909</v>
+      </c>
+      <c r="H63" s="7">
+        <v>0.00254046</v>
+      </c>
+      <c r="I63" s="7">
+        <v>50</v>
+      </c>
+      <c r="J63" s="7">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="B64" s="9" t="s">
         <v>146</v>
       </c>
-      <c r="F62" s="7" t="s">
-[...16 lines deleted...]
-      <c r="B63" s="9" t="s">
+      <c r="C64" s="9"/>
+      <c r="D64" s="9"/>
+      <c r="E64" s="9"/>
+      <c r="F64" s="9"/>
+      <c r="G64" s="9"/>
+      <c r="H64" s="9"/>
+      <c r="I64" s="9"/>
+      <c r="J64" s="9"/>
+    </row>
+    <row r="65" spans="1:10" customHeight="1" ht="39">
+      <c r="B65" s="4" t="s">
         <v>147</v>
-      </c>
-[...38 lines deleted...]
-        <v>151</v>
       </c>
       <c r="C65" s="5"/>
       <c r="D65" s="5" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>111</v>
+        <v>149</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G65" s="7">
-        <v>0.64200111764909</v>
+        <v>2.041165665</v>
       </c>
       <c r="H65" s="7">
-        <v>0.00254046</v>
+        <v>0.00306766</v>
       </c>
       <c r="I65" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J65" s="7">
-        <v>600</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="39">
       <c r="B66" s="4" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C66" s="5"/>
       <c r="D66" s="5" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="E66" s="7" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G66" s="7">
-        <v>0.92986448149998</v>
+        <v>2.041165665</v>
       </c>
       <c r="H66" s="7">
-        <v>0.00265176</v>
+        <v>0.00306766</v>
       </c>
       <c r="I66" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J66" s="7">
-        <v>600</v>
-[...13 lines deleted...]
-      <c r="J67" s="9"/>
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" customHeight="1" ht="39">
+      <c r="B67" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C67" s="5"/>
+      <c r="D67" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G67" s="7">
+        <v>2.041165665</v>
+      </c>
+      <c r="H67" s="7">
+        <v>0.00306766</v>
+      </c>
+      <c r="I67" s="7">
+        <v>100</v>
+      </c>
+      <c r="J67" s="7">
+        <v>1000</v>
+      </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="39">
       <c r="B68" s="4" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C68" s="5"/>
       <c r="D68" s="5" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E68" s="7" t="s">
-        <v>159</v>
+        <v>149</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G68" s="7">
         <v>2.041165665</v>
       </c>
       <c r="H68" s="7">
         <v>0.00306766</v>
       </c>
       <c r="I68" s="7">
         <v>100</v>
       </c>
       <c r="J68" s="7">
         <v>1000</v>
       </c>
     </row>
-    <row r="69" spans="1:10" customHeight="1" ht="39">
+    <row r="69" spans="1:10" customHeight="1" ht="55">
       <c r="B69" s="4" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C69" s="5"/>
       <c r="D69" s="5" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="E69" s="7" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="7">
         <v>2.041165665</v>
       </c>
       <c r="H69" s="7">
         <v>0.00306766</v>
       </c>
       <c r="I69" s="7">
         <v>100</v>
       </c>
       <c r="J69" s="7">
         <v>1000</v>
       </c>
     </row>
-    <row r="70" spans="1:10" customHeight="1" ht="39">
+    <row r="70" spans="1:10" customHeight="1" ht="55">
       <c r="B70" s="4" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C70" s="5"/>
       <c r="D70" s="5" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="E70" s="7" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="7">
-        <v>2.041165665</v>
+        <v>1.723651234</v>
       </c>
       <c r="H70" s="7">
-        <v>0.00306766</v>
+        <v>0</v>
       </c>
       <c r="I70" s="7">
         <v>100</v>
       </c>
       <c r="J70" s="7">
-        <v>1000</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" customHeight="1" ht="55">
       <c r="B71" s="4" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C71" s="5"/>
       <c r="D71" s="5" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="E71" s="7" t="s">
-        <v>159</v>
+        <v>149</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G71" s="7">
-        <v>2.041165665</v>
+        <v>2.2543540789</v>
       </c>
       <c r="H71" s="7">
-        <v>0.00306766</v>
+        <v>0</v>
       </c>
       <c r="I71" s="7">
         <v>100</v>
       </c>
       <c r="J71" s="7">
-        <v>1000</v>
+        <v>800</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="4" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C72" s="5"/>
       <c r="D72" s="5" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="E72" s="7" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="7">
-        <v>2.041165665</v>
+        <v>0</v>
       </c>
       <c r="H72" s="7">
-        <v>0.00306766</v>
+        <v>0</v>
       </c>
       <c r="I72" s="7">
         <v>100</v>
       </c>
       <c r="J72" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C73" s="5"/>
       <c r="D73" s="5" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="E73" s="7" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="7">
-        <v>1.723651234</v>
+        <v>0</v>
       </c>
       <c r="H73" s="7">
         <v>0</v>
       </c>
       <c r="I73" s="7">
         <v>100</v>
       </c>
       <c r="J73" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="4" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C74" s="5"/>
       <c r="D74" s="5" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="E74" s="7" t="s">
-        <v>164</v>
+        <v>149</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="7">
-        <v>2.2543540789</v>
+        <v>0</v>
       </c>
       <c r="H74" s="7">
         <v>0</v>
       </c>
       <c r="I74" s="7">
         <v>100</v>
       </c>
       <c r="J74" s="7">
-        <v>800</v>
-[...16 lines deleted...]
-      <c r="G75" s="7">
         <v>0</v>
       </c>
-      <c r="H75" s="7">
-[...7 lines deleted...]
-      </c>
+    </row>
+    <row r="75" spans="1:10">
+      <c r="B75" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="C75" s="8"/>
+      <c r="D75" s="8"/>
+      <c r="E75" s="8"/>
+      <c r="F75" s="8"/>
+      <c r="G75" s="8"/>
+      <c r="H75" s="8"/>
+      <c r="I75" s="8"/>
+      <c r="J75" s="8"/>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="4" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="C76" s="5"/>
       <c r="D76" s="5" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="E76" s="7" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="F76" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="7">
-        <v>0</v>
+        <v>2.177243376</v>
       </c>
       <c r="H76" s="7">
-        <v>0</v>
+        <v>0.00452693</v>
       </c>
       <c r="I76" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J76" s="7">
-        <v>0</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="55">
       <c r="B77" s="4" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C77" s="5"/>
       <c r="D77" s="5" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="E77" s="7" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="F77" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G77" s="7">
-        <v>0</v>
+        <v>0.2041165935</v>
       </c>
       <c r="H77" s="7">
-        <v>0</v>
+        <v>0.00060837</v>
       </c>
       <c r="I77" s="7">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="J77" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="78" spans="1:10">
-[...10 lines deleted...]
-      <c r="J78" s="8"/>
+    <row r="78" spans="1:10" customHeight="1" ht="55">
+      <c r="B78" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="C78" s="5"/>
+      <c r="D78" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="E78" s="7" t="s">
+        <v>180</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G78" s="7">
+        <v>0.38555356549999</v>
+      </c>
+      <c r="H78" s="7">
+        <v>0.00117987</v>
+      </c>
+      <c r="I78" s="7">
+        <v>48</v>
+      </c>
+      <c r="J78" s="7">
+        <v>0</v>
+      </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="55">
       <c r="B79" s="4" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C79" s="5"/>
       <c r="D79" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="E79" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G79" s="7">
+        <v>1.8007619471</v>
+      </c>
+      <c r="H79" s="7">
+        <v>0.00255638</v>
+      </c>
+      <c r="I79" s="7">
+        <v>144</v>
+      </c>
+      <c r="J79" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="B80" s="9" t="s">
+        <v>183</v>
+      </c>
+      <c r="C80" s="9"/>
+      <c r="D80" s="9"/>
+      <c r="E80" s="9"/>
+      <c r="F80" s="9"/>
+      <c r="G80" s="9"/>
+      <c r="H80" s="9"/>
+      <c r="I80" s="9"/>
+      <c r="J80" s="9"/>
+    </row>
+    <row r="81" spans="1:10" customHeight="1" ht="39">
+      <c r="B81" s="4" t="s">
         <v>184</v>
-      </c>
-[...48 lines deleted...]
-        <v>188</v>
       </c>
       <c r="C81" s="5"/>
       <c r="D81" s="5" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="E81" s="7" t="s">
-        <v>190</v>
+        <v>49</v>
       </c>
       <c r="F81" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G81" s="7">
-        <v>0.2041165935</v>
+        <v>2.177243376</v>
       </c>
       <c r="H81" s="7">
-        <v>0.00060837</v>
+        <v>0.00452693</v>
       </c>
       <c r="I81" s="7">
-        <v>24</v>
+        <v>250</v>
       </c>
       <c r="J81" s="7">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="55">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" customHeight="1" ht="39">
       <c r="B82" s="4" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="C82" s="5"/>
       <c r="D82" s="5" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="E82" s="7" t="s">
-        <v>187</v>
+        <v>49</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G82" s="7">
-        <v>0.38555356549999</v>
+        <v>2.177243376</v>
       </c>
       <c r="H82" s="7">
-        <v>0.00117987</v>
+        <v>0.00452693</v>
       </c>
       <c r="I82" s="7">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="J82" s="7">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="55">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" customHeight="1" ht="39">
       <c r="B83" s="4" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="C83" s="5"/>
       <c r="D83" s="5" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="E83" s="7" t="s">
-        <v>195</v>
+        <v>49</v>
       </c>
       <c r="F83" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="7">
-        <v>1.8007619471</v>
+        <v>2.177243376</v>
       </c>
       <c r="H83" s="7">
-        <v>0.00255638</v>
+        <v>0.00452693</v>
       </c>
       <c r="I83" s="7">
-        <v>144</v>
+        <v>250</v>
       </c>
       <c r="J83" s="7">
-        <v>0</v>
-[...13 lines deleted...]
-      <c r="J84" s="9"/>
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" customHeight="1" ht="39">
+      <c r="B84" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="C84" s="5"/>
+      <c r="D84" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="E84" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F84" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G84" s="7">
+        <v>2.177243376</v>
+      </c>
+      <c r="H84" s="7">
+        <v>0.00452693</v>
+      </c>
+      <c r="I84" s="7">
+        <v>250</v>
+      </c>
+      <c r="J84" s="7">
+        <v>1500</v>
+      </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="39">
       <c r="B85" s="4" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="C85" s="5"/>
       <c r="D85" s="5" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="E85" s="7" t="s">
-        <v>52</v>
+        <v>194</v>
       </c>
       <c r="F85" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G85" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H85" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I85" s="7">
         <v>250</v>
       </c>
       <c r="J85" s="7">
-        <v>2000</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="39">
       <c r="B86" s="4" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="C86" s="5"/>
       <c r="D86" s="5" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="E86" s="7" t="s">
-        <v>52</v>
+        <v>197</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G86" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H86" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I86" s="7">
         <v>250</v>
       </c>
       <c r="J86" s="7">
-        <v>2000</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="39">
       <c r="B87" s="4" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C87" s="5"/>
       <c r="D87" s="5" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="E87" s="7" t="s">
-        <v>130</v>
+        <v>194</v>
       </c>
       <c r="F87" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H87" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I87" s="7">
         <v>250</v>
       </c>
       <c r="J87" s="7">
-        <v>2000</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="39">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" customHeight="1" ht="55">
       <c r="B88" s="4" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="C88" s="5"/>
       <c r="D88" s="5" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="E88" s="7" t="s">
-        <v>52</v>
+        <v>194</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G88" s="7">
-        <v>2.177243376</v>
+        <v>0</v>
       </c>
       <c r="H88" s="7">
-        <v>0.00452693</v>
+        <v>0</v>
       </c>
       <c r="I88" s="7">
         <v>250</v>
       </c>
       <c r="J88" s="7">
-        <v>1500</v>
-[...29 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
+      <c r="B89" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="C89" s="8"/>
+      <c r="D89" s="8"/>
+      <c r="E89" s="8"/>
+      <c r="F89" s="8"/>
+      <c r="G89" s="8"/>
+      <c r="H89" s="8"/>
+      <c r="I89" s="8"/>
+      <c r="J89" s="8"/>
+    </row>
+    <row r="90" spans="1:10" customHeight="1" ht="55">
       <c r="B90" s="4" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C90" s="5"/>
       <c r="D90" s="5" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="E90" s="7" t="s">
-        <v>52</v>
+        <v>205</v>
       </c>
       <c r="F90" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="7">
-        <v>2.177243376</v>
+        <v>0.2400002906373</v>
       </c>
       <c r="H90" s="7">
-        <v>0.00452693</v>
+        <v>0.0005722</v>
       </c>
       <c r="I90" s="7">
-        <v>250</v>
+        <v>25</v>
       </c>
       <c r="J90" s="7">
-        <v>1500</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" customHeight="1" ht="55">
       <c r="B91" s="4" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C91" s="5"/>
       <c r="D91" s="5" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="E91" s="7" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F91" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G91" s="7">
-        <v>2.177243376</v>
+        <v>0.1950447449</v>
       </c>
       <c r="H91" s="7">
-        <v>0.00452693</v>
+        <v>0.00073742</v>
       </c>
       <c r="I91" s="7">
-        <v>250</v>
+        <v>24</v>
       </c>
       <c r="J91" s="7">
-        <v>1500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="55">
       <c r="B92" s="4" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C92" s="5"/>
       <c r="D92" s="5" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="E92" s="7" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="F92" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G92" s="7">
-        <v>0</v>
+        <v>0.35800009333964</v>
       </c>
       <c r="H92" s="7">
-        <v>0</v>
+        <v>0.00120859</v>
       </c>
       <c r="I92" s="7">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="J92" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="93" spans="1:10">
-      <c r="B93" s="8" t="s">
+    <row r="93" spans="1:10" customHeight="1" ht="55">
+      <c r="B93" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="C93" s="5"/>
+      <c r="D93" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="E93" s="7" t="s">
         <v>214</v>
       </c>
-      <c r="C93" s="8"/>
-[...6 lines deleted...]
-      <c r="J93" s="8"/>
+      <c r="F93" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G93" s="7">
+        <v>0.89811301139998</v>
+      </c>
+      <c r="H93" s="7">
+        <v>0.00256867</v>
+      </c>
+      <c r="I93" s="7">
+        <v>144</v>
+      </c>
+      <c r="J93" s="7">
+        <v>0</v>
+      </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="55">
       <c r="B94" s="4" t="s">
         <v>215</v>
       </c>
       <c r="C94" s="5"/>
       <c r="D94" s="5" t="s">
         <v>216</v>
       </c>
       <c r="E94" s="7" t="s">
         <v>217</v>
       </c>
       <c r="F94" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G94" s="7">
-        <v>0.2400002906373</v>
+        <v>0.34019432249999</v>
       </c>
       <c r="H94" s="7">
-        <v>0.0005722</v>
+        <v>0.00154858</v>
       </c>
       <c r="I94" s="7">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J94" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="95" spans="1:10" customHeight="1" ht="55">
-      <c r="B95" s="4" t="s">
+    <row r="95" spans="1:10">
+      <c r="B95" s="9" t="s">
         <v>218</v>
       </c>
-      <c r="C95" s="5"/>
-      <c r="D95" s="5" t="s">
+      <c r="C95" s="9"/>
+      <c r="D95" s="9"/>
+      <c r="E95" s="9"/>
+      <c r="F95" s="9"/>
+      <c r="G95" s="9"/>
+      <c r="H95" s="9"/>
+      <c r="I95" s="9"/>
+      <c r="J95" s="9"/>
+    </row>
+    <row r="96" spans="1:10" customHeight="1" ht="39">
+      <c r="B96" s="4" t="s">
         <v>219</v>
-      </c>
-[...21 lines deleted...]
-        <v>221</v>
       </c>
       <c r="C96" s="5"/>
       <c r="D96" s="5" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="E96" s="7" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="F96" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G96" s="7">
-        <v>0.35800009333964</v>
+        <v>0.6985323421999901</v>
       </c>
       <c r="H96" s="7">
-        <v>0.00120859</v>
+        <v>0.00296653</v>
       </c>
       <c r="I96" s="7">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="J96" s="7">
-        <v>0</v>
-[...92 lines deleted...]
-      <c r="J100" s="7">
         <v>1200</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
-    <mergeCell ref="B22:J22"/>
-[...11 lines deleted...]
-    <mergeCell ref="B99:J99"/>
+    <mergeCell ref="B21:J21"/>
+    <mergeCell ref="B27:J27"/>
+    <mergeCell ref="B28:J28"/>
+    <mergeCell ref="B32:J32"/>
+    <mergeCell ref="B38:J38"/>
+    <mergeCell ref="B46:J46"/>
+    <mergeCell ref="B57:J57"/>
+    <mergeCell ref="B61:J61"/>
+    <mergeCell ref="B64:J64"/>
+    <mergeCell ref="B75:J75"/>
+    <mergeCell ref="B80:J80"/>
+    <mergeCell ref="B89:J89"/>
+    <mergeCell ref="B95:J95"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Мячи прыгуны</vt:lpstr>
+      <vt:lpstr>Bouncy Balls</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>