--- v0 (2025-12-14)
+++ v1 (2026-01-05)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Bin Toys" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -214,494 +214,500 @@
   <si>
     <t>Ultimate 8-Inch Display Bins for Toys &amp; Candy: High-Grade Plastic, Elevate Redemption Counter, Perfect Promotional Storage Solution</t>
   </si>
   <si>
     <t>$80.70</t>
   </si>
   <si>
     <t xml:space="preserve">FOFI6A </t>
   </si>
   <si>
     <t>Indoor Outdoor Fun Pack: Foam Dart Shooters with Finger Grip for Kids' Dart Game</t>
   </si>
   <si>
     <t>$5.40</t>
   </si>
   <si>
     <t xml:space="preserve">ALIEN7 </t>
   </si>
   <si>
     <t>Alien Head Plush Toy - Galaxy Print, Outer Space Theme, Black Eyes, Perfect for Imaginative Play and Toy Collection</t>
   </si>
   <si>
     <t>$155.93</t>
   </si>
   <si>
+    <t xml:space="preserve">LU1025 </t>
+  </si>
+  <si>
+    <t>Happy Birthday LED Pendant Necklace Party Pendant Cord Gift</t>
+  </si>
+  <si>
+    <t>$22.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARMY2 </t>
+  </si>
+  <si>
+    <t>Classic Military Army Men - 144 Green Toy Soldiers for Imaginative Kids Play and Epic Battle Setups</t>
+  </si>
+  <si>
     <t xml:space="preserve">PL0008 </t>
   </si>
   <si>
     <t>Rainbow Gnome Plush Set - Whimsical Decor &amp; Toys, Vibrant Home Accent, Gift Idea, Collector's Joy, 12pc Pack</t>
   </si>
   <si>
     <t>$16.74</t>
   </si>
   <si>
-    <t xml:space="preserve">ARMY2 </t>
-[...2 lines deleted...]
-    <t>Classic Military Army Men - 144 Green Toy Soldiers for Imaginative Kids Play and Epic Battle Setups</t>
+    <t xml:space="preserve">DB35200 </t>
+  </si>
+  <si>
+    <t>Stitch Pop Up Lollipops: Fun Disney Collectible with Chupa Chups for Movie-Themed Snacking!</t>
+  </si>
+  <si>
+    <t>$42.00</t>
   </si>
   <si>
     <t xml:space="preserve">PLCARD </t>
   </si>
   <si>
     <t>Standard Poker Card Set: 12 Decks, Easy Shuffle for Ultimate Game Night Fun</t>
   </si>
   <si>
     <t>$6.48</t>
   </si>
   <si>
-    <t xml:space="preserve">DB35200 </t>
-[...5 lines deleted...]
-    <t>$46.68</t>
+    <t xml:space="preserve">DB42001 </t>
+  </si>
+  <si>
+    <t>Marvel Avengers Chupa Chups Interactive Lollipop Toy with Reusable POP UPS 3 Refills</t>
+  </si>
+  <si>
+    <t>$37.50</t>
   </si>
   <si>
     <t xml:space="preserve">RUA13B </t>
   </si>
   <si>
     <t>Mini Alien Party Pack - Glitter Extraterrestrials for Fun Cranes, Cute Decor &amp; Themed Events!</t>
   </si>
   <si>
     <t>$24.75</t>
   </si>
   <si>
-    <t xml:space="preserve">DB42001 </t>
-[...5 lines deleted...]
-    <t>$42.00</t>
+    <t xml:space="preserve">DIINK </t>
+  </si>
+  <si>
+    <t>Magic Ink for Secret Messages &amp; Prank Fun - Safe Playful Mischief Set, Write &amp; Disappear!</t>
+  </si>
+  <si>
+    <t>$7.56</t>
   </si>
   <si>
     <t xml:space="preserve">RUA14B </t>
   </si>
   <si>
     <t>Acornimals Collectible Vending Toys - Kawaii Animal Figures for Mini Cranes and Vending Machines</t>
   </si>
   <si>
-    <t>$22.50</t>
-[...8 lines deleted...]
-    <t>$7.56</t>
+    <t xml:space="preserve">FL0000 </t>
+  </si>
+  <si>
+    <t>LED Light-Up Dice Set - Flashing Glowing Dice for Board Game Nights (12 Pack)</t>
+  </si>
+  <si>
+    <t>$16.20</t>
   </si>
   <si>
     <t xml:space="preserve">RUD28B </t>
   </si>
   <si>
     <t>Cowboy Hat Duck Toy with Bandana Rubber Duck Western Toy</t>
   </si>
   <si>
     <t>$27.75</t>
   </si>
   <si>
-    <t xml:space="preserve">FL0000 </t>
-[...5 lines deleted...]
-    <t>$16.20</t>
+    <t xml:space="preserve">FRISBEE3 </t>
+  </si>
+  <si>
+    <t>Ultimate Outdoor Flyers Set - 3in Disks, 144pcs for Unlimited Fun</t>
+  </si>
+  <si>
+    <t>$19.43</t>
   </si>
   <si>
     <t xml:space="preserve">RUD31B </t>
   </si>
   <si>
     <t>Tie-Dye Rubber Ducks Bundle 50-Pack for Bathtime Fun and Party Favors</t>
   </si>
   <si>
-    <t xml:space="preserve">FRISBEE3 </t>
-[...5 lines deleted...]
-    <t>$19.43</t>
+    <t xml:space="preserve">ICE2B </t>
+  </si>
+  <si>
+    <t>ICEE Rubber Ducks 6in - Classic Bath Toy for Kids, Vibrant and Durable Set of 12 with Iconic Branding for Fun and Collecting</t>
+  </si>
+  <si>
+    <t>$49.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1253 </t>
+  </si>
+  <si>
+    <t>Sealife Squishy Ocean Animals Fidget Collection Toy Pack</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JY1000 </t>
+  </si>
+  <si>
+    <t>Best Friends Mood Bracelet Set: 2pk of 12pcs Reflective Jewelry with Unique Peace Charms for Emotional Connection &amp; Distance Bond</t>
+  </si>
+  <si>
+    <t>$32.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1255 </t>
+  </si>
+  <si>
+    <t>Squishy Dinosaur Toy Dinosaur Collection Soft Dinosaur Figure Dinosaur Set Dinosaur Stress Relief</t>
+  </si>
+  <si>
+    <t>$26.93</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JY1001 </t>
+  </si>
+  <si>
+    <t>Mood Ring Pack: Discover Emotional State &amp; Self-Discovery Through Color Changes, Perfect Jewelry to Communicate Feelings &amp; Emotions Effortlessly!</t>
+  </si>
+  <si>
+    <t>$16.12</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1256 </t>
   </si>
   <si>
     <t>Squishy Ice Cream Cone Collectible Kid-Friendly Stress Relief Novelty Fun 12 Pack</t>
   </si>
   <si>
     <t>$21.60</t>
   </si>
   <si>
-    <t xml:space="preserve">ICE2B </t>
-[...5 lines deleted...]
-    <t>$49.50</t>
+    <t xml:space="preserve">KC0085 </t>
+  </si>
+  <si>
+    <t>Mickey Mouse Keychain Lanyard 12-Pack - Iconic Disney Collectible Wrist Accessory for Kids &amp; Adults</t>
+  </si>
+  <si>
+    <t>$59.48</t>
   </si>
   <si>
     <t xml:space="preserve">ST1027 </t>
   </si>
   <si>
     <t>Animal Shaped Pop Tubes Set - Sensory Play for Kids - Stress Relief - Fine Motor Development - Creative Party Favors (24 Pack)</t>
   </si>
   <si>
-    <t xml:space="preserve">JY1000 </t>
-[...5 lines deleted...]
-    <t>$32.40</t>
+    <t xml:space="preserve">METAL </t>
+  </si>
+  <si>
+    <t>Ultimate Play Handcuff Set - 12 Metal Toy Handcuffs, Durable Steel, Realistic Design, Safety Latch, For Imaginative Role Play</t>
+  </si>
+  <si>
+    <t>$23.19</t>
   </si>
   <si>
     <t xml:space="preserve">ST1029 </t>
   </si>
   <si>
     <t>Squeeze Toy Pop-Up Fun Poo - Hilarious Gag Gift for Kids, Stress Reliever and Party Favor 24 Piece Pack</t>
   </si>
   <si>
-    <t xml:space="preserve">JY1001 </t>
-[...5 lines deleted...]
-    <t>$16.12</t>
+    <t xml:space="preserve">NV0037 </t>
+  </si>
+  <si>
+    <t>Ice Cream Cone Shooters Set - Indoor Outdoor Foam Launch, Party Fun for Kids and Adults, 12 Count Play Pack</t>
+  </si>
+  <si>
+    <t>$10.72</t>
   </si>
   <si>
     <t xml:space="preserve">ST3023 </t>
   </si>
   <si>
     <t>10in Folding Paper Fans Set Party Favors - 12 Pack with Black Plastic Handles - Perfect Portable Breeze Makers for Events</t>
   </si>
   <si>
     <t>$3.30</t>
   </si>
   <si>
-    <t xml:space="preserve">KC0085 </t>
-[...5 lines deleted...]
-    <t>$59.48</t>
+    <t xml:space="preserve">NV2338 </t>
+  </si>
+  <si>
+    <t>Squeeze Pineapple with Ribbon – Tropical Stress Relief Toy with Colorful Explosion and Addictive Fun – 12 Pack Sensory Novelty Gift Box</t>
+  </si>
+  <si>
+    <t>$18.15</t>
   </si>
   <si>
     <t xml:space="preserve">TY0078 </t>
   </si>
   <si>
     <t>Dinosaur Figurine Surprise Pack - Unwrap Excitement with Mystery Toy Collection! Perfect Gift Ideas for Imaginary Adventures with Collectible Prehistoric Creatures!</t>
   </si>
   <si>
     <t>$28.23</t>
   </si>
   <si>
-    <t xml:space="preserve">LU1025 </t>
-[...2 lines deleted...]
-    <t>Light-Up LED Necklace for Birthday Smiles - Makes Memorable Birthday Gift &amp; Adds Fun Lighting for Party Decor &amp; Celebration (12 Pack)</t>
+    <t xml:space="preserve">NV2467 </t>
+  </si>
+  <si>
+    <t>Squeeze Alien Stress Toy - Beads-Filled Sensory Experience for Anxiety Relief &amp; On-the-Go Relaxation (24 Pack)</t>
+  </si>
+  <si>
+    <t>$16.14</t>
   </si>
   <si>
     <t xml:space="preserve">TY1079 </t>
   </si>
   <si>
     <t>Graffiti Stunt Car Collection Pack - 12pcs of Thrilling Races, Flips &amp; Stunts!</t>
   </si>
   <si>
     <t>$25.20</t>
   </si>
   <si>
-    <t xml:space="preserve">METAL </t>
-[...5 lines deleted...]
-    <t>$23.19</t>
+    <t xml:space="preserve">NV2496 </t>
+  </si>
+  <si>
+    <t>Squishy Toy Glitter Sparkle Banana Shape Stress Relief Fun Sensory Experience</t>
   </si>
   <si>
     <t xml:space="preserve">0GMIX13 </t>
   </si>
   <si>
     <t>Food Plush Keychain Mini Plush Toy Clip Fast Food Gift</t>
   </si>
   <si>
     <t>$11.78</t>
   </si>
   <si>
-    <t xml:space="preserve">NV0037 </t>
-[...5 lines deleted...]
-    <t>$10.72</t>
+    <t xml:space="preserve">NV3033 </t>
+  </si>
+  <si>
+    <t>Squishy Tortoise Therapy Toy - Relieve Stress and Anxiety with Calming Stretchy Fun</t>
+  </si>
+  <si>
+    <t>$27.00</t>
   </si>
   <si>
     <t xml:space="preserve">0GMIX2 </t>
   </si>
   <si>
     <t>Plush Mix Food Drink Snack Toy Tween Cool Gift</t>
   </si>
   <si>
     <t>$12.38</t>
   </si>
   <si>
-    <t xml:space="preserve">NV2338 </t>
-[...5 lines deleted...]
-    <t>$18.15</t>
+    <t xml:space="preserve">NV3034 </t>
+  </si>
+  <si>
+    <t>Squishy Unicorn Therapy Toy for Stress Relief and Sensory Play (12 Pack)</t>
   </si>
   <si>
     <t xml:space="preserve">0GMIX24 </t>
   </si>
   <si>
     <t>Stuffed Animals Plush Set Mini Plush Toy Bundle Collection</t>
   </si>
   <si>
-    <t xml:space="preserve">NV2467 </t>
-[...5 lines deleted...]
-    <t>$16.14</t>
+    <t xml:space="preserve">PL0001 </t>
+  </si>
+  <si>
+    <t>Neon Octopus Plushies 288-Pack for Crane Games, Cute Mini Prizes, Whimsical Child's Room Decor, Colorful Kid Party Favors</t>
+  </si>
+  <si>
+    <t>$414.72</t>
   </si>
   <si>
     <t xml:space="preserve">POK1382 </t>
   </si>
   <si>
     <t>Pokemon TCG Prismatic Evolutions Booster Surprise Box</t>
   </si>
   <si>
     <t>$531.00</t>
   </si>
   <si>
-    <t xml:space="preserve">NV2496 </t>
-[...2 lines deleted...]
-    <t>Squishy Toy Glitter Sparkle Banana Shape Stress Relief Fun Sensory Experience</t>
+    <t xml:space="preserve">PL0004 </t>
+  </si>
+  <si>
+    <t>Endless Fun with Mini Plush Octopus Collection - 3-inch Assorted Pack (288 Pieces)</t>
+  </si>
+  <si>
+    <t>$414.60</t>
   </si>
   <si>
     <t xml:space="preserve">RUD38B </t>
   </si>
   <si>
     <t>Rubber Ducks Marble Toy Claw Bathtub Game Collectible</t>
   </si>
   <si>
-    <t xml:space="preserve">NV3033 </t>
-[...5 lines deleted...]
-    <t>$27.00</t>
+    <t xml:space="preserve">PU1012 </t>
+  </si>
+  <si>
+    <t>Bouncing Putty for Sensory Play, Creative Arts, Interactive Fun, Non-Toxic Stress Relief, and Educational Toys</t>
+  </si>
+  <si>
+    <t>$17.28</t>
   </si>
   <si>
     <t xml:space="preserve">ST1030 </t>
   </si>
   <si>
     <t>Pullback Toy Mini Airplane Plastic Vehicle Jet Plane</t>
   </si>
   <si>
     <t>$9.00</t>
   </si>
   <si>
-    <t xml:space="preserve">NV3034 </t>
-[...2 lines deleted...]
-    <t>Squishy Unicorn Therapy Toy for Stress Relief and Sensory Play (12 Pack)</t>
+    <t xml:space="preserve">PU1123 </t>
+  </si>
+  <si>
+    <t>Galaxy Star Slime Collection: Multicolored Sensory Jars for Creative Play &amp; Stress Relief</t>
   </si>
   <si>
     <t xml:space="preserve">ST3336 </t>
   </si>
   <si>
     <t>Cartoon Car Water Game Handheld Motion Toy Hoops Target Fun</t>
   </si>
   <si>
-    <t xml:space="preserve">PL0001 </t>
-[...23 lines deleted...]
-    <t>$17.28</t>
+    <t xml:space="preserve">PU1126 </t>
+  </si>
+  <si>
+    <t>Glow-in-the-Dark Putty for Ultimate Stress Relief - Squeeze, Stretch, Shape for Hours of Fun! Perfect Kids &amp; Adults Toy with Vibrant Assorted Colors for Relaxation</t>
+  </si>
+  <si>
+    <t>$15.12</t>
   </si>
   <si>
     <t xml:space="preserve">0GMIX29 </t>
   </si>
   <si>
     <t>Mini Crane Plush Laying Animal Toy Claw Machine Prize</t>
   </si>
   <si>
     <t>$340.20</t>
   </si>
   <si>
-    <t xml:space="preserve">PU1123 </t>
-[...2 lines deleted...]
-    <t>Galaxy Star Slime Collection: Multicolored Sensory Jars for Creative Play &amp; Stress Relief</t>
+    <t xml:space="preserve">PU1139 </t>
+  </si>
+  <si>
+    <t>Volcano Effect Kinetic Sand Set: Shape, Build, and Watch Endless Creative Fun!</t>
   </si>
   <si>
     <t xml:space="preserve">0GMIX30 </t>
   </si>
   <si>
     <t>Monkey Capybara Cow Bear Sloth Animal Plush Collection</t>
   </si>
   <si>
     <t>$16.02</t>
   </si>
   <si>
-    <t xml:space="preserve">PU1126 </t>
-[...5 lines deleted...]
-    <t>$15.12</t>
+    <t xml:space="preserve">PU1187 </t>
+  </si>
+  <si>
+    <t>Glow Putty Egg - Interactive Sensory Kit for Kids &amp; Adults, Glow-in-the-Dark Play, Molding &amp; Bouncing, Captivating Novelty for Endless Fun</t>
   </si>
   <si>
     <t xml:space="preserve">LI0829-A </t>
   </si>
   <si>
     <t>Yummy World Carnival Plush Pretzel Plush Pickle Plush Plush Keychain Carnival Toy</t>
   </si>
   <si>
-    <t xml:space="preserve">PU1139 </t>
-[...17 lines deleted...]
-    <t>Glow Putty Egg - Interactive Sensory Kit for Kids &amp; Adults, Glow-in-the-Dark Play, Molding &amp; Bouncing, Captivating Novelty for Endless Fun</t>
+    <t xml:space="preserve">PU1188 </t>
+  </si>
+  <si>
+    <t>Alien Slime Glow Putty Space Toy Alien Figure Barrel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PU1191 </t>
+  </si>
+  <si>
+    <t>Tropical Pineapple Slime Adventure: Unleash Creativity with Pineapple-Shaped Containers for Sensory Play, Stress Relief, and Endless Fun!</t>
+  </si>
+  <si>
+    <t>$19.44</t>
   </si>
   <si>
     <t xml:space="preserve">PL0015 </t>
   </si>
   <si>
     <t>Lil Peepers Plush Toy Animal Collectible Gift Kids Box Set</t>
   </si>
   <si>
     <t>$90.00</t>
   </si>
   <si>
-    <t xml:space="preserve">PU1188 </t>
-[...11 lines deleted...]
-    <t>$19.44</t>
+    <t xml:space="preserve">PU1194 </t>
+  </si>
+  <si>
+    <t>Donut Slime Sensory Experience Pack with Sprinkles - 24 Pieces of Fun and Relaxation</t>
+  </si>
+  <si>
+    <t>$12.11</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1277 </t>
   </si>
   <si>
     <t>Squishy Milk Carton Stress Toy Fidget Squeeze Prize Gift</t>
   </si>
   <si>
-    <t xml:space="preserve">PU1194 </t>
-[...5 lines deleted...]
-    <t>$12.11</t>
+    <t xml:space="preserve">RS1010 </t>
+  </si>
+  <si>
+    <t>Acrylic Ice Crystal Creations: Elevate Event Decor, Enhance Displays with Stunning Visual Merchandising, Perfect for Craft Projects &amp; Party Decorations!</t>
   </si>
   <si>
     <t xml:space="preserve">ST1031 </t>
   </si>
   <si>
     <t>Suction Animals Toys Sticking Figures Funny Animals Suction Play Set</t>
   </si>
   <si>
     <t>$14.40</t>
   </si>
   <si>
-    <t xml:space="preserve">RS1010 </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">RS1011 </t>
   </si>
   <si>
     <t>Acrylic Ice Display Gems for Event Centerpiece, Vase Filler, Arts and Crafts, Wedding Decoration, Home Decor, and Reusable Scatter for DIY Projects</t>
   </si>
   <si>
     <t xml:space="preserve">RS1012 </t>
   </si>
   <si>
     <t>Versatile Acrylic Ice for Stunning Decorations and Visual Merchandising - Perfect for Event Decoration and Craft Projects</t>
   </si>
   <si>
     <t xml:space="preserve">RS1013 </t>
   </si>
   <si>
     <t>Acrylic Ice Cubes for Realistic Event Decor - Stunning Imitation Ice, Perfect for Crane Machines, Versatile Decoration, Photography Props &amp; Crafts</t>
   </si>
   <si>
     <t xml:space="preserve">RUA15B </t>
   </si>
   <si>
     <t>Glitter Mini Mushrooms 2-inch 50 Pack - Magic Sparkle Fun Decor Collection</t>
   </si>
   <si>
     <t xml:space="preserve">RUA3B </t>
@@ -772,77 +778,59 @@
   <si>
     <t xml:space="preserve">SON8 </t>
   </si>
   <si>
     <t>Sonic Mini Finger Skateboard Collection: 12 Collectible Boards with Iconic Characters, Exciting Designs, and Thrilling Twists for Fun Play and Imaginative Adventures</t>
   </si>
   <si>
     <t>$6.06</t>
   </si>
   <si>
     <t xml:space="preserve">SQ0078 </t>
   </si>
   <si>
     <t>Mini Squishy Keychain Pack - Perfect Sensory Play and Stress Relief Collectibles!</t>
   </si>
   <si>
     <t>$20.70</t>
   </si>
   <si>
     <t xml:space="preserve">SQ1250 </t>
   </si>
   <si>
     <t>Squeezy Gumball Sensory Toy with Beads - Ultimate Stress Relief &amp; Fidget Fun!</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1253 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">SQ1254 </t>
   </si>
   <si>
     <t>Funny Squeezy Toy Pack Variety Set Stress Relief Collectibles Fun Playful Companion 3 inch (12pcs)</t>
   </si>
   <si>
     <t>$12.96</t>
   </si>
   <si>
-    <t xml:space="preserve">SQ1255 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">SQ1300 </t>
   </si>
   <si>
     <t>Squishi Piez Fidget Toy Set: Squeeze Stress Relief Collectible with Pie Filling Fun!</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN13B </t>
   </si>
   <si>
     <t>Squishy Mushroom Miniatures Set - 50pcs of 8 Unique Styles for Collectors</t>
   </si>
   <si>
     <t xml:space="preserve">ST1013 </t>
   </si>
   <si>
     <t>Sports Foam Dart Fun Pack: Indoor &amp; Outdoor Play with Soccer, Football, Baseball, Basketball Themes - 12 Piece Kids Toy Assortment</t>
   </si>
   <si>
     <t>$10.80</t>
   </si>
   <si>
     <t xml:space="preserve">ST1016 </t>
   </si>
   <si>
     <t>Animal Popper Ball Poppers - Interactive Squeeze Toys with Soft Pop Sound for Imaginative Play and Kids Entertainment (24 pcs)</t>
@@ -904,51 +892,51 @@
   <si>
     <t>Build &amp; Protect: Police Brick Set for Creative Play &amp; Mini City Adventures</t>
   </si>
   <si>
     <t xml:space="preserve">WHOOP8 </t>
   </si>
   <si>
     <t>Whoopy Cushion Fun Pack - 24 Party Prank Fart Sound Jokes</t>
   </si>
   <si>
     <t>$23.04</t>
   </si>
   <si>
     <t xml:space="preserve">RUA26B </t>
   </si>
   <si>
     <t>Collectible Glitter Aliens Set - Perfect Extra-Terrestrial Toy for Party Decoration and Unique Gift</t>
   </si>
   <si>
     <t xml:space="preserve">TY1008 </t>
   </si>
   <si>
     <t>Finger Skateboards Toy Deck Trick Boards Mini Parts Gear</t>
   </si>
   <si>
-    <t>$122.40</t>
+    <t>$216.00</t>
   </si>
   <si>
     <t xml:space="preserve">KC0096 </t>
   </si>
   <si>
     <t>Mini Notebook Fluffy Cover Animal Design Kids Journal</t>
   </si>
   <si>
     <t>$100.80</t>
   </si>
   <si>
     <t xml:space="preserve">LI0830-A </t>
   </si>
   <si>
     <t>Breakfast Toys Food Plush Cartoon Plush Collectible Plush</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
@@ -1032,51 +1020,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b656819f489c100be171405deb7500252.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e4098575a131ba6cb5a0cc22dc6d9d373.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4770cb844e6c0228b8c5270f2dbc1a324.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_041529b2ae1e929a27e49dfd1bc090605.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2b65d1dba4bd19c1fcca99bd30357796.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_49b01cf0fc67697f9d62810b6d76cb997.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2100906d479a0e94e67ec14eeee5cbd78.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_780ead6d8b9f82cf7921352410bd29aa9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbbfbb22b7e3b2ab03180e1908defed810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b1b568a4ac1b8afa7f6b23650b0af54411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cac570eae64fcfac32610dff594a9c1c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da8df997e377d15bef86a9bca0d5dc1613.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c44c95971764eadc2d2a83beb4b6bbe214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff4f5dbeac7090198279fab02f4cafe015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6e13cca51a64592d9a16dc83ab35286d16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e3ef79239747b2d0836350b7cf5bbcd17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cfbb1831e1ed1fbe934d2aa19c7936218.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cc0fa894f714360205de0f93b8ab12319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8147b67865babcff0522f87d6ca99d0e20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdd06a21cab9de40b86e78e4f0bf5c2321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5672f81461e7ee0d51a253a16b48319022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca64e4dbbe9b6c0ce3a4ada7da9e260f23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f91064af112153a975594d56a481762c24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5d6d209122300dfc85e2b67b43764a2025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f2f96028c71ea32261c2c007d207270626.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_85055029d95af26c67a9db88615384c827.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_847bfe50248e97d444ae5692009476fa28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_509e1d70f327f14dd89d5aa9f42f891229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4b59632f348f1800c95b6b1b062406eb30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7b79786bb9575bab6172709e2f684bd231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5d711e016e94c3dfccc764e9848424c232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_89d467b153488e114f27147c3045aba233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_acb69b4803308e958044bd2fde4ffaf934.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b1b0ad70e6554d2aa708cc5f538fe12e35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c43ff0aff1bf7f90b7c872b26de8ae136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d86c8bbbacecacea74958bd7e1598ed137.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3771923eb2d35fd8ab3172097568ddea38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_11be6e47478f4e2c2dc0a4ffc0ee0d8239.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f2d80600356e1afeebe02a346f07c6240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c447b4dfa73f1e865ea62e9467c1a5141.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8bcab38d72dc80d12fb2aa26af4623e442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_28404e79f563f1700bed88003c116c5b43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0951e7292ef83f143eb1d20db52447b844.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c317de8370d54425611d5d8f69f2a36845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_740f301e3870c14ad87f0db4f46051de46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e1b6739ca801cd50d38ec840870c700c47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e244ef064d9f970582a0f3ca9a9df15e48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_99b0cb2134c9f394697b3300d8100f8449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_73b39941f31c160c9a9ac4f500e9696150.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_188d5b07bdd8f373c9d64659ffadecbf51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5ca35aa588b84550a16ae6663186ef7f52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5fc96e9097eaea074993f716cf0c0df953.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_46d164ad4444c4848da3d6152e0e938654.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3653f203472bda98bdc835f128bdd24355.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5230c76003dbe8dfd59a63def9749eec56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61537be7d6aed900d2c294082e185c6157.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_784cede95ae54f0648cf819855a2fc6658.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_29cb2411c008d77b2c3122a39c59ecc159.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_070bdc2be0789afd911b6cf300c286d760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a87bf5ffe634cbdeb651585dc04bc20561.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c73d775ba730031d0be6fce62f11a1e262.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bce5a482b2c194141a9f4a5426b9241163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_183bc7fbed83f76d4ce1bad8d10e696364.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60a81ac3f017bcf6cbe97258de7e05ec65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3b235cea0065b46c2cf3d90123079ac766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5582ab42f88f6427edbc4ef7c0ffa2d467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_69f93fbcaee603fc59484464899aa8b268.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_66c80774f5728e55bf7b2a7e8a519fef69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f50095294462797f73f80063f0b611d070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_634df9ad24e5a124ed57e21297682a5a71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9373c9bff5cae60da0764b6fb329148872.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_19818472a309271278b88e02c764f0ef73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e020ea6072b5ff409adcd1b62e60236174.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d174026ac2dcada275e6875f350904f75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b4be390061f0530b53ea679a170777bc76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff47744580ca764431af40dda16167fd77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b5139070f23751323538ba675938c99478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_757136dc282033a6716b564d947345fa79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f2e69ec2c2015fa0c7653dc9fa770bf80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c24b9ea2c28e3683d72109165c68ed0181.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_205c80d574039fc7db410d1b9dba1fc082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e73eb8a1d5ac4ae2e3dacb730fef94683.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4f98ca89f82ecf2fa6c4cfe07a79f62484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb2a87b172940ff2797ac9958f313bf885.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80a647c7248532a732a6dafffba5702086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_62c5ed59600a7b80508055d36aac6ab587.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb9c5947990cf8880b1ef5851ca6bde088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a3adc9947682b7ebc7a00a9a257bf6db89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_acf0560312f77f306ef924372bf9942090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6e375196182581d32723be81f6dcd51591.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_123de33cdeeca3fd9d9d403c5aa8473792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_33594ca59aa95318d778356af26f901193.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61f94f1278ae7ae459e8ed4ef4984e6094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbfa32dfb9255ecad35e1da1cdb7ac3995.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e51bc921f9c342606c7f1805a5c86bf96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_471918c3e292af756817687e4cec24f497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ba5e131861bcb79da92daa21a6d180398.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b94ff52f67a9583fb014924e8a912dc99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2f6c008f7acb590908ddba367f72ea70100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0810b671c92c579ca766f396061ed651101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2f177d65fecdbdd33453cd2a47a63fb7102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7b75b77ac3d84bcdd8dd3ac74c88e3ac103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_103d0eee84a567ad4d2753798bfde9d9104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15efa8196dc0ac1b8d8264dcd0fe0ca0105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_88c8e2fa58f9486360c4f58a4d430eb2106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f80dfe3dee5f771c272dd22b42a208fb107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6424aec2674fd2a0f26a6c1b0a036925108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15210fd2ee4b6a0ef06835ac9a8e28e2109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8f2d77f9cb9b56d2617412e0f5358e1110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5ab55468ce0cd4eb3ccc6837ff8739c111.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b656819f489c100be171405deb7500252.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e4098575a131ba6cb5a0cc22dc6d9d373.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4770cb844e6c0228b8c5270f2dbc1a324.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_041529b2ae1e929a27e49dfd1bc090605.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2b65d1dba4bd19c1fcca99bd30357796.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_49b01cf0fc67697f9d62810b6d76cb997.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2100906d479a0e94e67ec14eeee5cbd78.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_780ead6d8b9f82cf7921352410bd29aa9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbbfbb22b7e3b2ab03180e1908defed810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b1b568a4ac1b8afa7f6b23650b0af54411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cac570eae64fcfac32610dff594a9c1c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da8df997e377d15bef86a9bca0d5dc1613.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c44c95971764eadc2d2a83beb4b6bbe214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff4f5dbeac7090198279fab02f4cafe015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6e13cca51a64592d9a16dc83ab35286d16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e3ef79239747b2d0836350b7cf5bbcd17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cfbb1831e1ed1fbe934d2aa19c7936218.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cc0fa894f714360205de0f93b8ab12319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c447b4dfa73f1e865ea62e9467c1a5120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdd06a21cab9de40b86e78e4f0bf5c2321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8147b67865babcff0522f87d6ca99d0e22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca64e4dbbe9b6c0ce3a4ada7da9e260f23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5672f81461e7ee0d51a253a16b48319024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5d6d209122300dfc85e2b67b43764a2025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f91064af112153a975594d56a481762c26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_85055029d95af26c67a9db88615384c827.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f2f96028c71ea32261c2c007d207270628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_509e1d70f327f14dd89d5aa9f42f891229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_847bfe50248e97d444ae5692009476fa30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7b79786bb9575bab6172709e2f684bd231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4b59632f348f1800c95b6b1b062406eb32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_89d467b153488e114f27147c3045aba233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_123de33cdeeca3fd9d9d403c5aa8473734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b1b0ad70e6554d2aa708cc5f538fe12e35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61f94f1278ae7ae459e8ed4ef4984e6036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d86c8bbbacecacea74958bd7e1598ed137.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5d711e016e94c3dfccc764e9848424c238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_11be6e47478f4e2c2dc0a4ffc0ee0d8239.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_acb69b4803308e958044bd2fde4ffaf940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_28404e79f563f1700bed88003c116c5b41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c43ff0aff1bf7f90b7c872b26de8ae142.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c317de8370d54425611d5d8f69f2a36843.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3771923eb2d35fd8ab3172097568ddea44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e1b6739ca801cd50d38ec840870c700c45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f2d80600356e1afeebe02a346f07c6246.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_99b0cb2134c9f394697b3300d8100f8447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8bcab38d72dc80d12fb2aa26af4623e448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_188d5b07bdd8f373c9d64659ffadecbf49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0951e7292ef83f143eb1d20db52447b850.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5fc96e9097eaea074993f716cf0c0df951.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_740f301e3870c14ad87f0db4f46051de52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3653f203472bda98bdc835f128bdd24353.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e244ef064d9f970582a0f3ca9a9df15e54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61537be7d6aed900d2c294082e185c6155.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_73b39941f31c160c9a9ac4f500e9696156.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b61439c21ec4001be93519514353553e57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5ca35aa588b84550a16ae6663186ef7f58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_29cb2411c008d77b2c3122a39c59ecc159.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_46d164ad4444c4848da3d6152e0e938660.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a87bf5ffe634cbdeb651585dc04bc20561.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5230c76003dbe8dfd59a63def9749eec62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bce5a482b2c194141a9f4a5426b9241163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_070bdc2be0789afd911b6cf300c286d764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60a81ac3f017bcf6cbe97258de7e05ec65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c73d775ba730031d0be6fce62f11a1e266.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5582ab42f88f6427edbc4ef7c0ffa2d467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_183bc7fbed83f76d4ce1bad8d10e696368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_66c80774f5728e55bf7b2a7e8a519fef69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f50095294462797f73f80063f0b611d070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_69f93fbcaee603fc59484464899aa8b271.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9373c9bff5cae60da0764b6fb329148872.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_634df9ad24e5a124ed57e21297682a5a73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e020ea6072b5ff409adcd1b62e60236174.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_19818472a309271278b88e02c764f0ef75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d174026ac2dcada275e6875f350904f76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b4be390061f0530b53ea679a170777bc77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff47744580ca764431af40dda16167fd78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b5139070f23751323538ba675938c99479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_757136dc282033a6716b564d947345fa80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f2e69ec2c2015fa0c7653dc9fa770bf81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c24b9ea2c28e3683d72109165c68ed0182.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_205c80d574039fc7db410d1b9dba1fc083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e73eb8a1d5ac4ae2e3dacb730fef94684.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4f98ca89f82ecf2fa6c4cfe07a79f62485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb2a87b172940ff2797ac9958f313bf886.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80a647c7248532a732a6dafffba5702087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_62c5ed59600a7b80508055d36aac6ab588.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb9c5947990cf8880b1ef5851ca6bde089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a3adc9947682b7ebc7a00a9a257bf6db90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_acf0560312f77f306ef924372bf9942091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6e375196182581d32723be81f6dcd51592.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_33594ca59aa95318d778356af26f901193.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbfa32dfb9255ecad35e1da1cdb7ac3994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e51bc921f9c342606c7f1805a5c86bf95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_471918c3e292af756817687e4cec24f496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ba5e131861bcb79da92daa21a6d180397.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b94ff52f67a9583fb014924e8a912dc98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2f6c008f7acb590908ddba367f72ea7099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0810b671c92c579ca766f396061ed651100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2f177d65fecdbdd33453cd2a47a63fb7101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7b75b77ac3d84bcdd8dd3ac74c88e3ac102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_103d0eee84a567ad4d2753798bfde9d9103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15efa8196dc0ac1b8d8264dcd0fe0ca0104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_88c8e2fa58f9486360c4f58a4d430eb2105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f80dfe3dee5f771c272dd22b42a208fb106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6424aec2674fd2a0f26a6c1b0a036925107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15210fd2ee4b6a0ef06835ac9a8e28e2108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8f2d77f9cb9b56d2617412e0f5358e1109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5ab55468ce0cd4eb3ccc6837ff8739c110.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4324,80 +4312,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>117</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="110" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4664,54 +4622,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J119"/>
+  <dimension ref="A1:J118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J119" sqref="J119"/>
+      <selection activeCell="J118" sqref="J118"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -5251,165 +5209,165 @@
       <c r="H27" s="7">
         <v>0</v>
       </c>
       <c r="I27" s="7">
         <v>1</v>
       </c>
       <c r="J27" s="7">
         <v>99</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>65</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>66</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>67</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H28" s="7">
-        <v>0.03932895</v>
+        <v>0</v>
       </c>
       <c r="I28" s="7">
         <v>12</v>
       </c>
       <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>68</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>61</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
         <v>0</v>
       </c>
       <c r="H29" s="7">
         <v>0</v>
       </c>
       <c r="I29" s="7">
         <v>144</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>70</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>72</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>1.5</v>
+        <v>1</v>
       </c>
       <c r="H30" s="7">
-        <v>0.00058993</v>
+        <v>0.03932895</v>
       </c>
       <c r="I30" s="7">
         <v>12</v>
       </c>
       <c r="J30" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
         <v>0.25</v>
       </c>
       <c r="H31" s="7">
         <v>0.00294967</v>
       </c>
       <c r="I31" s="7">
         <v>6</v>
       </c>
       <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
         <v>76</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E32" s="7" t="s">
         <v>78</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
-        <v>1</v>
+        <v>1.5</v>
       </c>
       <c r="H32" s="7">
-        <v>0.01573158</v>
+        <v>0.00058993</v>
       </c>
       <c r="I32" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J32" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
         <v>79</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>80</v>
       </c>
       <c r="E33" s="7" t="s">
         <v>81</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="7">
         <v>0.25</v>
       </c>
       <c r="H33" s="7">
         <v>0.00294967</v>
       </c>
@@ -5461,105 +5419,105 @@
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
         <v>0.8</v>
       </c>
       <c r="H35" s="7">
         <v>0.00157316</v>
       </c>
       <c r="I35" s="7">
         <v>24</v>
       </c>
       <c r="J35" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
         <v>88</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
         <v>89</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>90</v>
+        <v>67</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
         <v>1</v>
       </c>
       <c r="H36" s="7">
-        <v>0.01376513</v>
+        <v>0.01573158</v>
       </c>
       <c r="I36" s="7">
         <v>50</v>
       </c>
       <c r="J36" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="E37" s="7" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
         <v>0</v>
       </c>
       <c r="H37" s="7">
         <v>0</v>
       </c>
       <c r="I37" s="7">
         <v>12</v>
       </c>
       <c r="J37" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E38" s="7" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
         <v>1</v>
       </c>
       <c r="H38" s="7">
         <v>0.01376513</v>
       </c>
       <c r="I38" s="7">
         <v>50</v>
       </c>
       <c r="J38" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
         <v>96</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
         <v>97</v>
       </c>
@@ -5569,171 +5527,171 @@
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
         <v>3</v>
       </c>
       <c r="H39" s="7">
         <v>0.02517053</v>
       </c>
       <c r="I39" s="7">
         <v>144</v>
       </c>
       <c r="J39" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
         <v>99</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
         <v>100</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H40" s="7">
-        <v>0</v>
+        <v>0.01376513</v>
       </c>
       <c r="I40" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J40" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="E41" s="7" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
         <v>0</v>
       </c>
       <c r="H41" s="7">
         <v>0</v>
       </c>
       <c r="I41" s="7">
         <v>12</v>
       </c>
       <c r="J41" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
-        <v>0.5</v>
+        <v>1.5</v>
       </c>
       <c r="H42" s="7">
         <v>0.007865789999999999</v>
       </c>
       <c r="I42" s="7">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="J42" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="E43" s="7" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
         <v>0.12</v>
       </c>
       <c r="H43" s="7">
         <v>0.00058993</v>
       </c>
       <c r="I43" s="7">
         <v>12</v>
       </c>
       <c r="J43" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="E44" s="7" t="s">
         <v>111</v>
       </c>
-      <c r="E44" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
-        <v>0.5</v>
+        <v>0.7</v>
       </c>
       <c r="H44" s="7">
-        <v>0.007865789999999999</v>
+        <v>0.01376513</v>
       </c>
       <c r="I44" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J44" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
         <v>112</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
         <v>113</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>114</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
         <v>0.26</v>
       </c>
       <c r="H45" s="7">
         <v>0.00058993</v>
       </c>
@@ -5785,1011 +5743,1011 @@
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
         <v>0</v>
       </c>
       <c r="H47" s="7">
         <v>0</v>
       </c>
       <c r="I47" s="7">
         <v>12</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
         <v>121</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
         <v>122</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>123</v>
+        <v>92</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
-        <v>1</v>
+        <v>0.5</v>
       </c>
       <c r="H48" s="7">
-        <v>0.01573158</v>
+        <v>0.007865789999999999</v>
       </c>
       <c r="I48" s="7">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="J48" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="E49" s="7" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
         <v>0</v>
       </c>
       <c r="H49" s="7">
         <v>0</v>
       </c>
       <c r="I49" s="7">
         <v>12</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
         <v>126</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
         <v>127</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>128</v>
+        <v>92</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="7">
-        <v>0.37</v>
+        <v>0.5</v>
       </c>
       <c r="H50" s="7">
-        <v>0.01573158</v>
+        <v>0.007865789999999999</v>
       </c>
       <c r="I50" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J50" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="E51" s="7" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="7">
         <v>0</v>
       </c>
       <c r="H51" s="7">
         <v>0</v>
       </c>
       <c r="I51" s="7">
         <v>12</v>
       </c>
       <c r="J51" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="E52" s="7" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
         <v>0</v>
       </c>
       <c r="H52" s="7">
         <v>0</v>
       </c>
       <c r="I52" s="7">
         <v>12</v>
       </c>
       <c r="J52" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="E53" s="7" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
         <v>0</v>
       </c>
       <c r="H53" s="7">
         <v>0</v>
       </c>
       <c r="I53" s="7">
         <v>12</v>
       </c>
       <c r="J53" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E54" s="7" t="s">
         <v>139</v>
       </c>
-      <c r="E54" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H54" s="7">
-        <v>0</v>
+        <v>0.01573158</v>
       </c>
       <c r="I54" s="7">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="J54" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="E55" s="7" t="s">
         <v>142</v>
       </c>
-      <c r="E55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
         <v>0</v>
       </c>
       <c r="H55" s="7">
         <v>0</v>
       </c>
       <c r="I55" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J55" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="E56" s="7" t="s">
         <v>145</v>
       </c>
-      <c r="E56" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="7">
-        <v>0.4</v>
+        <v>0.37</v>
       </c>
       <c r="H56" s="7">
-        <v>0.00235974</v>
+        <v>0.01573158</v>
       </c>
       <c r="I56" s="7">
         <v>12</v>
       </c>
       <c r="J56" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
         <v>146</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
         <v>147</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>148</v>
+        <v>92</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
-        <v>0</v>
+        <v>0.6</v>
       </c>
       <c r="H57" s="7">
-        <v>0</v>
+        <v>0.00314632</v>
       </c>
       <c r="I57" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="E58" s="7" t="s">
         <v>150</v>
       </c>
-      <c r="E58" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F58" s="7" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G58" s="7">
         <v>0</v>
       </c>
       <c r="H58" s="7">
         <v>0</v>
       </c>
       <c r="I58" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J58" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="E59" s="7" t="s">
         <v>153</v>
       </c>
-      <c r="E59" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="7">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="H59" s="7">
-        <v>0.00314632</v>
+        <v>0</v>
       </c>
       <c r="I59" s="7">
         <v>12</v>
       </c>
       <c r="J59" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
         <v>154</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
         <v>155</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>78</v>
+        <v>156</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H60" s="7">
-        <v>0.01376513</v>
+        <v>0</v>
       </c>
       <c r="I60" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J60" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="7">
-        <v>0</v>
+        <v>0.6</v>
       </c>
       <c r="H61" s="7">
-        <v>0</v>
+        <v>0.00314632</v>
       </c>
       <c r="I61" s="7">
         <v>12</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
         <v>159</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
         <v>160</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>161</v>
+        <v>92</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="7">
-        <v>0.5</v>
+        <v>0.4</v>
       </c>
       <c r="H62" s="7">
-        <v>0.007865789999999999</v>
+        <v>0.00235974</v>
       </c>
       <c r="I62" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J62" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="E63" s="7" t="s">
         <v>163</v>
       </c>
-      <c r="E63" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="7">
-        <v>0.6</v>
+        <v>15</v>
       </c>
       <c r="H63" s="7">
-        <v>0.00314632</v>
+        <v>0.38227743</v>
       </c>
       <c r="I63" s="7">
-        <v>12</v>
+        <v>288</v>
       </c>
       <c r="J63" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
         <v>164</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
         <v>165</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>101</v>
+        <v>166</v>
       </c>
       <c r="F64" s="7" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G64" s="7">
-        <v>0.55</v>
+        <v>0</v>
       </c>
       <c r="H64" s="7">
-        <v>0.01573158</v>
+        <v>0</v>
       </c>
       <c r="I64" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J64" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G65" s="7">
         <v>15</v>
       </c>
       <c r="H65" s="7">
         <v>0.38227743</v>
       </c>
       <c r="I65" s="7">
         <v>288</v>
       </c>
       <c r="J65" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="4" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E66" s="7" t="s">
-        <v>171</v>
+        <v>84</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G66" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H66" s="7">
-        <v>0</v>
+        <v>0.01376513</v>
       </c>
       <c r="I66" s="7">
-        <v>180</v>
+        <v>50</v>
       </c>
       <c r="J66" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="4" t="s">
         <v>172</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
         <v>173</v>
       </c>
       <c r="E67" s="7" t="s">
         <v>174</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="7">
         <v>1.5</v>
       </c>
       <c r="H67" s="7">
         <v>0.007865789999999999</v>
       </c>
       <c r="I67" s="7">
         <v>12</v>
       </c>
       <c r="J67" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="55">
       <c r="B68" s="4" t="s">
         <v>175</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="6" t="s">
         <v>176</v>
       </c>
       <c r="E68" s="7" t="s">
         <v>177</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G68" s="7">
-        <v>0</v>
+        <v>0.5</v>
       </c>
       <c r="H68" s="7">
-        <v>0</v>
+        <v>0.007865789999999999</v>
       </c>
       <c r="I68" s="7">
-        <v>270</v>
+        <v>24</v>
       </c>
       <c r="J68" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="55">
       <c r="B69" s="4" t="s">
         <v>178</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="6" t="s">
         <v>179</v>
       </c>
       <c r="E69" s="7" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="7">
         <v>1.5</v>
       </c>
       <c r="H69" s="7">
         <v>0.007865789999999999</v>
       </c>
       <c r="I69" s="7">
         <v>12</v>
       </c>
       <c r="J69" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="55">
       <c r="B70" s="4" t="s">
         <v>180</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="6" t="s">
         <v>181</v>
       </c>
       <c r="E70" s="7" t="s">
-        <v>182</v>
+        <v>117</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="7">
-        <v>0</v>
+        <v>0.55</v>
       </c>
       <c r="H70" s="7">
-        <v>0</v>
+        <v>0.01573158</v>
       </c>
       <c r="I70" s="7">
         <v>12</v>
       </c>
       <c r="J70" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="55">
       <c r="B71" s="4" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="E71" s="7" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G71" s="7">
         <v>0</v>
       </c>
       <c r="H71" s="7">
         <v>0</v>
       </c>
       <c r="I71" s="7">
         <v>24</v>
       </c>
       <c r="J71" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="4" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="E72" s="7" t="s">
         <v>187</v>
       </c>
-      <c r="E72" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F72" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="7">
         <v>0</v>
       </c>
       <c r="H72" s="7">
         <v>0</v>
       </c>
       <c r="I72" s="7">
-        <v>12</v>
+        <v>270</v>
       </c>
       <c r="J72" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
         <v>188</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="6" t="s">
         <v>189</v>
       </c>
       <c r="E73" s="7" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="7">
         <v>0</v>
       </c>
       <c r="H73" s="7">
         <v>0</v>
       </c>
       <c r="I73" s="7">
         <v>12</v>
       </c>
       <c r="J73" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="4" t="s">
         <v>190</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="6" t="s">
         <v>191</v>
       </c>
       <c r="E74" s="7" t="s">
         <v>192</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="7">
         <v>0</v>
       </c>
       <c r="H74" s="7">
         <v>0</v>
       </c>
       <c r="I74" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J74" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="4" t="s">
         <v>193</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="6" t="s">
         <v>194</v>
       </c>
       <c r="E75" s="7" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="F75" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="7">
         <v>0.3</v>
       </c>
       <c r="H75" s="7">
         <v>0.00307257</v>
       </c>
       <c r="I75" s="7">
         <v>12</v>
       </c>
       <c r="J75" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="4" t="s">
         <v>195</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="6" t="s">
         <v>196</v>
       </c>
       <c r="E76" s="7" t="s">
-        <v>197</v>
+        <v>23</v>
       </c>
       <c r="F76" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="7">
         <v>0</v>
       </c>
       <c r="H76" s="7">
         <v>0</v>
       </c>
       <c r="I76" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J76" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="55">
       <c r="B77" s="4" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="6" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="E77" s="7" t="s">
         <v>174</v>
       </c>
       <c r="F77" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G77" s="7">
         <v>0</v>
       </c>
       <c r="H77" s="7">
         <v>0</v>
       </c>
       <c r="I77" s="7">
         <v>12</v>
       </c>
       <c r="J77" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="55">
       <c r="B78" s="4" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="E78" s="7" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G78" s="7">
         <v>0</v>
       </c>
       <c r="H78" s="7">
         <v>0</v>
       </c>
       <c r="I78" s="7">
         <v>12</v>
       </c>
       <c r="J78" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="55">
       <c r="B79" s="4" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="E79" s="7" t="s">
         <v>204</v>
       </c>
-      <c r="E79" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F79" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G79" s="7">
         <v>0</v>
       </c>
       <c r="H79" s="7">
         <v>0</v>
       </c>
       <c r="I79" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J79" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="55">
       <c r="B80" s="4" t="s">
         <v>205</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="6" t="s">
         <v>206</v>
       </c>
       <c r="E80" s="7" t="s">
         <v>207</v>
       </c>
       <c r="F80" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G80" s="7">
         <v>0</v>
       </c>
       <c r="H80" s="7">
         <v>0</v>
       </c>
       <c r="I80" s="7">
         <v>24</v>
       </c>
       <c r="J80" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="55">
       <c r="B81" s="4" t="s">
         <v>208</v>
       </c>
       <c r="C81" s="6"/>
       <c r="D81" s="6" t="s">
         <v>209</v>
       </c>
       <c r="E81" s="7" t="s">
-        <v>210</v>
+        <v>145</v>
       </c>
       <c r="F81" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G81" s="7">
         <v>0</v>
       </c>
       <c r="H81" s="7">
         <v>0</v>
       </c>
       <c r="I81" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J81" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="55">
       <c r="B82" s="4" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="6" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E82" s="7" t="s">
         <v>44</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>52</v>
       </c>
       <c r="G82" s="7">
         <v>0</v>
       </c>
       <c r="H82" s="7">
         <v>0</v>
       </c>
       <c r="I82" s="7">
         <v>1</v>
       </c>
       <c r="J82" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="55">
       <c r="B83" s="4" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="E83" s="7" t="s">
         <v>214</v>
       </c>
-      <c r="E83" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F83" s="7" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G83" s="7">
         <v>0</v>
       </c>
       <c r="H83" s="7">
         <v>0</v>
       </c>
       <c r="I83" s="7">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="J83" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="55">
       <c r="B84" s="4" t="s">
         <v>215</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="6" t="s">
         <v>216</v>
       </c>
       <c r="E84" s="7" t="s">
         <v>44</v>
       </c>
       <c r="F84" s="7" t="s">
         <v>52</v>
       </c>
       <c r="G84" s="7">
         <v>0</v>
       </c>
       <c r="H84" s="7">
         <v>0</v>
       </c>
       <c r="I84" s="7">
         <v>1</v>
       </c>
@@ -6811,956 +6769,929 @@
       <c r="F85" s="7" t="s">
         <v>52</v>
       </c>
       <c r="G85" s="7">
         <v>0</v>
       </c>
       <c r="H85" s="7">
         <v>0</v>
       </c>
       <c r="I85" s="7">
         <v>1</v>
       </c>
       <c r="J85" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="55">
       <c r="B86" s="4" t="s">
         <v>219</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="6" t="s">
         <v>220</v>
       </c>
       <c r="E86" s="7" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="F86" s="7" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G86" s="7">
+        <v>0</v>
+      </c>
+      <c r="H86" s="7">
+        <v>0</v>
+      </c>
+      <c r="I86" s="7">
         <v>1</v>
       </c>
-      <c r="H86" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="J86" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="55">
       <c r="B87" s="4" t="s">
         <v>221</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="6" t="s">
         <v>222</v>
       </c>
       <c r="E87" s="7" t="s">
         <v>84</v>
       </c>
       <c r="F87" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="7">
         <v>1</v>
       </c>
       <c r="H87" s="7">
         <v>0.01573158</v>
       </c>
       <c r="I87" s="7">
         <v>50</v>
       </c>
       <c r="J87" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="55">
       <c r="B88" s="4" t="s">
         <v>223</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="6" t="s">
         <v>224</v>
       </c>
       <c r="E88" s="7" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G88" s="7">
         <v>1</v>
       </c>
       <c r="H88" s="7">
         <v>0.01573158</v>
       </c>
       <c r="I88" s="7">
         <v>50</v>
       </c>
       <c r="J88" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="55">
       <c r="B89" s="4" t="s">
         <v>225</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="6" t="s">
         <v>226</v>
       </c>
       <c r="E89" s="7" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="F89" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G89" s="7">
         <v>1</v>
       </c>
       <c r="H89" s="7">
-        <v>0.01376513</v>
+        <v>0.01573158</v>
       </c>
       <c r="I89" s="7">
         <v>50</v>
       </c>
       <c r="J89" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="55">
       <c r="B90" s="4" t="s">
         <v>227</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="6" t="s">
         <v>228</v>
       </c>
       <c r="E90" s="7" t="s">
-        <v>229</v>
+        <v>84</v>
       </c>
       <c r="F90" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="7">
         <v>1</v>
       </c>
       <c r="H90" s="7">
         <v>0.01376513</v>
       </c>
       <c r="I90" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J90" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="55">
       <c r="B91" s="4" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="E91" s="7" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="F91" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G91" s="7">
         <v>1</v>
       </c>
       <c r="H91" s="7">
         <v>0.01376513</v>
       </c>
       <c r="I91" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J91" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="55">
       <c r="B92" s="4" t="s">
         <v>232</v>
       </c>
       <c r="C92" s="6"/>
       <c r="D92" s="6" t="s">
         <v>233</v>
       </c>
       <c r="E92" s="7" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="F92" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G92" s="7">
         <v>1</v>
       </c>
       <c r="H92" s="7">
         <v>0.01376513</v>
       </c>
       <c r="I92" s="7">
         <v>50</v>
       </c>
       <c r="J92" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="55">
       <c r="B93" s="4" t="s">
         <v>234</v>
       </c>
       <c r="C93" s="6"/>
       <c r="D93" s="6" t="s">
         <v>235</v>
       </c>
       <c r="E93" s="7" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G93" s="7">
         <v>1</v>
       </c>
       <c r="H93" s="7">
         <v>0.01376513</v>
       </c>
       <c r="I93" s="7">
         <v>50</v>
       </c>
       <c r="J93" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="55">
       <c r="B94" s="4" t="s">
         <v>236</v>
       </c>
       <c r="C94" s="6"/>
       <c r="D94" s="6" t="s">
         <v>237</v>
       </c>
       <c r="E94" s="7" t="s">
-        <v>238</v>
+        <v>95</v>
       </c>
       <c r="F94" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G94" s="7">
         <v>1</v>
       </c>
       <c r="H94" s="7">
-        <v>0.0377558</v>
+        <v>0.01376513</v>
       </c>
       <c r="I94" s="7">
-        <v>144</v>
+        <v>50</v>
       </c>
       <c r="J94" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="55">
       <c r="B95" s="4" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C95" s="6"/>
       <c r="D95" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="E95" s="7" t="s">
         <v>240</v>
       </c>
-      <c r="E95" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F95" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G95" s="7">
-        <v>0.25</v>
+        <v>1</v>
       </c>
       <c r="H95" s="7">
-        <v>0.00235974</v>
+        <v>0.0377558</v>
       </c>
       <c r="I95" s="7">
-        <v>8</v>
+        <v>144</v>
       </c>
       <c r="J95" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="55">
       <c r="B96" s="4" t="s">
         <v>241</v>
       </c>
       <c r="C96" s="6"/>
       <c r="D96" s="6" t="s">
         <v>242</v>
       </c>
       <c r="E96" s="7" t="s">
-        <v>137</v>
+        <v>117</v>
       </c>
       <c r="F96" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G96" s="7">
-        <v>0</v>
+        <v>0.25</v>
       </c>
       <c r="H96" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I96" s="7">
-        <v>144</v>
+        <v>8</v>
       </c>
       <c r="J96" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="55">
       <c r="B97" s="4" t="s">
         <v>243</v>
       </c>
       <c r="C97" s="6"/>
       <c r="D97" s="6" t="s">
         <v>244</v>
       </c>
       <c r="E97" s="7" t="s">
-        <v>245</v>
+        <v>130</v>
       </c>
       <c r="F97" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G97" s="7">
         <v>0</v>
       </c>
       <c r="H97" s="7">
         <v>0</v>
       </c>
       <c r="I97" s="7">
-        <v>12</v>
+        <v>144</v>
       </c>
       <c r="J97" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="55">
       <c r="B98" s="4" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C98" s="6"/>
       <c r="D98" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="E98" s="7" t="s">
         <v>247</v>
       </c>
-      <c r="E98" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F98" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G98" s="7">
         <v>0</v>
       </c>
       <c r="H98" s="7">
         <v>0</v>
       </c>
       <c r="I98" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J98" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="55">
       <c r="B99" s="4" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="C99" s="6"/>
       <c r="D99" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="E99" s="7" t="s">
         <v>250</v>
       </c>
-      <c r="E99" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F99" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G99" s="7">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="H99" s="7">
-        <v>0.01048772</v>
+        <v>0</v>
       </c>
       <c r="I99" s="7">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="J99" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="55">
       <c r="B100" s="4" t="s">
         <v>251</v>
       </c>
       <c r="C100" s="6"/>
       <c r="D100" s="6" t="s">
         <v>252</v>
       </c>
       <c r="E100" s="7" t="s">
-        <v>253</v>
+        <v>145</v>
       </c>
       <c r="F100" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G100" s="7">
-        <v>1.5</v>
+        <v>0.8</v>
       </c>
       <c r="H100" s="7">
-        <v>0.007865789999999999</v>
+        <v>0.01048772</v>
       </c>
       <c r="I100" s="7">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="J100" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="55">
       <c r="B101" s="4" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="C101" s="6"/>
       <c r="D101" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="E101" s="7" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="F101" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="7">
         <v>1.5</v>
       </c>
       <c r="H101" s="7">
         <v>0.007865789999999999</v>
       </c>
       <c r="I101" s="7">
         <v>12</v>
       </c>
       <c r="J101" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="55">
       <c r="B102" s="4" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="C102" s="6"/>
       <c r="D102" s="6" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="E102" s="7" t="s">
-        <v>259</v>
+        <v>214</v>
       </c>
       <c r="F102" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G102" s="7">
-        <v>0.7</v>
+        <v>0</v>
       </c>
       <c r="H102" s="7">
-        <v>0.01376513</v>
+        <v>0</v>
       </c>
       <c r="I102" s="7">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="J102" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="55">
       <c r="B103" s="4" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C103" s="6"/>
       <c r="D103" s="6" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="E103" s="7" t="s">
-        <v>210</v>
+        <v>250</v>
       </c>
       <c r="F103" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G103" s="7">
-        <v>0</v>
+        <v>0.65</v>
       </c>
       <c r="H103" s="7">
-        <v>0</v>
+        <v>0.007865789999999999</v>
       </c>
       <c r="I103" s="7">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="J103" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="55">
       <c r="B104" s="4" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="C104" s="6"/>
       <c r="D104" s="6" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="E104" s="7" t="s">
-        <v>248</v>
+        <v>262</v>
       </c>
       <c r="F104" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G104" s="7">
-        <v>0.65</v>
+        <v>0</v>
       </c>
       <c r="H104" s="7">
-        <v>0.007865789999999999</v>
+        <v>0</v>
       </c>
       <c r="I104" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J104" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="55">
       <c r="B105" s="4" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="C105" s="6"/>
       <c r="D105" s="6" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="E105" s="7" t="s">
-        <v>266</v>
+        <v>117</v>
       </c>
       <c r="F105" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G105" s="7">
-        <v>0</v>
+        <v>0.35</v>
       </c>
       <c r="H105" s="7">
-        <v>0</v>
+        <v>0.00491612</v>
       </c>
       <c r="I105" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J105" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="55">
       <c r="B106" s="4" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C106" s="6"/>
       <c r="D106" s="6" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="E106" s="7" t="s">
-        <v>101</v>
+        <v>267</v>
       </c>
       <c r="F106" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G106" s="7">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="H106" s="7">
         <v>0.00491612</v>
       </c>
       <c r="I106" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J106" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="55">
       <c r="B107" s="4" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="C107" s="6"/>
       <c r="D107" s="6" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="E107" s="7" t="s">
-        <v>271</v>
+        <v>174</v>
       </c>
       <c r="F107" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G107" s="7">
-        <v>0.3</v>
+        <v>0.5</v>
       </c>
       <c r="H107" s="7">
-        <v>0.00491612</v>
+        <v>0.007865789999999999</v>
       </c>
       <c r="I107" s="7">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="J107" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="55">
       <c r="B108" s="4" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C108" s="6"/>
       <c r="D108" s="6" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="E108" s="7" t="s">
-        <v>174</v>
+        <v>272</v>
       </c>
       <c r="F108" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G108" s="7">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="H108" s="7">
-        <v>0.007865789999999999</v>
+        <v>0</v>
       </c>
       <c r="I108" s="7">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="J108" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="55">
       <c r="B109" s="4" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="C109" s="6"/>
       <c r="D109" s="6" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="E109" s="7" t="s">
-        <v>276</v>
+        <v>139</v>
       </c>
       <c r="F109" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G109" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H109" s="7">
-        <v>0</v>
+        <v>0.01573158</v>
       </c>
       <c r="I109" s="7">
         <v>48</v>
       </c>
       <c r="J109" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="55">
       <c r="B110" s="4" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C110" s="6"/>
       <c r="D110" s="6" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="E110" s="7" t="s">
-        <v>123</v>
+        <v>277</v>
       </c>
       <c r="F110" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G110" s="7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H110" s="7">
-        <v>0.01573158</v>
+        <v>0</v>
       </c>
       <c r="I110" s="7">
         <v>48</v>
       </c>
       <c r="J110" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="55">
       <c r="B111" s="4" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C111" s="6"/>
       <c r="D111" s="6" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="E111" s="7" t="s">
-        <v>281</v>
+        <v>177</v>
       </c>
       <c r="F111" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G111" s="7">
         <v>0</v>
       </c>
       <c r="H111" s="7">
         <v>0</v>
       </c>
       <c r="I111" s="7">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="J111" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="55">
       <c r="B112" s="4" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C112" s="6"/>
       <c r="D112" s="6" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="E112" s="7" t="s">
-        <v>161</v>
+        <v>177</v>
       </c>
       <c r="F112" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G112" s="7">
         <v>0</v>
       </c>
       <c r="H112" s="7">
         <v>0</v>
       </c>
       <c r="I112" s="7">
         <v>8</v>
       </c>
       <c r="J112" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="55">
       <c r="B113" s="4" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="C113" s="6"/>
       <c r="D113" s="6" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="E113" s="7" t="s">
-        <v>161</v>
+        <v>177</v>
       </c>
       <c r="F113" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G113" s="7">
-        <v>0</v>
+        <v>0.37</v>
       </c>
       <c r="H113" s="7">
-        <v>0</v>
+        <v>0.01573158</v>
       </c>
       <c r="I113" s="7">
         <v>8</v>
       </c>
       <c r="J113" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="55">
       <c r="B114" s="4" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="C114" s="6"/>
       <c r="D114" s="6" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="E114" s="7" t="s">
-        <v>161</v>
+        <v>286</v>
       </c>
       <c r="F114" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G114" s="7">
-        <v>0.37</v>
+        <v>0.3</v>
       </c>
       <c r="H114" s="7">
-        <v>0.01573158</v>
+        <v>0.00117987</v>
       </c>
       <c r="I114" s="7">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="J114" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="55">
       <c r="B115" s="4" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="C115" s="6"/>
       <c r="D115" s="6" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="E115" s="7" t="s">
-        <v>290</v>
+        <v>231</v>
       </c>
       <c r="F115" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G115" s="7">
-        <v>0.3</v>
+        <v>1</v>
       </c>
       <c r="H115" s="7">
-        <v>0.00117987</v>
+        <v>0.01573158</v>
       </c>
       <c r="I115" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J115" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="55">
       <c r="B116" s="4" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="C116" s="6"/>
       <c r="D116" s="6" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="E116" s="7" t="s">
-        <v>229</v>
+        <v>291</v>
       </c>
       <c r="F116" s="7" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G116" s="7">
+        <v>3</v>
+      </c>
+      <c r="H116" s="7">
+        <v>0.02359737</v>
+      </c>
+      <c r="I116" s="7">
         <v>1</v>
       </c>
-      <c r="H116" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="J116" s="7">
-        <v>0</v>
+        <v>96</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="55">
       <c r="B117" s="4" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="C117" s="6"/>
       <c r="D117" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="E117" s="7" t="s">
         <v>294</v>
       </c>
-      <c r="E117" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F117" s="7" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G117" s="7">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H117" s="7">
-        <v>0.02359737</v>
+        <v>0</v>
       </c>
       <c r="I117" s="7">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="J117" s="7">
-        <v>96</v>
+        <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="55">
       <c r="B118" s="4" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="C118" s="6"/>
       <c r="D118" s="6" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="E118" s="7" t="s">
-        <v>298</v>
+        <v>23</v>
       </c>
       <c r="F118" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G118" s="7">
         <v>0</v>
       </c>
       <c r="H118" s="7">
         <v>0</v>
       </c>
       <c r="I118" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J118" s="7">
-        <v>0</v>
-[...25 lines deleted...]
-      <c r="J119" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">