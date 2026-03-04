--- v1 (2026-01-05)
+++ v2 (2026-03-04)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Bin Toys" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -73,840 +73,729 @@
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Bin Toys</t>
   </si>
   <si>
     <t xml:space="preserve">BLOWTOP </t>
   </si>
   <si>
     <t>Air-Powered Spinning Tops 144 Pack - Blow-Powered Fun for Kids' Motor Skills and Interactive Play</t>
   </si>
   <si>
     <t>$9.75</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
+    <t xml:space="preserve">0GMIX17 </t>
+  </si>
+  <si>
+    <t>Mini Boba Tea Plush Collection - 12 Adorable Soft Toys for Bubble Tea Lovers</t>
+  </si>
+  <si>
+    <t>$14.89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0828-A </t>
+  </si>
+  <si>
+    <t>Plush Toy Breakfast Character Food Themed Collectible</t>
+  </si>
+  <si>
+    <t>$58.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FITR5 </t>
+  </si>
+  <si>
+    <t>Bamboo Finger Trap Pack: 144 Classic Gag Toys for Party Favors and Group Fun</t>
+  </si>
+  <si>
+    <t>$23.23</t>
+  </si>
+  <si>
     <t xml:space="preserve">0LMIX10 </t>
   </si>
   <si>
     <t>Micro Teenies Crayon Friends Keychain Plush Pack of 36</t>
   </si>
   <si>
     <t>$127.00</t>
   </si>
   <si>
-    <t xml:space="preserve">LI0828-A </t>
-[...14 lines deleted...]
-    <t>$23.23</t>
+    <t xml:space="preserve">CS-SIL35 </t>
+  </si>
+  <si>
+    <t>1.38" Silly Face Coil Spring 50 pcs</t>
+  </si>
+  <si>
+    <t>$6.30</t>
   </si>
   <si>
     <t xml:space="preserve">0LMIX12 </t>
   </si>
   <si>
     <t>Micro Teenies Plush Keychain Set - Five Nights at Freddy's Characters (Set of 36) 2.5in Collectible Toys</t>
   </si>
   <si>
-    <t xml:space="preserve">CS-SIL35 </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">0LMIX3 </t>
   </si>
   <si>
     <t>Collectible Teenage Character Keychain Plush Set - Perfect Gift for Fans!</t>
   </si>
   <si>
-    <t xml:space="preserve">0LMIX4 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">0LMIX5 </t>
   </si>
   <si>
     <t>Plush Toys Animal Keychain Clip On Jungle Collectible</t>
   </si>
   <si>
     <t>$93.75</t>
   </si>
   <si>
     <t xml:space="preserve">0LMIX6 </t>
   </si>
   <si>
     <t>Micro Teenies Avengers Hero Keychain Plush Pack (36pcs) Collectible Fan Gift Fun</t>
   </si>
   <si>
     <t>$136.08</t>
   </si>
   <si>
     <t xml:space="preserve">0LMIX9 </t>
   </si>
   <si>
     <t>Penguin Toy Plush Keychain Clip-On Collectible Animal</t>
   </si>
   <si>
-    <t xml:space="preserve">0LMIX7 </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">6BIND </t>
   </si>
   <si>
     <t>Clear Display Bins for Candy, Plastic Storage, Prize Presentation, Guest Attraction, Perfect Merchandise Display</t>
   </si>
   <si>
     <t>$112.05</t>
   </si>
   <si>
-    <t>Box</t>
+    <t>Case</t>
   </si>
   <si>
     <t xml:space="preserve">DICEFOAM </t>
   </si>
   <si>
     <t>Unleash Fun with Foam Dice: Perfect for Board Games, Educational Games, Birthday Party Surprises &amp; Vibrant Family Fun!</t>
   </si>
   <si>
     <t>$4.50</t>
   </si>
   <si>
     <t xml:space="preserve">8BIND </t>
   </si>
   <si>
     <t>Ultimate 8-Inch Display Bins for Toys &amp; Candy: High-Grade Plastic, Elevate Redemption Counter, Perfect Promotional Storage Solution</t>
   </si>
   <si>
     <t>$80.70</t>
   </si>
   <si>
     <t xml:space="preserve">FOFI6A </t>
   </si>
   <si>
     <t>Indoor Outdoor Fun Pack: Foam Dart Shooters with Finger Grip for Kids' Dart Game</t>
   </si>
   <si>
     <t>$5.40</t>
   </si>
   <si>
     <t xml:space="preserve">ALIEN7 </t>
   </si>
   <si>
     <t>Alien Head Plush Toy - Galaxy Print, Outer Space Theme, Black Eyes, Perfect for Imaginative Play and Toy Collection</t>
   </si>
   <si>
     <t>$155.93</t>
   </si>
   <si>
-    <t xml:space="preserve">LU1025 </t>
-[...2 lines deleted...]
-    <t>Happy Birthday LED Pendant Necklace Party Pendant Cord Gift</t>
+    <t xml:space="preserve">JET3A </t>
+  </si>
+  <si>
+    <t>Kids' Aviation Toy Set with 12 Plastic Fighter Plane Models for Imaginative Play and Collector's Assortment</t>
+  </si>
+  <si>
+    <t>$7.38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARMY2 </t>
+  </si>
+  <si>
+    <t>Classic Military Army Men - 144 Green Toy Soldiers for Imaginative Kids Play and Epic Battle Setups</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLCARD </t>
+  </si>
+  <si>
+    <t>Standard Poker Card Set: 12 Decks, Easy Shuffle for Ultimate Game Night Fun</t>
+  </si>
+  <si>
+    <t>$6.48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB35200 </t>
+  </si>
+  <si>
+    <t>Stitch Pop Up Lollipops: Fun Disney Collectible with Chupa Chups for Movie-Themed Snacking!</t>
+  </si>
+  <si>
+    <t>$46.68</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUA13B </t>
+  </si>
+  <si>
+    <t>Mini Alien Party Pack - Glitter Extraterrestrials for Fun Cranes, Cute Decor &amp; Themed Events!</t>
+  </si>
+  <si>
+    <t>$24.75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIINK </t>
+  </si>
+  <si>
+    <t>Magic Ink for Secret Messages &amp; Prank Fun - Safe Playful Mischief Set, Write &amp; Disappear!</t>
+  </si>
+  <si>
+    <t>$7.56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUA14B </t>
+  </si>
+  <si>
+    <t>Acornimals Collectible Vending Toys - Kawaii Animal Figures for Mini Cranes and Vending Machines</t>
   </si>
   <si>
     <t>$22.50</t>
   </si>
   <si>
-    <t xml:space="preserve">ARMY2 </t>
-[...35 lines deleted...]
-    <t>Marvel Avengers Chupa Chups Interactive Lollipop Toy with Reusable POP UPS 3 Refills</t>
+    <t xml:space="preserve">FRISBEE3 </t>
+  </si>
+  <si>
+    <t>Ultimate Outdoor Flyers Set - 3in Disks, 144pcs for Unlimited Fun</t>
+  </si>
+  <si>
+    <t>$19.43</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUD28B </t>
+  </si>
+  <si>
+    <t>Cowboy Hat Duck Toy with Bandana Rubber Duck Western Toy</t>
+  </si>
+  <si>
+    <t>$27.75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ICE2B </t>
+  </si>
+  <si>
+    <t>ICEE Rubber Ducks 6in - Classic Bath Toy for Kids, Vibrant and Durable Set of 12 with Iconic Branding for Fun and Collecting</t>
+  </si>
+  <si>
+    <t>$49.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUD31B </t>
+  </si>
+  <si>
+    <t>Tie-Dye Rubber Ducks Bundle 50-Pack for Bathtime Fun and Party Favors</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JY1000 </t>
+  </si>
+  <si>
+    <t>Best Friends Mood Bracelet Set: 2pk of 12pcs Reflective Jewelry with Unique Peace Charms for Emotional Connection &amp; Distance Bond</t>
+  </si>
+  <si>
+    <t>$32.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1253 </t>
+  </si>
+  <si>
+    <t>Sealife Squishy Ocean Animals Fidget Collection Toy Pack</t>
   </si>
   <si>
     <t>$37.50</t>
   </si>
   <si>
-    <t xml:space="preserve">RUA13B </t>
-[...26 lines deleted...]
-    <t>LED Light-Up Dice Set - Flashing Glowing Dice for Board Game Nights (12 Pack)</t>
+    <t xml:space="preserve">JY1001 </t>
+  </si>
+  <si>
+    <t>Mood Ring Pack: Discover Emotional State &amp; Self-Discovery Through Color Changes, Perfect Jewelry to Communicate Feelings &amp; Emotions Effortlessly!</t>
+  </si>
+  <si>
+    <t>$16.12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1255 </t>
+  </si>
+  <si>
+    <t>Squishy Dinosaur Toy Dinosaur Collection Soft Dinosaur Figure Dinosaur Set Dinosaur Stress Relief</t>
+  </si>
+  <si>
+    <t>$54.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KC0085 </t>
+  </si>
+  <si>
+    <t>Mickey Mouse Keychain Lanyard 12-Pack - Iconic Disney Collectible Wrist Accessory for Kids &amp; Adults</t>
+  </si>
+  <si>
+    <t>$59.48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1256 </t>
+  </si>
+  <si>
+    <t>Squishy Ice Cream Cone Collectible Kid-Friendly Stress Relief Novelty Fun 12 Pack</t>
+  </si>
+  <si>
+    <t>$21.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">METAL </t>
+  </si>
+  <si>
+    <t>Ultimate Play Handcuff Set - 12 Metal Toy Handcuffs, Durable Steel, Realistic Design, Safety Latch, For Imaginative Role Play</t>
+  </si>
+  <si>
+    <t>$23.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ST1029 </t>
+  </si>
+  <si>
+    <t>Squeeze Toy Pop-Up Fun Poo - Hilarious Gag Gift for Kids, Stress Reliever and Party Favor 24 Piece Pack</t>
   </si>
   <si>
     <t>$16.20</t>
   </si>
   <si>
-    <t xml:space="preserve">RUD28B </t>
-[...103 lines deleted...]
-  <si>
     <t xml:space="preserve">NV0037 </t>
   </si>
   <si>
     <t>Ice Cream Cone Shooters Set - Indoor Outdoor Foam Launch, Party Fun for Kids and Adults, 12 Count Play Pack</t>
   </si>
   <si>
     <t>$10.72</t>
   </si>
   <si>
     <t xml:space="preserve">ST3023 </t>
   </si>
   <si>
     <t>10in Folding Paper Fans Set Party Favors - 12 Pack with Black Plastic Handles - Perfect Portable Breeze Makers for Events</t>
   </si>
   <si>
     <t>$3.30</t>
   </si>
   <si>
     <t xml:space="preserve">NV2338 </t>
   </si>
   <si>
     <t>Squeeze Pineapple with Ribbon – Tropical Stress Relief Toy with Colorful Explosion and Addictive Fun – 12 Pack Sensory Novelty Gift Box</t>
   </si>
   <si>
     <t>$18.15</t>
   </si>
   <si>
     <t xml:space="preserve">TY0078 </t>
   </si>
   <si>
     <t>Dinosaur Figurine Surprise Pack - Unwrap Excitement with Mystery Toy Collection! Perfect Gift Ideas for Imaginary Adventures with Collectible Prehistoric Creatures!</t>
   </si>
   <si>
     <t>$28.23</t>
   </si>
   <si>
     <t xml:space="preserve">NV2467 </t>
   </si>
   <si>
     <t>Squeeze Alien Stress Toy - Beads-Filled Sensory Experience for Anxiety Relief &amp; On-the-Go Relaxation (24 Pack)</t>
   </si>
   <si>
     <t>$16.14</t>
   </si>
   <si>
-    <t xml:space="preserve">TY1079 </t>
-[...2 lines deleted...]
-    <t>Graffiti Stunt Car Collection Pack - 12pcs of Thrilling Races, Flips &amp; Stunts!</t>
+    <t xml:space="preserve">0GMIX2 </t>
+  </si>
+  <si>
+    <t>Plush Mix Food Drink Snack Toy Tween Cool Gift</t>
+  </si>
+  <si>
+    <t>$12.38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV3033 </t>
+  </si>
+  <si>
+    <t>Squishy Tortoise Therapy Toy - Relieve Stress and Anxiety with Calming Stretchy Fun</t>
+  </si>
+  <si>
+    <t>$27.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0GMIX24 </t>
+  </si>
+  <si>
+    <t>Stuffed Animals Plush Set Mini Plush Toy Bundle Collection</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NV3034 </t>
+  </si>
+  <si>
+    <t>Squishy Unicorn Therapy Toy for Stress Relief and Sensory Play (12 Pack)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0GMIX29 </t>
+  </si>
+  <si>
+    <t>Mini Crane Plush Laying Animal Toy Claw Machine Prize</t>
+  </si>
+  <si>
+    <t>$340.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PL0004 </t>
+  </si>
+  <si>
+    <t>Endless Fun with Mini Plush Octopus Collection - 3-inch Assorted Pack (288 Pieces)</t>
+  </si>
+  <si>
+    <t>$414.60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0GMIX30 </t>
+  </si>
+  <si>
+    <t>Plush Monkey Capybara Cow Bear Sloth Panda Pig Koala Chicken Mouse Dog</t>
+  </si>
+  <si>
+    <t>$16.02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PU1012 </t>
+  </si>
+  <si>
+    <t>Bouncing Putty for Sensory Play, Creative Arts, Interactive Fun, Non-Toxic Stress Relief, and Educational Toys</t>
+  </si>
+  <si>
+    <t>$17.28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LI0829-A </t>
+  </si>
+  <si>
+    <t>Yummy World Carnival Plush Pretzel Plush Pickle Plush Plush Keychain Carnival Toy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PU1123 </t>
+  </si>
+  <si>
+    <t>Galaxy Star Slime Collection: Multicolored Sensory Jars for Creative Play &amp; Stress Relief</t>
   </si>
   <si>
     <t>$25.20</t>
   </si>
   <si>
-    <t xml:space="preserve">NV2496 </t>
-[...89 lines deleted...]
-    <t>Pullback Toy Mini Airplane Plastic Vehicle Jet Plane</t>
+    <t xml:space="preserve">SQ1277 </t>
+  </si>
+  <si>
+    <t>Squishy Milk Carton Stress Toy Fidget Squeeze Prize Gift</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PU1126 </t>
+  </si>
+  <si>
+    <t>Glow-in-the-Dark Putty for Ultimate Stress Relief - Squeeze, Stretch, Shape for Hours of Fun! Perfect Kids &amp; Adults Toy with Vibrant Assorted Colors for Relaxation</t>
+  </si>
+  <si>
+    <t>$15.12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ST1031 </t>
+  </si>
+  <si>
+    <t>Suction Animals Toys Sticking Figures Funny Animals Suction Play Set</t>
+  </si>
+  <si>
+    <t>$14.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PU1139 </t>
+  </si>
+  <si>
+    <t>Volcano Effect Kinetic Sand Set: Shape, Build, and Watch Endless Creative Fun!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PU1187 </t>
+  </si>
+  <si>
+    <t>Glow Putty Egg - Interactive Sensory Kit for Kids &amp; Adults, Glow-in-the-Dark Play, Molding &amp; Bouncing, Captivating Novelty for Endless Fun</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PU1188 </t>
+  </si>
+  <si>
+    <t>Alien Slime Glow Putty Space Toy Alien Figure Barrel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PU1191 </t>
+  </si>
+  <si>
+    <t>Tropical Pineapple Slime Adventure: Unleash Creativity with Pineapple-Shaped Containers for Sensory Play, Stress Relief, and Endless Fun!</t>
+  </si>
+  <si>
+    <t>$19.44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PU1194 </t>
+  </si>
+  <si>
+    <t>Donut Slime Sensory Experience Pack with Sprinkles - 24 Pieces of Fun and Relaxation</t>
+  </si>
+  <si>
+    <t>$12.11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RS1010 </t>
+  </si>
+  <si>
+    <t>Acrylic Ice Crystal Creations: Elevate Event Decor, Enhance Displays with Stunning Visual Merchandising, Perfect for Craft Projects &amp; Party Decorations!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RS1011 </t>
+  </si>
+  <si>
+    <t>Acrylic Ice Display Gems for Event Centerpiece, Vase Filler, Arts and Crafts, Wedding Decoration, Home Decor, and Reusable Scatter for DIY Projects</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RS1012 </t>
+  </si>
+  <si>
+    <t>Versatile Acrylic Ice for Stunning Decorations and Visual Merchandising - Perfect for Event Decoration and Craft Projects</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RS1013 </t>
+  </si>
+  <si>
+    <t>Acrylic Ice Cubes for Realistic Event Decor - Stunning Imitation Ice, Perfect for Crane Machines, Versatile Decoration, Photography Props &amp; Crafts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUA15B </t>
+  </si>
+  <si>
+    <t>Glitter Mini Mushrooms 2-inch 50 Pack - Magic Sparkle Fun Decor Collection</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUA3B </t>
+  </si>
+  <si>
+    <t>Animal Buds Variety Pack: Cute Animal Toys for Crane Machines &amp; Party Favors - Pink Pig, Black/White Panda, Blue Mouse, Yellow Dog, Orange Cat, Purple Monkey Collection</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUA8B </t>
+  </si>
+  <si>
+    <t>Charming 2.5in Vinyl Mushrooms for Mini Cranes &amp; Bins - 50pcs Set with Expressive Faces &amp; Polka Dot Caps, Boost Your Sales with Unique Color Combos &amp; Kawaii Design</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUD20B </t>
+  </si>
+  <si>
+    <t>Sporty Rubber Duck Collection: Football, Pickleball, Golf, Basketball, Baseball, and Soccer Styles (50 Pieces)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUD21B </t>
+  </si>
+  <si>
+    <t>Complete Sports Ducks Set: Perfect Gift Collection with Golf, Basketball, Football, Pickleball, Baseball, Soccer Themes. Ideal Decoration for Fans!</t>
+  </si>
+  <si>
+    <t>$40.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUD2B </t>
+  </si>
+  <si>
+    <t>Ultimate Rubber Duck Assortment: Crane Game Prizes, Lucky &amp; Robot Themes, Perfect Bath Toys &amp; Toy Collection Gifts.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUD32B </t>
+  </si>
+  <si>
+    <t>Rubber Duck Bath Toy Pool Toy Party Favor Duck Collection</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUD33B </t>
+  </si>
+  <si>
+    <t>Animal Pattern Rubber Ducks Set (50 Pcs) Playtime Collection</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RULER </t>
+  </si>
+  <si>
+    <t>Back to School Fun with 3in Ruler &amp; Stencils Pack - Perfect for Art Projects, Geometric Shape Tracing, Compact Design for Easy Use &amp; Measuring Delight!</t>
+  </si>
+  <si>
+    <t>$14.58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHERIFF </t>
+  </si>
+  <si>
+    <t>Sheriff Stars for Western Theme: Self Clipping Badges - 144pcs Toy Badges Costume Accessories for Role Play and Pretend Play Children's Party</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SON8 </t>
+  </si>
+  <si>
+    <t>Sonic Mini Finger Skateboard Collection: 12 Collectible Boards with Iconic Characters, Exciting Designs, and Thrilling Twists for Fun Play and Imaginative Adventures</t>
+  </si>
+  <si>
+    <t>$6.06</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ0078 </t>
+  </si>
+  <si>
+    <t>Mini Squishy Keychain Pack - Perfect Sensory Play and Stress Relief Collectibles!</t>
+  </si>
+  <si>
+    <t>$20.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ0079 </t>
+  </si>
+  <si>
+    <t>Mini Sea Creature Squishies Set 50 Pieces Fun Collectible Ocean Toys</t>
+  </si>
+  <si>
+    <t>$21.52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1250 </t>
+  </si>
+  <si>
+    <t>Squeezy Gumball Sensory Toy with Beads - Ultimate Stress Relief &amp; Fidget Fun!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQ1254 </t>
+  </si>
+  <si>
+    <t>Funny Squeezy Toy Pack Variety Set Stress Relief Collectibles Fun Playful Companion 3 inch (12pcs)</t>
+  </si>
+  <si>
+    <t>$12.96</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SQSN13B </t>
+  </si>
+  <si>
+    <t>Squishy Mushroom Miniatures Set - 50pcs of 8 Unique Styles for Collectors</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ST1013 </t>
+  </si>
+  <si>
+    <t>Sports Foam Dart Fun Pack: Indoor &amp; Outdoor Play with Soccer, Football, Baseball, Basketball Themes - 12 Piece Kids Toy Assortment</t>
+  </si>
+  <si>
+    <t>$10.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ST1016 </t>
+  </si>
+  <si>
+    <t>Animal Popper Ball Poppers - Interactive Squeeze Toys with Soft Pop Sound for Imaginative Play and Kids Entertainment (24 pcs)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ST1022 </t>
+  </si>
+  <si>
+    <t>Pullback Mini Race Car Set (12-Pack) - Perfect Kids' Entertainment &amp; Classroom Rewards, Vibrant Toy Collection for Imaginative Play &amp; Motor Skills Fun!</t>
+  </si>
+  <si>
+    <t>$6.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ST1028 </t>
+  </si>
+  <si>
+    <t>Sponge Ball Toy Ring Shooter Ball Launcher Finger Toy Playtime Toy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ST3325 </t>
+  </si>
+  <si>
+    <t>Chinese Yo-Yo Set: Classic Toy with Paper Roll &amp; Sturdy Stick for Kids - Fun Activity &amp; Interactive Toy for Parties, Prizes, and Entertainment</t>
+  </si>
+  <si>
+    <t>$11.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TY0080 </t>
+  </si>
+  <si>
+    <t>Collectible Marine Animals Mystery Blind Bag - Unwrapping Thrill with Detailed Figures for Imaginative Play &amp; Ocean Themed Toy Collection!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TY1070 </t>
+  </si>
+  <si>
+    <t>Victory Lap Racers 1:64 Scale Set, Must-Have Assorted Race Cars for Competitive Racing Enthusiasts and Collectors, Exhilarating Racing Collection Essentials.</t>
+  </si>
+  <si>
+    <t>$32.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TY1083 </t>
+  </si>
+  <si>
+    <t>Construction Interlocking Bricks Set - Build Architectural Wonders with Assorted Building Bricks and 8 Construction Vehicles for Creative and Imaginative Play</t>
   </si>
   <si>
     <t>$9.00</t>
-  </si>
-[...310 lines deleted...]
-    <t>Construction Interlocking Bricks Set - Build Architectural Wonders with Assorted Building Bricks and 8 Construction Vehicles for Creative and Imaginative Play</t>
   </si>
   <si>
     <t xml:space="preserve">TY1085 </t>
   </si>
   <si>
     <t>Build &amp; Protect: Police Brick Set for Creative Play &amp; Mini City Adventures</t>
   </si>
   <si>
     <t xml:space="preserve">WHOOP8 </t>
   </si>
   <si>
     <t>Whoopy Cushion Fun Pack - 24 Party Prank Fart Sound Jokes</t>
   </si>
   <si>
     <t>$23.04</t>
   </si>
   <si>
     <t xml:space="preserve">RUA26B </t>
   </si>
   <si>
     <t>Collectible Glitter Aliens Set - Perfect Extra-Terrestrial Toy for Party Decoration and Unique Gift</t>
   </si>
   <si>
     <t xml:space="preserve">TY1008 </t>
   </si>
@@ -1020,51 +909,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b656819f489c100be171405deb7500252.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e4098575a131ba6cb5a0cc22dc6d9d373.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4770cb844e6c0228b8c5270f2dbc1a324.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_041529b2ae1e929a27e49dfd1bc090605.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2b65d1dba4bd19c1fcca99bd30357796.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_49b01cf0fc67697f9d62810b6d76cb997.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2100906d479a0e94e67ec14eeee5cbd78.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_780ead6d8b9f82cf7921352410bd29aa9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbbfbb22b7e3b2ab03180e1908defed810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b1b568a4ac1b8afa7f6b23650b0af54411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cac570eae64fcfac32610dff594a9c1c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da8df997e377d15bef86a9bca0d5dc1613.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c44c95971764eadc2d2a83beb4b6bbe214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff4f5dbeac7090198279fab02f4cafe015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6e13cca51a64592d9a16dc83ab35286d16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e3ef79239747b2d0836350b7cf5bbcd17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cfbb1831e1ed1fbe934d2aa19c7936218.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cc0fa894f714360205de0f93b8ab12319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c447b4dfa73f1e865ea62e9467c1a5120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdd06a21cab9de40b86e78e4f0bf5c2321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8147b67865babcff0522f87d6ca99d0e22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca64e4dbbe9b6c0ce3a4ada7da9e260f23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5672f81461e7ee0d51a253a16b48319024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5d6d209122300dfc85e2b67b43764a2025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f91064af112153a975594d56a481762c26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_85055029d95af26c67a9db88615384c827.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f2f96028c71ea32261c2c007d207270628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_509e1d70f327f14dd89d5aa9f42f891229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_847bfe50248e97d444ae5692009476fa30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7b79786bb9575bab6172709e2f684bd231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4b59632f348f1800c95b6b1b062406eb32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_89d467b153488e114f27147c3045aba233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_123de33cdeeca3fd9d9d403c5aa8473734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b1b0ad70e6554d2aa708cc5f538fe12e35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61f94f1278ae7ae459e8ed4ef4984e6036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d86c8bbbacecacea74958bd7e1598ed137.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5d711e016e94c3dfccc764e9848424c238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_11be6e47478f4e2c2dc0a4ffc0ee0d8239.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_acb69b4803308e958044bd2fde4ffaf940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_28404e79f563f1700bed88003c116c5b41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c43ff0aff1bf7f90b7c872b26de8ae142.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c317de8370d54425611d5d8f69f2a36843.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3771923eb2d35fd8ab3172097568ddea44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e1b6739ca801cd50d38ec840870c700c45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f2d80600356e1afeebe02a346f07c6246.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_99b0cb2134c9f394697b3300d8100f8447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8bcab38d72dc80d12fb2aa26af4623e448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_188d5b07bdd8f373c9d64659ffadecbf49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0951e7292ef83f143eb1d20db52447b850.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5fc96e9097eaea074993f716cf0c0df951.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_740f301e3870c14ad87f0db4f46051de52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3653f203472bda98bdc835f128bdd24353.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e244ef064d9f970582a0f3ca9a9df15e54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61537be7d6aed900d2c294082e185c6155.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_73b39941f31c160c9a9ac4f500e9696156.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b61439c21ec4001be93519514353553e57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5ca35aa588b84550a16ae6663186ef7f58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_29cb2411c008d77b2c3122a39c59ecc159.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_46d164ad4444c4848da3d6152e0e938660.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a87bf5ffe634cbdeb651585dc04bc20561.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5230c76003dbe8dfd59a63def9749eec62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bce5a482b2c194141a9f4a5426b9241163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_070bdc2be0789afd911b6cf300c286d764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60a81ac3f017bcf6cbe97258de7e05ec65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c73d775ba730031d0be6fce62f11a1e266.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5582ab42f88f6427edbc4ef7c0ffa2d467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_183bc7fbed83f76d4ce1bad8d10e696368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_66c80774f5728e55bf7b2a7e8a519fef69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f50095294462797f73f80063f0b611d070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_69f93fbcaee603fc59484464899aa8b271.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9373c9bff5cae60da0764b6fb329148872.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_634df9ad24e5a124ed57e21297682a5a73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e020ea6072b5ff409adcd1b62e60236174.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_19818472a309271278b88e02c764f0ef75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d174026ac2dcada275e6875f350904f76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b4be390061f0530b53ea679a170777bc77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff47744580ca764431af40dda16167fd78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b5139070f23751323538ba675938c99479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_757136dc282033a6716b564d947345fa80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f2e69ec2c2015fa0c7653dc9fa770bf81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c24b9ea2c28e3683d72109165c68ed0182.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_205c80d574039fc7db410d1b9dba1fc083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e73eb8a1d5ac4ae2e3dacb730fef94684.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4f98ca89f82ecf2fa6c4cfe07a79f62485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb2a87b172940ff2797ac9958f313bf886.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80a647c7248532a732a6dafffba5702087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_62c5ed59600a7b80508055d36aac6ab588.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb9c5947990cf8880b1ef5851ca6bde089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a3adc9947682b7ebc7a00a9a257bf6db90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_acf0560312f77f306ef924372bf9942091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6e375196182581d32723be81f6dcd51592.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_33594ca59aa95318d778356af26f901193.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbfa32dfb9255ecad35e1da1cdb7ac3994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e51bc921f9c342606c7f1805a5c86bf95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_471918c3e292af756817687e4cec24f496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ba5e131861bcb79da92daa21a6d180397.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b94ff52f67a9583fb014924e8a912dc98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2f6c008f7acb590908ddba367f72ea7099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0810b671c92c579ca766f396061ed651100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2f177d65fecdbdd33453cd2a47a63fb7101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7b75b77ac3d84bcdd8dd3ac74c88e3ac102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_103d0eee84a567ad4d2753798bfde9d9103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15efa8196dc0ac1b8d8264dcd0fe0ca0104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_88c8e2fa58f9486360c4f58a4d430eb2105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f80dfe3dee5f771c272dd22b42a208fb106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6424aec2674fd2a0f26a6c1b0a036925107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15210fd2ee4b6a0ef06835ac9a8e28e2108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8f2d77f9cb9b56d2617412e0f5358e1109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5ab55468ce0cd4eb3ccc6837ff8739c110.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b656819f489c100be171405deb7500252.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3873ee9c2078bf4a1d2915da4a6e48453.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4770cb844e6c0228b8c5270f2dbc1a324.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_041529b2ae1e929a27e49dfd1bc090605.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e4098575a131ba6cb5a0cc22dc6d9d376.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_49b01cf0fc67697f9d62810b6d76cb997.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a2b65d1dba4bd19c1fcca99bd30357798.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_780ead6d8b9f82cf7921352410bd29aa9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b1b568a4ac1b8afa7f6b23650b0af54410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cac570eae64fcfac32610dff594a9c1c11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da8df997e377d15bef86a9bca0d5dc1612.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff4f5dbeac7090198279fab02f4cafe013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6e13cca51a64592d9a16dc83ab35286d14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e3ef79239747b2d0836350b7cf5bbcd15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cfbb1831e1ed1fbe934d2aa19c7936216.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cc0fa894f714360205de0f93b8ab12317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_81338cf9bd40a7e1a20bb6aabf246d0818.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cdd06a21cab9de40b86e78e4f0bf5c2319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5672f81461e7ee0d51a253a16b48319020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ca64e4dbbe9b6c0ce3a4ada7da9e260f21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f91064af112153a975594d56a481762c22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_85055029d95af26c67a9db88615384c823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f2f96028c71ea32261c2c007d207270624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7b79786bb9575bab6172709e2f684bd225.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_847bfe50248e97d444ae5692009476fa26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_89d467b153488e114f27147c3045aba227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4b59632f348f1800c95b6b1b062406eb28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b1b0ad70e6554d2aa708cc5f538fe12e29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_123de33cdeeca3fd9d9d403c5aa8473730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d86c8bbbacecacea74958bd7e1598ed131.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_61f94f1278ae7ae459e8ed4ef4984e6032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_11be6e47478f4e2c2dc0a4ffc0ee0d8233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5d711e016e94c3dfccc764e9848424c234.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_28404e79f563f1700bed88003c116c5b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1c43ff0aff1bf7f90b7c872b26de8ae136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c317de8370d54425611d5d8f69f2a36837.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3771923eb2d35fd8ab3172097568ddea38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e1b6739ca801cd50d38ec840870c700c39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f2d80600356e1afeebe02a346f07c6240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_99b0cb2134c9f394697b3300d8100f8441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_740f301e3870c14ad87f0db4f46051de42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5fc96e9097eaea074993f716cf0c0df943.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e244ef064d9f970582a0f3ca9a9df15e44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3653f203472bda98bdc835f128bdd24345.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_070bdc2be0789afd911b6cf300c286d746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b61439c21ec4001be93519514353553e47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c73d775ba730031d0be6fce62f11a1e248.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_29cb2411c008d77b2c3122a39c59ecc149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_183bc7fbed83f76d4ce1bad8d10e696350.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a87bf5ffe634cbdeb651585dc04bc20551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_634df9ad24e5a124ed57e21297682a5a52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bce5a482b2c194141a9f4a5426b9241153.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_19818472a309271278b88e02c764f0ef54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_60a81ac3f017bcf6cbe97258de7e05ec55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5582ab42f88f6427edbc4ef7c0ffa2d456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_66c80774f5728e55bf7b2a7e8a519fef57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f50095294462797f73f80063f0b611d058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9373c9bff5cae60da0764b6fb329148859.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e020ea6072b5ff409adcd1b62e60236160.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d174026ac2dcada275e6875f350904f61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b4be390061f0530b53ea679a170777bc62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff47744580ca764431af40dda16167fd63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b5139070f23751323538ba675938c99464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_757136dc282033a6716b564d947345fa65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1f2e69ec2c2015fa0c7653dc9fa770bf66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c24b9ea2c28e3683d72109165c68ed0167.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_205c80d574039fc7db410d1b9dba1fc068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7e73eb8a1d5ac4ae2e3dacb730fef94669.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4f98ca89f82ecf2fa6c4cfe07a79f62470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb2a87b172940ff2797ac9958f313bf871.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80a647c7248532a732a6dafffba5702072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb9c5947990cf8880b1ef5851ca6bde073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a3adc9947682b7ebc7a00a9a257bf6db74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_acf0560312f77f306ef924372bf9942075.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78263dd999fdac31f38db41e48c804ac76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6e375196182581d32723be81f6dcd51577.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_33594ca59aa95318d778356af26f901178.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e51bc921f9c342606c7f1805a5c86bf79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_471918c3e292af756817687e4cec24f480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ba5e131861bcb79da92daa21a6d180381.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5b94ff52f67a9583fb014924e8a912dc82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2f6c008f7acb590908ddba367f72ea7083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0810b671c92c579ca766f396061ed65184.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2f177d65fecdbdd33453cd2a47a63fb785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7b75b77ac3d84bcdd8dd3ac74c88e3ac86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15efa8196dc0ac1b8d8264dcd0fe0ca087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_88c8e2fa58f9486360c4f58a4d430eb288.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f80dfe3dee5f771c272dd22b42a208fb89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6424aec2674fd2a0f26a6c1b0a03692590.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15210fd2ee4b6a0ef06835ac9a8e28e291.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d8f2d77f9cb9b56d2617412e0f5358e192.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e5ab55468ce0cd4eb3ccc6837ff8739c93.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3802,560 +3691,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>100</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="93" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
-        <a:stretch>
-[...508 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4622,54 +4001,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J118"/>
+  <dimension ref="A1:J101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J118" sqref="J118"/>
+      <selection activeCell="J101" sqref="J101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -4750,57 +4129,57 @@
       <c r="H10" s="7">
         <v>0.00442451</v>
       </c>
       <c r="I10" s="7">
         <v>144</v>
       </c>
       <c r="J10" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H11" s="7">
-        <v>0.0188779</v>
+        <v>0</v>
       </c>
       <c r="I11" s="7">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="J11" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
         <v>0</v>
       </c>
       <c r="H12" s="7">
         <v>0</v>
       </c>
@@ -4825,2873 +4204,2414 @@
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
         <v>3</v>
       </c>
       <c r="H13" s="7">
         <v>0.14158423</v>
       </c>
       <c r="I13" s="7">
         <v>144</v>
       </c>
       <c r="J13" s="7">
         <v>3600</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
         <v>1</v>
       </c>
       <c r="H14" s="7">
         <v>0.0188779</v>
       </c>
       <c r="I14" s="7">
         <v>36</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
         <v>0.362873896</v>
       </c>
       <c r="H15" s="7">
         <v>0.00288412</v>
       </c>
       <c r="I15" s="7">
         <v>50</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
         <v>1</v>
       </c>
       <c r="H16" s="7">
         <v>0.0188779</v>
       </c>
       <c r="I16" s="7">
         <v>36</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
         <v>1</v>
       </c>
       <c r="H17" s="7">
         <v>0.0188779</v>
       </c>
       <c r="I17" s="7">
         <v>36</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
         <v>1</v>
       </c>
       <c r="H18" s="7">
         <v>0.0188779</v>
       </c>
       <c r="I18" s="7">
         <v>36</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
         <v>1</v>
       </c>
       <c r="H19" s="7">
         <v>0.0188779</v>
       </c>
       <c r="I19" s="7">
         <v>36</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>1</v>
+        <v>0.75</v>
       </c>
       <c r="H20" s="7">
-        <v>0.0188779</v>
+        <v>0.01376513</v>
       </c>
       <c r="I20" s="7">
         <v>36</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F21" s="7" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="G21" s="7">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="H21" s="7">
-        <v>0.01376513</v>
+        <v>0.02831685</v>
       </c>
       <c r="I21" s="7">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="J21" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H22" s="7">
-        <v>0.0188779</v>
+        <v>0</v>
       </c>
       <c r="I22" s="7">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="G23" s="7">
         <v>0.7</v>
       </c>
       <c r="H23" s="7">
-        <v>0.02831685</v>
+        <v>0.06712141000000001</v>
       </c>
       <c r="I23" s="7">
         <v>1</v>
       </c>
       <c r="J23" s="7">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>0</v>
+        <v>0.25</v>
       </c>
       <c r="H24" s="7">
-        <v>0</v>
+        <v>0.0017698</v>
       </c>
       <c r="I24" s="7">
         <v>12</v>
       </c>
       <c r="J24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F25" s="7" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="G25" s="7">
-        <v>0.7</v>
+        <v>0</v>
       </c>
       <c r="H25" s="7">
-        <v>0.06712141000000001</v>
+        <v>0</v>
       </c>
       <c r="I25" s="7">
         <v>1</v>
       </c>
       <c r="J25" s="7">
-        <v>4</v>
+        <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>0.25</v>
+        <v>0.36</v>
       </c>
       <c r="H26" s="7">
-        <v>0.0017698</v>
+        <v>0.007865789999999999</v>
       </c>
       <c r="I26" s="7">
         <v>12</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G27" s="7">
         <v>0</v>
       </c>
       <c r="H27" s="7">
         <v>0</v>
       </c>
       <c r="I27" s="7">
-        <v>1</v>
+        <v>144</v>
       </c>
       <c r="J27" s="7">
-        <v>99</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>0</v>
+        <v>1.5</v>
       </c>
       <c r="H28" s="7">
-        <v>0</v>
+        <v>0.00058993</v>
       </c>
       <c r="I28" s="7">
         <v>12</v>
       </c>
       <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E29" s="7" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
-        <v>0</v>
+        <v>0.25</v>
       </c>
       <c r="H29" s="7">
-        <v>0</v>
+        <v>0.00294967</v>
       </c>
       <c r="I29" s="7">
-        <v>144</v>
+        <v>6</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
         <v>1</v>
       </c>
       <c r="H30" s="7">
-        <v>0.03932895</v>
+        <v>0.01573158</v>
       </c>
       <c r="I30" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J30" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
-        <v>0.25</v>
+        <v>0.8</v>
       </c>
       <c r="H31" s="7">
-        <v>0.00294967</v>
+        <v>0.00157316</v>
       </c>
       <c r="I31" s="7">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
-        <v>1.5</v>
+        <v>1</v>
       </c>
       <c r="H32" s="7">
-        <v>0.00058993</v>
+        <v>0.01573158</v>
       </c>
       <c r="I32" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J32" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="7">
-        <v>0.25</v>
+        <v>3</v>
       </c>
       <c r="H33" s="7">
-        <v>0.00294967</v>
+        <v>0.02517053</v>
       </c>
       <c r="I33" s="7">
-        <v>6</v>
+        <v>144</v>
       </c>
       <c r="J33" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="7">
         <v>1</v>
       </c>
       <c r="H34" s="7">
-        <v>0.01573158</v>
+        <v>0.01376513</v>
       </c>
       <c r="I34" s="7">
         <v>50</v>
       </c>
       <c r="J34" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="H35" s="7">
-        <v>0.00157316</v>
+        <v>0</v>
       </c>
       <c r="I35" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J35" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>67</v>
+        <v>86</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
         <v>1</v>
       </c>
       <c r="H36" s="7">
-        <v>0.01573158</v>
+        <v>0.01376513</v>
       </c>
       <c r="I36" s="7">
         <v>50</v>
       </c>
       <c r="J36" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
-        <v>0</v>
+        <v>0.12</v>
       </c>
       <c r="H37" s="7">
-        <v>0</v>
+        <v>0.00058993</v>
       </c>
       <c r="I37" s="7">
         <v>12</v>
       </c>
       <c r="J37" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
-        <v>1</v>
+        <v>1.5</v>
       </c>
       <c r="H38" s="7">
-        <v>0.01376513</v>
+        <v>0.007865789999999999</v>
       </c>
       <c r="I38" s="7">
         <v>50</v>
       </c>
       <c r="J38" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
-        <v>3</v>
+        <v>0.26</v>
       </c>
       <c r="H39" s="7">
-        <v>0.02517053</v>
+        <v>0.00058993</v>
       </c>
       <c r="I39" s="7">
-        <v>144</v>
+        <v>12</v>
       </c>
       <c r="J39" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="7">
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="H40" s="7">
         <v>0.01376513</v>
       </c>
       <c r="I40" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J40" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
         <v>0</v>
       </c>
       <c r="H41" s="7">
         <v>0</v>
       </c>
       <c r="I41" s="7">
         <v>12</v>
       </c>
       <c r="J41" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>81</v>
+        <v>109</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
-        <v>1.5</v>
+        <v>0</v>
       </c>
       <c r="H42" s="7">
-        <v>0.007865789999999999</v>
+        <v>0</v>
       </c>
       <c r="I42" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J42" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
-        <v>0.12</v>
+        <v>0</v>
       </c>
       <c r="H43" s="7">
-        <v>0.00058993</v>
+        <v>0</v>
       </c>
       <c r="I43" s="7">
         <v>12</v>
       </c>
       <c r="J43" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
-        <v>0.7</v>
+        <v>0.5</v>
       </c>
       <c r="H44" s="7">
-        <v>0.01376513</v>
+        <v>0.007865789999999999</v>
       </c>
       <c r="I44" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J44" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
-        <v>0.26</v>
+        <v>0</v>
       </c>
       <c r="H45" s="7">
-        <v>0.00058993</v>
+        <v>0</v>
       </c>
       <c r="I45" s="7">
         <v>12</v>
       </c>
       <c r="J45" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
         <v>0</v>
       </c>
       <c r="H46" s="7">
         <v>0</v>
       </c>
       <c r="I46" s="7">
         <v>12</v>
       </c>
       <c r="J46" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
         <v>0</v>
       </c>
       <c r="H47" s="7">
         <v>0</v>
       </c>
       <c r="I47" s="7">
         <v>12</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>92</v>
+        <v>127</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
-        <v>0.5</v>
+        <v>1</v>
       </c>
       <c r="H48" s="7">
-        <v>0.007865789999999999</v>
+        <v>0.01573158</v>
       </c>
       <c r="I48" s="7">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="J48" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
         <v>0</v>
       </c>
       <c r="H49" s="7">
         <v>0</v>
       </c>
       <c r="I49" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="7">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="H50" s="7">
-        <v>0.007865789999999999</v>
+        <v>0</v>
       </c>
       <c r="I50" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J50" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="7">
         <v>0</v>
       </c>
       <c r="H51" s="7">
         <v>0</v>
       </c>
       <c r="I51" s="7">
         <v>12</v>
       </c>
       <c r="J51" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>133</v>
+        <v>115</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
-        <v>0</v>
+        <v>0.4</v>
       </c>
       <c r="H52" s="7">
-        <v>0</v>
+        <v>0.00235974</v>
       </c>
       <c r="I52" s="7">
         <v>12</v>
       </c>
       <c r="J52" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="E53" s="7" t="s">
         <v>136</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
-        <v>0</v>
+        <v>0.6</v>
       </c>
       <c r="H53" s="7">
-        <v>0</v>
+        <v>0.00314632</v>
       </c>
       <c r="I53" s="7">
         <v>12</v>
       </c>
       <c r="J53" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H54" s="7">
-        <v>0.01573158</v>
+        <v>0</v>
       </c>
       <c r="I54" s="7">
-        <v>48</v>
+        <v>270</v>
       </c>
       <c r="J54" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="H55" s="7">
-        <v>0</v>
+        <v>0.38227743</v>
       </c>
       <c r="I55" s="7">
-        <v>24</v>
+        <v>288</v>
       </c>
       <c r="J55" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="7">
-        <v>0.37</v>
+        <v>0</v>
       </c>
       <c r="H56" s="7">
-        <v>0.01573158</v>
+        <v>0</v>
       </c>
       <c r="I56" s="7">
         <v>12</v>
       </c>
       <c r="J56" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>92</v>
+        <v>152</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
-        <v>0.6</v>
+        <v>1.5</v>
       </c>
       <c r="H57" s="7">
-        <v>0.00314632</v>
+        <v>0.007865789999999999</v>
       </c>
       <c r="I57" s="7">
         <v>12</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>150</v>
+        <v>23</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
         <v>0</v>
       </c>
       <c r="H58" s="7">
         <v>0</v>
       </c>
       <c r="I58" s="7">
         <v>12</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="7">
-        <v>0</v>
+        <v>1.5</v>
       </c>
       <c r="H59" s="7">
-        <v>0</v>
+        <v>0.007865789999999999</v>
       </c>
       <c r="I59" s="7">
         <v>12</v>
       </c>
       <c r="J59" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="7">
         <v>0</v>
       </c>
       <c r="H60" s="7">
         <v>0</v>
       </c>
       <c r="I60" s="7">
         <v>12</v>
       </c>
       <c r="J60" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="7">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="H61" s="7">
-        <v>0.00314632</v>
+        <v>0</v>
       </c>
       <c r="I61" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>92</v>
+        <v>165</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="7">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="H62" s="7">
-        <v>0.00235974</v>
+        <v>0</v>
       </c>
       <c r="I62" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J62" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>163</v>
+        <v>115</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="7">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="H63" s="7">
-        <v>0.38227743</v>
+        <v>0</v>
       </c>
       <c r="I63" s="7">
-        <v>288</v>
+        <v>12</v>
       </c>
       <c r="J63" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="F64" s="7" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G64" s="7">
-        <v>0</v>
+        <v>0.3</v>
       </c>
       <c r="H64" s="7">
-        <v>0</v>
+        <v>0.00307257</v>
       </c>
       <c r="I64" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J64" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G65" s="7">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="H65" s="7">
-        <v>0.38227743</v>
+        <v>0</v>
       </c>
       <c r="I65" s="7">
-        <v>288</v>
+        <v>12</v>
       </c>
       <c r="J65" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="4" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="6" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E66" s="7" t="s">
-        <v>84</v>
+        <v>174</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G66" s="7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H66" s="7">
-        <v>0.01376513</v>
+        <v>0</v>
       </c>
       <c r="I66" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J66" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="4" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="E67" s="7" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="7">
-        <v>1.5</v>
+        <v>0</v>
       </c>
       <c r="H67" s="7">
-        <v>0.007865789999999999</v>
+        <v>0</v>
       </c>
       <c r="I67" s="7">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="J67" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="55">
       <c r="B68" s="4" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="6" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="E68" s="7" t="s">
-        <v>177</v>
+        <v>42</v>
       </c>
       <c r="F68" s="7" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="G68" s="7">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="H68" s="7">
-        <v>0.007865789999999999</v>
+        <v>0</v>
       </c>
       <c r="I68" s="7">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J68" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="55">
       <c r="B69" s="4" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="6" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="E69" s="7" t="s">
-        <v>145</v>
+        <v>42</v>
       </c>
       <c r="F69" s="7" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="G69" s="7">
-        <v>1.5</v>
+        <v>0</v>
       </c>
       <c r="H69" s="7">
-        <v>0.007865789999999999</v>
+        <v>0</v>
       </c>
       <c r="I69" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J69" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="55">
       <c r="B70" s="4" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="6" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E70" s="7" t="s">
-        <v>117</v>
+        <v>42</v>
       </c>
       <c r="F70" s="7" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="G70" s="7">
-        <v>0.55</v>
+        <v>0</v>
       </c>
       <c r="H70" s="7">
-        <v>0.01573158</v>
+        <v>0</v>
       </c>
       <c r="I70" s="7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J70" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="55">
       <c r="B71" s="4" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="6" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E71" s="7" t="s">
-        <v>184</v>
+        <v>42</v>
       </c>
       <c r="F71" s="7" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="G71" s="7">
         <v>0</v>
       </c>
       <c r="H71" s="7">
         <v>0</v>
       </c>
       <c r="I71" s="7">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J71" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="4" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E72" s="7" t="s">
-        <v>187</v>
+        <v>74</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H72" s="7">
-        <v>0</v>
+        <v>0.01573158</v>
       </c>
       <c r="I72" s="7">
-        <v>270</v>
+        <v>50</v>
       </c>
       <c r="J72" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
         <v>188</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="6" t="s">
         <v>189</v>
       </c>
       <c r="E73" s="7" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H73" s="7">
-        <v>0</v>
+        <v>0.01573158</v>
       </c>
       <c r="I73" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J73" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="4" t="s">
         <v>190</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="6" t="s">
         <v>191</v>
       </c>
       <c r="E74" s="7" t="s">
-        <v>192</v>
+        <v>74</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H74" s="7">
-        <v>0</v>
+        <v>0.01573158</v>
       </c>
       <c r="I74" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J74" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="4" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="6" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="E75" s="7" t="s">
-        <v>184</v>
+        <v>74</v>
       </c>
       <c r="F75" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="7">
-        <v>0.3</v>
+        <v>1</v>
       </c>
       <c r="H75" s="7">
-        <v>0.00307257</v>
+        <v>0.01376513</v>
       </c>
       <c r="I75" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J75" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="4" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="E76" s="7" t="s">
         <v>196</v>
       </c>
-      <c r="E76" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H76" s="7">
-        <v>0</v>
+        <v>0.01376513</v>
       </c>
       <c r="I76" s="7">
         <v>12</v>
       </c>
       <c r="J76" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="55">
       <c r="B77" s="4" t="s">
         <v>197</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="6" t="s">
         <v>198</v>
       </c>
       <c r="E77" s="7" t="s">
-        <v>174</v>
+        <v>74</v>
       </c>
       <c r="F77" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G77" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H77" s="7">
-        <v>0</v>
+        <v>0.01376513</v>
       </c>
       <c r="I77" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J77" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="55">
       <c r="B78" s="4" t="s">
         <v>199</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="6" t="s">
         <v>200</v>
       </c>
       <c r="E78" s="7" t="s">
-        <v>201</v>
+        <v>86</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G78" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H78" s="7">
-        <v>0</v>
+        <v>0.01376513</v>
       </c>
       <c r="I78" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J78" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="55">
       <c r="B79" s="4" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="6" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="E79" s="7" t="s">
-        <v>204</v>
+        <v>86</v>
       </c>
       <c r="F79" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G79" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H79" s="7">
-        <v>0</v>
+        <v>0.01376513</v>
       </c>
       <c r="I79" s="7">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="J79" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="55">
       <c r="B80" s="4" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="6" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="E80" s="7" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="F80" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G80" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H80" s="7">
-        <v>0</v>
+        <v>0.0377558</v>
       </c>
       <c r="I80" s="7">
-        <v>24</v>
+        <v>144</v>
       </c>
       <c r="J80" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="55">
       <c r="B81" s="4" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C81" s="6"/>
       <c r="D81" s="6" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="E81" s="7" t="s">
-        <v>145</v>
+        <v>118</v>
       </c>
       <c r="F81" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G81" s="7">
         <v>0</v>
       </c>
       <c r="H81" s="7">
         <v>0</v>
       </c>
       <c r="I81" s="7">
-        <v>12</v>
+        <v>144</v>
       </c>
       <c r="J81" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="55">
       <c r="B82" s="4" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="6" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="E82" s="7" t="s">
-        <v>44</v>
+        <v>210</v>
       </c>
       <c r="F82" s="7" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G82" s="7">
         <v>0</v>
       </c>
       <c r="H82" s="7">
         <v>0</v>
       </c>
       <c r="I82" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J82" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="55">
       <c r="B83" s="4" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="E83" s="7" t="s">
         <v>213</v>
       </c>
-      <c r="E83" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F83" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="7">
         <v>0</v>
       </c>
       <c r="H83" s="7">
         <v>0</v>
       </c>
       <c r="I83" s="7">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="J83" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="55">
       <c r="B84" s="4" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="E84" s="7" t="s">
         <v>216</v>
       </c>
-      <c r="E84" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F84" s="7" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G84" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H84" s="7">
-        <v>0</v>
+        <v>0.01573158</v>
       </c>
       <c r="I84" s="7">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="J84" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="55">
       <c r="B85" s="4" t="s">
         <v>217</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="6" t="s">
         <v>218</v>
       </c>
       <c r="E85" s="7" t="s">
-        <v>44</v>
+        <v>157</v>
       </c>
       <c r="F85" s="7" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G85" s="7">
-        <v>0</v>
+        <v>0.8</v>
       </c>
       <c r="H85" s="7">
-        <v>0</v>
+        <v>0.01048772</v>
       </c>
       <c r="I85" s="7">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="J85" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="55">
       <c r="B86" s="4" t="s">
         <v>219</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="6" t="s">
         <v>220</v>
       </c>
       <c r="E86" s="7" t="s">
-        <v>44</v>
+        <v>221</v>
       </c>
       <c r="F86" s="7" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G86" s="7">
-        <v>0</v>
+        <v>1.5</v>
       </c>
       <c r="H86" s="7">
-        <v>0</v>
+        <v>0.007865789999999999</v>
       </c>
       <c r="I86" s="7">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J86" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="55">
       <c r="B87" s="4" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="6" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E87" s="7" t="s">
-        <v>84</v>
+        <v>213</v>
       </c>
       <c r="F87" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="7">
-        <v>1</v>
+        <v>0.65</v>
       </c>
       <c r="H87" s="7">
-        <v>0.01573158</v>
+        <v>0.007865789999999999</v>
       </c>
       <c r="I87" s="7">
         <v>50</v>
       </c>
       <c r="J87" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="55">
       <c r="B88" s="4" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E88" s="7" t="s">
-        <v>67</v>
+        <v>226</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G88" s="7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H88" s="7">
-        <v>0.01573158</v>
+        <v>0</v>
       </c>
       <c r="I88" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J88" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="55">
       <c r="B89" s="4" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="6" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="E89" s="7" t="s">
-        <v>84</v>
+        <v>109</v>
       </c>
       <c r="F89" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G89" s="7">
-        <v>1</v>
+        <v>0.35</v>
       </c>
       <c r="H89" s="7">
-        <v>0.01573158</v>
+        <v>0.00491612</v>
       </c>
       <c r="I89" s="7">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="J89" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="55">
       <c r="B90" s="4" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="6" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="E90" s="7" t="s">
-        <v>84</v>
+        <v>231</v>
       </c>
       <c r="F90" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="7">
-        <v>1</v>
+        <v>0.3</v>
       </c>
       <c r="H90" s="7">
-        <v>0.01376513</v>
+        <v>0.00491612</v>
       </c>
       <c r="I90" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J90" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="55">
       <c r="B91" s="4" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="6" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="E91" s="7" t="s">
-        <v>231</v>
+        <v>152</v>
       </c>
       <c r="F91" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G91" s="7">
-        <v>1</v>
+        <v>0.5</v>
       </c>
       <c r="H91" s="7">
-        <v>0.01376513</v>
+        <v>0.007865789999999999</v>
       </c>
       <c r="I91" s="7">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="J91" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="55">
       <c r="B92" s="4" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C92" s="6"/>
       <c r="D92" s="6" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E92" s="7" t="s">
-        <v>84</v>
+        <v>236</v>
       </c>
       <c r="F92" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G92" s="7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H92" s="7">
-        <v>0.01376513</v>
+        <v>0</v>
       </c>
       <c r="I92" s="7">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="J92" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="55">
       <c r="B93" s="4" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C93" s="6"/>
       <c r="D93" s="6" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="E93" s="7" t="s">
-        <v>95</v>
+        <v>127</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G93" s="7">
         <v>1</v>
       </c>
       <c r="H93" s="7">
-        <v>0.01376513</v>
+        <v>0.01573158</v>
       </c>
       <c r="I93" s="7">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="J93" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="55">
       <c r="B94" s="4" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C94" s="6"/>
       <c r="D94" s="6" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="E94" s="7" t="s">
-        <v>95</v>
+        <v>241</v>
       </c>
       <c r="F94" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G94" s="7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H94" s="7">
-        <v>0.01376513</v>
+        <v>0</v>
       </c>
       <c r="I94" s="7">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="J94" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="55">
       <c r="B95" s="4" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C95" s="6"/>
       <c r="D95" s="6" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="E95" s="7" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="F95" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G95" s="7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H95" s="7">
-        <v>0.0377558</v>
+        <v>0</v>
       </c>
       <c r="I95" s="7">
-        <v>144</v>
+        <v>8</v>
       </c>
       <c r="J95" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="55">
       <c r="B96" s="4" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C96" s="6"/>
       <c r="D96" s="6" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="E96" s="7" t="s">
-        <v>117</v>
+        <v>244</v>
       </c>
       <c r="F96" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G96" s="7">
-        <v>0.25</v>
+        <v>0.37</v>
       </c>
       <c r="H96" s="7">
-        <v>0.00235974</v>
+        <v>0.01573158</v>
       </c>
       <c r="I96" s="7">
         <v>8</v>
       </c>
       <c r="J96" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="55">
       <c r="B97" s="4" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C97" s="6"/>
       <c r="D97" s="6" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="E97" s="7" t="s">
-        <v>130</v>
+        <v>249</v>
       </c>
       <c r="F97" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G97" s="7">
-        <v>0</v>
+        <v>0.3</v>
       </c>
       <c r="H97" s="7">
-        <v>0</v>
+        <v>0.00117987</v>
       </c>
       <c r="I97" s="7">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="J97" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="55">
       <c r="B98" s="4" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="C98" s="6"/>
       <c r="D98" s="6" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="E98" s="7" t="s">
-        <v>247</v>
+        <v>196</v>
       </c>
       <c r="F98" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G98" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H98" s="7">
-        <v>0</v>
+        <v>0.01573158</v>
       </c>
       <c r="I98" s="7">
         <v>12</v>
       </c>
       <c r="J98" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="55">
       <c r="B99" s="4" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C99" s="6"/>
       <c r="D99" s="6" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="E99" s="7" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F99" s="7" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="G99" s="7">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H99" s="7">
-        <v>0</v>
+        <v>0.02359737</v>
       </c>
       <c r="I99" s="7">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="J99" s="7">
-        <v>0</v>
+        <v>96</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="55">
       <c r="B100" s="4" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="C100" s="6"/>
       <c r="D100" s="6" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E100" s="7" t="s">
-        <v>145</v>
+        <v>257</v>
       </c>
       <c r="F100" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G100" s="7">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="H100" s="7">
-        <v>0.01048772</v>
+        <v>0</v>
       </c>
       <c r="I100" s="7">
         <v>24</v>
       </c>
       <c r="J100" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="55">
       <c r="B101" s="4" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="C101" s="6"/>
       <c r="D101" s="6" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="E101" s="7" t="s">
-        <v>255</v>
+        <v>23</v>
       </c>
       <c r="F101" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="7">
-        <v>1.5</v>
+        <v>0</v>
       </c>
       <c r="H101" s="7">
-        <v>0.007865789999999999</v>
+        <v>0</v>
       </c>
       <c r="I101" s="7">
         <v>12</v>
       </c>
       <c r="J101" s="7">
-        <v>0</v>
-[...457 lines deleted...]
-      <c r="J118" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">