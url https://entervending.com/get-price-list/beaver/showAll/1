--- v0 (2025-10-09)
+++ v1 (2025-11-04)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Beaver" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -108,59 +108,50 @@
     <t xml:space="preserve">SB18 </t>
   </si>
   <si>
     <t>Southern-18</t>
   </si>
   <si>
     <t>$166.46</t>
   </si>
   <si>
     <t xml:space="preserve">NB26 </t>
   </si>
   <si>
     <t>Northern-26</t>
   </si>
   <si>
     <t>$490.34</t>
   </si>
   <si>
     <t xml:space="preserve">BGB20 </t>
   </si>
   <si>
     <t>Ball Globe Beaver 20</t>
   </si>
   <si>
     <t>$263.92</t>
-  </si>
-[...7 lines deleted...]
-    <t>$205.27</t>
   </si>
   <si>
     <t xml:space="preserve">NB30 </t>
   </si>
   <si>
     <t>Northern-30</t>
   </si>
   <si>
     <t>$492.92</t>
   </si>
   <si>
     <t xml:space="preserve">RB16 </t>
   </si>
   <si>
     <t>Round-16</t>
   </si>
   <si>
     <t xml:space="preserve">sanitizer </t>
   </si>
   <si>
     <t>Hand Sanitizer</t>
   </si>
   <si>
     <t>$1518.00</t>
   </si>
@@ -250,51 +241,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8086a1f1b8266db8b722739fa4f2a1b32.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f90b34b19c39f62adef32b05bb1a9633.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_87d93e3478667710635a2e9b105549384.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfacf13a92065a2a52314681626715ed5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_771f30d22ec67cb45eeba9949c46339f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f93a51420046c5eb6b70f12f1162ed37.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_315f3810840d4001e9243f69824a8a478.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_84ecfdab0ab5b02a22405587622670939.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ed7cf6cbe157e23d2ffffd25d27d728010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bd39cf126739b16ca3723f7bb950a311.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8086a1f1b8266db8b722739fa4f2a1b32.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f90b34b19c39f62adef32b05bb1a9633.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_87d93e3478667710635a2e9b105549384.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfacf13a92065a2a52314681626715ed5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_771f30d22ec67cb45eeba9949c46339f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f93a51420046c5eb6b70f12f1162ed37.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_84ecfdab0ab5b02a22405587622670938.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ed7cf6cbe157e23d2ffffd25d27d72809.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bd39cf126739b16ca3723f7bb950a310.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -555,80 +546,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="771525"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -882,54 +843,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H19" sqref="H19"/>
+      <selection activeCell="H18" sqref="H18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="12"/>
     <row r="2" spans="1:8">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="H3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="H4" s="1" t="s">
@@ -1099,116 +1060,95 @@
       <c r="F15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G15" s="6">
         <v>5.4</v>
       </c>
       <c r="H15" s="6">
         <v>0.04542494</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="76">
       <c r="B16" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="6">
-        <v>4.2</v>
+        <v>13</v>
       </c>
       <c r="H16" s="6">
-        <v>0.03185645</v>
+        <v>0.07264386</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="76">
       <c r="B17" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="5" t="s">
         <v>35</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G17" s="6">
-        <v>13</v>
+        <v>3.05</v>
       </c>
       <c r="H17" s="6">
-        <v>0.07264386</v>
+        <v>0.02389234</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="76">
       <c r="B18" s="4" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E18" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G18" s="6">
-        <v>3.05</v>
+        <v>9.979032140000001</v>
       </c>
       <c r="H18" s="6">
-        <v>0.02389234</v>
-[...19 lines deleted...]
-      <c r="H19" s="6">
         <v>0.04037773</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:H9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">