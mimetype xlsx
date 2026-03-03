--- v1 (2025-11-04)
+++ v2 (2026-03-03)
@@ -1,181 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Beaver" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Beaver</t>
-  </si>
-[...79 lines deleted...]
-    <t>$1518.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -205,378 +123,99 @@
         <fgColor rgb="E9B7E7"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="49" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8086a1f1b8266db8b722739fa4f2a1b32.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f90b34b19c39f62adef32b05bb1a9633.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_87d93e3478667710635a2e9b105549384.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cfacf13a92065a2a52314681626715ed5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_771f30d22ec67cb45eeba9949c46339f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f93a51420046c5eb6b70f12f1162ed37.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_84ecfdab0ab5b02a22405587622670938.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ed7cf6cbe157e23d2ffffd25d27d72809.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_78bd39cf126739b16ca3723f7bb950a310.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
-        <a:stretch>
-[...268 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -843,64 +482,64 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H18" sqref="H18"/>
+      <selection activeCell="H9" sqref="H9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="12"/>
     <row r="2" spans="1:8">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="H3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="H4" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="H5" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="H6" s="1" t="s">
@@ -918,239 +557,50 @@
         <v>6</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="B9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
-    </row>
-[...187 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:H9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>