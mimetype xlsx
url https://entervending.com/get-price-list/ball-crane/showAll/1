--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Ball Crane" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -73,95 +73,113 @@
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>Ball Crane</t>
   </si>
   <si>
     <t xml:space="preserve">5KNOB </t>
   </si>
   <si>
     <t>5in Vinyl Inflatable Balls Bulk Pack: Knobby Texture, Assorted Colors for Kids Games &amp; Play, Perfect Sensory Toys for Events &amp; Classroom Supplies</t>
   </si>
   <si>
     <t>$77.40</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
+    <t xml:space="preserve">16TICKB </t>
+  </si>
+  <si>
+    <t>Ticket Prize Balls Arcade Game Barcode Fun Claw Machine Prize</t>
+  </si>
+  <si>
+    <t>$225.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10KNOB </t>
+  </si>
+  <si>
+    <t>Inflatable Knobby Balls 100 Pack - Vivid Vinyl Toys for Kids Parties &amp; Fun Activities</t>
+  </si>
+  <si>
+    <t>$79.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18ASST1 </t>
+  </si>
+  <si>
+    <t>Inflatable Vinyl Ball Animal Monster Sloth Pug Owl Gnome Collection</t>
+  </si>
+  <si>
+    <t>$136.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18ASST2 </t>
+  </si>
+  <si>
+    <t>18in Vinyl Inflatable Ball Collection - 48 Piece Character Mix: T-rex, Gaming Kitten &amp; More!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18ASST3 </t>
+  </si>
+  <si>
+    <t>Unveil Exclusive Vinyl Ball Collection: Fun Inflatable Toys, Unique Designs, T-Rex Craze, Crane Kit Essential</t>
+  </si>
+  <si>
     <t xml:space="preserve">6LETGB </t>
   </si>
   <si>
     <t>Space Balls Arcade Prizes Claw Machine Vending Toy</t>
   </si>
   <si>
     <t>$81.00</t>
   </si>
   <si>
-    <t xml:space="preserve">10KNOB </t>
-[...28 lines deleted...]
-  <si>
     <t xml:space="preserve">18ASST4 </t>
   </si>
   <si>
     <t>Inflatable Vinyl Ball Collection Mix - 48pcs of Fun Themes and Designs for All Ages</t>
   </si>
   <si>
+    <t xml:space="preserve">18CKNOB </t>
+  </si>
+  <si>
+    <t>50 Piece Set of 18in Inflatable Confetti Balls for Kids Play - Knobby Texture Durable Outdoor Toys</t>
+  </si>
+  <si>
+    <t>$150.00</t>
+  </si>
+  <si>
     <t xml:space="preserve">18FUNFB </t>
   </si>
   <si>
     <t>18in Inflatable Funny Face Vinyl Balls for Playtime Parties and Fun Event Decorations</t>
   </si>
   <si>
     <t xml:space="preserve">18KNOB </t>
   </si>
   <si>
     <t>50pc 18in Knobby Balls for Ultimate Outdoor Kids Fun - Bright Playtime Magic</t>
   </si>
   <si>
     <t>$146.25</t>
   </si>
   <si>
     <t xml:space="preserve">18MARBB </t>
   </si>
   <si>
     <t>18in Inflatable Marble Design Balls Perfect for Kids' Toys and Outdoor Fun</t>
   </si>
   <si>
     <t xml:space="preserve">18RAIB </t>
   </si>
   <si>
     <t>Inflatable Rainbow Vinyl Balls - Giant Fun Toy Multicolor Event Essentials</t>
@@ -181,50 +199,56 @@
   <si>
     <t>Mini Inflated Vinyl Balls Collection - Series 2 (144 pcs) with Marble, Emoji, Geometric, Polka Dot, Checkered Designs</t>
   </si>
   <si>
     <t>$100.35</t>
   </si>
   <si>
     <t xml:space="preserve">3KNOB </t>
   </si>
   <si>
     <t>3in Inflated Knobby Balls - Bulk Wholesale Toy Assortment, Perfect Party Favors, Carnival Prizes &amp; Redemption in Vibrant Colors - 288pcs Per Case</t>
   </si>
   <si>
     <t>$122.10</t>
   </si>
   <si>
     <t xml:space="preserve">5BALLKIT </t>
   </si>
   <si>
     <t>Inflatable Ball Assortment Kit 250pcs - Carnival &amp; Crane Game Toy Mix</t>
   </si>
   <si>
     <t>$180.00</t>
   </si>
   <si>
+    <t xml:space="preserve">5CKNOB </t>
+  </si>
+  <si>
+    <t>5in Inflatable Confetti Knobby Balls - Bulk Pack of 250 for Party Fun Events!</t>
+  </si>
+  <si>
     <t xml:space="preserve">5GKNOB </t>
   </si>
   <si>
     <t>5in Inflatable Glitter Balls for Sensory Play - Knobby Texture &amp; Translucent Vinyl - Interactive Party Favors - Bulk Case (250 pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">5RAKNB </t>
   </si>
   <si>
     <t>5in Knobby Inflatable Balls with Vibrant Rainbow Colors - 100pcs Wholesale Pack</t>
   </si>
   <si>
     <t>$72.00</t>
   </si>
   <si>
     <t xml:space="preserve">6GBOBALL </t>
   </si>
   <si>
     <t>18in Giant Inflatable Ball Kit Ultimate Play Bundle (18pcs)</t>
   </si>
   <si>
     <t>$59.92</t>
   </si>
   <si>
     <t xml:space="preserve">6NEGOB </t>
@@ -368,50 +392,59 @@
     <t xml:space="preserve">SON7B </t>
   </si>
   <si>
     <t>Sonic The Hedgehog Inflatable Ball - Jumbo Knobby Design with Iconic Characters for Fans!</t>
   </si>
   <si>
     <t>$171.00</t>
   </si>
   <si>
     <t xml:space="preserve">WAR38B </t>
   </si>
   <si>
     <t>DC Comics Inflatable Hero Logo Vinyl Balls Set - Superman, Batman, Wonder Woman &amp; More!</t>
   </si>
   <si>
     <t xml:space="preserve">WAR39BNB </t>
   </si>
   <si>
     <t>DC Comics Inflatable Knobby Balls 18in: Batman, Superman, Wonder Woman, Green Lantern - Perfect Collectibles &amp; Arcade Game Accessories (48pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">WAR90B </t>
   </si>
   <si>
     <t>DC Super Friends Superhero Knobby Balls Set - 250pcs of Dynamic Vinyl Collector Toys</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RD4PLUSH </t>
+  </si>
+  <si>
+    <t>Interlocking Capsule Plush Kit Vending Machine Toy Capsule</t>
+  </si>
+  <si>
+    <t>$457.12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -480,51 +513,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd7fd25642e204b36fb49d77204c19342.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a42a3e2a000136c5f1777858889b53f03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef5f9e0196da907cec55a912febdceea4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2487b2ed73f79a1ba29adfd85dc2f5595.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9544e56229fd1718572619faf92214df6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f4000fb530994f8de1bf66b68b1c061b7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0ec01fe18b5e69ff88c1d71aee2122288.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8c06b0b749280534e65d84cd1595249e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c5852f0fa0d9b5ad0b98a15c4eebca8c10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0febb1904c1ece557bcbdab378d82db011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_62207624899f28cf179ff590f9a8b46b12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_56ae8910f51e180662f7ccb83ae9508913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59ba12b8011d22e9e3037e71b29138af14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b2f7fb16f65aa79f5832b6ecfe66b36815.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8aa4def819b47a0c17b981318b7ce62716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f1088a34ac4cce1b4a4a2e4e89c07f017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_127d299b95007bebf0062055d050c86018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68959960231646f7e686c7d65ba9c60819.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_41f7b3a55cf5ba00d8ef4f95bc57993e20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a3f48b402cdca31d2df3b1590de56e5021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_85c08e6a9d0eaeeff8aedaf56faae42222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c60b9087ccd51f5edaaf6a67c56e72923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b749eee90667b6b78efdaf1b2d25dd924.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96f463086ba695c903cd743d2f27c2a425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8d724989de82928180ae0970b85a9d1e26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b263f48cf9b6fe7a55bf55c41b98478c27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c47249b32f60725df91430d46ee03b3328.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_374bcb4f143700584904a9136f9a6d4029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb50fcfc7df81cfba6a8edf685a9178530.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_925531ddd362194f83e1752ee202640831.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_63b1438453ea501b0154fe3a3fab51e932.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b790458f775a74311b445e8d5577a9f33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a4bbb51302c043b52d0fba2e658d51434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c844b0329f989c88fa9ec6be03d86afd35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_74e5cdbfaa83925e239a44cb2806c18236.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a3cb75c3f69facf84fabbd1210778eb737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c9547a795031c0a2a0278b2aa58799538.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_52202332958372bffe0078c9ae880d7839.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b29bdbf52cf4eb9bcc5a9d7134224c840.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f11b8c51124c7fb9a8a8e813be03553041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1221e1667d9d385a73295517add575e942.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd7fd25642e204b36fb49d77204c19342.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8afb75166ba80d1197e510c21d51442f3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef5f9e0196da907cec55a912febdceea4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2487b2ed73f79a1ba29adfd85dc2f5595.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9544e56229fd1718572619faf92214df6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f4000fb530994f8de1bf66b68b1c061b7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a42a3e2a000136c5f1777858889b53f08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0ec01fe18b5e69ff88c1d71aee2122289.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1402d4ed5d8c159387427029de48e0b010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8c06b0b749280534e65d84cd1595249e11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c5852f0fa0d9b5ad0b98a15c4eebca8c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0febb1904c1ece557bcbdab378d82db013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_62207624899f28cf179ff590f9a8b46b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_56ae8910f51e180662f7ccb83ae9508915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59ba12b8011d22e9e3037e71b29138af16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b2f7fb16f65aa79f5832b6ecfe66b36817.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8aa4def819b47a0c17b981318b7ce62718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_49a7c65ce1221e37cdd524617755452a19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f1088a34ac4cce1b4a4a2e4e89c07f020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_127d299b95007bebf0062055d050c86021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68959960231646f7e686c7d65ba9c60822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_41f7b3a55cf5ba00d8ef4f95bc57993e23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a3f48b402cdca31d2df3b1590de56e5024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_85c08e6a9d0eaeeff8aedaf56faae42225.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c60b9087ccd51f5edaaf6a67c56e72926.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b749eee90667b6b78efdaf1b2d25dd927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96f463086ba695c903cd743d2f27c2a428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8d724989de82928180ae0970b85a9d1e29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b263f48cf9b6fe7a55bf55c41b98478c30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c47249b32f60725df91430d46ee03b3331.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_374bcb4f143700584904a9136f9a6d4032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb50fcfc7df81cfba6a8edf685a9178533.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_925531ddd362194f83e1752ee202640834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_63b1438453ea501b0154fe3a3fab51e935.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b790458f775a74311b445e8d5577a9f36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a4bbb51302c043b52d0fba2e658d51437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c844b0329f989c88fa9ec6be03d86afd38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_74e5cdbfaa83925e239a44cb2806c18239.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a3cb75c3f69facf84fabbd1210778eb740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c9547a795031c0a2a0278b2aa58799541.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_52202332958372bffe0078c9ae880d7842.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b29bdbf52cf4eb9bcc5a9d7134224c843.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f11b8c51124c7fb9a8a8e813be03553044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1221e1667d9d385a73295517add575e945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb671bb12a95d8595edf1c522b7f6e0046.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1732,50 +1765,170 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2042,54 +2195,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J50"/>
+  <dimension ref="A1:J54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J50" sqref="J50"/>
+      <selection activeCell="J54" sqref="J54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -2170,57 +2323,57 @@
       <c r="H10" s="7">
         <v>0.00409677</v>
       </c>
       <c r="I10" s="7">
         <v>250</v>
       </c>
       <c r="J10" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>2.5</v>
+        <v>1.5</v>
       </c>
       <c r="H11" s="7">
-        <v>0.008193529999999999</v>
+        <v>0.00737418</v>
       </c>
       <c r="I11" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J11" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
         <v>1.5</v>
       </c>
       <c r="H12" s="7">
         <v>0.00737418</v>
       </c>
@@ -2299,983 +2452,1091 @@
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
         <v>1.5</v>
       </c>
       <c r="H15" s="7">
         <v>0.00737418</v>
       </c>
       <c r="I15" s="7">
         <v>48</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>1.5</v>
+        <v>2.5</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00737418</v>
+        <v>0.008193529999999999</v>
       </c>
       <c r="I16" s="7">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
         <v>1.5</v>
       </c>
       <c r="H17" s="7">
         <v>0.00737418</v>
       </c>
       <c r="I17" s="7">
         <v>48</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>1.5</v>
+        <v>0</v>
       </c>
       <c r="H18" s="7">
-        <v>0.00737418</v>
+        <v>0</v>
       </c>
       <c r="I18" s="7">
         <v>50</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
         <v>1.5</v>
       </c>
       <c r="H19" s="7">
         <v>0.00737418</v>
       </c>
       <c r="I19" s="7">
         <v>48</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
         <v>1.5</v>
       </c>
       <c r="H20" s="7">
         <v>0.00737418</v>
       </c>
       <c r="I20" s="7">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>0</v>
+        <v>1.5</v>
       </c>
       <c r="H21" s="7">
-        <v>0</v>
+        <v>0.00737418</v>
       </c>
       <c r="I21" s="7">
         <v>48</v>
       </c>
       <c r="J21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
         <v>1.5</v>
       </c>
       <c r="H22" s="7">
-        <v>0.008193529999999999</v>
+        <v>0.00737418</v>
       </c>
       <c r="I22" s="7">
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="H23" s="7">
-        <v>0.008193529999999999</v>
+        <v>0</v>
       </c>
       <c r="I23" s="7">
-        <v>288</v>
+        <v>48</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>53</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>0</v>
+        <v>1.5</v>
       </c>
       <c r="H24" s="7">
-        <v>0</v>
+        <v>0.008193529999999999</v>
       </c>
       <c r="I24" s="7">
-        <v>250</v>
+        <v>144</v>
       </c>
       <c r="J24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
         <v>2.5</v>
       </c>
       <c r="H25" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I25" s="7">
-        <v>250</v>
+        <v>288</v>
       </c>
       <c r="J25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="H26" s="7">
-        <v>0.008193529999999999</v>
+        <v>0</v>
       </c>
       <c r="I26" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
         <v>2.5</v>
       </c>
       <c r="H27" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I27" s="7">
-        <v>18</v>
+        <v>250</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
         <v>2.5</v>
       </c>
       <c r="H28" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I28" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E29" s="7" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
         <v>2.5</v>
       </c>
       <c r="H29" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I29" s="7">
         <v>100</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>0</v>
+        <v>2.5</v>
       </c>
       <c r="H30" s="7">
-        <v>0</v>
+        <v>0.008193529999999999</v>
       </c>
       <c r="I30" s="7">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="J30" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
         <v>2.5</v>
       </c>
       <c r="H31" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I31" s="7">
         <v>100</v>
       </c>
       <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
         <v>2.5</v>
       </c>
       <c r="H32" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I32" s="7">
         <v>100</v>
       </c>
       <c r="J32" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="7">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="H33" s="7">
-        <v>0.008193529999999999</v>
+        <v>0</v>
       </c>
       <c r="I33" s="7">
         <v>100</v>
       </c>
       <c r="J33" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="7">
         <v>2.5</v>
       </c>
       <c r="H34" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I34" s="7">
         <v>100</v>
       </c>
       <c r="J34" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
         <v>2.5</v>
       </c>
       <c r="H35" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I35" s="7">
         <v>100</v>
       </c>
       <c r="J35" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
         <v>2.5</v>
       </c>
       <c r="H36" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I36" s="7">
         <v>100</v>
       </c>
       <c r="J36" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
         <v>2.5</v>
       </c>
       <c r="H37" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I37" s="7">
         <v>100</v>
       </c>
       <c r="J37" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
         <v>2.5</v>
       </c>
       <c r="H38" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I38" s="7">
         <v>100</v>
       </c>
       <c r="J38" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>88</v>
+        <v>33</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
         <v>2.5</v>
       </c>
       <c r="H39" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I39" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J39" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>91</v>
+        <v>33</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="7">
         <v>2.5</v>
       </c>
       <c r="H40" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I40" s="7">
         <v>100</v>
       </c>
       <c r="J40" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
         <v>92</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
         <v>93</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>94</v>
+        <v>33</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
         <v>2.5</v>
       </c>
       <c r="H41" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I41" s="7">
         <v>100</v>
       </c>
       <c r="J41" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="E42" s="7" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
         <v>2.5</v>
       </c>
       <c r="H42" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I42" s="7">
         <v>250</v>
       </c>
       <c r="J42" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="E43" s="7" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
         <v>2.5</v>
       </c>
       <c r="H43" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I43" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J43" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
         <v>2.5</v>
       </c>
       <c r="H44" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I44" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J44" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
-        <v>0</v>
+        <v>2.5</v>
       </c>
       <c r="H45" s="7">
-        <v>0</v>
+        <v>0.008193529999999999</v>
       </c>
       <c r="I45" s="7">
         <v>250</v>
       </c>
       <c r="J45" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
         <v>2.5</v>
       </c>
       <c r="H46" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I46" s="7">
         <v>250</v>
       </c>
       <c r="J46" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
         <v>108</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
         <v>2.5</v>
       </c>
       <c r="H47" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I47" s="7">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="E48" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="E48" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="H48" s="7">
-        <v>0.008193529999999999</v>
+        <v>0</v>
       </c>
       <c r="I48" s="7">
         <v>250</v>
       </c>
       <c r="J48" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
         <v>113</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
         <v>114</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
-        <v>9.6</v>
+        <v>2.5</v>
       </c>
       <c r="H49" s="7">
-        <v>0.009832240000000001</v>
+        <v>0.008193529999999999</v>
       </c>
       <c r="I49" s="7">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="7">
-        <v>0</v>
+        <v>2.5</v>
       </c>
       <c r="H50" s="7">
-        <v>0</v>
+        <v>0.008193529999999999</v>
       </c>
       <c r="I50" s="7">
+        <v>48</v>
+      </c>
+      <c r="J50" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" customHeight="1" ht="55">
+      <c r="B51" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C51" s="6"/>
+      <c r="D51" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G51" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="H51" s="7">
+        <v>0.008193529999999999</v>
+      </c>
+      <c r="I51" s="7">
         <v>250</v>
       </c>
-      <c r="J50" s="7">
+      <c r="J51" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" customHeight="1" ht="55">
+      <c r="B52" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="C52" s="6"/>
+      <c r="D52" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G52" s="7">
+        <v>9.6</v>
+      </c>
+      <c r="H52" s="7">
+        <v>0.009832240000000001</v>
+      </c>
+      <c r="I52" s="7">
+        <v>48</v>
+      </c>
+      <c r="J52" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" customHeight="1" ht="55">
+      <c r="B53" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="C53" s="6"/>
+      <c r="D53" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G53" s="7">
+        <v>0</v>
+      </c>
+      <c r="H53" s="7">
+        <v>0</v>
+      </c>
+      <c r="I53" s="7">
+        <v>250</v>
+      </c>
+      <c r="J53" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" customHeight="1" ht="55">
+      <c r="B54" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C54" s="6"/>
+      <c r="D54" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G54" s="7">
+        <v>8</v>
+      </c>
+      <c r="H54" s="7">
+        <v>0.07079212</v>
+      </c>
+      <c r="I54" s="7">
+        <v>100</v>
+      </c>
+      <c r="J54" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">