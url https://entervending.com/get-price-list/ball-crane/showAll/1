--- v1 (2025-10-31)
+++ v2 (2026-01-15)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Ball Crane" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -259,53 +259,50 @@
   <si>
     <t xml:space="preserve">6NEONB </t>
   </si>
   <si>
     <t>Inflatable 6in Neon Ball Assortment for Gaming and Entertainment Venues - Black-Light Reactive Fun Center Equipment</t>
   </si>
   <si>
     <t xml:space="preserve">6NESPB </t>
   </si>
   <si>
     <t>Neon Space Balls 100 Pack: Inflatable Ball Collection for Events, Black Light Parties &amp; Crane Games!</t>
   </si>
   <si>
     <t xml:space="preserve">6RAEMB </t>
   </si>
   <si>
     <t>100pcs Inflatable Rainbow Emoji Vinyl Balls for Parties - Fun Outdoor Play with Emoji Art Faces</t>
   </si>
   <si>
     <t xml:space="preserve">6RAGEB </t>
   </si>
   <si>
     <t>Rainbow Geometric Inflatable Balls 6in Set, Crane Machine Ready, Eye-Catching Toy Display, Vending Machine Attraction, Playroom Fun</t>
   </si>
   <si>
-    <t>$60.00</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">6RAGRB </t>
   </si>
   <si>
     <t>6in Inflatable Neon Graffiti Balls for Black Light Fun - 100pcs Party Supplies</t>
   </si>
   <si>
     <t xml:space="preserve">6RAIB </t>
   </si>
   <si>
     <t>6in Vinyl Inflatable Balls 100pcs Rainbow Design For Outdoor Summer Games</t>
   </si>
   <si>
     <t>$78.00</t>
   </si>
   <si>
     <t xml:space="preserve">6RASPB </t>
   </si>
   <si>
     <t>6in Vinyl Inflatable Sports Balls Set Rainbow Theme for Arcade Fun and Parties</t>
   </si>
   <si>
     <t xml:space="preserve">6RATWB </t>
   </si>
   <si>
     <t>Inflatable Multi-Color Rainbow Balls Pack - 100pcs Party Supplies, Vinyl Event Decorations, FEC Centers Fun, Two-Color Patterns, Black Light Reactive</t>
@@ -341,56 +338,50 @@
     <t>$90.00</t>
   </si>
   <si>
     <t xml:space="preserve">PVC13B </t>
   </si>
   <si>
     <t>Inflatable Glow in the Dark Alien Balls Set - 100pcs of Galactic Fun!</t>
   </si>
   <si>
     <t>$66.60</t>
   </si>
   <si>
     <t xml:space="preserve">PVC3B </t>
   </si>
   <si>
     <t>5in Vinyl Inflatable Toys/Balls Bulk Pack - Emotions, Novelty, Collectibles, Prizes</t>
   </si>
   <si>
     <t>$150.75</t>
   </si>
   <si>
     <t xml:space="preserve">PVC4B </t>
   </si>
   <si>
     <t>5in Inflatable Emoji Balls by A&amp;A Global - Ultimate Prize Machine Fun Collection</t>
-  </si>
-[...4 lines deleted...]
-    <t>5in Inflatable Geo Balls Pack - Bold Design, Geometric Prints, Vibrant Toys, Graphic Impact, Eye-Catching Collection</t>
   </si>
   <si>
     <t xml:space="preserve">PVC9B </t>
   </si>
   <si>
     <t>250pcs Inflatable Beach Balls - Vinyl Beach Balls for Seaside, Poolside &amp; Outdoor - Iconic Design for Summer &amp; Party Fun</t>
   </si>
   <si>
     <t>$153.00</t>
   </si>
   <si>
     <t xml:space="preserve">SON4B </t>
   </si>
   <si>
     <t>Sonic the Hedgehog Knobby Balls 250 Pack - Ultimate Crane Game Prizes with Sonic, Amy, Tails, Knuckles, Shadow, Silver - Perfect for Redemption Bins</t>
   </si>
   <si>
     <t>$157.50</t>
   </si>
   <si>
     <t xml:space="preserve">SON7B </t>
   </si>
   <si>
     <t>Sonic The Hedgehog Inflatable Ball - Jumbo Knobby Design with Iconic Characters for Fans!</t>
   </si>
@@ -513,51 +504,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd7fd25642e204b36fb49d77204c19342.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8afb75166ba80d1197e510c21d51442f3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef5f9e0196da907cec55a912febdceea4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2487b2ed73f79a1ba29adfd85dc2f5595.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9544e56229fd1718572619faf92214df6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f4000fb530994f8de1bf66b68b1c061b7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a42a3e2a000136c5f1777858889b53f08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0ec01fe18b5e69ff88c1d71aee2122289.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1402d4ed5d8c159387427029de48e0b010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8c06b0b749280534e65d84cd1595249e11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c5852f0fa0d9b5ad0b98a15c4eebca8c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0febb1904c1ece557bcbdab378d82db013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_62207624899f28cf179ff590f9a8b46b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_56ae8910f51e180662f7ccb83ae9508915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59ba12b8011d22e9e3037e71b29138af16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b2f7fb16f65aa79f5832b6ecfe66b36817.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8aa4def819b47a0c17b981318b7ce62718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_49a7c65ce1221e37cdd524617755452a19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f1088a34ac4cce1b4a4a2e4e89c07f020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_127d299b95007bebf0062055d050c86021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68959960231646f7e686c7d65ba9c60822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_41f7b3a55cf5ba00d8ef4f95bc57993e23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a3f48b402cdca31d2df3b1590de56e5024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_85c08e6a9d0eaeeff8aedaf56faae42225.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c60b9087ccd51f5edaaf6a67c56e72926.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b749eee90667b6b78efdaf1b2d25dd927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96f463086ba695c903cd743d2f27c2a428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8d724989de82928180ae0970b85a9d1e29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b263f48cf9b6fe7a55bf55c41b98478c30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c47249b32f60725df91430d46ee03b3331.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_374bcb4f143700584904a9136f9a6d4032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb50fcfc7df81cfba6a8edf685a9178533.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_925531ddd362194f83e1752ee202640834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_63b1438453ea501b0154fe3a3fab51e935.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b790458f775a74311b445e8d5577a9f36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a4bbb51302c043b52d0fba2e658d51437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c844b0329f989c88fa9ec6be03d86afd38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_74e5cdbfaa83925e239a44cb2806c18239.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a3cb75c3f69facf84fabbd1210778eb740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c9547a795031c0a2a0278b2aa58799541.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_52202332958372bffe0078c9ae880d7842.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b29bdbf52cf4eb9bcc5a9d7134224c843.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f11b8c51124c7fb9a8a8e813be03553044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1221e1667d9d385a73295517add575e945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb671bb12a95d8595edf1c522b7f6e0046.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dd7fd25642e204b36fb49d77204c19342.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8afb75166ba80d1197e510c21d51442f3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ef5f9e0196da907cec55a912febdceea4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2487b2ed73f79a1ba29adfd85dc2f5595.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9544e56229fd1718572619faf92214df6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f4000fb530994f8de1bf66b68b1c061b7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a42a3e2a000136c5f1777858889b53f08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0ec01fe18b5e69ff88c1d71aee2122289.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1402d4ed5d8c159387427029de48e0b010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8c06b0b749280534e65d84cd1595249e11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c5852f0fa0d9b5ad0b98a15c4eebca8c12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0febb1904c1ece557bcbdab378d82db013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_62207624899f28cf179ff590f9a8b46b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_56ae8910f51e180662f7ccb83ae9508915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59ba12b8011d22e9e3037e71b29138af16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b2f7fb16f65aa79f5832b6ecfe66b36817.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8aa4def819b47a0c17b981318b7ce62718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_49a7c65ce1221e37cdd524617755452a19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3f1088a34ac4cce1b4a4a2e4e89c07f020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_127d299b95007bebf0062055d050c86021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68959960231646f7e686c7d65ba9c60822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_41f7b3a55cf5ba00d8ef4f95bc57993e23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a3f48b402cdca31d2df3b1590de56e5024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_85c08e6a9d0eaeeff8aedaf56faae42225.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c60b9087ccd51f5edaaf6a67c56e72926.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b749eee90667b6b78efdaf1b2d25dd927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96f463086ba695c903cd743d2f27c2a428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8d724989de82928180ae0970b85a9d1e29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b263f48cf9b6fe7a55bf55c41b98478c30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c47249b32f60725df91430d46ee03b3331.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_374bcb4f143700584904a9136f9a6d4032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb50fcfc7df81cfba6a8edf685a9178533.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_925531ddd362194f83e1752ee202640834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_63b1438453ea501b0154fe3a3fab51e935.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b790458f775a74311b445e8d5577a9f36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a4bbb51302c043b52d0fba2e658d51437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c844b0329f989c88fa9ec6be03d86afd38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a3cb75c3f69facf84fabbd1210778eb739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c9547a795031c0a2a0278b2aa58799540.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_52202332958372bffe0078c9ae880d7841.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6b29bdbf52cf4eb9bcc5a9d7134224c842.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f11b8c51124c7fb9a8a8e813be03553043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1221e1667d9d385a73295517add575e944.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb671bb12a95d8595edf1c522b7f6e0045.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1855,80 +1846,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>52</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2195,54 +2156,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J54"/>
+  <dimension ref="A1:J53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J54" sqref="J54"/>
+      <selection activeCell="J53" sqref="J53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -2965,578 +2926,551 @@
       <c r="F34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="7">
         <v>2.5</v>
       </c>
       <c r="H34" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I34" s="7">
         <v>100</v>
       </c>
       <c r="J34" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>80</v>
+        <v>33</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
         <v>2.5</v>
       </c>
       <c r="H35" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I35" s="7">
         <v>100</v>
       </c>
       <c r="J35" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
         <v>2.5</v>
       </c>
       <c r="H36" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I36" s="7">
         <v>100</v>
       </c>
       <c r="J36" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="E37" s="7" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
         <v>2.5</v>
       </c>
       <c r="H37" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I37" s="7">
         <v>100</v>
       </c>
       <c r="J37" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E38" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
         <v>2.5</v>
       </c>
       <c r="H38" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I38" s="7">
         <v>100</v>
       </c>
       <c r="J38" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
         <v>2.5</v>
       </c>
       <c r="H39" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I39" s="7">
         <v>100</v>
       </c>
       <c r="J39" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="E40" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="7">
         <v>2.5</v>
       </c>
       <c r="H40" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I40" s="7">
         <v>100</v>
       </c>
       <c r="J40" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
         <v>2.5</v>
       </c>
       <c r="H41" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I41" s="7">
         <v>100</v>
       </c>
       <c r="J41" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E42" s="7" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
         <v>2.5</v>
       </c>
       <c r="H42" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I42" s="7">
         <v>250</v>
       </c>
       <c r="J42" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="E43" s="7" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
         <v>2.5</v>
       </c>
       <c r="H43" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I43" s="7">
         <v>100</v>
       </c>
       <c r="J43" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="E44" s="7" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
         <v>2.5</v>
       </c>
       <c r="H44" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I44" s="7">
         <v>100</v>
       </c>
       <c r="J44" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="E45" s="7" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
         <v>2.5</v>
       </c>
       <c r="H45" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I45" s="7">
         <v>250</v>
       </c>
       <c r="J45" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
         <v>2.5</v>
       </c>
       <c r="H46" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I46" s="7">
         <v>250</v>
       </c>
       <c r="J46" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="E47" s="7" t="s">
         <v>109</v>
       </c>
-      <c r="E47" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="H47" s="7">
-        <v>0.008193529999999999</v>
+        <v>0</v>
       </c>
       <c r="I47" s="7">
         <v>250</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
         <v>110</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
         <v>111</v>
       </c>
       <c r="E48" s="7" t="s">
         <v>112</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
-        <v>0</v>
+        <v>2.5</v>
       </c>
       <c r="H48" s="7">
-        <v>0</v>
+        <v>0.008193529999999999</v>
       </c>
       <c r="I48" s="7">
         <v>250</v>
       </c>
       <c r="J48" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
         <v>113</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
         <v>114</v>
       </c>
       <c r="E49" s="7" t="s">
         <v>115</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
         <v>2.5</v>
       </c>
       <c r="H49" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I49" s="7">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
         <v>116</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
         <v>117</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="7">
         <v>2.5</v>
       </c>
       <c r="H50" s="7">
         <v>0.008193529999999999</v>
       </c>
       <c r="I50" s="7">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="J50" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="7">
-        <v>2.5</v>
+        <v>9.6</v>
       </c>
       <c r="H51" s="7">
-        <v>0.008193529999999999</v>
+        <v>0.009832240000000001</v>
       </c>
       <c r="I51" s="7">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="J51" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
-        <v>9.6</v>
+        <v>0</v>
       </c>
       <c r="H52" s="7">
-        <v>0.009832240000000001</v>
+        <v>0</v>
       </c>
       <c r="I52" s="7">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="J52" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="E53" s="7" t="s">
         <v>124</v>
       </c>
-      <c r="E53" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H53" s="7">
-        <v>0</v>
+        <v>0.07079212</v>
       </c>
       <c r="I53" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J53" s="7">
-        <v>0</v>
-[...25 lines deleted...]
-      <c r="J54" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">