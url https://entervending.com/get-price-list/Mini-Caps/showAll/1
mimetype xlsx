--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -15,262 +15,583 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1&quot; Mini Caps" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>1" Mini Caps</t>
   </si>
   <si>
+    <t xml:space="preserve">FRIECV-250 </t>
+  </si>
+  <si>
+    <t>Mega Pack of Kids Friendship Bracelets: 250pcs in 1.1in Capsules - Woven Jewelry for Playtime, Collect and Share Fun</t>
+  </si>
+  <si>
+    <t>$37.80</t>
+  </si>
+  <si>
+    <t>Package</t>
+  </si>
+  <si>
     <t xml:space="preserve">BRERCV-250 </t>
   </si>
   <si>
     <t>Breakfast is Served Erasers 1"</t>
   </si>
   <si>
     <t>$33.00</t>
   </si>
   <si>
-    <t>Package</t>
-[...17 lines deleted...]
-    <t>$27.21</t>
+    <t xml:space="preserve">LET15CV-250 </t>
+  </si>
+  <si>
+    <t>Untamed Temporary Tattoos Boys Scorpion Shark Animals 250pcs</t>
+  </si>
+  <si>
+    <t>$52.87</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+MIA10B-50 </t>
+  </si>
+  <si>
+    <t>Mini Aliens (color) Bulk 50pcs in caps 1in</t>
+  </si>
+  <si>
+    <t>$22.87</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MESTCV-250 </t>
+  </si>
+  <si>
+    <t>Sticky Critters Assortment in 1.1in Capsules - 250pcs for Kids' Outdoor Fun and Play.</t>
+  </si>
+  <si>
+    <t>$49.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SMILCV-250 </t>
+  </si>
+  <si>
+    <t>Silly Sports Dudes Small Figurines in 1.1in Toy Capsules for Kids - 250pcs Sports-Themed Collectible Toys</t>
+  </si>
+  <si>
+    <t>$50.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIB4CV </t>
+  </si>
+  <si>
+    <t>Pencil Toppers Vending Machine Toys Funny Gifts Party Favors</t>
+  </si>
+  <si>
+    <t>$58.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STDICV-250 </t>
+  </si>
+  <si>
+    <t>Stretchy Dinosaur Figurines Toy Capsules Kids Collectibles (250pcs)</t>
+  </si>
+  <si>
+    <t>$44.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TREACV-250 </t>
+  </si>
+  <si>
+    <t>Pirate Themed Puzzles Figurines Capsule Toys Collectible Surprises</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JELLCV-250 </t>
+  </si>
+  <si>
+    <t>Jelly Bracelets for Kids-1.1in Capsules-250pcs-Collect, Share, Trade, and Party Favor</t>
+  </si>
+  <si>
+    <t>$40.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STPECV-250 </t>
+  </si>
+  <si>
+    <t>Stretchy Critters 250pcs: Snakes, Frogs, Bugs, Lizards, Spiders for Kids Play</t>
+  </si>
+  <si>
+    <t>$46.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FUF2CV-250 </t>
+  </si>
+  <si>
+    <t>Moustache Mix Stick-On 1.1in Capsules (250pcs) Costume Party Themed Event Disguise</t>
+  </si>
+  <si>
+    <t>$42.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOYOCV-250 </t>
+  </si>
+  <si>
+    <t>Noodle Yo-Yo Capsule Collection: Mix and Match Stretchy Fidget Toys for Kids</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WAR35CV-250 </t>
+  </si>
+  <si>
+    <t>DC Comics Logo Tattoos: Batman, Wonder Woman, Superman, Green Lantern, The Flash in 1.1in Capsules (250pcs)</t>
+  </si>
+  <si>
+    <t>$31.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SMSTCV-250 </t>
+  </si>
+  <si>
+    <t>Small Sticky Hands Kids Toy Assortment (250pcs) for Outdoor Play &amp; Entertainment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANTACV </t>
+  </si>
+  <si>
+    <t>250 Temporary Animal Tattoos Capsule Collection (250pcs)</t>
+  </si>
+  <si>
+    <t>$27.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAGOCV-250 </t>
+  </si>
+  <si>
+    <t>California Gold Jewelry Collection – 250pcs in 1.1in Capsules - Rings, Necklaces, Diamond Cut, Die-cast, Extruded Design</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHARCV-250 </t>
+  </si>
+  <si>
+    <t>Charm Bracelets Variety Pack 250pcs Butterfly Starfish Moon Tennis Racket Key Collection</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GLITCV-250 </t>
+  </si>
+  <si>
+    <t>The Glitz Rings Collection for Girls - Sparkling Stones, Trendy Fashion Accessories, Costume Jewelry, Party Favors, and Collectible Rings</t>
+  </si>
+  <si>
+    <t>$43.65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KARMCV-250 </t>
+  </si>
+  <si>
+    <t>Karma Bands 1.1in Capsules 250pcs: Inspirational Wrist Bands, Luck &amp; Energy, Positive Vibes, Unisex Rubber Bands</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MISACV-250 </t>
+  </si>
+  <si>
+    <t>Microsaurs Capsule: Mini Microsaurs Figurines Cute Prehistoric Tiny Dinosaurs Assortment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLDICV-250 </t>
+  </si>
+  <si>
+    <t>Plastic Diamonds in 1.1in Capsules (250pcs) - Translucent, Gem-Like Hues for Treasure Chest, Jewelry Box, Party Favors</t>
+  </si>
+  <si>
+    <t>$31.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">POOPCV-250 </t>
+  </si>
+  <si>
+    <t>Poop Emoji Toy Funny Emoji Capsule Poop Figurine Collection</t>
+  </si>
+  <si>
+    <t>$55.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SMUSCV-250 </t>
+  </si>
+  <si>
+    <t>Time To Get Smushy Figurines in 1.1in Capsules with Urban-Style Mutant Creatures Collection</t>
+  </si>
+  <si>
+    <t>$51.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STBACV-250 </t>
+  </si>
+  <si>
+    <t>Splatterz Sticky Squishy Balls - Ultimate Fun for Kids &amp; Adults, Watch Them Splat and Bounce Back</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STEMCV-250 </t>
+  </si>
+  <si>
+    <t>Stretchable Emoji Figures - Vibrant Neon Collectibles Set - Fun Kids Toy - Perfect Vending Machine Capsules</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TREAC1ROUND-250 </t>
+  </si>
+  <si>
+    <t>Assorted Toy Surprise in 1in Round Clear Capsules - Bulk Kids' Novelty Vending Mix</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WARBCV-250 </t>
+  </si>
+  <si>
+    <t>Warbots Collectable Robot Figurines in 1.1in Capsules for Sci-Fi Fans - 250pcs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WRAPCV-250 </t>
+  </si>
+  <si>
+    <t>Wrap Rings 250pcs Adjustable Silver-tone Gold-tone in 1.1in Capsules</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DUERCV-250 </t>
+  </si>
+  <si>
+    <t>Duck Erasers in Convenient Capsules: Perfect for Delightful School Supplies!</t>
+  </si>
+  <si>
+    <t>$42.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANERCV </t>
+  </si>
+  <si>
+    <t>Animal Erasers for Fixing Mistakes: Favorite Animals Collection, Adorable Practical Novelties, Perfect for School Supplies</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOBRCV-250 </t>
+  </si>
+  <si>
+    <t>Boho Bracelet Collection, Trendy Machine Vending, 17 Styles, Perfect Fashion Statement</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SESQCV-250 </t>
+  </si>
+  <si>
+    <t>Sea Squishes Ocean Figurines Capsule Collection (250 pcs) Fun Underwater Kids Toys Squeezable Collectible Creatures</t>
+  </si>
+  <si>
+    <t>$53.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OCS2CV-250 </t>
+  </si>
+  <si>
+    <t>Octo Squishies Squeezable Collectable Octopus Toys in Capsules - 250pcs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOD2CV-250 </t>
+  </si>
+  <si>
+    <t>Donut Keychain Animal Toy Vending Capsule Collectible Charm Necklace</t>
+  </si>
+  <si>
+    <t>$64.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRBECV-250 </t>
+  </si>
+  <si>
+    <t>Grin and Bear It Figures Delightful Squishy Bears with Emotions in 1.1 in Capsules (250pcs)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PENGCV-250 </t>
+  </si>
+  <si>
+    <t>Penguin Squishies Pencil Toppers - Cute Stationery &amp; Collectible Stress Toys (Pack of 250)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REHECV-250 </t>
+  </si>
+  <si>
+    <t>The Real Heroes Figurines: 250 Miniature Soldiers in 1.1in Capsules</t>
+  </si>
+  <si>
+    <t>$53.55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FFERCV-250 </t>
+  </si>
+  <si>
+    <t>Fast Food Erasers Capsule Collection 1.1in 250pcs School Office Supplies</t>
   </si>
   <si>
     <t xml:space="preserve">28MM+POPAB-100 </t>
   </si>
   <si>
     <t>Pet Figurines Toys in Capsule - 100 Pcs - 1.1 Inch Plastic Capsules with Cute Dog and Cat Figurines for Kids - Bulk Toys for Easter Hunt Games - Vending Machines - Classroom Prizes</t>
   </si>
   <si>
     <t>$32.16</t>
   </si>
   <si>
-    <t xml:space="preserve">28MM+MRACB-100 </t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">28MM+ACA2B-50 </t>
   </si>
   <si>
     <t>Farm Animal Figurine Toys in Capsule - 50 Pcs -1.1 Inch Plastic Capsules with Assorted Pets &amp; Animals Mini Figurines for Kids - Easter Basket Stuffers - Toy Vending Machine Refill</t>
   </si>
   <si>
     <t>$21.24</t>
   </si>
   <si>
     <t xml:space="preserve">28MM+ACA2B-100 </t>
   </si>
   <si>
     <t>Farm Animals Figurine Toys in Capsule - 100 Pcs -1.1 Inch Plastic Capsules with Assorted Animals Mini Figurines for Kids - Easter Basket Stuffers - Toy Vending Machine Refill</t>
   </si>
   <si>
     <t>$46.74</t>
   </si>
   <si>
-    <t xml:space="preserve">28MM+NIMEB-50 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">28MM+NIMEB-250 </t>
   </si>
   <si>
     <t>Ninja Toys in Capsules - 250 Pcs - 1.1 Inch Capsules with Mini Ninja Warriors Figurines for Kids Bulk - Easter Basket Stuffers - Vending Machine Refill</t>
   </si>
   <si>
     <t>$41.02</t>
   </si>
   <si>
-    <t xml:space="preserve">28MM+MIA9B-50 </t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">28MM+MIA9B-250 </t>
   </si>
   <si>
     <t>Alien Toys in Capsules - 250 Pcs of 1.1 Inch Plastic Capsules &amp; 1 Inch Glow in the Dark Alien Figurines for Kids - Party Favors - Classroom Prizes - Toys Bulk for Vending Machine Refill</t>
   </si>
   <si>
     <t>$53.30</t>
   </si>
   <si>
+    <t xml:space="preserve">MIA9CV </t>
+  </si>
+  <si>
+    <t>Glow-in-the-Dark Alien Figures Capsule Collection - 250pcs, Assorted Poses, Light Charged, Outer Space Themed Toys</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACA3CV </t>
+  </si>
+  <si>
+    <t>Acornimals Series 3 Collectible Plastic Animal Toy Capsule Set (250 Pieces)</t>
+  </si>
+  <si>
+    <t>$55.13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIA10CV </t>
+  </si>
+  <si>
+    <t>Mini Alien Cartoon Figurines Collection - Skateboards, Snowboards, Roller Blades, Scooters, Nun Chucks</t>
+  </si>
+  <si>
+    <t>$51.34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MRACCV </t>
+  </si>
+  <si>
+    <t>Mini Race Cars 1.1in Capsule Set 250pcs Kids Toy Vehicles Collectibles</t>
+  </si>
+  <si>
+    <t>$41.54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">POPACV </t>
+  </si>
+  <si>
+    <t>Pocket Paws 250 Collectible Figures - Puppies, Kittens, Home Decor, Animal Toys</t>
+  </si>
+  <si>
+    <t>$55.02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">POO2CV </t>
+  </si>
+  <si>
+    <t>Unicorn Poop-sters Surprise Capsule Toys 1.1in (250pcs) for Kids of All Ages</t>
+  </si>
+  <si>
+    <t>$56.58</t>
+  </si>
+  <si>
     <t xml:space="preserve">28MM+HEHOB-50 </t>
   </si>
   <si>
     <t>Hedgehog Mini Toys for Kids in Capsules - 50 Pcs of 1.1 Inch Plastic Capsules &amp; Hedgehog Toy Figurines for Kids - Bulk Toys in Capsules - Easter Basket Stuffers</t>
   </si>
   <si>
     <t>$15.17</t>
   </si>
   <si>
-    <t xml:space="preserve">28MM+LIUNB-100 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">28MM+POO2B-50 </t>
   </si>
   <si>
     <t>Unicorn Mini Toys in Capsules - 50 Pcs of 1.1 Inch Acorn Capsules and Unicorn Toy Poop for Kids - Plastic Capsules for Toys Bulk – Mini Unicorn Poop Toys - Poop Emoji - Easter Basket Stuffers</t>
   </si>
   <si>
     <t>$14.04</t>
   </si>
   <si>
-    <t xml:space="preserve">28MM+MIX-150 </t>
+    <t xml:space="preserve">28MM+MIX-50 </t>
   </si>
   <si>
     <t>Vending Machine Capsules with Toys in Bulk - 1.1 Inch Tiny Frosty Clear-Colored Acorn Capsules with Mini Toys for Kids - Plastic Capsules for Toys Bulk – Easter Basket Stuffers</t>
   </si>
   <si>
-    <t>$28.96</t>
-[...4 lines deleted...]
-  <si>
     <t>$14.69</t>
   </si>
   <si>
-    <t xml:space="preserve">28MM+MIX-100 </t>
-[...2 lines deleted...]
-    <t>$20.50</t>
+    <t xml:space="preserve">ALPACV </t>
+  </si>
+  <si>
+    <t>250 Alpaca Squishes in 1.1 In Capsules - Vending Machine Toys, Micro Alpacas, Collectable Figures, Capsule Toys, Tiny Alpacas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AXOLCV </t>
+  </si>
+  <si>
+    <t>Axolotl Squishy Figures in 1.1 Inch Capsules - Kawaii Collectible Toys for Kids &amp; Adults - Perfect Vending Machine Supplies</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAPACV </t>
+  </si>
+  <si>
+    <t>Balloon Party Animals Unicorn Butterfly Cat Dog 250pcs Capsules 1.1in</t>
+  </si>
+  <si>
+    <t>$59.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRERCV </t>
+  </si>
+  <si>
+    <t>Breakfast-Themed Capsule Erasers - 250pcs Collectible Novelty School Supplies</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ICEECV </t>
+  </si>
+  <si>
+    <t>ICEE SLUSH PUPPiE Beverage-Inspired Candy Capsules – 250pc Pack for Confectionery and Convenience Stores</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PUNBCV </t>
+  </si>
+  <si>
+    <t>Punch Balloons Bulk Pack - Interactive Punching - Fun for Kids - Motor Skills - Elastic Band</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHROCV </t>
+  </si>
+  <si>
+    <t>Shroom Squad Fun-Guys Figurines in 1.1in Capsules, Adorable Pencil-Topper Toys for Vending Machines and Collectibles</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIALCV </t>
+  </si>
+  <si>
+    <t>Sitting Glitter Alien Figures for Desks, Cars, Lockers, and Pockets, 1.1" Collectible Companions</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SNBACV </t>
+  </si>
+  <si>
+    <t>Snot Balls - Slime Capsules, Bulk Vending, Leak-Proof, Trending Kids' Toy, Colorful Goo - 250pcs</t>
+  </si>
+  <si>
+    <t>$33.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWERCV </t>
+  </si>
+  <si>
+    <t>Sweet Treat Collectible Capsule Erasers for Classroom and Gift Supplies</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -339,51 +660,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b37ef7fef8ee8e5f14c832a755f9c5152.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59ad9f9bfb1523a0685f68e3f7d356043.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6f362454009c7a5b7111e8fb1e4cac5e4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0410c133365294bd7f64543d04e334435.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2c8ae461a2fa77ed56a7641265d7d2ee6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebcaa01d693c74ec3543c610c64e02ec7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_804e6cea93e18e7b5b3c06edbaca50668.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68ee94d7ad4ebfad8447b353f7796adc9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a79b96ab327ecfe2bbfe89dd9f22ad510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_874a00876f91ff7e869f555b94459ec011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b83831d84355c802a558c9d5fd1c3b3612.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1deb0a48531183f08d9d2b20cf2226fe13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_69c0638d2d2fa4940c0161910efadb8614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_128dab84438810099fa85e8369a9d13c15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3804e6acaea4603af16013a48d35d81e16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a70edf0b38105ae8e4bd5bc661ede47917.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_26f73c34b2f92790aad51f1f2271baaa18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1ef230766cc7e3eaf8afdf73dcbf971419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f57aaf75b2143f8dad5371250f11832d20.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9aa8a44badd73dcbf320ad8f21549dcb2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b37ef7fef8ee8e5f14c832a755f9c5153.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f295bc2e69380dcf4884fc3595c841114.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebcaa01d693c74ec3543c610c64e02ec5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b510fe506fa729049710a50417b315f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e73d42d9b2efd068b96ef44eb47b60907.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f92b45b8fb8133b63ba832145152d6cb8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f3ebd790e625d8ffae8b0a1425c8d3dd9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb72b477ab1a460bbe05e10a385da76b10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f29379638f515ccf82d943dd4e1e1f8011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30f96efde40cb926223962e5156df27d12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d72da76de5d2db9b96722a2cf9b4ed9913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fa359152fe78260e785b70a873bf81314.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43649e5f09d80160f309b83d292a11e015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_316960e585f450d5a9509ee28702e2aa16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1fe0bd43dfb43a40878f33d72d790e6417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eabe80913b34e73e41e291feee49698d18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9d178e16c735f950868eae9aa1bf0f619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_91ea4f077a21b3a1d569b96e11b78aa120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0bca92d344f929ff89b79f03fd45706c21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_953356a0f2c1a59b7e095385d0309e6222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_70b46df19bbc2800fa9c40d3288e5a9b23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_99f8dc508d2ce4a590f369ee2c7e364e24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d1e161094ea4f552be7ea01e5077e8bd25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d6a1cc3caf2fcc7f46058affdc7497a26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2a4829fe6019d6c765d281155565676727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7698f59276f3cacc049d69f55756f77228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_18b1eb0cfb0b04c6905d5abcefa21cc429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_19dc146eb0c251747a625a751123da7130.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_90497357181ec979e01d52d3adf40bcd31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75ec9fa06e0204f5b09f2aefc354bb0d32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d736376c241f62d5e8900f79096edf1233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f79e44ad4b013d8f03bb54775f3e6e6034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_864cbe4d89d66786b170923bcada543535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_344b62f67552fa497b52217b31ae35e536.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0ab1667ca00d09244325cda4ae3c87337.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ae5a4c7d2c0e70733a9715a3af3f67a38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da183da265db198631d7399721cc1e7439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_628fd369f562437579baf4d93a48391a40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0410c133365294bd7f64543d04e3344341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_804e6cea93e18e7b5b3c06edbaca506642.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68ee94d7ad4ebfad8447b353f7796adc43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_874a00876f91ff7e869f555b94459ec044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_69c0638d2d2fa4940c0161910efadb8645.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04c4a89739d6a4c41516e012066764e646.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bebf08ff04469c7e2071ea19d97e3f6d47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_de2df05419b88879042264276c2f25b048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fc043486e29c57395554d8949e6173849.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f662d1ae4a51096aae54d5238154ccc050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_899b6753ec4b5d2be6977616c5c791d151.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_128dab84438810099fa85e8369a9d13c52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a70edf0b38105ae8e4bd5bc661ede47953.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1ef230766cc7e3eaf8afdf73dcbf971454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f969d980796c51f1431ced4afa70987c55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_17a0c158d08bd3325cd85c885dc8d57856.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6de049e729555a915053a4a898e6998857.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_406e2dc59d3da139a3bb115a0470f56758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_366323dfed4875f460db67d1d9f3aac059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c96a3c827e64e552dd2b66904a8af86460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6506014c4818c48a2c46a56d77925eff61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a939a038083258444650ffeb0452801562.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f14b02c076913a7bc37db7e3262c9a663.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aff6c6ab8403702ff2385f54054feeb264.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -621,51 +942,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="771525"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -931,50 +1252,1370 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1241,66 +2882,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J28"/>
+  <dimension ref="A1:J72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J28" sqref="J28"/>
+      <selection activeCell="J72" sqref="J72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
-    <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="J4" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="J5" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="J6" s="1" t="s">
@@ -1342,545 +2983,1733 @@
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="55">
       <c r="B10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="7">
-        <v>2.3269288581</v>
+        <v>0.72575</v>
       </c>
       <c r="H10" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I10" s="7">
         <v>250</v>
       </c>
       <c r="J10" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>0.1088621832</v>
+        <v>2.3269288581</v>
       </c>
       <c r="H11" s="7">
-        <v>0.00206324</v>
+        <v>0.00825908</v>
       </c>
       <c r="I11" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J11" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>0.2585476851</v>
+        <v>0.72575</v>
       </c>
       <c r="H12" s="7">
-        <v>0.00245126</v>
+        <v>0.00825908</v>
       </c>
       <c r="I12" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>0.49895167299999</v>
+        <v>0.1905088206</v>
       </c>
       <c r="H13" s="7">
-        <v>0.00437632</v>
+        <v>0.00205116</v>
       </c>
       <c r="I13" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>0.2400002906373</v>
+        <v>1.17934</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00398226</v>
+        <v>0.00825908</v>
       </c>
       <c r="I14" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.1905088206</v>
+        <v>0.90718474</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00205116</v>
+        <v>0.00825908</v>
       </c>
       <c r="I15" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.22199992864518</v>
+        <v>0.8164662660000001</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00243985</v>
+        <v>0.00825908</v>
       </c>
       <c r="I16" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.43091280849999</v>
+        <v>0.90718</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00462766</v>
+        <v>0.00825908</v>
       </c>
       <c r="I17" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:10" customHeight="1" ht="55">
+    <row r="18" spans="1:10" customHeight="1" ht="76">
       <c r="B18" s="4" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>0.1678291991</v>
+        <v>1.00074</v>
       </c>
       <c r="H18" s="7">
-        <v>0.00228841</v>
+        <v>0.00825908</v>
       </c>
       <c r="I18" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="E19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>1.0205829675</v>
+        <v>0.65204</v>
       </c>
       <c r="H19" s="7">
-        <v>0.008390180000000001</v>
+        <v>0.00825908</v>
       </c>
       <c r="I19" s="7">
         <v>250</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E20" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="E20" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0.2400002906373</v>
+        <v>0.48761</v>
       </c>
       <c r="H20" s="7">
-        <v>0.00225219</v>
+        <v>0.00825908</v>
       </c>
       <c r="I20" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E21" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="E21" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>0.40800004049097</v>
+        <v>0.52447</v>
       </c>
       <c r="H21" s="7">
-        <v>0.00336305</v>
+        <v>0.00825908</v>
       </c>
       <c r="I21" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>1.1611966208</v>
+        <v>0.54431</v>
       </c>
       <c r="H22" s="7">
-        <v>0.01179869</v>
+        <v>0.00825908</v>
       </c>
       <c r="I22" s="7">
         <v>250</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>0.226796215</v>
+        <v>0.5896700810000001</v>
       </c>
       <c r="H23" s="7">
-        <v>0.00157316</v>
+        <v>0.00825908</v>
       </c>
       <c r="I23" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>0.226796215</v>
+        <v>0.8979314556520001</v>
       </c>
       <c r="H24" s="7">
-        <v>0.00157316</v>
+        <v>0.00825908</v>
       </c>
       <c r="I24" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>0.29029915519999</v>
+        <v>0.544310844</v>
       </c>
       <c r="H25" s="7">
-        <v>0.00160593</v>
+        <v>0.00825908</v>
       </c>
       <c r="I25" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>0.45359242999999</v>
+        <v>0.7711070290000001</v>
       </c>
       <c r="H26" s="7">
-        <v>0.00629263</v>
+        <v>0.00825908</v>
       </c>
       <c r="I26" s="7">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>67</v>
+        <v>46</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>0.226796215</v>
+        <v>0.90718474</v>
       </c>
       <c r="H27" s="7">
-        <v>0.00157316</v>
+        <v>0.00825908</v>
       </c>
       <c r="I27" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E28" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" s="7">
+        <v>0.6803885550000001</v>
+      </c>
+      <c r="H28" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I28" s="7">
+        <v>250</v>
+      </c>
+      <c r="J28" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" customHeight="1" ht="55">
+      <c r="B29" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C29" s="6"/>
+      <c r="D29" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="7">
+        <v>1.088621688</v>
+      </c>
+      <c r="H29" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I29" s="7">
+        <v>250</v>
+      </c>
+      <c r="J29" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" customHeight="1" ht="55">
+      <c r="B30" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="F28" s="7" t="s">
-[...8 lines deleted...]
-      <c r="I28" s="7">
+      <c r="C30" s="6"/>
+      <c r="D30" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G30" s="7">
+        <v>0.9752235955</v>
+      </c>
+      <c r="H30" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I30" s="7">
+        <v>250</v>
+      </c>
+      <c r="J30" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" customHeight="1" ht="55">
+      <c r="B31" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C31" s="6"/>
+      <c r="D31" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="7">
+        <v>0.861825503</v>
+      </c>
+      <c r="H31" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I31" s="7">
+        <v>250</v>
+      </c>
+      <c r="J31" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" customHeight="1" ht="55">
+      <c r="B32" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C32" s="6"/>
+      <c r="D32" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="7">
+        <v>0.90718474</v>
+      </c>
+      <c r="H32" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I32" s="7">
+        <v>250</v>
+      </c>
+      <c r="J32" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" customHeight="1" ht="55">
+      <c r="B33" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C33" s="6"/>
+      <c r="D33" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="7">
+        <v>0.9752235955</v>
+      </c>
+      <c r="H33" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I33" s="7">
+        <v>250</v>
+      </c>
+      <c r="J33" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" customHeight="1" ht="55">
+      <c r="B34" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C34" s="6"/>
+      <c r="D34" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="7">
+        <v>1.995806428</v>
+      </c>
+      <c r="H34" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I34" s="7">
+        <v>250</v>
+      </c>
+      <c r="J34" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" customHeight="1" ht="55">
+      <c r="B35" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C35" s="6"/>
+      <c r="D35" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G35" s="7">
+        <v>1.088621688</v>
+      </c>
+      <c r="H35" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I35" s="7">
+        <v>250</v>
+      </c>
+      <c r="J35" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" customHeight="1" ht="39">
+      <c r="B36" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="C36" s="6"/>
+      <c r="D36" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G36" s="7">
+        <v>0.9298643584999999</v>
+      </c>
+      <c r="H36" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I36" s="7">
+        <v>250</v>
+      </c>
+      <c r="J36" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" customHeight="1" ht="55">
+      <c r="B37" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="C37" s="6"/>
+      <c r="D37" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="7">
+        <v>0.7257477920000001</v>
+      </c>
+      <c r="H37" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I37" s="7">
+        <v>250</v>
+      </c>
+      <c r="J37" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" customHeight="1" ht="55">
+      <c r="B38" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C38" s="6"/>
+      <c r="D38" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G38" s="7">
+        <v>0.6803885550000001</v>
+      </c>
+      <c r="H38" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I38" s="7">
+        <v>250</v>
+      </c>
+      <c r="J38" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" customHeight="1" ht="55">
+      <c r="B39" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="C39" s="6"/>
+      <c r="D39" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G39" s="7">
+        <v>1.08862</v>
+      </c>
+      <c r="H39" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I39" s="7">
+        <v>250</v>
+      </c>
+      <c r="J39" s="7">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" customHeight="1" ht="55">
+      <c r="B40" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C40" s="6"/>
+      <c r="D40" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G40" s="7">
+        <v>0.7257477920000001</v>
+      </c>
+      <c r="H40" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I40" s="7">
+        <v>250</v>
+      </c>
+      <c r="J40" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" customHeight="1" ht="55">
+      <c r="B41" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C41" s="6"/>
+      <c r="D41" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G41" s="7">
+        <v>0.7257477920000001</v>
+      </c>
+      <c r="H41" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I41" s="7">
+        <v>250</v>
+      </c>
+      <c r="J41" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" customHeight="1" ht="55">
+      <c r="B42" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="C42" s="6"/>
+      <c r="D42" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G42" s="7">
+        <v>0.7257477920000001</v>
+      </c>
+      <c r="H42" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I42" s="7">
+        <v>250</v>
+      </c>
+      <c r="J42" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" customHeight="1" ht="55">
+      <c r="B43" s="4" t="s">
         <v>100</v>
       </c>
-      <c r="J28" s="7">
+      <c r="C43" s="6"/>
+      <c r="D43" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G43" s="7">
+        <v>0.7257477920000001</v>
+      </c>
+      <c r="H43" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I43" s="7">
+        <v>250</v>
+      </c>
+      <c r="J43" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" customHeight="1" ht="55">
+      <c r="B44" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="C44" s="6"/>
+      <c r="D44" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G44" s="7">
+        <v>0.7711070290000001</v>
+      </c>
+      <c r="H44" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I44" s="7">
+        <v>250</v>
+      </c>
+      <c r="J44" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" customHeight="1" ht="55">
+      <c r="B45" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C45" s="6"/>
+      <c r="D45" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G45" s="7">
+        <v>0.7711070290000001</v>
+      </c>
+      <c r="H45" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I45" s="7">
+        <v>250</v>
+      </c>
+      <c r="J45" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" customHeight="1" ht="55">
+      <c r="B46" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C46" s="6"/>
+      <c r="D46" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G46" s="7">
+        <v>0.6803885550000001</v>
+      </c>
+      <c r="H46" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I46" s="7">
+        <v>250</v>
+      </c>
+      <c r="J46" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" customHeight="1" ht="55">
+      <c r="B47" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C47" s="6"/>
+      <c r="D47" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G47" s="7">
+        <v>0.6803885550000001</v>
+      </c>
+      <c r="H47" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I47" s="7">
+        <v>250</v>
+      </c>
+      <c r="J47" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" customHeight="1" ht="55">
+      <c r="B48" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C48" s="6"/>
+      <c r="D48" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G48" s="7">
+        <v>0.5896700810000001</v>
+      </c>
+      <c r="H48" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I48" s="7">
+        <v>250</v>
+      </c>
+      <c r="J48" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" customHeight="1" ht="55">
+      <c r="B49" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C49" s="6"/>
+      <c r="D49" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="7">
+        <v>0.49895167299999</v>
+      </c>
+      <c r="H49" s="7">
+        <v>0.00437632</v>
+      </c>
+      <c r="I49" s="7">
+        <v>100</v>
+      </c>
+      <c r="J49" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" customHeight="1" ht="55">
+      <c r="B50" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="C50" s="6"/>
+      <c r="D50" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G50" s="7">
+        <v>0.22199992864518</v>
+      </c>
+      <c r="H50" s="7">
+        <v>0.00243985</v>
+      </c>
+      <c r="I50" s="7">
+        <v>50</v>
+      </c>
+      <c r="J50" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" customHeight="1" ht="55">
+      <c r="B51" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C51" s="6"/>
+      <c r="D51" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G51" s="7">
+        <v>0.43091280849999</v>
+      </c>
+      <c r="H51" s="7">
+        <v>0.00462766</v>
+      </c>
+      <c r="I51" s="7">
+        <v>100</v>
+      </c>
+      <c r="J51" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" customHeight="1" ht="55">
+      <c r="B52" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="C52" s="6"/>
+      <c r="D52" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G52" s="7">
+        <v>1.0205829675</v>
+      </c>
+      <c r="H52" s="7">
+        <v>0.008390180000000001</v>
+      </c>
+      <c r="I52" s="7">
+        <v>250</v>
+      </c>
+      <c r="J52" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" customHeight="1" ht="55">
+      <c r="B53" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="C53" s="6"/>
+      <c r="D53" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G53" s="7">
+        <v>1.1611966208</v>
+      </c>
+      <c r="H53" s="7">
+        <v>0.01179869</v>
+      </c>
+      <c r="I53" s="7">
+        <v>250</v>
+      </c>
+      <c r="J53" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" customHeight="1" ht="55">
+      <c r="B54" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C54" s="6"/>
+      <c r="D54" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G54" s="7">
+        <v>0.90718474</v>
+      </c>
+      <c r="H54" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I54" s="7">
+        <v>250</v>
+      </c>
+      <c r="J54" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" customHeight="1" ht="55">
+      <c r="B55" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="C55" s="6"/>
+      <c r="D55" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G55" s="7">
+        <v>0.272155422</v>
+      </c>
+      <c r="H55" s="7">
+        <v>0.00442451</v>
+      </c>
+      <c r="I55" s="7">
+        <v>250</v>
+      </c>
+      <c r="J55" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" customHeight="1" ht="55">
+      <c r="B56" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="C56" s="6"/>
+      <c r="D56" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G56" s="7">
+        <v>0.9979</v>
+      </c>
+      <c r="H56" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I56" s="7">
+        <v>250</v>
+      </c>
+      <c r="J56" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" customHeight="1" ht="55">
+      <c r="B57" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C57" s="6"/>
+      <c r="D57" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G57" s="7">
+        <v>0.6803885550000001</v>
+      </c>
+      <c r="H57" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I57" s="7">
+        <v>250</v>
+      </c>
+      <c r="J57" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" customHeight="1" ht="55">
+      <c r="B58" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C58" s="6"/>
+      <c r="D58" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G58" s="7">
+        <v>0.7257477920000001</v>
+      </c>
+      <c r="H58" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I58" s="7">
+        <v>250</v>
+      </c>
+      <c r="J58" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" customHeight="1" ht="55">
+      <c r="B59" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C59" s="6"/>
+      <c r="D59" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G59" s="7">
+        <v>0.6803885550000001</v>
+      </c>
+      <c r="H59" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I59" s="7">
+        <v>250</v>
+      </c>
+      <c r="J59" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" customHeight="1" ht="55">
+      <c r="B60" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C60" s="6"/>
+      <c r="D60" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G60" s="7">
+        <v>0.226796215</v>
+      </c>
+      <c r="H60" s="7">
+        <v>0.00157316</v>
+      </c>
+      <c r="I60" s="7">
+        <v>50</v>
+      </c>
+      <c r="J60" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" customHeight="1" ht="55">
+      <c r="B61" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="C61" s="6"/>
+      <c r="D61" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>151</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G61" s="7">
+        <v>0.29029915519999</v>
+      </c>
+      <c r="H61" s="7">
+        <v>0.00160593</v>
+      </c>
+      <c r="I61" s="7">
+        <v>50</v>
+      </c>
+      <c r="J61" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" customHeight="1" ht="55">
+      <c r="B62" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C62" s="6"/>
+      <c r="D62" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G62" s="7">
+        <v>0.226796215</v>
+      </c>
+      <c r="H62" s="7">
+        <v>0.00157316</v>
+      </c>
+      <c r="I62" s="7">
+        <v>50</v>
+      </c>
+      <c r="J62" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" customHeight="1" ht="55">
+      <c r="B63" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="C63" s="6"/>
+      <c r="D63" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G63" s="7">
+        <v>0.635029318</v>
+      </c>
+      <c r="H63" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I63" s="7">
+        <v>250</v>
+      </c>
+      <c r="J63" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" customHeight="1" ht="55">
+      <c r="B64" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C64" s="6"/>
+      <c r="D64" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G64" s="7">
+        <v>0.7257477920000001</v>
+      </c>
+      <c r="H64" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I64" s="7">
+        <v>250</v>
+      </c>
+      <c r="J64" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" customHeight="1" ht="55">
+      <c r="B65" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="C65" s="6"/>
+      <c r="D65" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>161</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G65" s="7">
+        <v>0.90718474</v>
+      </c>
+      <c r="H65" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I65" s="7">
+        <v>250</v>
+      </c>
+      <c r="J65" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" customHeight="1" ht="55">
+      <c r="B66" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="C66" s="6"/>
+      <c r="D66" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G66" s="7">
+        <v>1.043262451</v>
+      </c>
+      <c r="H66" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I66" s="7">
+        <v>250</v>
+      </c>
+      <c r="J66" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" customHeight="1" ht="55">
+      <c r="B67" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="C67" s="6"/>
+      <c r="D67" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G67" s="7">
+        <v>0.8164662660000001</v>
+      </c>
+      <c r="H67" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I67" s="7">
+        <v>250</v>
+      </c>
+      <c r="J67" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" customHeight="1" ht="55">
+      <c r="B68" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="C68" s="6"/>
+      <c r="D68" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G68" s="7">
+        <v>0.8164662660000001</v>
+      </c>
+      <c r="H68" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I68" s="7">
+        <v>250</v>
+      </c>
+      <c r="J68" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" customHeight="1" ht="55">
+      <c r="B69" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C69" s="6"/>
+      <c r="D69" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G69" s="7">
+        <v>0.8164662660000001</v>
+      </c>
+      <c r="H69" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I69" s="7">
+        <v>250</v>
+      </c>
+      <c r="J69" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" customHeight="1" ht="55">
+      <c r="B70" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C70" s="6"/>
+      <c r="D70" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G70" s="7">
+        <v>0.8164662660000001</v>
+      </c>
+      <c r="H70" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I70" s="7">
+        <v>250</v>
+      </c>
+      <c r="J70" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" customHeight="1" ht="55">
+      <c r="B71" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="C71" s="6"/>
+      <c r="D71" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>174</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G71" s="7">
+        <v>1.81436948</v>
+      </c>
+      <c r="H71" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I71" s="7">
+        <v>250</v>
+      </c>
+      <c r="J71" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" customHeight="1" ht="55">
+      <c r="B72" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="C72" s="6"/>
+      <c r="D72" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G72" s="7">
+        <v>0</v>
+      </c>
+      <c r="H72" s="7">
+        <v>0</v>
+      </c>
+      <c r="I72" s="7">
+        <v>250</v>
+      </c>
+      <c r="J72" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">