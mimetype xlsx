--- v1 (2025-11-26)
+++ v2 (2026-01-05)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1&quot; Mini Caps" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -91,101 +91,113 @@
   <si>
     <t>$37.80</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">BRERCV-250 </t>
   </si>
   <si>
     <t>Breakfast is Served Erasers 1"</t>
   </si>
   <si>
     <t>$33.00</t>
   </si>
   <si>
     <t xml:space="preserve">LET15CV-250 </t>
   </si>
   <si>
     <t>Untamed Temporary Tattoos Boys Scorpion Shark Animals 250pcs</t>
   </si>
   <si>
     <t>$52.87</t>
   </si>
   <si>
+    <t xml:space="preserve">POOPCV-250 </t>
+  </si>
+  <si>
+    <t>Poop Emoji Figurines Cute Faces Emotion Capsules Prank Gifts</t>
+  </si>
+  <si>
+    <t>$55.80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MESTCV-250 </t>
+  </si>
+  <si>
+    <t>Sticky Critters Assortment in 1.1in Capsules - 250pcs for Kids' Outdoor Fun and Play.</t>
+  </si>
+  <si>
+    <t>$49.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SMILCV-250 </t>
+  </si>
+  <si>
+    <t>Silly Sports Dudes Small Figurines in 1.1in Toy Capsules for Kids - 250pcs Sports-Themed Collectible Toys</t>
+  </si>
+  <si>
+    <t>$50.40</t>
+  </si>
+  <si>
     <t xml:space="preserve">28MM+MIA10B-50 </t>
   </si>
   <si>
     <t>Mini Aliens (color) Bulk 50pcs in caps 1in</t>
   </si>
   <si>
     <t>$22.87</t>
   </si>
   <si>
-    <t xml:space="preserve">MESTCV-250 </t>
-[...14 lines deleted...]
-    <t>$50.40</t>
+    <t xml:space="preserve">STDICV-250 </t>
+  </si>
+  <si>
+    <t>Stretchy Dinosaur Figurines Toy Capsules Kids Collectibles (250pcs)</t>
+  </si>
+  <si>
+    <t>$44.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TREACV-250 </t>
+  </si>
+  <si>
+    <t>Pirate Themed Puzzles Figurines Capsule Toys Collectible Surprises</t>
+  </si>
+  <si>
+    <t>$45.00</t>
   </si>
   <si>
     <t xml:space="preserve">BIB4CV </t>
   </si>
   <si>
     <t>Pencil Toppers Vending Machine Toys Funny Gifts Party Favors</t>
   </si>
   <si>
     <t>$58.05</t>
   </si>
   <si>
-    <t xml:space="preserve">STDICV-250 </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">JELLCV-250 </t>
   </si>
   <si>
     <t>Jelly Bracelets for Kids-1.1in Capsules-250pcs-Collect, Share, Trade, and Party Favor</t>
   </si>
   <si>
     <t>$40.05</t>
   </si>
   <si>
     <t xml:space="preserve">STPECV-250 </t>
   </si>
   <si>
     <t>Stretchy Critters 250pcs: Snakes, Frogs, Bugs, Lizards, Spiders for Kids Play</t>
   </si>
   <si>
     <t>$46.80</t>
   </si>
   <si>
     <t xml:space="preserve">FUF2CV-250 </t>
   </si>
   <si>
     <t>Moustache Mix Stick-On 1.1in Capsules (250pcs) Costume Party Themed Event Disguise</t>
   </si>
   <si>
     <t>$42.30</t>
@@ -217,83 +229,68 @@
   <si>
     <t>250 Temporary Animal Tattoos Capsule Collection (250pcs)</t>
   </si>
   <si>
     <t>$27.00</t>
   </si>
   <si>
     <t xml:space="preserve">CAGOCV-250 </t>
   </si>
   <si>
     <t>California Gold Jewelry Collection – 250pcs in 1.1in Capsules - Rings, Necklaces, Diamond Cut, Die-cast, Extruded Design</t>
   </si>
   <si>
     <t xml:space="preserve">CHARCV-250 </t>
   </si>
   <si>
     <t>Charm Bracelets Variety Pack 250pcs Butterfly Starfish Moon Tennis Racket Key Collection</t>
   </si>
   <si>
     <t xml:space="preserve">GLITCV-250 </t>
   </si>
   <si>
     <t>The Glitz Rings Collection for Girls - Sparkling Stones, Trendy Fashion Accessories, Costume Jewelry, Party Favors, and Collectible Rings</t>
   </si>
   <si>
-    <t>$43.65</t>
+    <t>$43.50</t>
   </si>
   <si>
     <t xml:space="preserve">KARMCV-250 </t>
   </si>
   <si>
     <t>Karma Bands 1.1in Capsules 250pcs: Inspirational Wrist Bands, Luck &amp; Energy, Positive Vibes, Unisex Rubber Bands</t>
   </si>
   <si>
-    <t xml:space="preserve">MISACV-250 </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">PLDICV-250 </t>
   </si>
   <si>
     <t>Plastic Diamonds in 1.1in Capsules (250pcs) - Translucent, Gem-Like Hues for Treasure Chest, Jewelry Box, Party Favors</t>
   </si>
   <si>
     <t>$31.05</t>
   </si>
   <si>
-    <t xml:space="preserve">POOPCV-250 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">SMUSCV-250 </t>
   </si>
   <si>
     <t>Time To Get Smushy Figurines in 1.1in Capsules with Urban-Style Mutant Creatures Collection</t>
   </si>
   <si>
     <t>$51.30</t>
   </si>
   <si>
     <t xml:space="preserve">STBACV-250 </t>
   </si>
   <si>
     <t>Splatterz Sticky Squishy Balls - Ultimate Fun for Kids &amp; Adults, Watch Them Splat and Bounce Back</t>
   </si>
   <si>
     <t xml:space="preserve">STEMCV-250 </t>
   </si>
   <si>
     <t>Stretchable Emoji Figures - Vibrant Neon Collectibles Set - Fun Kids Toy - Perfect Vending Machine Capsules</t>
   </si>
   <si>
     <t xml:space="preserve">TREAC1ROUND-250 </t>
   </si>
   <si>
     <t>Assorted Toy Surprise in 1in Round Clear Capsules - Bulk Kids' Novelty Vending Mix</t>
@@ -359,68 +356,50 @@
     <t xml:space="preserve">GRBECV-250 </t>
   </si>
   <si>
     <t>Grin and Bear It Figures Delightful Squishy Bears with Emotions in 1.1 in Capsules (250pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">PENGCV-250 </t>
   </si>
   <si>
     <t>Penguin Squishies Pencil Toppers - Cute Stationery &amp; Collectible Stress Toys (Pack of 250)</t>
   </si>
   <si>
     <t xml:space="preserve">REHECV-250 </t>
   </si>
   <si>
     <t>The Real Heroes Figurines: 250 Miniature Soldiers in 1.1in Capsules</t>
   </si>
   <si>
     <t>$53.55</t>
   </si>
   <si>
     <t xml:space="preserve">FFERCV-250 </t>
   </si>
   <si>
     <t>Fast Food Erasers Capsule Collection 1.1in 250pcs School Office Supplies</t>
-  </si>
-[...16 lines deleted...]
-    <t>$21.24</t>
   </si>
   <si>
     <t xml:space="preserve">28MM+ACA2B-100 </t>
   </si>
   <si>
     <t>Farm Animals Figurine Toys in Capsule - 100 Pcs -1.1 Inch Plastic Capsules with Assorted Animals Mini Figurines for Kids - Easter Basket Stuffers - Toy Vending Machine Refill</t>
   </si>
   <si>
     <t>$46.74</t>
   </si>
   <si>
     <t xml:space="preserve">28MM+NIMEB-250 </t>
   </si>
   <si>
     <t>Ninja Toys in Capsules - 250 Pcs - 1.1 Inch Capsules with Mini Ninja Warriors Figurines for Kids Bulk - Easter Basket Stuffers - Vending Machine Refill</t>
   </si>
   <si>
     <t>$41.02</t>
   </si>
   <si>
     <t xml:space="preserve">28MM+MIA9B-250 </t>
   </si>
   <si>
     <t>Alien Toys in Capsules - 250 Pcs of 1.1 Inch Plastic Capsules &amp; 1 Inch Glow in the Dark Alien Figurines for Kids - Party Favors - Classroom Prizes - Toys Bulk for Vending Machine Refill</t>
   </si>
@@ -660,51 +639,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9aa8a44badd73dcbf320ad8f21549dcb2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b37ef7fef8ee8e5f14c832a755f9c5153.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f295bc2e69380dcf4884fc3595c841114.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebcaa01d693c74ec3543c610c64e02ec5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b510fe506fa729049710a50417b315f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e73d42d9b2efd068b96ef44eb47b60907.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f92b45b8fb8133b63ba832145152d6cb8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f3ebd790e625d8ffae8b0a1425c8d3dd9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb72b477ab1a460bbe05e10a385da76b10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f29379638f515ccf82d943dd4e1e1f8011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30f96efde40cb926223962e5156df27d12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d72da76de5d2db9b96722a2cf9b4ed9913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fa359152fe78260e785b70a873bf81314.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43649e5f09d80160f309b83d292a11e015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_316960e585f450d5a9509ee28702e2aa16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1fe0bd43dfb43a40878f33d72d790e6417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eabe80913b34e73e41e291feee49698d18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9d178e16c735f950868eae9aa1bf0f619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_91ea4f077a21b3a1d569b96e11b78aa120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0bca92d344f929ff89b79f03fd45706c21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_953356a0f2c1a59b7e095385d0309e6222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_70b46df19bbc2800fa9c40d3288e5a9b23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_99f8dc508d2ce4a590f369ee2c7e364e24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d1e161094ea4f552be7ea01e5077e8bd25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d6a1cc3caf2fcc7f46058affdc7497a26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2a4829fe6019d6c765d281155565676727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7698f59276f3cacc049d69f55756f77228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_18b1eb0cfb0b04c6905d5abcefa21cc429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_19dc146eb0c251747a625a751123da7130.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_90497357181ec979e01d52d3adf40bcd31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75ec9fa06e0204f5b09f2aefc354bb0d32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d736376c241f62d5e8900f79096edf1233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f79e44ad4b013d8f03bb54775f3e6e6034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_864cbe4d89d66786b170923bcada543535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_344b62f67552fa497b52217b31ae35e536.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0ab1667ca00d09244325cda4ae3c87337.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ae5a4c7d2c0e70733a9715a3af3f67a38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da183da265db198631d7399721cc1e7439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_628fd369f562437579baf4d93a48391a40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0410c133365294bd7f64543d04e3344341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_804e6cea93e18e7b5b3c06edbaca506642.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68ee94d7ad4ebfad8447b353f7796adc43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_874a00876f91ff7e869f555b94459ec044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_69c0638d2d2fa4940c0161910efadb8645.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04c4a89739d6a4c41516e012066764e646.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bebf08ff04469c7e2071ea19d97e3f6d47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_de2df05419b88879042264276c2f25b048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fc043486e29c57395554d8949e6173849.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f662d1ae4a51096aae54d5238154ccc050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_899b6753ec4b5d2be6977616c5c791d151.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_128dab84438810099fa85e8369a9d13c52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a70edf0b38105ae8e4bd5bc661ede47953.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1ef230766cc7e3eaf8afdf73dcbf971454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f969d980796c51f1431ced4afa70987c55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_17a0c158d08bd3325cd85c885dc8d57856.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6de049e729555a915053a4a898e6998857.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_406e2dc59d3da139a3bb115a0470f56758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_366323dfed4875f460db67d1d9f3aac059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c96a3c827e64e552dd2b66904a8af86460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6506014c4818c48a2c46a56d77925eff61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a939a038083258444650ffeb0452801562.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f14b02c076913a7bc37db7e3262c9a663.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aff6c6ab8403702ff2385f54054feeb264.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9aa8a44badd73dcbf320ad8f21549dcb2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b37ef7fef8ee8e5f14c832a755f9c5153.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f295bc2e69380dcf4884fc3595c841114.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_99f8dc508d2ce4a590f369ee2c7e364e5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b510fe506fa729049710a50417b315f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e73d42d9b2efd068b96ef44eb47b60907.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebcaa01d693c74ec3543c610c64e02ec8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f3ebd790e625d8ffae8b0a1425c8d3dd9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb72b477ab1a460bbe05e10a385da76b10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f92b45b8fb8133b63ba832145152d6cb11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f29379638f515ccf82d943dd4e1e1f8012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30f96efde40cb926223962e5156df27d13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d72da76de5d2db9b96722a2cf9b4ed9914.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fa359152fe78260e785b70a873bf81315.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43649e5f09d80160f309b83d292a11e016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_316960e585f450d5a9509ee28702e2aa17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1fe0bd43dfb43a40878f33d72d790e6418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eabe80913b34e73e41e291feee49698d19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9d178e16c735f950868eae9aa1bf0f620.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_91ea4f077a21b3a1d569b96e11b78aa121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0bca92d344f929ff89b79f03fd45706c22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_70b46df19bbc2800fa9c40d3288e5a9b23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d1e161094ea4f552be7ea01e5077e8bd24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d6a1cc3caf2fcc7f46058affdc7497a25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2a4829fe6019d6c765d281155565676726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7698f59276f3cacc049d69f55756f77227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_18b1eb0cfb0b04c6905d5abcefa21cc428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_19dc146eb0c251747a625a751123da7129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_90497357181ec979e01d52d3adf40bcd30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75ec9fa06e0204f5b09f2aefc354bb0d31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d736376c241f62d5e8900f79096edf1232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f79e44ad4b013d8f03bb54775f3e6e6033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_864cbe4d89d66786b170923bcada543534.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_344b62f67552fa497b52217b31ae35e535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0ab1667ca00d09244325cda4ae3c87336.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ae5a4c7d2c0e70733a9715a3af3f67a37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da183da265db198631d7399721cc1e7438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_628fd369f562437579baf4d93a48391a39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68ee94d7ad4ebfad8447b353f7796adc40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_874a00876f91ff7e869f555b94459ec041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_69c0638d2d2fa4940c0161910efadb8642.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04c4a89739d6a4c41516e012066764e643.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bebf08ff04469c7e2071ea19d97e3f6d44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_de2df05419b88879042264276c2f25b045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fc043486e29c57395554d8949e6173846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f662d1ae4a51096aae54d5238154ccc047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_899b6753ec4b5d2be6977616c5c791d148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_128dab84438810099fa85e8369a9d13c49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a70edf0b38105ae8e4bd5bc661ede47950.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1ef230766cc7e3eaf8afdf73dcbf971451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f969d980796c51f1431ced4afa70987c52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_17a0c158d08bd3325cd85c885dc8d57853.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6de049e729555a915053a4a898e6998854.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_406e2dc59d3da139a3bb115a0470f56755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_366323dfed4875f460db67d1d9f3aac056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c96a3c827e64e552dd2b66904a8af86457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6506014c4818c48a2c46a56d77925eff58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a939a038083258444650ffeb0452801559.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f14b02c076913a7bc37db7e3262c9a660.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aff6c6ab8403702ff2385f54054feeb261.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1452,81 +1431,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -2482,140 +2461,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>68</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2882,54 +2771,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J72"/>
+  <dimension ref="A1:J69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J72" sqref="J72"/>
+      <selection activeCell="J69" sqref="J69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -3064,57 +2953,57 @@
       <c r="H12" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I12" s="7">
         <v>250</v>
       </c>
       <c r="J12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>0.1905088206</v>
+        <v>0.90718474</v>
       </c>
       <c r="H13" s="7">
-        <v>0.00205116</v>
+        <v>0.00825908</v>
       </c>
       <c r="I13" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
         <v>1.17934</v>
       </c>
       <c r="H14" s="7">
         <v>0.00825908</v>
       </c>
@@ -3145,1571 +3034,1490 @@
       <c r="H15" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I15" s="7">
         <v>250</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.8164662660000001</v>
+        <v>0.1905088206</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00825908</v>
+        <v>0.00205116</v>
       </c>
       <c r="I16" s="7">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
         <v>0.90718</v>
       </c>
       <c r="H17" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I17" s="7">
         <v>250</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="76">
       <c r="B18" s="4" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
         <v>1.00074</v>
       </c>
       <c r="H18" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I18" s="7">
         <v>250</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0.65204</v>
+        <v>0.8164662660000001</v>
       </c>
       <c r="H19" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I19" s="7">
         <v>250</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0.48761</v>
+        <v>0.65204</v>
       </c>
       <c r="H20" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I20" s="7">
         <v>250</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>0.52447</v>
+        <v>0.48761</v>
       </c>
       <c r="H21" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I21" s="7">
         <v>250</v>
       </c>
       <c r="J21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0.54431</v>
+        <v>0.52447</v>
       </c>
       <c r="H22" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I22" s="7">
         <v>250</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>0.5896700810000001</v>
+        <v>0.54431</v>
       </c>
       <c r="H23" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I23" s="7">
         <v>250</v>
       </c>
       <c r="J23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>0.8979314556520001</v>
+        <v>0.5896700810000001</v>
       </c>
       <c r="H24" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I24" s="7">
         <v>250</v>
       </c>
       <c r="J24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>0.544310844</v>
+        <v>0.8979314556520001</v>
       </c>
       <c r="H25" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I25" s="7">
         <v>250</v>
       </c>
       <c r="J25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>0.7711070290000001</v>
+        <v>0.544310844</v>
       </c>
       <c r="H26" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I26" s="7">
         <v>250</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>0.90718474</v>
+        <v>0.7711070290000001</v>
       </c>
       <c r="H27" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I27" s="7">
         <v>250</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>0.6803885550000001</v>
+        <v>0.90718474</v>
       </c>
       <c r="H28" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I28" s="7">
         <v>250</v>
       </c>
       <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E29" s="7" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
-        <v>1.088621688</v>
+        <v>0.6803885550000001</v>
       </c>
       <c r="H29" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I29" s="7">
         <v>250</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>0.9752235955</v>
+        <v>1.088621688</v>
       </c>
       <c r="H30" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I30" s="7">
         <v>250</v>
       </c>
       <c r="J30" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
         <v>0.861825503</v>
       </c>
       <c r="H31" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I31" s="7">
         <v>250</v>
       </c>
       <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
-        <v>0.90718474</v>
+        <v>0.9752235955</v>
       </c>
       <c r="H32" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I32" s="7">
         <v>250</v>
       </c>
       <c r="J32" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>79</v>
+        <v>26</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="7">
-        <v>0.9752235955</v>
+        <v>1.995806428</v>
       </c>
       <c r="H33" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I33" s="7">
         <v>250</v>
       </c>
       <c r="J33" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="7">
-        <v>1.995806428</v>
+        <v>1.088621688</v>
       </c>
       <c r="H34" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I34" s="7">
         <v>250</v>
       </c>
       <c r="J34" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:10" customHeight="1" ht="55">
+    <row r="35" spans="1:10" customHeight="1" ht="39">
       <c r="B35" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
-        <v>1.088621688</v>
+        <v>0.9298643584999999</v>
       </c>
       <c r="H35" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I35" s="7">
         <v>250</v>
       </c>
       <c r="J35" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:10" customHeight="1" ht="39">
+    <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
-        <v>0.9298643584999999</v>
+        <v>0.7257477920000001</v>
       </c>
       <c r="H36" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I36" s="7">
         <v>250</v>
       </c>
       <c r="J36" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
-        <v>0.7257477920000001</v>
+        <v>0.6803885550000001</v>
       </c>
       <c r="H37" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I37" s="7">
         <v>250</v>
       </c>
       <c r="J37" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>46</v>
+        <v>91</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
-        <v>0.6803885550000001</v>
+        <v>1.08862</v>
       </c>
       <c r="H38" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I38" s="7">
         <v>250</v>
       </c>
       <c r="J38" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="E39" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="E39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
-        <v>1.08862</v>
+        <v>0.7257477920000001</v>
       </c>
       <c r="H39" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I39" s="7">
         <v>250</v>
       </c>
       <c r="J39" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="7">
         <v>0.7257477920000001</v>
       </c>
       <c r="H40" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I40" s="7">
         <v>250</v>
       </c>
       <c r="J40" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>29</v>
+        <v>98</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
         <v>0.7257477920000001</v>
       </c>
       <c r="H41" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I41" s="7">
         <v>250</v>
       </c>
       <c r="J41" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="E42" s="7" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
         <v>0.7257477920000001</v>
       </c>
       <c r="H42" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I42" s="7">
         <v>250</v>
       </c>
       <c r="J42" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
-        <v>0.7257477920000001</v>
+        <v>0.7711070290000001</v>
       </c>
       <c r="H43" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I43" s="7">
         <v>250</v>
       </c>
       <c r="J43" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
         <v>0.7711070290000001</v>
       </c>
       <c r="H44" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I44" s="7">
         <v>250</v>
       </c>
       <c r="J44" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
-        <v>0.7711070290000001</v>
+        <v>0.6803885550000001</v>
       </c>
       <c r="H45" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I45" s="7">
         <v>250</v>
       </c>
       <c r="J45" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
         <v>0.6803885550000001</v>
       </c>
       <c r="H46" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I46" s="7">
         <v>250</v>
       </c>
       <c r="J46" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
-        <v>0.6803885550000001</v>
+        <v>0.5896700810000001</v>
       </c>
       <c r="H47" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I47" s="7">
         <v>250</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>92</v>
+        <v>115</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
-        <v>0.5896700810000001</v>
+        <v>0.43091280849999</v>
       </c>
       <c r="H48" s="7">
-        <v>0.00825908</v>
+        <v>0.00462766</v>
       </c>
       <c r="I48" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J48" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
-        <v>0.49895167299999</v>
+        <v>1.0205829675</v>
       </c>
       <c r="H49" s="7">
-        <v>0.00437632</v>
+        <v>0.008390180000000001</v>
       </c>
       <c r="I49" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="7">
-        <v>0.22199992864518</v>
+        <v>1.1611966208</v>
       </c>
       <c r="H50" s="7">
-        <v>0.00243985</v>
+        <v>0.01179869</v>
       </c>
       <c r="I50" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J50" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="7">
-        <v>0.43091280849999</v>
+        <v>0.90718474</v>
       </c>
       <c r="H51" s="7">
-        <v>0.00462766</v>
+        <v>0.00825908</v>
       </c>
       <c r="I51" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J51" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
-        <v>1.0205829675</v>
+        <v>0.272155422</v>
       </c>
       <c r="H52" s="7">
-        <v>0.008390180000000001</v>
+        <v>0.00442451</v>
       </c>
       <c r="I52" s="7">
         <v>250</v>
       </c>
       <c r="J52" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
-        <v>1.1611966208</v>
+        <v>0.9979</v>
       </c>
       <c r="H53" s="7">
-        <v>0.01179869</v>
+        <v>0.00825908</v>
       </c>
       <c r="I53" s="7">
         <v>250</v>
       </c>
       <c r="J53" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>29</v>
+        <v>132</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
-        <v>0.90718474</v>
+        <v>0.6803885550000001</v>
       </c>
       <c r="H54" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I54" s="7">
         <v>250</v>
       </c>
       <c r="J54" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
-        <v>0.272155422</v>
+        <v>0.7257477920000001</v>
       </c>
       <c r="H55" s="7">
-        <v>0.00442451</v>
+        <v>0.00825908</v>
       </c>
       <c r="I55" s="7">
         <v>250</v>
       </c>
       <c r="J55" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="7">
-        <v>0.9979</v>
+        <v>0.6803885550000001</v>
       </c>
       <c r="H56" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I56" s="7">
         <v>250</v>
       </c>
       <c r="J56" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
-        <v>0.6803885550000001</v>
+        <v>0.226796215</v>
       </c>
       <c r="H57" s="7">
-        <v>0.00825908</v>
+        <v>0.00157316</v>
       </c>
       <c r="I57" s="7">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
-        <v>0.7257477920000001</v>
+        <v>0.29029915519999</v>
       </c>
       <c r="H58" s="7">
-        <v>0.00825908</v>
+        <v>0.00160593</v>
       </c>
       <c r="I58" s="7">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="7">
-        <v>0.6803885550000001</v>
+        <v>0.226796215</v>
       </c>
       <c r="H59" s="7">
-        <v>0.00825908</v>
+        <v>0.00157316</v>
       </c>
       <c r="I59" s="7">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="J59" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>148</v>
+        <v>98</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="7">
-        <v>0.226796215</v>
+        <v>0.635029318</v>
       </c>
       <c r="H60" s="7">
-        <v>0.00157316</v>
+        <v>0.00825908</v>
       </c>
       <c r="I60" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J60" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>151</v>
+        <v>98</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="7">
-        <v>0.29029915519999</v>
+        <v>0.7257477920000001</v>
       </c>
       <c r="H61" s="7">
-        <v>0.00160593</v>
+        <v>0.00825908</v>
       </c>
       <c r="I61" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
         <v>152</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
         <v>153</v>
       </c>
       <c r="E62" s="7" t="s">
         <v>154</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="7">
-        <v>0.226796215</v>
+        <v>0.90718474</v>
       </c>
       <c r="H62" s="7">
-        <v>0.00157316</v>
+        <v>0.00825908</v>
       </c>
       <c r="I62" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J62" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
         <v>155</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
         <v>156</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="7">
-        <v>0.635029318</v>
+        <v>1.043262451</v>
       </c>
       <c r="H63" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I63" s="7">
         <v>250</v>
       </c>
       <c r="J63" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
         <v>158</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>99</v>
+        <v>16</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="7">
-        <v>0.7257477920000001</v>
+        <v>0.8164662660000001</v>
       </c>
       <c r="H64" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I64" s="7">
         <v>250</v>
       </c>
       <c r="J64" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
         <v>159</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
         <v>160</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>161</v>
+        <v>110</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G65" s="7">
-        <v>0.90718474</v>
+        <v>0.8164662660000001</v>
       </c>
       <c r="H65" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I65" s="7">
         <v>250</v>
       </c>
       <c r="J65" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="4" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="6" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="E66" s="7" t="s">
-        <v>92</v>
+        <v>26</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G66" s="7">
-        <v>1.043262451</v>
+        <v>0.8164662660000001</v>
       </c>
       <c r="H66" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I66" s="7">
         <v>250</v>
       </c>
       <c r="J66" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="4" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="E67" s="7" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="7">
         <v>0.8164662660000001</v>
       </c>
       <c r="H67" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I67" s="7">
         <v>250</v>
       </c>
       <c r="J67" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="55">
       <c r="B68" s="4" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="E68" s="7" t="s">
         <v>167</v>
       </c>
-      <c r="E68" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F68" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G68" s="7">
-        <v>0.8164662660000001</v>
+        <v>1.81436948</v>
       </c>
       <c r="H68" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I68" s="7">
         <v>250</v>
       </c>
       <c r="J68" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="55">
       <c r="B69" s="4" t="s">
         <v>168</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="6" t="s">
         <v>169</v>
       </c>
       <c r="E69" s="7" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="7">
-        <v>0.8164662660000001</v>
+        <v>0</v>
       </c>
       <c r="H69" s="7">
-        <v>0.00825908</v>
+        <v>0</v>
       </c>
       <c r="I69" s="7">
         <v>250</v>
       </c>
       <c r="J69" s="7">
-        <v>0</v>
-[...79 lines deleted...]
-      <c r="J72" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">