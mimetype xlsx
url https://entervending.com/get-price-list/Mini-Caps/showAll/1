--- v2 (2026-01-05)
+++ v3 (2026-03-10)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1&quot; Mini Caps" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -109,179 +109,200 @@
   <si>
     <t>Untamed Temporary Tattoos Boys Scorpion Shark Animals 250pcs</t>
   </si>
   <si>
     <t>$52.87</t>
   </si>
   <si>
     <t xml:space="preserve">POOPCV-250 </t>
   </si>
   <si>
     <t>Poop Emoji Figurines Cute Faces Emotion Capsules Prank Gifts</t>
   </si>
   <si>
     <t>$55.80</t>
   </si>
   <si>
     <t xml:space="preserve">MESTCV-250 </t>
   </si>
   <si>
     <t>Sticky Critters Assortment in 1.1in Capsules - 250pcs for Kids' Outdoor Fun and Play.</t>
   </si>
   <si>
     <t>$49.05</t>
   </si>
   <si>
-    <t xml:space="preserve">SMILCV-250 </t>
-[...5 lines deleted...]
-    <t>$50.40</t>
+    <t xml:space="preserve">STDICV-250 </t>
+  </si>
+  <si>
+    <t>Stretchy Dinosaur Figurines Toy Capsules Kids Collectibles (250pcs)</t>
+  </si>
+  <si>
+    <t>$44.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TREACV-250 </t>
+  </si>
+  <si>
+    <t>Pirate Themed Puzzles Figurines Capsule Toys Collectible Surprises</t>
+  </si>
+  <si>
+    <t>$45.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HEHOCV-250 </t>
+  </si>
+  <si>
+    <t>Hedgehog Figures in 1.1"</t>
+  </si>
+  <si>
+    <t>$50.07</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JELLCV-250 </t>
+  </si>
+  <si>
+    <t>Jelly Bracelets for Kids-1.1in Capsules-250pcs-Collect, Share, Trade, and Party Favor</t>
+  </si>
+  <si>
+    <t>$40.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PENGCV-250 </t>
+  </si>
+  <si>
+    <t>Penguin Squishies Pencil Toppers Capsule Toy Collection Fun Gift</t>
+  </si>
+  <si>
+    <t>$53.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STPECV-250 </t>
+  </si>
+  <si>
+    <t>Stretchy Critters 250pcs: Snakes, Frogs, Bugs, Lizards, Spiders for Kids Play</t>
+  </si>
+  <si>
+    <t>$46.80</t>
   </si>
   <si>
     <t xml:space="preserve">28MM+MIA10B-50 </t>
   </si>
   <si>
     <t>Mini Aliens (color) Bulk 50pcs in caps 1in</t>
   </si>
   <si>
     <t>$22.87</t>
   </si>
   <si>
-    <t xml:space="preserve">STDICV-250 </t>
-[...14 lines deleted...]
-    <t>$45.00</t>
+    <t xml:space="preserve">FUF2CV-250 </t>
+  </si>
+  <si>
+    <t>Moustache Mix Stick-On 1.1in Capsules (250pcs) Costume Party Themed Event Disguise</t>
+  </si>
+  <si>
+    <t>$42.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+MIX-250 </t>
+  </si>
+  <si>
+    <t>Assorti in caps 1.1"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOYOCV-250 </t>
+  </si>
+  <si>
+    <t>Noodle Yo-Yo Capsule Collection: Mix and Match Stretchy Fidget Toys for Kids</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WAR35CV-250 </t>
+  </si>
+  <si>
+    <t>DC Comics Logo Tattoos: Batman, Wonder Woman, Superman, Green Lantern, The Flash in 1.1in Capsules (250pcs)</t>
+  </si>
+  <si>
+    <t>$31.50</t>
   </si>
   <si>
     <t xml:space="preserve">BIB4CV </t>
   </si>
   <si>
     <t>Pencil Toppers Vending Machine Toys Funny Gifts Party Favors</t>
   </si>
   <si>
     <t>$58.05</t>
   </si>
   <si>
-    <t xml:space="preserve">JELLCV-250 </t>
-[...40 lines deleted...]
-  <si>
     <t xml:space="preserve">SMSTCV-250 </t>
   </si>
   <si>
     <t>Small Sticky Hands Kids Toy Assortment (250pcs) for Outdoor Play &amp; Entertainment</t>
   </si>
   <si>
     <t xml:space="preserve">ANTACV </t>
   </si>
   <si>
     <t>250 Temporary Animal Tattoos Capsule Collection (250pcs)</t>
   </si>
   <si>
     <t>$27.00</t>
   </si>
   <si>
     <t xml:space="preserve">CAGOCV-250 </t>
   </si>
   <si>
     <t>California Gold Jewelry Collection – 250pcs in 1.1in Capsules - Rings, Necklaces, Diamond Cut, Die-cast, Extruded Design</t>
   </si>
   <si>
     <t xml:space="preserve">CHARCV-250 </t>
   </si>
   <si>
     <t>Charm Bracelets Variety Pack 250pcs Butterfly Starfish Moon Tennis Racket Key Collection</t>
   </si>
   <si>
     <t xml:space="preserve">GLITCV-250 </t>
   </si>
   <si>
     <t>The Glitz Rings Collection for Girls - Sparkling Stones, Trendy Fashion Accessories, Costume Jewelry, Party Favors, and Collectible Rings</t>
   </si>
   <si>
     <t>$43.50</t>
   </si>
   <si>
     <t xml:space="preserve">KARMCV-250 </t>
   </si>
   <si>
     <t>Karma Bands 1.1in Capsules 250pcs: Inspirational Wrist Bands, Luck &amp; Energy, Positive Vibes, Unisex Rubber Bands</t>
   </si>
   <si>
+    <t xml:space="preserve">MISACV-250 </t>
+  </si>
+  <si>
+    <t>Microsaurs Capsule: Mini Microsaurs Figurines Cute Prehistoric Tiny Dinosaurs Assortment</t>
+  </si>
+  <si>
     <t xml:space="preserve">PLDICV-250 </t>
   </si>
   <si>
     <t>Plastic Diamonds in 1.1in Capsules (250pcs) - Translucent, Gem-Like Hues for Treasure Chest, Jewelry Box, Party Favors</t>
   </si>
   <si>
     <t>$31.05</t>
   </si>
   <si>
     <t xml:space="preserve">SMUSCV-250 </t>
   </si>
   <si>
     <t>Time To Get Smushy Figurines in 1.1in Capsules with Urban-Style Mutant Creatures Collection</t>
   </si>
   <si>
     <t>$51.30</t>
   </si>
   <si>
     <t xml:space="preserve">STBACV-250 </t>
   </si>
   <si>
     <t>Splatterz Sticky Squishy Balls - Ultimate Fun for Kids &amp; Adults, Watch Them Splat and Bounce Back</t>
   </si>
   <si>
     <t xml:space="preserve">STEMCV-250 </t>
@@ -313,264 +334,357 @@
   <si>
     <t>Duck Erasers in Convenient Capsules: Perfect for Delightful School Supplies!</t>
   </si>
   <si>
     <t>$42.00</t>
   </si>
   <si>
     <t xml:space="preserve">ANERCV </t>
   </si>
   <si>
     <t>Animal Erasers for Fixing Mistakes: Favorite Animals Collection, Adorable Practical Novelties, Perfect for School Supplies</t>
   </si>
   <si>
     <t xml:space="preserve">BOBRCV-250 </t>
   </si>
   <si>
     <t>Boho Bracelet Collection, Trendy Machine Vending, 17 Styles, Perfect Fashion Statement</t>
   </si>
   <si>
     <t xml:space="preserve">SESQCV-250 </t>
   </si>
   <si>
     <t>Sea Squishes Ocean Figurines Capsule Collection (250 pcs) Fun Underwater Kids Toys Squeezable Collectible Creatures</t>
   </si>
   <si>
-    <t>$53.25</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">OCS2CV-250 </t>
   </si>
   <si>
     <t>Octo Squishies Squeezable Collectable Octopus Toys in Capsules - 250pcs</t>
   </si>
   <si>
     <t xml:space="preserve">LOD2CV-250 </t>
   </si>
   <si>
     <t>Donut Keychain Animal Toy Vending Capsule Collectible Charm Necklace</t>
   </si>
   <si>
     <t>$64.80</t>
   </si>
   <si>
     <t xml:space="preserve">GRBECV-250 </t>
   </si>
   <si>
     <t>Grin and Bear It Figures Delightful Squishy Bears with Emotions in 1.1 in Capsules (250pcs)</t>
   </si>
   <si>
-    <t xml:space="preserve">PENGCV-250 </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">REHECV-250 </t>
   </si>
   <si>
     <t>The Real Heroes Figurines: 250 Miniature Soldiers in 1.1in Capsules</t>
   </si>
   <si>
+    <t xml:space="preserve">FFERCV-250 </t>
+  </si>
+  <si>
+    <t>Fast Food Erasers Capsule Collection 1.1in 250pcs School Office Supplies</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+POPAB-100 </t>
+  </si>
+  <si>
+    <t>Pet Figurines Toys in Capsule - 100 Pcs - 1.1 Inch Plastic Capsules with Cute Dog and Cat Figurines for Kids - Bulk Toys for Easter Hunt Games - Vending Machines - Classroom Prizes</t>
+  </si>
+  <si>
+    <t>$32.66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+POPAB-250 </t>
+  </si>
+  <si>
+    <t>Pet Figurines Toys in Capsule - 250 Pcs - 1.1 Inch Plastic Capsules with Cute Dog and Cat Figurines for Kids - Bulk Toys for Easter Hunt Games - Vending Machines - Classroom Prizes</t>
+  </si>
+  <si>
+    <t>$67.78</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+MRACB-50 </t>
+  </si>
+  <si>
+    <t>Racing Car Toys in Capsules - 50 Pcs - 1.1 Inch Plastic Capsules with Mini Racing Cars Toys for Kids inside - Bulk Easter Basket Stuffers Classroom Prizes</t>
+  </si>
+  <si>
+    <t>$13.89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+MRACB-100 </t>
+  </si>
+  <si>
+    <t>Racing Car Toys in Capsules - 100 Pcs - 1.1 Inch Plastic Capsules with Mini Racing Cars Toys for Kids inside - Bulk Easter Basket Stuffers Classroom Prizes</t>
+  </si>
+  <si>
+    <t>$23.44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+NIMEB-50 </t>
+  </si>
+  <si>
+    <t>Ninja Toys in Capsules - 50 Pcs - 1.1 Inch Capsules with Mini Ninja Warriors Figurines for Kids Bulk - Easter Basket Stuffers - Party Favors - Classroom Prizes</t>
+  </si>
+  <si>
+    <t>$17.12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+NIMEB-100 </t>
+  </si>
+  <si>
+    <t>Ninja Toys in Capsules - 100 Pcs - 1.1 Inch Capsules with Mini Ninja Warriors Figurines for Kids Bulk - Easter Basket Stuffers - Party Favors - Classroom Prizes</t>
+  </si>
+  <si>
+    <t>$32.29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+NIMEB-250 </t>
+  </si>
+  <si>
+    <t>Ninja Toys in Capsules - 250 Pcs - 1.1 Inch Capsules with Mini Ninja Warriors Figurines for Kids Bulk - Easter Basket Stuffers - Vending Machine Refill</t>
+  </si>
+  <si>
+    <t>$50.54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+MIA9B-50 </t>
+  </si>
+  <si>
+    <t>Alien Toys in Capsules - 50 Pcs of 1.1 Inch Plastic Capsules &amp; 1 Inch Glow in the Dark Alien Figurines for Kids - Party Favors - Classroom Prizes - Toys Bulk for Vending Machine Refill</t>
+  </si>
+  <si>
+    <t>$18.62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+MIA9B-250 </t>
+  </si>
+  <si>
+    <t>Alien Toys in Capsules - 250 Pcs of 1.1 Inch Plastic Capsules &amp; 1 Inch Glow in the Dark Alien Figurines for Kids - Party Favors - Classroom Prizes - Toys Bulk for Vending Machine Refill</t>
+  </si>
+  <si>
+    <t>$53.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIA9CV </t>
+  </si>
+  <si>
+    <t>Glow-in-the-Dark Alien Figures Capsule Collection - 250pcs, Assorted Poses, Light Charged, Outer Space Themed Toys</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACA3CV </t>
+  </si>
+  <si>
+    <t>Acornimals Series 3 Collectible Plastic Animal Toy Capsule Set (250 Pieces)</t>
+  </si>
+  <si>
+    <t>$55.13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIA10CV </t>
+  </si>
+  <si>
+    <t>Mini Alien Cartoon Figurines Collection - Skateboards, Snowboards, Roller Blades, Scooters, Nun Chucks</t>
+  </si>
+  <si>
+    <t>$51.34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MRACCV </t>
+  </si>
+  <si>
+    <t>Mini Race Cars 1.1in Capsule Set 250pcs Kids Toy Vehicles Collectibles</t>
+  </si>
+  <si>
+    <t>$41.54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">POPACV </t>
+  </si>
+  <si>
+    <t>Pocket Paws 250 Collectible Figures - Puppies, Kittens, Home Decor, Animal Toys</t>
+  </si>
+  <si>
+    <t>$55.02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">POO2CV </t>
+  </si>
+  <si>
+    <t>Unicorn Poop-sters Surprise Capsule Toys 1.1in (250pcs) for Kids of All Ages</t>
+  </si>
+  <si>
+    <t>$56.58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+HEHOB-250 </t>
+  </si>
+  <si>
+    <t>Hedgehog Mini Toys for Kids in Capsules - 250 Pcs of 1.1 Inch Plastic Capsules &amp; Hedgehog Toy Figurines for Kids - Bulk Toys in Capsules - Easter Basket Stuffers</t>
+  </si>
+  <si>
+    <t>$70.49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+HEHOB-50 </t>
+  </si>
+  <si>
+    <t>Hedgehog Mini Toys for Kids in Capsules - 50 Pcs of 1.1 Inch Plastic Capsules &amp; Hedgehog Toy Figurines for Kids - Bulk Toys in Capsules - Easter Basket Stuffers</t>
+  </si>
+  <si>
+    <t>$20.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+LIUNB-250 </t>
+  </si>
+  <si>
+    <t>Unicorn Mini Toys in Capsules - 250 Pcs of 1.1 Inch Acorn Capsules and Unicorn Toy for Kids - Plastic Capsules for Toys Bulk – Mini Unicorn Toys - Classroom Prizes Easter Egg Stuffers</t>
+  </si>
+  <si>
+    <t>$65.84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+LIUNB-100 </t>
+  </si>
+  <si>
+    <t>Unicorn Mini Toys in Capsules - 100 Pcs of 1.1 Inch Acorn Capsules and Unicorn Toy for Kids - Plastic Capsules for Toys Bulk – Mini Unicorn Toys - Classroom Prizes Easter Egg Stuffers</t>
+  </si>
+  <si>
+    <t>$31.97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+LIUNB-50 </t>
+  </si>
+  <si>
+    <t>Unicorn Mini Toys in Capsules - 50 Pcs of 1.1 Inch Acorn Capsules and Unicorn Toy for Kids - Plastic Capsules for Toys Bulk – Mini Unicorn Toys - Classroom Prizes Easter Egg Stuffers</t>
+  </si>
+  <si>
+    <t>$21.55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+POO2B-250 </t>
+  </si>
+  <si>
+    <t>Unicorn Poop Mini Toys in Capsules - 250 Pcs of 1.1 Inch Acorn Capsules and Unicorn Toy Poop for Kids - Plastic Capsules for Toys Bulk – Mini Unicorn Poop Toys - Poop Emoji - Vending Machine Refill</t>
+  </si>
+  <si>
+    <t>$40.36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+MIX-150 </t>
+  </si>
+  <si>
+    <t>Vending Machine Capsules with Toys in Bulk - 1.1 Inch Tiny Frosty Clear-Colored Acorn Capsules with Mini Toys for Kids - Plastic Capsules for Toys Bulk – Easter Basket Stuffers</t>
+  </si>
+  <si>
+    <t>$28.96</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+MIX-50 </t>
+  </si>
+  <si>
+    <t>$14.69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALPACV </t>
+  </si>
+  <si>
+    <t>250 Alpaca Squishes in 1.1 In Capsules - Vending Machine Toys, Micro Alpacas, Collectable Figures, Capsule Toys, Tiny Alpacas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AXOLCV </t>
+  </si>
+  <si>
+    <t>Axolotl Squishy Figures in 1.1 Inch Capsules - Kawaii Collectible Toys for Kids &amp; Adults - Perfect Vending Machine Supplies</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAPACV </t>
+  </si>
+  <si>
+    <t>Balloon Party Animals Unicorn Butterfly Cat Dog 250pcs Capsules 1.1in</t>
+  </si>
+  <si>
+    <t>$59.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRERCV </t>
+  </si>
+  <si>
+    <t>Breakfast-Themed Capsule Erasers - 250pcs Collectible Novelty School Supplies</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ICEECV </t>
+  </si>
+  <si>
+    <t>ICEE SLUSH PUPPiE Beverage-Inspired Candy Capsules – 250pc Pack for Confectionery and Convenience Stores</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PUNBCV </t>
+  </si>
+  <si>
+    <t>Punch Balloons Bulk Pack - Interactive Punching - Fun for Kids - Motor Skills - Elastic Band</t>
+  </si>
+  <si>
     <t>$53.55</t>
   </si>
   <si>
-    <t xml:space="preserve">FFERCV-250 </t>
-[...148 lines deleted...]
-  <si>
     <t xml:space="preserve">SHROCV </t>
   </si>
   <si>
     <t>Shroom Squad Fun-Guys Figurines in 1.1in Capsules, Adorable Pencil-Topper Toys for Vending Machines and Collectibles</t>
   </si>
   <si>
     <t xml:space="preserve">SIALCV </t>
   </si>
   <si>
     <t>Sitting Glitter Alien Figures for Desks, Cars, Lockers, and Pockets, 1.1" Collectible Companions</t>
   </si>
   <si>
     <t xml:space="preserve">SNBACV </t>
   </si>
   <si>
     <t>Snot Balls - Slime Capsules, Bulk Vending, Leak-Proof, Trending Kids' Toy, Colorful Goo - 250pcs</t>
   </si>
   <si>
     <t>$33.30</t>
   </si>
   <si>
     <t xml:space="preserve">SWERCV </t>
   </si>
   <si>
     <t>Sweet Treat Collectible Capsule Erasers for Classroom and Gift Supplies</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28MM+MIX-100 </t>
+  </si>
+  <si>
+    <t>$20.50</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -639,51 +753,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9aa8a44badd73dcbf320ad8f21549dcb2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b37ef7fef8ee8e5f14c832a755f9c5153.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f295bc2e69380dcf4884fc3595c841114.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_99f8dc508d2ce4a590f369ee2c7e364e5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b510fe506fa729049710a50417b315f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e73d42d9b2efd068b96ef44eb47b60907.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebcaa01d693c74ec3543c610c64e02ec8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f3ebd790e625d8ffae8b0a1425c8d3dd9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb72b477ab1a460bbe05e10a385da76b10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f92b45b8fb8133b63ba832145152d6cb11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f29379638f515ccf82d943dd4e1e1f8012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30f96efde40cb926223962e5156df27d13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d72da76de5d2db9b96722a2cf9b4ed9914.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fa359152fe78260e785b70a873bf81315.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43649e5f09d80160f309b83d292a11e016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_316960e585f450d5a9509ee28702e2aa17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1fe0bd43dfb43a40878f33d72d790e6418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eabe80913b34e73e41e291feee49698d19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9d178e16c735f950868eae9aa1bf0f620.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_91ea4f077a21b3a1d569b96e11b78aa121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0bca92d344f929ff89b79f03fd45706c22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_70b46df19bbc2800fa9c40d3288e5a9b23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d1e161094ea4f552be7ea01e5077e8bd24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d6a1cc3caf2fcc7f46058affdc7497a25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2a4829fe6019d6c765d281155565676726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7698f59276f3cacc049d69f55756f77227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_18b1eb0cfb0b04c6905d5abcefa21cc428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_19dc146eb0c251747a625a751123da7129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_90497357181ec979e01d52d3adf40bcd30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75ec9fa06e0204f5b09f2aefc354bb0d31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d736376c241f62d5e8900f79096edf1232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f79e44ad4b013d8f03bb54775f3e6e6033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_864cbe4d89d66786b170923bcada543534.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_344b62f67552fa497b52217b31ae35e535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0ab1667ca00d09244325cda4ae3c87336.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ae5a4c7d2c0e70733a9715a3af3f67a37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da183da265db198631d7399721cc1e7438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_628fd369f562437579baf4d93a48391a39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68ee94d7ad4ebfad8447b353f7796adc40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_874a00876f91ff7e869f555b94459ec041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_69c0638d2d2fa4940c0161910efadb8642.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04c4a89739d6a4c41516e012066764e643.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bebf08ff04469c7e2071ea19d97e3f6d44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_de2df05419b88879042264276c2f25b045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fc043486e29c57395554d8949e6173846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f662d1ae4a51096aae54d5238154ccc047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_899b6753ec4b5d2be6977616c5c791d148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_128dab84438810099fa85e8369a9d13c49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a70edf0b38105ae8e4bd5bc661ede47950.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1ef230766cc7e3eaf8afdf73dcbf971451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f969d980796c51f1431ced4afa70987c52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_17a0c158d08bd3325cd85c885dc8d57853.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6de049e729555a915053a4a898e6998854.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_406e2dc59d3da139a3bb115a0470f56755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_366323dfed4875f460db67d1d9f3aac056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c96a3c827e64e552dd2b66904a8af86457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6506014c4818c48a2c46a56d77925eff58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a939a038083258444650ffeb0452801559.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f14b02c076913a7bc37db7e3262c9a660.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aff6c6ab8403702ff2385f54054feeb261.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9aa8a44badd73dcbf320ad8f21549dcb2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b37ef7fef8ee8e5f14c832a755f9c5153.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f295bc2e69380dcf4884fc3595c841114.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_99f8dc508d2ce4a590f369ee2c7e364e5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0b510fe506fa729049710a50417b315f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f3ebd790e625d8ffae8b0a1425c8d3dd7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb72b477ab1a460bbe05e10a385da76b8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4713bab3187e136fff7b2726252ed9e39.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f29379638f515ccf82d943dd4e1e1f8010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6ae5a4c7d2c0e70733a9715a3af3f67a11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30f96efde40cb926223962e5156df27d12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebcaa01d693c74ec3543c610c64e02ec13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d72da76de5d2db9b96722a2cf9b4ed9914.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c8a31656faba41f5630d905b256f2cab15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fa359152fe78260e785b70a873bf81316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_43649e5f09d80160f309b83d292a11e017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f92b45b8fb8133b63ba832145152d6cb18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_316960e585f450d5a9509ee28702e2aa19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1fe0bd43dfb43a40878f33d72d790e6420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eabe80913b34e73e41e291feee49698d21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9d178e16c735f950868eae9aa1bf0f622.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_91ea4f077a21b3a1d569b96e11b78aa123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0bca92d344f929ff89b79f03fd45706c24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_953356a0f2c1a59b7e095385d0309e6225.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_70b46df19bbc2800fa9c40d3288e5a9b26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d1e161094ea4f552be7ea01e5077e8bd27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3d6a1cc3caf2fcc7f46058affdc7497a28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2a4829fe6019d6c765d281155565676729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7698f59276f3cacc049d69f55756f77230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_18b1eb0cfb0b04c6905d5abcefa21cc431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_19dc146eb0c251747a625a751123da7132.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_90497357181ec979e01d52d3adf40bcd33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75ec9fa06e0204f5b09f2aefc354bb0d34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d736376c241f62d5e8900f79096edf1235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f79e44ad4b013d8f03bb54775f3e6e6036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_864cbe4d89d66786b170923bcada543537.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_344b62f67552fa497b52217b31ae35e538.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0ab1667ca00d09244325cda4ae3c87339.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da183da265db198631d7399721cc1e7440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_628fd369f562437579baf4d93a48391a41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0410c133365294bd7f64543d04e3344342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f4a48ade6428a601c8c0a8f0325236ed43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_59ad9f9bfb1523a0685f68e3f7d3560444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2c8ae461a2fa77ed56a7641265d7d2ee45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a79b96ab327ecfe2bbfe89dd9f22ad546.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0e53f11c462506fc9973de92fee770e047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_874a00876f91ff7e869f555b94459ec048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b83831d84355c802a558c9d5fd1c3b3649.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_69c0638d2d2fa4940c0161910efadb8650.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_04c4a89739d6a4c41516e012066764e651.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bebf08ff04469c7e2071ea19d97e3f6d52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_de2df05419b88879042264276c2f25b053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fc043486e29c57395554d8949e6173854.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f662d1ae4a51096aae54d5238154ccc055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_899b6753ec4b5d2be6977616c5c791d156.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d0f1fcd5adc4658a993ff63bb4ec793f57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_128dab84438810099fa85e8369a9d13c58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b4a88abddb267c0d960f5dcafdf1281759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3804e6acaea4603af16013a48d35d81e60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_981585bb5f738d3fab573d9a628a45ab61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_899f99c81236d2565d9d27a68daad46c62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_26f73c34b2f92790aad51f1f2271baaa63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1ef230766cc7e3eaf8afdf73dcbf971464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f969d980796c51f1431ced4afa70987c65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_17a0c158d08bd3325cd85c885dc8d57866.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6de049e729555a915053a4a898e6998867.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_406e2dc59d3da139a3bb115a0470f56768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_366323dfed4875f460db67d1d9f3aac069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c96a3c827e64e552dd2b66904a8af86470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6506014c4818c48a2c46a56d77925eff71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a939a038083258444650ffeb0452801572.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f14b02c076913a7bc37db7e3262c9a673.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_aff6c6ab8403702ff2385f54054feeb274.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f57aaf75b2143f8dad5371250f11832d75.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -861,51 +975,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="771525"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -921,51 +1035,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="771525"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -1071,51 +1185,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="466725"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -1431,143 +1545,143 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="" descr=""/>
-[...88 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>38</xdr:row>
@@ -2461,50 +2575,470 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>68</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2771,54 +3305,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J69"/>
+  <dimension ref="A1:J83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J69" sqref="J69"/>
+      <selection activeCell="J83" sqref="J83"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -3007,1517 +3541,1893 @@
       <c r="H14" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I14" s="7">
         <v>250</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.90718474</v>
+        <v>0.90718</v>
       </c>
       <c r="H15" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I15" s="7">
         <v>250</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:10" customHeight="1" ht="55">
+    <row r="16" spans="1:10" customHeight="1" ht="76">
       <c r="B16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.1905088206</v>
+        <v>1.00074</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00205116</v>
+        <v>0.00825908</v>
       </c>
       <c r="I16" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.90718</v>
+        <v>0.6803885550000001</v>
       </c>
       <c r="H17" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I17" s="7">
         <v>250</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:10" customHeight="1" ht="76">
+    <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>41</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>1.00074</v>
+        <v>0.65204</v>
       </c>
       <c r="H18" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I18" s="7">
         <v>250</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>44</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0.8164662660000001</v>
+        <v>0.6803885550000001</v>
       </c>
       <c r="H19" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I19" s="7">
         <v>250</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>47</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0.65204</v>
+        <v>0.48761</v>
       </c>
       <c r="H20" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I20" s="7">
         <v>250</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>50</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>0.48761</v>
+        <v>0.1905088206</v>
       </c>
       <c r="H21" s="7">
-        <v>0.00825908</v>
+        <v>0.00205116</v>
       </c>
       <c r="I21" s="7">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="J21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>53</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
         <v>0.52447</v>
       </c>
       <c r="H22" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I22" s="7">
         <v>250</v>
       </c>
       <c r="J22" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:10" customHeight="1" ht="55">
+    <row r="23" spans="1:10" customHeight="1" ht="44">
       <c r="B23" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>17</v>
+      </c>
+      <c r="F23" s="7">
+        <v>0.96499975112778</v>
       </c>
       <c r="G23" s="7">
-        <v>0.54431</v>
+        <v>0.00864967</v>
       </c>
       <c r="H23" s="7">
-        <v>0.00825908</v>
+        <v>250</v>
       </c>
       <c r="I23" s="7">
-        <v>250</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J23" s="7"/>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>0.5896700810000001</v>
+        <v>0.54431</v>
       </c>
       <c r="H24" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I24" s="7">
         <v>250</v>
       </c>
       <c r="J24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E25" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="E25" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>0.8979314556520001</v>
+        <v>0.5896700810000001</v>
       </c>
       <c r="H25" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I25" s="7">
         <v>250</v>
       </c>
       <c r="J25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>0.544310844</v>
+        <v>0.8164662660000001</v>
       </c>
       <c r="H26" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I26" s="7">
         <v>250</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>64</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>0.7711070290000001</v>
+        <v>0.8979314556520001</v>
       </c>
       <c r="H27" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I27" s="7">
         <v>250</v>
       </c>
       <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>0.90718474</v>
+        <v>0.544310844</v>
       </c>
       <c r="H28" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I28" s="7">
         <v>250</v>
       </c>
       <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E29" s="7" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
-        <v>0.6803885550000001</v>
+        <v>0.7711070290000001</v>
       </c>
       <c r="H29" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I29" s="7">
         <v>250</v>
       </c>
       <c r="J29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>1.088621688</v>
+        <v>0.90718474</v>
       </c>
       <c r="H30" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I30" s="7">
         <v>250</v>
       </c>
       <c r="J30" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
-        <v>0.861825503</v>
+        <v>0.6803885550000001</v>
       </c>
       <c r="H31" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I31" s="7">
         <v>250</v>
       </c>
       <c r="J31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
         <v>76</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
-        <v>0.9752235955</v>
+        <v>1.088621688</v>
       </c>
       <c r="H32" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I32" s="7">
         <v>250</v>
       </c>
       <c r="J32" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="7">
-        <v>1.995806428</v>
+        <v>0.9752235955</v>
       </c>
       <c r="H33" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I33" s="7">
         <v>250</v>
       </c>
       <c r="J33" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="E34" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="E34" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="7">
-        <v>1.088621688</v>
+        <v>0.861825503</v>
       </c>
       <c r="H34" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I34" s="7">
         <v>250</v>
       </c>
       <c r="J34" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:10" customHeight="1" ht="39">
+    <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
         <v>83</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
         <v>84</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
-        <v>0.9298643584999999</v>
+        <v>0.9752235955</v>
       </c>
       <c r="H35" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I35" s="7">
         <v>250</v>
       </c>
       <c r="J35" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
-        <v>0.7257477920000001</v>
+        <v>1.995806428</v>
       </c>
       <c r="H36" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I36" s="7">
         <v>250</v>
       </c>
       <c r="J36" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
-        <v>0.6803885550000001</v>
+        <v>1.088621688</v>
       </c>
       <c r="H37" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I37" s="7">
         <v>250</v>
       </c>
       <c r="J37" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:10" customHeight="1" ht="55">
+    <row r="38" spans="1:10" customHeight="1" ht="39">
       <c r="B38" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>91</v>
+        <v>29</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
-        <v>1.08862</v>
+        <v>0.9298643584999999</v>
       </c>
       <c r="H38" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I38" s="7">
         <v>250</v>
       </c>
       <c r="J38" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
         <v>92</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
         <v>93</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>91</v>
+        <v>41</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
         <v>0.7257477920000001</v>
       </c>
       <c r="H39" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I39" s="7">
         <v>250</v>
       </c>
       <c r="J39" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
         <v>94</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="7">
-        <v>0.7257477920000001</v>
+        <v>0.6803885550000001</v>
       </c>
       <c r="H40" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I40" s="7">
         <v>250</v>
       </c>
       <c r="J40" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
         <v>96</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
         <v>97</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>98</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
-        <v>0.7257477920000001</v>
+        <v>1.08862</v>
       </c>
       <c r="H41" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I41" s="7">
         <v>250</v>
       </c>
       <c r="J41" s="7">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
         <v>99</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
         <v>100</v>
       </c>
       <c r="E42" s="7" t="s">
         <v>98</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
         <v>0.7257477920000001</v>
       </c>
       <c r="H42" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I42" s="7">
         <v>250</v>
       </c>
       <c r="J42" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>101</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
         <v>102</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>103</v>
+        <v>29</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
-        <v>0.7711070290000001</v>
+        <v>0.7257477920000001</v>
       </c>
       <c r="H43" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I43" s="7">
         <v>250</v>
       </c>
       <c r="J43" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>98</v>
+        <v>44</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
-        <v>0.7711070290000001</v>
+        <v>0.7257477920000001</v>
       </c>
       <c r="H44" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I44" s="7">
         <v>250</v>
       </c>
       <c r="J44" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>98</v>
+        <v>44</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
-        <v>0.6803885550000001</v>
+        <v>0.7257477920000001</v>
       </c>
       <c r="H45" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I45" s="7">
         <v>250</v>
       </c>
       <c r="J45" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="E46" s="7" t="s">
         <v>109</v>
       </c>
-      <c r="E46" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
-        <v>0.6803885550000001</v>
+        <v>0.7711070290000001</v>
       </c>
       <c r="H46" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I46" s="7">
         <v>250</v>
       </c>
       <c r="J46" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>91</v>
+        <v>44</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="7">
-        <v>0.5896700810000001</v>
+        <v>0.7711070290000001</v>
       </c>
       <c r="H47" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I47" s="7">
         <v>250</v>
       </c>
       <c r="J47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="55">
       <c r="B48" s="4" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>115</v>
+        <v>44</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
-        <v>0.43091280849999</v>
+        <v>0.6803885550000001</v>
       </c>
       <c r="H48" s="7">
-        <v>0.00462766</v>
+        <v>0.00825908</v>
       </c>
       <c r="I48" s="7">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="J48" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>118</v>
+        <v>98</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
-        <v>1.0205829675</v>
+        <v>0.5896700810000001</v>
       </c>
       <c r="H49" s="7">
-        <v>0.008390180000000001</v>
+        <v>0.00825908</v>
       </c>
       <c r="I49" s="7">
         <v>250</v>
       </c>
       <c r="J49" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="7">
-        <v>1.1611966208</v>
+        <v>0.49895167299999</v>
       </c>
       <c r="H50" s="7">
-        <v>0.01179869</v>
+        <v>0.00437632</v>
       </c>
       <c r="I50" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J50" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="55">
       <c r="B51" s="4" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>29</v>
+        <v>121</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="7">
-        <v>0.90718474</v>
+        <v>0.1088621832</v>
       </c>
       <c r="H51" s="7">
-        <v>0.00825908</v>
+        <v>0.0101313</v>
       </c>
       <c r="I51" s="7">
         <v>250</v>
       </c>
       <c r="J51" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
-        <v>0.272155422</v>
+        <v>0.1088621832</v>
       </c>
       <c r="H52" s="7">
-        <v>0.00442451</v>
+        <v>0.00206324</v>
       </c>
       <c r="I52" s="7">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="J52" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
-        <v>0.9979</v>
+        <v>0.2400002906373</v>
       </c>
       <c r="H53" s="7">
-        <v>0.00825908</v>
+        <v>0.00398226</v>
       </c>
       <c r="I53" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J53" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
-        <v>0.6803885550000001</v>
+        <v>0.1678291991</v>
       </c>
       <c r="H54" s="7">
-        <v>0.00825908</v>
+        <v>0.00228841</v>
       </c>
       <c r="I54" s="7">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="J54" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
-        <v>0.7257477920000001</v>
+        <v>0.35800009333964</v>
       </c>
       <c r="H55" s="7">
-        <v>0.00825908</v>
+        <v>0.00449967</v>
       </c>
       <c r="I55" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J55" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="7">
-        <v>0.6803885550000001</v>
+        <v>1.0205829675</v>
       </c>
       <c r="H56" s="7">
-        <v>0.00825908</v>
+        <v>0.008390180000000001</v>
       </c>
       <c r="I56" s="7">
         <v>250</v>
       </c>
       <c r="J56" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
-        <v>0.226796215</v>
+        <v>0.2400002906373</v>
       </c>
       <c r="H57" s="7">
-        <v>0.00157316</v>
+        <v>0.00225219</v>
       </c>
       <c r="I57" s="7">
         <v>50</v>
       </c>
       <c r="J57" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
-        <v>0.29029915519999</v>
+        <v>1.1611966208</v>
       </c>
       <c r="H58" s="7">
-        <v>0.00160593</v>
+        <v>0.01179869</v>
       </c>
       <c r="I58" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J58" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>147</v>
+        <v>29</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="7">
-        <v>0.226796215</v>
+        <v>0.90718474</v>
       </c>
       <c r="H59" s="7">
-        <v>0.00157316</v>
+        <v>0.00825908</v>
       </c>
       <c r="I59" s="7">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="J59" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>98</v>
+        <v>147</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="7">
-        <v>0.635029318</v>
+        <v>0.272155422</v>
       </c>
       <c r="H60" s="7">
-        <v>0.00825908</v>
+        <v>0.00442451</v>
       </c>
       <c r="I60" s="7">
         <v>250</v>
       </c>
       <c r="J60" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>98</v>
+        <v>150</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="7">
-        <v>0.7257477920000001</v>
+        <v>0.9979</v>
       </c>
       <c r="H61" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I61" s="7">
         <v>250</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="E62" s="7" t="s">
         <v>153</v>
       </c>
-      <c r="E62" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F62" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="7">
-        <v>0.90718474</v>
+        <v>0.6803885550000001</v>
       </c>
       <c r="H62" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I62" s="7">
         <v>250</v>
       </c>
       <c r="J62" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="E63" s="7" t="s">
         <v>156</v>
       </c>
-      <c r="E63" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="7">
-        <v>1.043262451</v>
+        <v>0.7257477920000001</v>
       </c>
       <c r="H63" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I63" s="7">
         <v>250</v>
       </c>
       <c r="J63" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
         <v>158</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>16</v>
+        <v>159</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="7">
-        <v>0.8164662660000001</v>
+        <v>0.6803885550000001</v>
       </c>
       <c r="H64" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I64" s="7">
         <v>250</v>
       </c>
       <c r="J64" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>110</v>
+        <v>162</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G65" s="7">
-        <v>0.8164662660000001</v>
+        <v>1.3698491386</v>
       </c>
       <c r="H65" s="7">
-        <v>0.00825908</v>
+        <v>0.01044422</v>
       </c>
       <c r="I65" s="7">
         <v>250</v>
       </c>
       <c r="J65" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="6" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E66" s="7" t="s">
-        <v>26</v>
+        <v>165</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G66" s="7">
-        <v>0.8164662660000001</v>
+        <v>0.226796215</v>
       </c>
       <c r="H66" s="7">
-        <v>0.00825908</v>
+        <v>0.00157316</v>
       </c>
       <c r="I66" s="7">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="J66" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="4" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="E67" s="7" t="s">
-        <v>26</v>
+        <v>168</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="7">
-        <v>0.8164662660000001</v>
+        <v>0.68038864499999</v>
       </c>
       <c r="H67" s="7">
-        <v>0.00825908</v>
+        <v>0.00471947</v>
       </c>
       <c r="I67" s="7">
         <v>250</v>
       </c>
       <c r="J67" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="55">
       <c r="B68" s="4" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="6" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="E68" s="7" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G68" s="7">
-        <v>1.81436948</v>
+        <v>0.226796215</v>
       </c>
       <c r="H68" s="7">
-        <v>0.00825908</v>
+        <v>0.00157316</v>
       </c>
       <c r="I68" s="7">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="J68" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="55">
       <c r="B69" s="4" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="6" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="E69" s="7" t="s">
-        <v>91</v>
+        <v>174</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="7">
-        <v>0</v>
+        <v>0.226796215</v>
       </c>
       <c r="H69" s="7">
-        <v>0</v>
+        <v>0.00157316</v>
       </c>
       <c r="I69" s="7">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="J69" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" customHeight="1" ht="55">
+      <c r="B70" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="C70" s="6"/>
+      <c r="D70" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>177</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G70" s="7">
+        <v>1.451495776</v>
+      </c>
+      <c r="H70" s="7">
+        <v>0.01150372</v>
+      </c>
+      <c r="I70" s="7">
+        <v>250</v>
+      </c>
+      <c r="J70" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" customHeight="1" ht="55">
+      <c r="B71" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="C71" s="6"/>
+      <c r="D71" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>180</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G71" s="7">
+        <v>0.45359242999999</v>
+      </c>
+      <c r="H71" s="7">
+        <v>0.00629263</v>
+      </c>
+      <c r="I71" s="7">
+        <v>150</v>
+      </c>
+      <c r="J71" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" customHeight="1" ht="55">
+      <c r="B72" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="C72" s="6"/>
+      <c r="D72" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>182</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G72" s="7">
+        <v>0.226796215</v>
+      </c>
+      <c r="H72" s="7">
+        <v>0.00157316</v>
+      </c>
+      <c r="I72" s="7">
+        <v>50</v>
+      </c>
+      <c r="J72" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" customHeight="1" ht="55">
+      <c r="B73" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="C73" s="6"/>
+      <c r="D73" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="E73" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F73" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G73" s="7">
+        <v>0.635029318</v>
+      </c>
+      <c r="H73" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I73" s="7">
+        <v>250</v>
+      </c>
+      <c r="J73" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" customHeight="1" ht="55">
+      <c r="B74" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="C74" s="6"/>
+      <c r="D74" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="E74" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F74" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G74" s="7">
+        <v>0.7257477920000001</v>
+      </c>
+      <c r="H74" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I74" s="7">
+        <v>250</v>
+      </c>
+      <c r="J74" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" customHeight="1" ht="55">
+      <c r="B75" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="C75" s="6"/>
+      <c r="D75" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="E75" s="7" t="s">
+        <v>189</v>
+      </c>
+      <c r="F75" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G75" s="7">
+        <v>0.90718474</v>
+      </c>
+      <c r="H75" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I75" s="7">
+        <v>250</v>
+      </c>
+      <c r="J75" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" customHeight="1" ht="55">
+      <c r="B76" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="C76" s="6"/>
+      <c r="D76" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="E76" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="F76" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G76" s="7">
+        <v>1.043262451</v>
+      </c>
+      <c r="H76" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I76" s="7">
+        <v>250</v>
+      </c>
+      <c r="J76" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" customHeight="1" ht="55">
+      <c r="B77" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="C77" s="6"/>
+      <c r="D77" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="E77" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F77" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G77" s="7">
+        <v>0.8164662660000001</v>
+      </c>
+      <c r="H77" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I77" s="7">
+        <v>250</v>
+      </c>
+      <c r="J77" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" customHeight="1" ht="55">
+      <c r="B78" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="C78" s="6"/>
+      <c r="D78" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="E78" s="7" t="s">
+        <v>196</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G78" s="7">
+        <v>0.8164662660000001</v>
+      </c>
+      <c r="H78" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I78" s="7">
+        <v>250</v>
+      </c>
+      <c r="J78" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" customHeight="1" ht="55">
+      <c r="B79" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="C79" s="6"/>
+      <c r="D79" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="E79" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G79" s="7">
+        <v>0.8164662660000001</v>
+      </c>
+      <c r="H79" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I79" s="7">
+        <v>250</v>
+      </c>
+      <c r="J79" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" customHeight="1" ht="55">
+      <c r="B80" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="C80" s="6"/>
+      <c r="D80" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="E80" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F80" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G80" s="7">
+        <v>0.8164662660000001</v>
+      </c>
+      <c r="H80" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I80" s="7">
+        <v>250</v>
+      </c>
+      <c r="J80" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" customHeight="1" ht="55">
+      <c r="B81" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="C81" s="6"/>
+      <c r="D81" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="E81" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="F81" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G81" s="7">
+        <v>1.81436948</v>
+      </c>
+      <c r="H81" s="7">
+        <v>0.00825908</v>
+      </c>
+      <c r="I81" s="7">
+        <v>250</v>
+      </c>
+      <c r="J81" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" customHeight="1" ht="55">
+      <c r="B82" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="C82" s="6"/>
+      <c r="D82" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="E82" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="F82" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G82" s="7">
+        <v>0</v>
+      </c>
+      <c r="H82" s="7">
+        <v>0</v>
+      </c>
+      <c r="I82" s="7">
+        <v>250</v>
+      </c>
+      <c r="J82" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" customHeight="1" ht="55">
+      <c r="B83" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="C83" s="6"/>
+      <c r="D83" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="E83" s="7" t="s">
+        <v>207</v>
+      </c>
+      <c r="F83" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G83" s="7">
+        <v>0.45359242999999</v>
+      </c>
+      <c r="H83" s="7">
+        <v>0.00943895</v>
+      </c>
+      <c r="I83" s="7">
+        <v>100</v>
+      </c>
+      <c r="J83" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">