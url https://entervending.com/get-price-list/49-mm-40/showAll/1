--- v0 (2025-10-21)
+++ v1 (2026-01-10)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1.93&quot; 49mm - 40 Count" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -67,60 +67,63 @@
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>1.93"/49mm - 40 Count</t>
   </si>
   <si>
     <t xml:space="preserve">49FRB2 </t>
   </si>
   <si>
     <t>49mm Hi-Bounce Frosty Texture Rubber Balls – Vibrant Children's Play Essentials, 40 Piece Colorful Balls - Ultimate Kids' Party Favors &amp; Playground Fun!</t>
   </si>
   <si>
-    <t>$24.75</t>
+    <t>$21.00</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">49MIB2 </t>
   </si>
   <si>
     <t>49mm Hi-Bounce Mixed Ball - Popular Best Seller with Variety &amp; Quality Pack of 40</t>
+  </si>
+  <si>
+    <t>$20.25</t>
   </si>
   <si>
     <t xml:space="preserve">49TWB2 </t>
   </si>
   <si>
     <t>49mm Hi-Bounce Bouncy Balls Set of 40 - Marble Look Swirl for Kids Games &amp; Parties</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -739,75 +742,75 @@
       <c r="F10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H10" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I10" s="7">
         <v>40</v>
       </c>
       <c r="J10" s="7">
         <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H11" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I11" s="7">
         <v>40</v>
       </c>
       <c r="J11" s="7">
         <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="39">
       <c r="B12" s="4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H12" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I12" s="7">
         <v>40</v>
       </c>
       <c r="J12" s="7">
         <v>400</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>