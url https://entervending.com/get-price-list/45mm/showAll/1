--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1.77&quot; 45mm" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -73,86 +73,59 @@
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>1.77"/45mm</t>
   </si>
   <si>
     <t xml:space="preserve">45E0001-5 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls in The Gift Box - 5 Pcs Large Bouncy Ball 45mm for Kids - Rubber Balls for Kids - ICY Super Ball - Big Bouncy Ball - Bouncy Balls for Kids</t>
   </si>
   <si>
     <t>$9.78</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
-    <t xml:space="preserve">45MB-5 </t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">45MB-12 </t>
   </si>
   <si>
     <t>Entervending Large 45mm Bouncy Balls - 12 Pcs, Bowling Style, Rubber, Green</t>
   </si>
   <si>
     <t>$9.99</t>
   </si>
   <si>
-    <t xml:space="preserve">45V1-12 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">45V0-12 </t>
   </si>
   <si>
     <t>Bouncy Balls - Frosty Bounce Balls in Bucket - Party Favors for Kids- 45mm Bouncing Toys for Kids - 12 Pcs - Large Hi Bounce Rubber Ball</t>
   </si>
   <si>
     <t>$12.64</t>
   </si>
   <si>
     <t xml:space="preserve">45E0001-12 </t>
   </si>
   <si>
     <t>Bouncy Balls Party Favors - 45mm Bouncing Balls - Large Hi Bounce Ball - Rubber Ball Gifts for Kids - 12Pcs</t>
   </si>
   <si>
     <t>$17.37</t>
   </si>
   <si>
     <t xml:space="preserve">BA-ICB45 </t>
   </si>
   <si>
     <t>Icy Hi-Bounce Ball 45 mm 12 pcs</t>
   </si>
   <si>
     <t>$5.25</t>
@@ -215,50 +188,59 @@
     <t xml:space="preserve">45MB-25 </t>
   </si>
   <si>
     <t>Bowling Hi-Bounce Balls 45 mm</t>
   </si>
   <si>
     <t>$10.05</t>
   </si>
   <si>
     <t xml:space="preserve">45V1-25 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - ICY Bounce Balls - 24 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$35.41</t>
   </si>
   <si>
     <t xml:space="preserve">45V0-25 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Frosty Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$15.84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45E0001-25 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - Glitter Bounce Balls Bulk - Party Favors - Rubber Balls for Kids - 25 Pcs Large Bouncy Ball 45 mm - Super Bouncy Balls Gift for Kids</t>
+  </si>
+  <si>
+    <t>$11.05</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-GOLD </t>
   </si>
   <si>
     <t>Bouncy Balls - Rubber Balls for Kids - Gold Bowling Bounce Ball - 25 Pcs Large Bouncy Super Ball 45 mm - Vending Machine Toys - Bouncing Party Favors</t>
   </si>
   <si>
     <t>$18.69</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-SILVER </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Silver Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$20.89</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-PURPLE </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Purple Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
@@ -450,51 +432,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fa4e5bb4b5630b2e062a45a3ddb42b1e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a598f92fcadb766a05c42b8c6b1b7d793.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9f040c2c063fa190ee0a4c49dcca73384.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24de1e4dcdaa8a9838420281039d82075.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8d19e6e4e975e03e53f38f0575e339126.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d91425f63e71cad78e2ad424c3945d27.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e74680bead5239e614f337c622a2419911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a4ff4c5595609af07bf5a721eaae75612.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b8a0712839967c818cef4322f0a1e5013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cc3ddc242fd877f30c93648ff02b6bc14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ecfc319ea4d8c02c966708b08c2f5b515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a664c948e5c16ebf598148c8b6096df616.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cd3f9f88ff227f3f06145b3b5b066bc17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0240ce2f5f0861e3c06c5582e26a93d18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bdd57088d45f4651d9e5c0937c19df119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47569c05ac14df75676e70c04b5dd2c020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_146f2e5ebd78117f02ab38316cb53cf221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edda7d307dd33b73ba9ae56c2815d2f22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e22be2e067e7a7e28a2cfa216f573c1723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76dd6d5ea3d6fd48fa5fad3770b756bb24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a33545d9d83589e251da20f3164c2f2b25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64996f42205bba199127f75e820ff41b26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15da06542886210a020deecc6182361127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fb79ec3a25236cd4f4e0645ab71cc1228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fad98daf8e2bc79d188e8325cdacd6829.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d9ea728bdf61469619b1e36110f173c30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b215d3b6cbf49fb508de0277e6a562f031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_577a65a4e468c579d7863a91a0e0ea8632.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00d9899ba63742e39965b4a98bea263433.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fa4e5bb4b5630b2e062a45a3ddb42b1e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24de1e4dcdaa8a9838420281039d82073.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d91425f63e71cad78e2ad424c3945d24.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e06.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e74680bead5239e614f337c622a241998.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a4ff4c5595609af07bf5a721eaae7569.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b8a0712839967c818cef4322f0a1e5010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cc3ddc242fd877f30c93648ff02b6bc11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ecfc319ea4d8c02c966708b08c2f5b512.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a664c948e5c16ebf598148c8b6096df613.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cd3f9f88ff227f3f06145b3b5b066bc14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0240ce2f5f0861e3c06c5582e26a93d15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bdd57088d45f4651d9e5c0937c19df116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9e97e339812f491b16b4bcffed22b6517.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47569c05ac14df75676e70c04b5dd2c018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_146f2e5ebd78117f02ab38316cb53cf219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edda7d307dd33b73ba9ae56c2815d2f20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e22be2e067e7a7e28a2cfa216f573c1721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76dd6d5ea3d6fd48fa5fad3770b756bb22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a33545d9d83589e251da20f3164c2f2b23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64996f42205bba199127f75e820ff41b24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15da06542886210a020deecc6182361125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fb79ec3a25236cd4f4e0645ab71cc1226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fad98daf8e2bc79d188e8325cdacd6827.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d9ea728bdf61469619b1e36110f173c28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b215d3b6cbf49fb508de0277e6a562f029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_577a65a4e468c579d7863a91a0e0ea8630.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00d9899ba63742e39965b4a98bea263431.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -642,143 +624,143 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="523875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>15</xdr:row>
+        <xdr:cNvPr id="8" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>16</xdr:row>
+        <xdr:cNvPr id="9" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
@@ -849,633 +831,573 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>22</xdr:row>
+        <xdr:cNvPr id="15" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>23</xdr:row>
+        <xdr:cNvPr id="16" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>25</xdr:row>
+        <xdr:cNvPr id="17" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>26</xdr:row>
+        <xdr:cNvPr id="23" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>27</xdr:row>
+        <xdr:cNvPr id="26" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>28</xdr:row>
+        <xdr:cNvPr id="27" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>29</xdr:row>
+        <xdr:cNvPr id="28" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>30</xdr:row>
+        <xdr:cNvPr id="29" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>31</xdr:row>
+        <xdr:cNvPr id="30" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="" descr=""/>
-[...238 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1742,54 +1664,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J43"/>
+  <dimension ref="A1:J41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J43" sqref="J43"/>
+      <selection activeCell="J41" sqref="J41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1870,904 +1792,850 @@
       <c r="H10" s="7">
         <v>0.0009584</v>
       </c>
       <c r="I10" s="7">
         <v>5</v>
       </c>
       <c r="J10" s="7">
         <v>75</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>0.29000023778862</v>
+        <v>0.8210022982999901</v>
       </c>
       <c r="H11" s="7">
-        <v>0.00100749</v>
+        <v>0.0016806</v>
       </c>
       <c r="I11" s="7">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="J11" s="7">
-        <v>75</v>
+        <v>144</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>0.23100010964124</v>
+        <v>0.52399904698459</v>
       </c>
       <c r="H12" s="7">
-        <v>0.00099745</v>
+        <v>0.00181027</v>
       </c>
       <c r="I12" s="7">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="J12" s="7">
-        <v>75</v>
+        <v>144</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>0.8210022982999901</v>
+        <v>0.54399793722329</v>
       </c>
       <c r="H13" s="7">
-        <v>0.0016806</v>
+        <v>0.00177662</v>
       </c>
       <c r="I13" s="7">
         <v>12</v>
       </c>
       <c r="J13" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>0.53070314309999</v>
+        <v>0.4309127515</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00168046</v>
+        <v>0.00141584</v>
       </c>
       <c r="I14" s="7">
         <v>12</v>
       </c>
       <c r="J14" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.52399904698459</v>
+        <v>0.42184095989999</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00181027</v>
+        <v>0</v>
       </c>
       <c r="I15" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J15" s="7">
-        <v>144</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.54399793722329</v>
+        <v>0.4672001411</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00177662</v>
+        <v>0.00117987</v>
       </c>
       <c r="I16" s="7">
         <v>12</v>
       </c>
       <c r="J16" s="7">
-        <v>144</v>
+        <v>288</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.4309127515</v>
+        <v>0.43091280849999</v>
       </c>
       <c r="H17" s="7">
         <v>0.00141584</v>
       </c>
       <c r="I17" s="7">
         <v>12</v>
       </c>
       <c r="J17" s="7">
-        <v>144</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="5" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>0.42184095989999</v>
+        <v>0</v>
       </c>
       <c r="H18" s="7">
         <v>0</v>
       </c>
       <c r="I18" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J18" s="7">
-        <v>300</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C19" s="5"/>
       <c r="D19" s="5" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0.4672001411</v>
+        <v>0</v>
       </c>
       <c r="H19" s="7">
-        <v>0.00117987</v>
+        <v>0</v>
       </c>
       <c r="I19" s="7">
         <v>12</v>
       </c>
       <c r="J19" s="7">
-        <v>288</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C20" s="5"/>
       <c r="D20" s="5" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0.43091280849999</v>
+        <v>0</v>
       </c>
       <c r="H20" s="7">
-        <v>0.00141584</v>
+        <v>0</v>
       </c>
       <c r="I20" s="7">
         <v>12</v>
       </c>
       <c r="J20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="5" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>0</v>
+        <v>0.42184095989999</v>
       </c>
       <c r="H21" s="7">
-        <v>0</v>
+        <v>0.00071118</v>
       </c>
       <c r="I21" s="7">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="J21" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:10" customHeight="1" ht="55">
-[...7 lines deleted...]
-      <c r="E22" s="7" t="s">
+    <row r="22" spans="1:10">
+      <c r="B22" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="8"/>
+      <c r="G22" s="8"/>
+      <c r="H22" s="8"/>
+      <c r="I22" s="8"/>
+      <c r="J22" s="8"/>
+    </row>
+    <row r="23" spans="1:10" customHeight="1" ht="39">
+      <c r="B23" s="4" t="s">
         <v>48</v>
-      </c>
-[...18 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C23" s="5"/>
       <c r="D23" s="5" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>0</v>
+        <v>1.3110000567318</v>
       </c>
       <c r="H23" s="7">
-        <v>0</v>
+        <v>0.00397717</v>
       </c>
       <c r="I23" s="7">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="J23" s="7">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C24" s="5"/>
       <c r="D24" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G24" s="7">
+        <v>0.92079263289998</v>
+      </c>
+      <c r="H24" s="7">
+        <v>0.00284861</v>
+      </c>
+      <c r="I24" s="7">
+        <v>25</v>
+      </c>
+      <c r="J24" s="7">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" customHeight="1" ht="55">
+      <c r="B25" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="E24" s="7" t="s">
+      <c r="C25" s="5"/>
+      <c r="D25" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="F24" s="7" t="s">
-[...16 lines deleted...]
-      <c r="B25" s="8" t="s">
+      <c r="E25" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="C25" s="8"/>
-[...8 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="39">
+      <c r="F25" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="7">
+        <v>0.92986448149998</v>
+      </c>
+      <c r="H25" s="7">
+        <v>0.00307343</v>
+      </c>
+      <c r="I25" s="7">
+        <v>25</v>
+      </c>
+      <c r="J25" s="7">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="5"/>
       <c r="D26" s="5" t="s">
         <v>58</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>1.3110000567318</v>
+        <v>0.97975964879998</v>
       </c>
       <c r="H26" s="7">
-        <v>0.00397717</v>
+        <v>0.00471117</v>
       </c>
       <c r="I26" s="7">
         <v>25</v>
       </c>
       <c r="J26" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="5"/>
       <c r="D27" s="5" t="s">
         <v>61</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>62</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>0.92079263289998</v>
+        <v>1.2609869554</v>
       </c>
       <c r="H27" s="7">
-        <v>0.00284861</v>
+        <v>0.0049313</v>
       </c>
       <c r="I27" s="7">
         <v>25</v>
       </c>
       <c r="J27" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="5"/>
       <c r="D28" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>65</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>0.92986448149998</v>
+        <v>1.224699561</v>
       </c>
       <c r="H28" s="7">
-        <v>0.00307343</v>
+        <v>0.00333804</v>
       </c>
       <c r="I28" s="7">
         <v>25</v>
       </c>
       <c r="J28" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="5"/>
       <c r="D29" s="5" t="s">
         <v>67</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>68</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
-        <v>1.2609869554</v>
+        <v>1.3018102741</v>
       </c>
       <c r="H29" s="7">
-        <v>0.0049313</v>
+        <v>0.00325166</v>
       </c>
       <c r="I29" s="7">
         <v>25</v>
       </c>
       <c r="J29" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
         <v>69</v>
       </c>
       <c r="C30" s="5"/>
       <c r="D30" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>71</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>1.224699561</v>
+        <v>1.211001069614</v>
       </c>
       <c r="H30" s="7">
-        <v>0.00333804</v>
+        <v>0.00288488</v>
       </c>
       <c r="I30" s="7">
         <v>25</v>
       </c>
       <c r="J30" s="7">
         <v>200</v>
       </c>
     </row>
-    <row r="31" spans="1:10" customHeight="1" ht="55">
-      <c r="B31" s="4" t="s">
+    <row r="31" spans="1:10">
+      <c r="B31" s="8" t="s">
         <v>72</v>
       </c>
-      <c r="C31" s="5"/>
-[...20 lines deleted...]
-      </c>
+      <c r="C31" s="8"/>
+      <c r="D31" s="8"/>
+      <c r="E31" s="8"/>
+      <c r="F31" s="8"/>
+      <c r="G31" s="8"/>
+      <c r="H31" s="8"/>
+      <c r="I31" s="8"/>
+      <c r="J31" s="8"/>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C32" s="5"/>
       <c r="D32" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="7">
+        <v>2.7920020203032</v>
+      </c>
+      <c r="H32" s="7">
+        <v>0</v>
+      </c>
+      <c r="I32" s="7">
+        <v>50</v>
+      </c>
+      <c r="J32" s="7">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" customHeight="1" ht="39">
+      <c r="B33" s="4" t="s">
         <v>76</v>
       </c>
-      <c r="E32" s="7" t="s">
+      <c r="C33" s="5"/>
+      <c r="D33" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="F32" s="7" t="s">
-[...16 lines deleted...]
-      <c r="B33" s="8" t="s">
+      <c r="E33" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="C33" s="8"/>
-[...8 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="55">
+      <c r="F33" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H33" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I33" s="7">
+        <v>50</v>
+      </c>
+      <c r="J33" s="7">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" customHeight="1" ht="39">
       <c r="B34" s="4" t="s">
         <v>79</v>
       </c>
       <c r="C34" s="5"/>
       <c r="D34" s="5" t="s">
         <v>80</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="7">
-        <v>2.7920020203032</v>
+        <v>2.948350405</v>
       </c>
       <c r="H34" s="7">
-        <v>0</v>
+        <v>0.00426064</v>
       </c>
       <c r="I34" s="7">
         <v>50</v>
       </c>
       <c r="J34" s="7">
         <v>400</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="39">
       <c r="B35" s="4" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C35" s="5"/>
       <c r="D35" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="7" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H35" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I35" s="7">
         <v>50</v>
       </c>
       <c r="J35" s="7">
         <v>400</v>
       </c>
     </row>
-    <row r="36" spans="1:10" customHeight="1" ht="39">
+    <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C36" s="5"/>
       <c r="D36" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E36" s="7" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H36" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I36" s="7">
         <v>50</v>
       </c>
       <c r="J36" s="7">
         <v>400</v>
       </c>
     </row>
-    <row r="37" spans="1:10" customHeight="1" ht="39">
+    <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
         <v>87</v>
       </c>
       <c r="C37" s="5"/>
       <c r="D37" s="5" t="s">
         <v>88</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H37" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I37" s="7">
         <v>50</v>
       </c>
       <c r="J37" s="7">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C38" s="5"/>
       <c r="D38" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E38" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="E38" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H38" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I38" s="7">
         <v>50</v>
       </c>
       <c r="J38" s="7">
-        <v>400</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C39" s="5"/>
       <c r="D39" s="5" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H39" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I39" s="7">
         <v>50</v>
       </c>
       <c r="J39" s="7">
-        <v>300</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C40" s="5"/>
       <c r="D40" s="5" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="7">
         <v>0</v>
       </c>
       <c r="H40" s="7">
         <v>0</v>
       </c>
       <c r="I40" s="7">
         <v>50</v>
       </c>
       <c r="J40" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="55">
       <c r="B41" s="4" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C41" s="5"/>
       <c r="D41" s="5" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
         <v>0</v>
       </c>
       <c r="H41" s="7">
         <v>0</v>
       </c>
       <c r="I41" s="7">
         <v>50</v>
       </c>
       <c r="J41" s="7">
-        <v>0</v>
-[...52 lines deleted...]
-      <c r="J43" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
-    <mergeCell ref="B25:J25"/>
-    <mergeCell ref="B33:J33"/>
+    <mergeCell ref="B22:J22"/>
+    <mergeCell ref="B31:J31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>