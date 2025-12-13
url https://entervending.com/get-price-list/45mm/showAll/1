--- v1 (2025-10-30)
+++ v2 (2025-12-13)
@@ -15,216 +15,183 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1.77&quot; 45mm" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>1.77"/45mm</t>
   </si>
   <si>
-    <t xml:space="preserve">45E0001-5 </t>
-[...5 lines deleted...]
-    <t>$9.78</t>
+    <t xml:space="preserve">45MB-12 </t>
+  </si>
+  <si>
+    <t>Entervending Large 45mm Bouncy Balls - 12 Pcs, Bowling Style, Rubber, Green</t>
+  </si>
+  <si>
+    <t>$9.99</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
-    <t xml:space="preserve">45MB-12 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">45V0-12 </t>
   </si>
   <si>
     <t>Bouncy Balls - Frosty Bounce Balls in Bucket - Party Favors for Kids- 45mm Bouncing Toys for Kids - 12 Pcs - Large Hi Bounce Rubber Ball</t>
   </si>
   <si>
     <t>$12.64</t>
   </si>
   <si>
     <t xml:space="preserve">45E0001-12 </t>
   </si>
   <si>
     <t>Bouncy Balls Party Favors - 45mm Bouncing Balls - Large Hi Bounce Ball - Rubber Ball Gifts for Kids - 12Pcs</t>
   </si>
   <si>
     <t>$17.37</t>
   </si>
   <si>
     <t xml:space="preserve">BA-ICB45 </t>
   </si>
   <si>
     <t>Icy Hi-Bounce Ball 45 mm 12 pcs</t>
   </si>
   <si>
     <t>$5.25</t>
   </si>
   <si>
     <t xml:space="preserve">BA-45MMB </t>
   </si>
   <si>
     <t>Hi Bounce Ball Mix 45 mm</t>
   </si>
   <si>
     <t>$15.93</t>
   </si>
   <si>
     <t xml:space="preserve">BA-GLB45 </t>
   </si>
   <si>
     <t>Glitter Hi-Bounce Ball 45 mm</t>
   </si>
   <si>
-    <t xml:space="preserve">45V1-BAG-12 </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">45ALB </t>
   </si>
   <si>
     <t>3-D Alien Bounce Ball Collection: 12 pc Set with Unique Extraterrestrial Figures Perfect for Party Favors and Kids Toys, Explore the Sci-Fi Adventure!</t>
   </si>
   <si>
     <t>$13.50</t>
   </si>
   <si>
     <t xml:space="preserve">45DIB </t>
   </si>
   <si>
     <t>3-D Hi-Bounce Dinosaur Balls with Plastic Figures Inside - Perfect Kids Toys for Thrilling Playtime - Get Your Dino Adventure Today!</t>
   </si>
   <si>
     <t xml:space="preserve">45SNB </t>
   </si>
   <si>
     <t>Snake Hi-Bounce Play Balls Collection with Mesmerizing Figures Inside, Perfect Gift Idea for Kids, Engaging Indoor/Outdoor Games, Fun Toy Variety Pack in Every Set</t>
   </si>
   <si>
-    <t xml:space="preserve">45ASSORT-16 </t>
-[...7 lines deleted...]
-  <si>
     <t>1.77"/45mm - 25 Count</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-25 </t>
   </si>
   <si>
     <t>Bowling Hi-Bounce Balls 45 mm</t>
   </si>
   <si>
     <t>$10.05</t>
   </si>
   <si>
-    <t xml:space="preserve">45V1-25 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">45V0-25 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Frosty Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$15.84</t>
   </si>
   <si>
     <t xml:space="preserve">45E0001-25 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Glitter Bounce Balls Bulk - Party Favors - Rubber Balls for Kids - 25 Pcs Large Bouncy Ball 45 mm - Super Bouncy Balls Gift for Kids</t>
   </si>
   <si>
     <t>$11.05</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-GOLD </t>
   </si>
   <si>
     <t>Bouncy Balls - Rubber Balls for Kids - Gold Bowling Bounce Ball - 25 Pcs Large Bouncy Super Ball 45 mm - Vending Machine Toys - Bouncing Party Favors</t>
   </si>
   <si>
     <t>$18.69</t>
@@ -238,54 +205,54 @@
   <si>
     <t>$20.89</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-PURPLE </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Purple Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$23.09</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-RED </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Red Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$21.99</t>
   </si>
   <si>
     <t>1.77"/45mm - 50 Count</t>
   </si>
   <si>
-    <t xml:space="preserve">45MB </t>
-[...2 lines deleted...]
-    <t>Masquerade Mix 45 mm</t>
+    <t xml:space="preserve">45MB-50 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Large 45mm Bouncy Balls - 50 Pcs, Bowling Style, Rubber,</t>
   </si>
   <si>
     <t>$39.19</t>
   </si>
   <si>
     <t xml:space="preserve">45BOB </t>
   </si>
   <si>
     <t>45mm Hi-Bounce Bowling Ball Look-Alikes - Assorted Swirling Colors Toy Pack</t>
   </si>
   <si>
     <t>$23.25</t>
   </si>
   <si>
     <t xml:space="preserve">45FRB </t>
   </si>
   <si>
     <t>Hi-Bounce Ball Mix 45mm Frosty Texture Sensory Party Pack</t>
   </si>
   <si>
     <t xml:space="preserve">45POB2 </t>
   </si>
   <si>
     <t>50-Piece High-Bounce Pool Balls Set with Classic Billiard Design</t>
   </si>
@@ -432,51 +399,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fa4e5bb4b5630b2e062a45a3ddb42b1e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24de1e4dcdaa8a9838420281039d82073.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d91425f63e71cad78e2ad424c3945d24.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e06.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e74680bead5239e614f337c622a241998.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a4ff4c5595609af07bf5a721eaae7569.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b8a0712839967c818cef4322f0a1e5010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cc3ddc242fd877f30c93648ff02b6bc11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ecfc319ea4d8c02c966708b08c2f5b512.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a664c948e5c16ebf598148c8b6096df613.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cd3f9f88ff227f3f06145b3b5b066bc14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0240ce2f5f0861e3c06c5582e26a93d15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bdd57088d45f4651d9e5c0937c19df116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9e97e339812f491b16b4bcffed22b6517.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47569c05ac14df75676e70c04b5dd2c018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_146f2e5ebd78117f02ab38316cb53cf219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edda7d307dd33b73ba9ae56c2815d2f20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e22be2e067e7a7e28a2cfa216f573c1721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76dd6d5ea3d6fd48fa5fad3770b756bb22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a33545d9d83589e251da20f3164c2f2b23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64996f42205bba199127f75e820ff41b24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15da06542886210a020deecc6182361125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fb79ec3a25236cd4f4e0645ab71cc1226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fad98daf8e2bc79d188e8325cdacd6827.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d9ea728bdf61469619b1e36110f173c28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b215d3b6cbf49fb508de0277e6a562f029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_577a65a4e468c579d7863a91a0e0ea8630.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00d9899ba63742e39965b4a98bea263431.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_24de1e4dcdaa8a9838420281039d82072.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9d91425f63e71cad78e2ad424c3945d23.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c074f8d3613281aec327cd323eb5f36e4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da637b4a059954f70c322e0b9a08a4e05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/no-mini6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e74680bead5239e614f337c622a241997.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2b8a0712839967c818cef4322f0a1e508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1cc3ddc242fd877f30c93648ff02b6bc9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3ecfc319ea4d8c02c966708b08c2f5b510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cd3f9f88ff227f3f06145b3b5b066bc11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bdd57088d45f4651d9e5c0937c19df112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9e97e339812f491b16b4bcffed22b6513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47569c05ac14df75676e70c04b5dd2c014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_146f2e5ebd78117f02ab38316cb53cf215.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edda7d307dd33b73ba9ae56c2815d2f16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e22be2e067e7a7e28a2cfa216f573c1717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76dd6d5ea3d6fd48fa5fad3770b756bb18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a33545d9d83589e251da20f3164c2f2b19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64996f42205bba199127f75e820ff41b20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_15da06542886210a020deecc6182361121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8fb79ec3a25236cd4f4e0645ab71cc1222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7fad98daf8e2bc79d188e8325cdacd6823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2d9ea728bdf61469619b1e36110f173c24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b215d3b6cbf49fb508de0277e6a562f025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_577a65a4e468c579d7863a91a0e0ea8626.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_00d9899ba63742e39965b4a98bea263427.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -594,83 +561,83 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="523875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
@@ -741,663 +708,543 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>19</xdr:row>
+        <xdr:cNvPr id="12" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>20</xdr:row>
+        <xdr:cNvPr id="13" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>22</xdr:row>
+        <xdr:cNvPr id="14" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>23</xdr:row>
+        <xdr:cNvPr id="19" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>24</xdr:row>
+        <xdr:cNvPr id="22" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>25</xdr:row>
+        <xdr:cNvPr id="23" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>26</xdr:row>
+        <xdr:cNvPr id="24" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>27</xdr:row>
+        <xdr:cNvPr id="25" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>28</xdr:row>
+        <xdr:cNvPr id="26" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="" descr=""/>
-[...208 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
-        <a:stretch>
-[...118 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1664,54 +1511,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J41"/>
+  <dimension ref="A1:J37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J41" sqref="J41"/>
+      <selection activeCell="J37" sqref="J37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1765,877 +1612,769 @@
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="55">
       <c r="B10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5"/>
       <c r="D10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="7">
-        <v>0.22199992864518</v>
+        <v>0.8210022982999901</v>
       </c>
       <c r="H10" s="7">
-        <v>0.0009584</v>
+        <v>0.0016806</v>
       </c>
       <c r="I10" s="7">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="J10" s="7">
-        <v>75</v>
+        <v>144</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>0.8210022982999901</v>
+        <v>0.52399904698459</v>
       </c>
       <c r="H11" s="7">
-        <v>0.0016806</v>
+        <v>0.00181027</v>
       </c>
       <c r="I11" s="7">
         <v>12</v>
       </c>
       <c r="J11" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>0.52399904698459</v>
+        <v>0.54399793722329</v>
       </c>
       <c r="H12" s="7">
-        <v>0.00181027</v>
+        <v>0.00177662</v>
       </c>
       <c r="I12" s="7">
         <v>12</v>
       </c>
       <c r="J12" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>0.54399793722329</v>
+        <v>0.4309127515</v>
       </c>
       <c r="H13" s="7">
-        <v>0.00177662</v>
+        <v>0.00141584</v>
       </c>
       <c r="I13" s="7">
         <v>12</v>
       </c>
       <c r="J13" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>0.4309127515</v>
+        <v>0.42184095989999</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00141584</v>
+        <v>0</v>
       </c>
       <c r="I14" s="7">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J14" s="7">
-        <v>144</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.42184095989999</v>
+        <v>0.4672001411</v>
       </c>
       <c r="H15" s="7">
-        <v>0</v>
+        <v>0.00117987</v>
       </c>
       <c r="I15" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J15" s="7">
-        <v>300</v>
+        <v>288</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="E16" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.4672001411</v>
+        <v>0</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00117987</v>
+        <v>0</v>
       </c>
       <c r="I16" s="7">
         <v>12</v>
       </c>
       <c r="J16" s="7">
-        <v>288</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="5" t="s">
         <v>36</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.43091280849999</v>
+        <v>0</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00141584</v>
+        <v>0</v>
       </c>
       <c r="I17" s="7">
         <v>12</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="5" t="s">
         <v>38</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
         <v>0</v>
       </c>
       <c r="H18" s="7">
         <v>0</v>
       </c>
       <c r="I18" s="7">
         <v>12</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:10" customHeight="1" ht="55">
-      <c r="B19" s="4" t="s">
+    <row r="19" spans="1:10">
+      <c r="B19" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C19" s="8"/>
+      <c r="D19" s="8"/>
+      <c r="E19" s="8"/>
+      <c r="F19" s="8"/>
+      <c r="G19" s="8"/>
+      <c r="H19" s="8"/>
+      <c r="I19" s="8"/>
+      <c r="J19" s="8"/>
+    </row>
+    <row r="20" spans="1:10" customHeight="1" ht="39">
+      <c r="B20" s="4" t="s">
         <v>40</v>
-      </c>
-[...25 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C20" s="5"/>
       <c r="D20" s="5" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0</v>
+        <v>1.3110000567318</v>
       </c>
       <c r="H20" s="7">
-        <v>0</v>
+        <v>0.00397717</v>
       </c>
       <c r="I20" s="7">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="J20" s="7">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E21" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="E21" s="7" t="s">
+      <c r="F21" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G21" s="7">
+        <v>0.92986448149998</v>
+      </c>
+      <c r="H21" s="7">
+        <v>0.00307343</v>
+      </c>
+      <c r="I21" s="7">
+        <v>25</v>
+      </c>
+      <c r="J21" s="7">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" customHeight="1" ht="55">
+      <c r="B22" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="F21" s="7" t="s">
-[...16 lines deleted...]
-      <c r="B22" s="8" t="s">
+      <c r="C22" s="5"/>
+      <c r="D22" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="C22" s="8"/>
-[...8 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="39">
+      <c r="E22" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G22" s="7">
+        <v>0.97975964879998</v>
+      </c>
+      <c r="H22" s="7">
+        <v>0.00471117</v>
+      </c>
+      <c r="I22" s="7">
+        <v>25</v>
+      </c>
+      <c r="J22" s="7">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C23" s="5"/>
       <c r="D23" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>1.3110000567318</v>
+        <v>1.2609869554</v>
       </c>
       <c r="H23" s="7">
-        <v>0.00397717</v>
+        <v>0.0049313</v>
       </c>
       <c r="I23" s="7">
         <v>25</v>
       </c>
       <c r="J23" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24" s="5"/>
       <c r="D24" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>0.92079263289998</v>
+        <v>1.224699561</v>
       </c>
       <c r="H24" s="7">
-        <v>0.00284861</v>
+        <v>0.00333804</v>
       </c>
       <c r="I24" s="7">
         <v>25</v>
       </c>
       <c r="J24" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25" s="5"/>
       <c r="D25" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>0.92986448149998</v>
+        <v>1.3018102741</v>
       </c>
       <c r="H25" s="7">
-        <v>0.00307343</v>
+        <v>0.00325166</v>
       </c>
       <c r="I25" s="7">
         <v>25</v>
       </c>
       <c r="J25" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C26" s="5"/>
       <c r="D26" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>0.97975964879998</v>
+        <v>1.211001069614</v>
       </c>
       <c r="H26" s="7">
-        <v>0.00471117</v>
+        <v>0.00288488</v>
       </c>
       <c r="I26" s="7">
         <v>25</v>
       </c>
       <c r="J26" s="7">
         <v>200</v>
       </c>
     </row>
-    <row r="27" spans="1:10" customHeight="1" ht="55">
-[...4 lines deleted...]
-      <c r="D27" s="5" t="s">
+    <row r="27" spans="1:10">
+      <c r="B27" s="8" t="s">
         <v>61</v>
       </c>
-      <c r="E27" s="7" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="C27" s="8"/>
+      <c r="D27" s="8"/>
+      <c r="E27" s="8"/>
+      <c r="F27" s="8"/>
+      <c r="G27" s="8"/>
+      <c r="H27" s="8"/>
+      <c r="I27" s="8"/>
+      <c r="J27" s="8"/>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C28" s="5"/>
       <c r="D28" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="E28" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="E28" s="7" t="s">
+      <c r="F28" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" s="7">
+        <v>2.7920020203032</v>
+      </c>
+      <c r="H28" s="7">
+        <v>0</v>
+      </c>
+      <c r="I28" s="7">
+        <v>50</v>
+      </c>
+      <c r="J28" s="7">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" customHeight="1" ht="39">
+      <c r="B29" s="4" t="s">
         <v>65</v>
-      </c>
-[...18 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C29" s="5"/>
       <c r="D29" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E29" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="E29" s="7" t="s">
+      <c r="F29" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H29" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I29" s="7">
+        <v>50</v>
+      </c>
+      <c r="J29" s="7">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" customHeight="1" ht="39">
+      <c r="B30" s="4" t="s">
         <v>68</v>
-      </c>
-[...18 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C30" s="5"/>
       <c r="D30" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G30" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H30" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I30" s="7">
+        <v>50</v>
+      </c>
+      <c r="J30" s="7">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" customHeight="1" ht="39">
+      <c r="B31" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="E30" s="7" t="s">
+      <c r="C31" s="5"/>
+      <c r="D31" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="F30" s="7" t="s">
-[...16 lines deleted...]
-      <c r="B31" s="8" t="s">
+      <c r="E31" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="C31" s="8"/>
-[...6 lines deleted...]
-      <c r="J31" s="8"/>
+      <c r="F31" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="7">
+        <v>2.948350405</v>
+      </c>
+      <c r="H31" s="7">
+        <v>0.00426064</v>
+      </c>
+      <c r="I31" s="7">
+        <v>50</v>
+      </c>
+      <c r="J31" s="7">
+        <v>400</v>
+      </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C32" s="5"/>
       <c r="D32" s="5" t="s">
         <v>74</v>
       </c>
       <c r="E32" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
-        <v>2.7920020203032</v>
+        <v>2.948350405</v>
       </c>
       <c r="H32" s="7">
-        <v>0</v>
+        <v>0.00426064</v>
       </c>
       <c r="I32" s="7">
         <v>50</v>
       </c>
       <c r="J32" s="7">
         <v>400</v>
       </c>
     </row>
-    <row r="33" spans="1:10" customHeight="1" ht="39">
+    <row r="33" spans="1:10" customHeight="1" ht="55">
       <c r="B33" s="4" t="s">
         <v>76</v>
       </c>
       <c r="C33" s="5"/>
       <c r="D33" s="5" t="s">
         <v>77</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H33" s="7">
         <v>0.00426064</v>
       </c>
       <c r="I33" s="7">
         <v>50</v>
       </c>
       <c r="J33" s="7">
-        <v>400</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="39">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C34" s="5"/>
       <c r="D34" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="E34" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="E34" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H34" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I34" s="7">
         <v>50</v>
       </c>
       <c r="J34" s="7">
-        <v>400</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
         <v>81</v>
       </c>
       <c r="C35" s="5"/>
       <c r="D35" s="5" t="s">
         <v>82</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H35" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I35" s="7">
         <v>50</v>
       </c>
       <c r="J35" s="7">
-        <v>400</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C36" s="5"/>
       <c r="D36" s="5" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H36" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I36" s="7">
         <v>50</v>
       </c>
       <c r="J36" s="7">
-        <v>400</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C37" s="5"/>
       <c r="D37" s="5" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
-        <v>2.948350405</v>
+        <v>0</v>
       </c>
       <c r="H37" s="7">
-        <v>0.00426064</v>
+        <v>0</v>
       </c>
       <c r="I37" s="7">
         <v>50</v>
       </c>
       <c r="J37" s="7">
-        <v>300</v>
-[...106 lines deleted...]
-      <c r="J41" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
-    <mergeCell ref="B22:J22"/>
-    <mergeCell ref="B31:J31"/>
+    <mergeCell ref="B19:J19"/>
+    <mergeCell ref="B27:J27"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>