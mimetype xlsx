--- v0 (2025-10-09)
+++ v1 (2025-11-20)
@@ -61,54 +61,54 @@
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>1.77"/45mm - 50 Count</t>
   </si>
   <si>
-    <t xml:space="preserve">45MB </t>
-[...2 lines deleted...]
-    <t>Masquerade Mix 45 mm</t>
+    <t xml:space="preserve">45MB-50 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Large 45mm Bouncy Balls - 50 Pcs, Bowling Style, Rubber,</t>
   </si>
   <si>
     <t>$39.19</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">45BOB </t>
   </si>
   <si>
     <t>45mm Hi-Bounce Bowling Ball Look-Alikes - Assorted Swirling Colors Toy Pack</t>
   </si>
   <si>
     <t>$23.25</t>
   </si>
   <si>
     <t xml:space="preserve">45FRB </t>
   </si>
   <si>
     <t>Hi-Bounce Ball Mix 45mm Frosty Texture Sensory Party Pack</t>
   </si>
   <si>
     <t xml:space="preserve">45POB2 </t>
   </si>