--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1.77&quot; 45mm - 25 Count" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -89,50 +89,59 @@
     <t>Bowling Hi-Bounce Balls 45 mm</t>
   </si>
   <si>
     <t>$10.05</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">45V1-25 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - ICY Bounce Balls - 24 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$35.41</t>
   </si>
   <si>
     <t xml:space="preserve">45V0-25 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Frosty Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$15.84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45E0001-25 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - Glitter Bounce Balls Bulk - Party Favors - Rubber Balls for Kids - 25 Pcs Large Bouncy Ball 45 mm - Super Bouncy Balls Gift for Kids</t>
+  </si>
+  <si>
+    <t>$11.05</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-GOLD </t>
   </si>
   <si>
     <t>Bouncy Balls - Rubber Balls for Kids - Gold Bowling Bounce Ball - 25 Pcs Large Bouncy Super Ball 45 mm - Vending Machine Toys - Bouncing Party Favors</t>
   </si>
   <si>
     <t>$18.69</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-SILVER </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Silver Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$20.89</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-PURPLE </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Purple Bowling Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
@@ -237,51 +246,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cd3f9f88ff227f3f06145b3b5b066bc2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0240ce2f5f0861e3c06c5582e26a93d3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bdd57088d45f4651d9e5c0937c19df14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47569c05ac14df75676e70c04b5dd2c05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_146f2e5ebd78117f02ab38316cb53cf26.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edda7d307dd33b73ba9ae56c2815d2f7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e22be2e067e7a7e28a2cfa216f573c178.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cd3f9f88ff227f3f06145b3b5b066bc2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0240ce2f5f0861e3c06c5582e26a93d3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bdd57088d45f4651d9e5c0937c19df14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9e97e339812f491b16b4bcffed22b655.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47569c05ac14df75676e70c04b5dd2c06.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_146f2e5ebd78117f02ab38316cb53cf27.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edda7d307dd33b73ba9ae56c2815d2f8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e22be2e067e7a7e28a2cfa216f573c179.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -469,50 +478,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -779,54 +818,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J16"/>
+  <dimension ref="A1:J17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J16" sqref="J16"/>
+      <selection activeCell="J17" sqref="J17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -961,140 +1000,167 @@
       <c r="H12" s="7">
         <v>0.00307343</v>
       </c>
       <c r="I12" s="7">
         <v>25</v>
       </c>
       <c r="J12" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>1.2609869554</v>
+        <v>0.97975964879998</v>
       </c>
       <c r="H13" s="7">
-        <v>0.0049313</v>
+        <v>0.00471117</v>
       </c>
       <c r="I13" s="7">
         <v>25</v>
       </c>
       <c r="J13" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>1.224699561</v>
+        <v>1.2609869554</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00333804</v>
+        <v>0.0049313</v>
       </c>
       <c r="I14" s="7">
         <v>25</v>
       </c>
       <c r="J14" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>1.3018102741</v>
+        <v>1.224699561</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00325166</v>
+        <v>0.00333804</v>
       </c>
       <c r="I15" s="7">
         <v>25</v>
       </c>
       <c r="J15" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>1.211001069614</v>
+        <v>1.3018102741</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00288488</v>
+        <v>0.00325166</v>
       </c>
       <c r="I16" s="7">
         <v>25</v>
       </c>
       <c r="J16" s="7">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" customHeight="1" ht="55">
+      <c r="B17" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="7">
+        <v>1.211001069614</v>
+      </c>
+      <c r="H17" s="7">
+        <v>0.00288488</v>
+      </c>
+      <c r="I17" s="7">
+        <v>25</v>
+      </c>
+      <c r="J17" s="7">
         <v>200</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">