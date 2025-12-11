--- v1 (2025-10-27)
+++ v2 (2025-12-11)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1.77&quot; 45mm - 25 Count" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -71,59 +71,50 @@
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>1.77"/45mm - 25 Count</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-25 </t>
   </si>
   <si>
     <t>Bowling Hi-Bounce Balls 45 mm</t>
   </si>
   <si>
     <t>$10.05</t>
   </si>
   <si>
     <t>Package</t>
-  </si>
-[...7 lines deleted...]
-    <t>$35.41</t>
   </si>
   <si>
     <t xml:space="preserve">45V0-25 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Rubber Balls for Kids - Frosty Bounce Balls - 25 Pcs Large Bouncy Ball 45 mm - Super Ball Vending Machine Toys - Bouncing Balls Party Favors</t>
   </si>
   <si>
     <t>$15.84</t>
   </si>
   <si>
     <t xml:space="preserve">45E0001-25 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - Glitter Bounce Balls Bulk - Party Favors - Rubber Balls for Kids - 25 Pcs Large Bouncy Ball 45 mm - Super Bouncy Balls Gift for Kids</t>
   </si>
   <si>
     <t>$11.05</t>
   </si>
   <si>
     <t xml:space="preserve">45MB-GOLD </t>
   </si>
   <si>
     <t>Bouncy Balls - Rubber Balls for Kids - Gold Bowling Bounce Ball - 25 Pcs Large Bouncy Super Ball 45 mm - Vending Machine Toys - Bouncing Party Favors</t>
   </si>
@@ -246,51 +237,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cd3f9f88ff227f3f06145b3b5b066bc2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f0240ce2f5f0861e3c06c5582e26a93d3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bdd57088d45f4651d9e5c0937c19df14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9e97e339812f491b16b4bcffed22b655.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47569c05ac14df75676e70c04b5dd2c06.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_146f2e5ebd78117f02ab38316cb53cf27.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edda7d307dd33b73ba9ae56c2815d2f8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e22be2e067e7a7e28a2cfa216f573c179.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4cd3f9f88ff227f3f06145b3b5b066bc2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bdd57088d45f4651d9e5c0937c19df13.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9e97e339812f491b16b4bcffed22b654.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47569c05ac14df75676e70c04b5dd2c05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_146f2e5ebd78117f02ab38316cb53cf26.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0edda7d307dd33b73ba9ae56c2815d2f7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e22be2e067e7a7e28a2cfa216f573c178.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -478,80 +469,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -818,54 +779,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J17"/>
+  <dimension ref="A1:J16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J17" sqref="J17"/>
+      <selection activeCell="J16" sqref="J16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -946,221 +907,194 @@
       <c r="H10" s="7">
         <v>0.00397717</v>
       </c>
       <c r="I10" s="7">
         <v>25</v>
       </c>
       <c r="J10" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>0.92079263289998</v>
+        <v>0.92986448149998</v>
       </c>
       <c r="H11" s="7">
-        <v>0.00284861</v>
+        <v>0.00307343</v>
       </c>
       <c r="I11" s="7">
         <v>25</v>
       </c>
       <c r="J11" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>0.92986448149998</v>
+        <v>0.97975964879998</v>
       </c>
       <c r="H12" s="7">
-        <v>0.00307343</v>
+        <v>0.00471117</v>
       </c>
       <c r="I12" s="7">
         <v>25</v>
       </c>
       <c r="J12" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>0.97975964879998</v>
+        <v>1.2609869554</v>
       </c>
       <c r="H13" s="7">
-        <v>0.00471117</v>
+        <v>0.0049313</v>
       </c>
       <c r="I13" s="7">
         <v>25</v>
       </c>
       <c r="J13" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>1.2609869554</v>
+        <v>1.224699561</v>
       </c>
       <c r="H14" s="7">
-        <v>0.0049313</v>
+        <v>0.00333804</v>
       </c>
       <c r="I14" s="7">
         <v>25</v>
       </c>
       <c r="J14" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>1.224699561</v>
+        <v>1.3018102741</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00333804</v>
+        <v>0.00325166</v>
       </c>
       <c r="I15" s="7">
         <v>25</v>
       </c>
       <c r="J15" s="7">
         <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>1.3018102741</v>
+        <v>1.211001069614</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00325166</v>
+        <v>0.00288488</v>
       </c>
       <c r="I16" s="7">
         <v>25</v>
       </c>
       <c r="J16" s="7">
-        <v>200</v>
-[...25 lines deleted...]
-      <c r="J17" s="7">
         <v>200</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">