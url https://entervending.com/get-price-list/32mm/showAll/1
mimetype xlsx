--- v0 (2025-10-04)
+++ v1 (2025-11-26)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1.26&quot; 32mm" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -73,186 +73,153 @@
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>1.26"/32mm</t>
   </si>
   <si>
     <t xml:space="preserve">ZS-ICE32-X17205 </t>
   </si>
   <si>
     <t>ICY BALL 32mm</t>
   </si>
   <si>
     <t>$10.19</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
-    <t xml:space="preserve">32V1-24 </t>
-[...11 lines deleted...]
-    <t>Bouncy Balls - 32mm 1.26” Icy Bounce Balls Bulk - Colorful High Bouncing Balls for Party Favors and Party Bag Filler - Vending Machine Toys for Kids / 48 Pcs</t>
+    <t xml:space="preserve">32V0-12 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - 12 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Party Favors Classroom Prizes</t>
+  </si>
+  <si>
+    <t>$10.33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32V0-24 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - 24 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+  </si>
+  <si>
+    <t>$13.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32V0-100 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls - 100 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+  </si>
+  <si>
+    <t>$31.89</t>
+  </si>
+  <si>
+    <t>1.26"/32mm - 50 Count</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32MB-50 </t>
+  </si>
+  <si>
+    <t>Bouncy Balls Galaxy Ball 1.26 inch (32 mm) 50 psc - Rubber Balls for Toddlers 5 Colors Bowling Style Bouncy Balls for Kids Small Balls for Babies - Party Favors Pinata Stuffers Gifts Toys &amp; Games</t>
+  </si>
+  <si>
+    <t>$19.24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32V0-50 </t>
+  </si>
+  <si>
+    <t>Frosty Hi-Bounce Icy Bouncy Balls 1.26 inch (32 mm) 50 psc - Rubber Balls for Toddlers 4 Colors Frosty Style Bouncy Balls for Kids Small Balls for Babies - Party Favors Pinata Stuffers Toys &amp; Games</t>
   </si>
   <si>
     <t>$21.99</t>
   </si>
   <si>
-    <t xml:space="preserve">32V1-12 </t>
-[...61 lines deleted...]
-  <si>
     <t xml:space="preserve">32BU002-50 </t>
   </si>
   <si>
     <t>Two Tone Color Balls Mix 32 mm</t>
   </si>
   <si>
     <t>$4.78</t>
   </si>
   <si>
-    <t xml:space="preserve">32ASSORT-50 </t>
-[...7 lines deleted...]
-  <si>
     <t>1.26"/32mm - 100 Count</t>
   </si>
   <si>
     <t xml:space="preserve">32BOB </t>
   </si>
   <si>
     <t>32mm Bowling Hi-Bounce Balls Bulk, Metallic Look-Alike Swirling Colors Party Favors Pack, Toy Play Balls</t>
   </si>
   <si>
     <t>$20.25</t>
   </si>
   <si>
     <t xml:space="preserve">32FRB </t>
   </si>
   <si>
     <t>32mm Hi-Bounce Balls Pack - Frosty Fun, Semi-Translucent, Perfect Toys for Playtime Games</t>
   </si>
   <si>
     <t xml:space="preserve">32HAB </t>
   </si>
   <si>
     <t>32mm Happy Face Hi-Bounce Balls 100pcs: Classic Smiley Bouncy Balls for Kids Fun, Outdoor Games, Party Favors, and Gift Ideas</t>
   </si>
   <si>
     <t>$21.75</t>
   </si>
   <si>
     <t xml:space="preserve">32ICB </t>
   </si>
   <si>
     <t>32mm Icy Hi-Bounce Toy Balls with Frosted Texture - Multicolor, Unique Collectible Ball Mix for Fun Activities, Bag of 100 Pieces</t>
   </si>
   <si>
     <t xml:space="preserve">32MIB </t>
   </si>
   <si>
     <t>32mm Mixed High Bounce Balls Assortment - 100 Piece Toy Ball Collection for Bulk Party Favors, Wholesale Playground Equipment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32MB-100 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls Bulk Little Bowling Ball for Kids and Gumball Machine 100 pcs 32 mm 1.26</t>
+  </si>
+  <si>
+    <t>$26.71</t>
   </si>
   <si>
     <t xml:space="preserve">32RAB </t>
   </si>
   <si>
     <t>32mm Hi-Bounce Rubber Balls - Rainbow Mix (100 Pieces) Fun Play Collection</t>
   </si>
   <si>
     <t xml:space="preserve">32COB </t>
   </si>
   <si>
     <t>32mm Transparent Hi-Bounce Balls with Confetti - Fun Mix Rubber Toys for Party Favors</t>
   </si>
   <si>
     <t>$23.62</t>
   </si>
   <si>
     <t xml:space="preserve">32DCB </t>
   </si>
   <si>
     <t>32mm Diamond Cut Hi-Bounce Ball Set - Transparent Gem Bouncing Toys for Collection, Fun Play, Group Activities - 100 Pieces</t>
   </si>
   <si>
     <t xml:space="preserve">32SPB </t>
   </si>
@@ -360,51 +327,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12dea3d66098b1668ced2016fc6d04fd3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_902429b4c01d868b0a8f6c484996aa204.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_947bb3647234c01a0673b3ed91e3a2ae5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_936c0edd04a8592c47ca25f389d761996.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b3bbce47c213d74860be4d66753a0387.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53fa2d1c54065e9508189c049f8e2c888.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a95ca418a4ffc81b2de7c3127c8aa339.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e185a52a46efff236e99e0731658b66310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_895c20fd456bbb63484055e8d919846211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a0489a498342f5a83139f4d779fa7e012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_afc23c804de6d56bde698bbb0c0ffa1413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f8b67840a0861c72a55d8a3a277065914.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac3704587b5f08756b9d1b45fe2b630515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_166b6b8f316da0151651126ab4bad98316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a906821336621443c5ca865058a65c017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb56486379502a7cae959c5b3fe663da18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e2f8603d4b1f1d5047681cae5ad881019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80bab37d7cb8705dbc12fa60511e751520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e3fd2df8fb6c6f4421a8e0c7d2ed03021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f638b167ae929524ec6e2af44a27a73022.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_936c0edd04a8592c47ca25f389d761993.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b3bbce47c213d74860be4d66753a0384.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53fa2d1c54065e9508189c049f8e2c885.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a95ca418a4ffc81b2de7c3127c8aa336.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_895c20fd456bbb63484055e8d91984627.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a0489a498342f5a83139f4d779fa7e08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f8b67840a0861c72a55d8a3a27706599.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac3704587b5f08756b9d1b45fe2b630510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_166b6b8f316da0151651126ab4bad98311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a906821336621443c5ca865058a65c012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb56486379502a7cae959c5b3fe663da13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75169038daeb754a6724c31739c06a5714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e2f8603d4b1f1d5047681cae5ad881015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80bab37d7cb8705dbc12fa60511e751516.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e3fd2df8fb6c6f4421a8e0c7d2ed03017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f638b167ae929524ec6e2af44a27a73018.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -519,543 +486,423 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
-        <a:stretch>
-[...118 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1322,54 +1169,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J32"/>
+  <dimension ref="A1:J28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J32" sqref="J32"/>
+      <selection activeCell="J28" sqref="J28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1450,607 +1297,499 @@
       <c r="H10" s="7">
         <v>0.00060837</v>
       </c>
       <c r="I10" s="7">
         <v>24</v>
       </c>
       <c r="J10" s="7">
         <v>864</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>0.181436972</v>
+        <v>0.136077729</v>
       </c>
       <c r="H11" s="7">
-        <v>0.00060837</v>
+        <v>9.831999999999999E-5</v>
       </c>
       <c r="I11" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J11" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>0.38555356549999</v>
+        <v>0.31751470099999</v>
       </c>
       <c r="H12" s="7">
-        <v>0</v>
+        <v>0.00044245</v>
       </c>
       <c r="I12" s="7">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="J12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>0.090718485999998</v>
+        <v>1.270058804</v>
       </c>
       <c r="H13" s="7">
-        <v>0.0001229</v>
+        <v>0.00182511</v>
       </c>
       <c r="I13" s="7">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J13" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:10" customHeight="1" ht="55">
-      <c r="B14" s="4" t="s">
+    <row r="14" spans="1:10">
+      <c r="B14" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="C14" s="5"/>
-[...20 lines deleted...]
-      </c>
+      <c r="C14" s="8"/>
+      <c r="D14" s="8"/>
+      <c r="E14" s="8"/>
+      <c r="F14" s="8"/>
+      <c r="G14" s="8"/>
+      <c r="H14" s="8"/>
+      <c r="I14" s="8"/>
+      <c r="J14" s="8"/>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.31751470099999</v>
+        <v>0.89799961329248</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00044245</v>
+        <v>0.00277722</v>
       </c>
       <c r="I15" s="7">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="J15" s="7">
-        <v>0</v>
+        <v>600</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>1.270058804</v>
+        <v>0.64200111764909</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00182511</v>
+        <v>0.00254046</v>
       </c>
       <c r="I16" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J16" s="7">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="B17" s="8" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" customHeight="1" ht="39">
+      <c r="B17" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C17" s="5"/>
+      <c r="D17" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E17" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="C17" s="8"/>
-[...9 lines deleted...]
-      <c r="B18" s="4" t="s">
+      <c r="F17" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.92986448149998</v>
+      </c>
+      <c r="H17" s="7">
+        <v>0.00265176</v>
+      </c>
+      <c r="I17" s="7">
+        <v>50</v>
+      </c>
+      <c r="J17" s="7">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10">
+      <c r="B18" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="C18" s="5"/>
-      <c r="D18" s="5" t="s">
+      <c r="C18" s="8"/>
+      <c r="D18" s="8"/>
+      <c r="E18" s="8"/>
+      <c r="F18" s="8"/>
+      <c r="G18" s="8"/>
+      <c r="H18" s="8"/>
+      <c r="I18" s="8"/>
+      <c r="J18" s="8"/>
+    </row>
+    <row r="19" spans="1:10" customHeight="1" ht="39">
+      <c r="B19" s="4" t="s">
         <v>38</v>
-      </c>
-[...21 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C19" s="5"/>
       <c r="D19" s="5" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>0.43091280849999</v>
+        <v>2.041165665</v>
       </c>
       <c r="H19" s="7">
-        <v>0.00111185</v>
+        <v>0.00306766</v>
       </c>
       <c r="I19" s="7">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J19" s="7">
-        <v>500</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="55">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" customHeight="1" ht="39">
       <c r="B20" s="4" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C20" s="5"/>
       <c r="D20" s="5" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0.64200111764909</v>
+        <v>2.041165665</v>
       </c>
       <c r="H20" s="7">
-        <v>0.00254046</v>
+        <v>0.00306766</v>
       </c>
       <c r="I20" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J20" s="7">
-        <v>600</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="39">
       <c r="B21" s="4" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="5" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>0.92986448149998</v>
+        <v>2.041165665</v>
       </c>
       <c r="H21" s="7">
-        <v>0.00265176</v>
+        <v>0.00306766</v>
       </c>
       <c r="I21" s="7">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J21" s="7">
-        <v>600</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="55">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" customHeight="1" ht="39">
       <c r="B22" s="4" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="5" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>0.83900084592238</v>
+        <v>2.041165665</v>
       </c>
       <c r="H22" s="7">
-        <v>0.00335005</v>
+        <v>0.00306766</v>
       </c>
       <c r="I22" s="7">
+        <v>100</v>
+      </c>
+      <c r="J22" s="7">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" customHeight="1" ht="55">
+      <c r="B23" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C23" s="5"/>
+      <c r="D23" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G23" s="7">
+        <v>2.041165665</v>
+      </c>
+      <c r="H23" s="7">
+        <v>0.00306766</v>
+      </c>
+      <c r="I23" s="7">
+        <v>100</v>
+      </c>
+      <c r="J23" s="7">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" customHeight="1" ht="55">
+      <c r="B24" s="4" t="s">
         <v>50</v>
-      </c>
-[...19 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C24" s="5"/>
       <c r="D24" s="5" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>2.041165665</v>
+        <v>1.723651234</v>
       </c>
       <c r="H24" s="7">
-        <v>0.00306766</v>
+        <v>0</v>
       </c>
       <c r="I24" s="7">
         <v>100</v>
       </c>
       <c r="J24" s="7">
-        <v>1000</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C25" s="5"/>
       <c r="D25" s="5" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>2.041165665</v>
+        <v>2.2543540789</v>
       </c>
       <c r="H25" s="7">
-        <v>0.00306766</v>
+        <v>0</v>
       </c>
       <c r="I25" s="7">
         <v>100</v>
       </c>
       <c r="J25" s="7">
-        <v>1000</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="39">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C26" s="5"/>
       <c r="D26" s="5" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>2.041165665</v>
+        <v>0</v>
       </c>
       <c r="H26" s="7">
-        <v>0.00306766</v>
+        <v>0</v>
       </c>
       <c r="I26" s="7">
         <v>100</v>
       </c>
       <c r="J26" s="7">
-        <v>1000</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C27" s="5"/>
       <c r="D27" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>2.041165665</v>
+        <v>0</v>
       </c>
       <c r="H27" s="7">
-        <v>0.00306766</v>
+        <v>0</v>
       </c>
       <c r="I27" s="7">
         <v>100</v>
       </c>
       <c r="J27" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C28" s="5"/>
       <c r="D28" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>2.041165665</v>
+        <v>0</v>
       </c>
       <c r="H28" s="7">
-        <v>0.00306766</v>
+        <v>0</v>
       </c>
       <c r="I28" s="7">
         <v>100</v>
       </c>
       <c r="J28" s="7">
-        <v>1000</v>
-[...106 lines deleted...]
-      <c r="J32" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
-    <mergeCell ref="B17:J17"/>
-    <mergeCell ref="B23:J23"/>
+    <mergeCell ref="B14:J14"/>
+    <mergeCell ref="B18:J18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>