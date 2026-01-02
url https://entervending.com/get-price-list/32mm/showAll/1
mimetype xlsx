--- v1 (2025-11-26)
+++ v2 (2026-01-02)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1.26&quot; 32mm" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -121,135 +121,123 @@
   <si>
     <t>$31.89</t>
   </si>
   <si>
     <t>1.26"/32mm - 50 Count</t>
   </si>
   <si>
     <t xml:space="preserve">32MB-50 </t>
   </si>
   <si>
     <t>Bouncy Balls Galaxy Ball 1.26 inch (32 mm) 50 psc - Rubber Balls for Toddlers 5 Colors Bowling Style Bouncy Balls for Kids Small Balls for Babies - Party Favors Pinata Stuffers Gifts Toys &amp; Games</t>
   </si>
   <si>
     <t>$19.24</t>
   </si>
   <si>
     <t xml:space="preserve">32V0-50 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Icy Bouncy Balls 1.26 inch (32 mm) 50 psc - Rubber Balls for Toddlers 4 Colors Frosty Style Bouncy Balls for Kids Small Balls for Babies - Party Favors Pinata Stuffers Toys &amp; Games</t>
   </si>
   <si>
     <t>$21.99</t>
   </si>
   <si>
-    <t xml:space="preserve">32BU002-50 </t>
-[...7 lines deleted...]
-  <si>
     <t>1.26"/32mm - 100 Count</t>
   </si>
   <si>
     <t xml:space="preserve">32BOB </t>
   </si>
   <si>
     <t>32mm Bowling Hi-Bounce Balls Bulk, Metallic Look-Alike Swirling Colors Party Favors Pack, Toy Play Balls</t>
   </si>
   <si>
-    <t>$20.25</t>
+    <t>$18.00</t>
   </si>
   <si>
     <t xml:space="preserve">32FRB </t>
   </si>
   <si>
     <t>32mm Hi-Bounce Balls Pack - Frosty Fun, Semi-Translucent, Perfect Toys for Playtime Games</t>
   </si>
   <si>
     <t xml:space="preserve">32HAB </t>
   </si>
   <si>
     <t>32mm Happy Face Hi-Bounce Balls 100pcs: Classic Smiley Bouncy Balls for Kids Fun, Outdoor Games, Party Favors, and Gift Ideas</t>
   </si>
   <si>
-    <t>$21.75</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">32ICB </t>
   </si>
   <si>
     <t>32mm Icy Hi-Bounce Toy Balls with Frosted Texture - Multicolor, Unique Collectible Ball Mix for Fun Activities, Bag of 100 Pieces</t>
   </si>
   <si>
     <t xml:space="preserve">32MIB </t>
   </si>
   <si>
     <t>32mm Mixed High Bounce Balls Assortment - 100 Piece Toy Ball Collection for Bulk Party Favors, Wholesale Playground Equipment</t>
   </si>
   <si>
+    <t>$16.50</t>
+  </si>
+  <si>
     <t xml:space="preserve">32MB-100 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls Bulk Little Bowling Ball for Kids and Gumball Machine 100 pcs 32 mm 1.26</t>
   </si>
   <si>
     <t>$26.71</t>
   </si>
   <si>
     <t xml:space="preserve">32RAB </t>
   </si>
   <si>
     <t>32mm Hi-Bounce Rubber Balls - Rainbow Mix (100 Pieces) Fun Play Collection</t>
   </si>
   <si>
     <t xml:space="preserve">32COB </t>
   </si>
   <si>
     <t>32mm Transparent Hi-Bounce Balls with Confetti - Fun Mix Rubber Toys for Party Favors</t>
   </si>
   <si>
-    <t>$23.62</t>
+    <t>$19.50</t>
   </si>
   <si>
     <t xml:space="preserve">32DCB </t>
   </si>
   <si>
     <t>32mm Diamond Cut Hi-Bounce Ball Set - Transparent Gem Bouncing Toys for Collection, Fun Play, Group Activities - 100 Pieces</t>
   </si>
   <si>
     <t xml:space="preserve">32SPB </t>
   </si>
   <si>
     <t>30mm Sports Hi-Bounce Ball Collection - Mix of 100 Bouncy Tennis, Football, Basketball, Baseball, Soccer Balls</t>
-  </si>
-[...1 lines deleted...]
-    <t>$21.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -327,51 +315,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_936c0edd04a8592c47ca25f389d761993.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b3bbce47c213d74860be4d66753a0384.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53fa2d1c54065e9508189c049f8e2c885.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a95ca418a4ffc81b2de7c3127c8aa336.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_895c20fd456bbb63484055e8d91984627.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0a0489a498342f5a83139f4d779fa7e08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f8b67840a0861c72a55d8a3a27706599.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac3704587b5f08756b9d1b45fe2b630510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_166b6b8f316da0151651126ab4bad98311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a906821336621443c5ca865058a65c012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb56486379502a7cae959c5b3fe663da13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75169038daeb754a6724c31739c06a5714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e2f8603d4b1f1d5047681cae5ad881015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80bab37d7cb8705dbc12fa60511e751516.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e3fd2df8fb6c6f4421a8e0c7d2ed03017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f638b167ae929524ec6e2af44a27a73018.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_936c0edd04a8592c47ca25f389d761993.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b3bbce47c213d74860be4d66753a0384.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53fa2d1c54065e9508189c049f8e2c885.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a95ca418a4ffc81b2de7c3127c8aa336.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_895c20fd456bbb63484055e8d91984627.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f8b67840a0861c72a55d8a3a27706598.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac3704587b5f08756b9d1b45fe2b63059.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_166b6b8f316da0151651126ab4bad98310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a906821336621443c5ca865058a65c011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb56486379502a7cae959c5b3fe663da12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75169038daeb754a6724c31739c06a5713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e2f8603d4b1f1d5047681cae5ad881014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80bab37d7cb8705dbc12fa60511e751515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e3fd2df8fb6c6f4421a8e0c7d2ed03016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f638b167ae929524ec6e2af44a27a73017.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -546,51 +534,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -669,51 +657,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -829,80 +817,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1169,54 +1127,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J28"/>
+  <dimension ref="A1:J27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J28" sqref="J28"/>
+      <selection activeCell="J27" sqref="J27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1430,366 +1388,339 @@
         <v>31</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
         <v>0.64200111764909</v>
       </c>
       <c r="H16" s="7">
         <v>0.00254046</v>
       </c>
       <c r="I16" s="7">
         <v>50</v>
       </c>
       <c r="J16" s="7">
         <v>600</v>
       </c>
     </row>
-    <row r="17" spans="1:10" customHeight="1" ht="39">
-      <c r="B17" s="4" t="s">
+    <row r="17" spans="1:10">
+      <c r="B17" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="5"/>
-      <c r="D17" s="5" t="s">
+      <c r="C17" s="8"/>
+      <c r="D17" s="8"/>
+      <c r="E17" s="8"/>
+      <c r="F17" s="8"/>
+      <c r="G17" s="8"/>
+      <c r="H17" s="8"/>
+      <c r="I17" s="8"/>
+      <c r="J17" s="8"/>
+    </row>
+    <row r="18" spans="1:10" customHeight="1" ht="39">
+      <c r="B18" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="E17" s="7" t="s">
+      <c r="C18" s="5"/>
+      <c r="D18" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F17" s="7" t="s">
+      <c r="E18" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="G17" s="7">
-[...23 lines deleted...]
-      <c r="J18" s="8"/>
+      <c r="G18" s="7">
+        <v>2.041165665</v>
+      </c>
+      <c r="H18" s="7">
+        <v>0.00306766</v>
+      </c>
+      <c r="I18" s="7">
+        <v>100</v>
+      </c>
+      <c r="J18" s="7">
+        <v>1000</v>
+      </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="39">
       <c r="B19" s="4" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="5"/>
       <c r="D19" s="5" t="s">
         <v>39</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
         <v>2.041165665</v>
       </c>
       <c r="H19" s="7">
         <v>0.00306766</v>
       </c>
       <c r="I19" s="7">
         <v>100</v>
       </c>
       <c r="J19" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="39">
       <c r="B20" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C20" s="5"/>
       <c r="D20" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
         <v>2.041165665</v>
       </c>
       <c r="H20" s="7">
         <v>0.00306766</v>
       </c>
       <c r="I20" s="7">
         <v>100</v>
       </c>
       <c r="J20" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="39">
       <c r="B21" s="4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
         <v>2.041165665</v>
       </c>
       <c r="H21" s="7">
         <v>0.00306766</v>
       </c>
       <c r="I21" s="7">
         <v>100</v>
       </c>
       <c r="J21" s="7">
         <v>1000</v>
       </c>
     </row>
-    <row r="22" spans="1:10" customHeight="1" ht="39">
+    <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="5" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
         <v>2.041165665</v>
       </c>
       <c r="H22" s="7">
         <v>0.00306766</v>
       </c>
       <c r="I22" s="7">
         <v>100</v>
       </c>
       <c r="J22" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C23" s="5"/>
       <c r="D23" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E23" s="7" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>2.041165665</v>
+        <v>1.723651234</v>
       </c>
       <c r="H23" s="7">
-        <v>0.00306766</v>
+        <v>0</v>
       </c>
       <c r="I23" s="7">
         <v>100</v>
       </c>
       <c r="J23" s="7">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="5"/>
       <c r="D24" s="5" t="s">
         <v>51</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>1.723651234</v>
+        <v>2.2543540789</v>
       </c>
       <c r="H24" s="7">
         <v>0</v>
       </c>
       <c r="I24" s="7">
         <v>100</v>
       </c>
       <c r="J24" s="7">
-        <v>0</v>
+        <v>800</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C25" s="5"/>
       <c r="D25" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" s="7" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>2.2543540789</v>
+        <v>0</v>
       </c>
       <c r="H25" s="7">
         <v>0</v>
       </c>
       <c r="I25" s="7">
         <v>100</v>
       </c>
       <c r="J25" s="7">
-        <v>800</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="5"/>
       <c r="D26" s="5" t="s">
         <v>56</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
         <v>0</v>
       </c>
       <c r="H26" s="7">
         <v>0</v>
       </c>
       <c r="I26" s="7">
         <v>100</v>
       </c>
       <c r="J26" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C27" s="5"/>
       <c r="D27" s="5" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
         <v>0</v>
       </c>
       <c r="H27" s="7">
         <v>0</v>
       </c>
       <c r="I27" s="7">
         <v>100</v>
       </c>
       <c r="J27" s="7">
-        <v>0</v>
-[...25 lines deleted...]
-      <c r="J28" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="B14:J14"/>
-    <mergeCell ref="B18:J18"/>
+    <mergeCell ref="B17:J17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>