--- v2 (2026-01-02)
+++ v3 (2026-03-10)
@@ -15,229 +15,316 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1.26&quot; 32mm" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>1.26"/32mm</t>
   </si>
   <si>
+    <t xml:space="preserve">60-45-32-25MIX-50 </t>
+  </si>
+  <si>
+    <t>50 pcs Mega Mix Bouncing Balls Assorted Pack - 4 Sizes: 60mm, 45mm, 32mm and 25mm - Bouncy Balls for Kids - Bouncy Ball Toys for Capsule Vending Machine - Party Favors</t>
+  </si>
+  <si>
+    <t>$22.65</t>
+  </si>
+  <si>
+    <t>Package</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60-4SIZE-MIX-20 </t>
+  </si>
+  <si>
+    <t>20 pcs Bouncy Balls - Mega Mix Bouncing Balls Assorted Pack - 4 Sizes: 60mm, 45mm, 32mm and 25mm - Bouncy Balls for Kids - Bouncy Ball Toys for Capsule Vending Machine - Party Favors</t>
+  </si>
+  <si>
+    <t>$13.29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-ICE32 </t>
+  </si>
+  <si>
+    <t>12 pcs Icy Hi-Bounce Ball 32 mm</t>
+  </si>
+  <si>
+    <t>$4.99</t>
+  </si>
+  <si>
     <t xml:space="preserve">ZS-ICE32-X17205 </t>
   </si>
   <si>
-    <t>ICY BALL 32mm</t>
+    <t>24 pcs ICY BALL 32mm</t>
   </si>
   <si>
     <t>$10.19</t>
   </si>
   <si>
-    <t>Package</t>
+    <t xml:space="preserve">32V1-24 </t>
+  </si>
+  <si>
+    <t>24 pcs Bouncy Balls - 32mm 1.26” ICY Bounce Balls Bulk - Colorful High Bouncing Balls for Party Favors and Party Bag Filler - Vending Machine Toys for Kids</t>
+  </si>
+  <si>
+    <t>$9.67</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32V1-48 </t>
+  </si>
+  <si>
+    <t>48 Pcs Bouncy Balls - 32mm 1.26” Icy Bounce Balls Bulk - Colorful High Bouncing Balls for Party Favors and Party Bag Filler - Vending Machine Toys for Kids</t>
+  </si>
+  <si>
+    <t>$16.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32V1-12 </t>
+  </si>
+  <si>
+    <t>12 pcs ICY Bounce Balls 32 mm</t>
+  </si>
+  <si>
+    <t>$6.81</t>
   </si>
   <si>
     <t xml:space="preserve">32V0-12 </t>
   </si>
   <si>
-    <t>Entervending Bouncy Balls - 12 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Party Favors Classroom Prizes</t>
+    <t>12 Pcs Entervending Bouncy Balls - Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Party Favors Classroom Prizes</t>
   </si>
   <si>
     <t>$10.33</t>
   </si>
   <si>
     <t xml:space="preserve">32V0-24 </t>
   </si>
   <si>
-    <t>Entervending Bouncy Balls - 24 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+    <t>24 Pcs Entervending Bouncy Balls - Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
   </si>
   <si>
     <t>$13.30</t>
   </si>
   <si>
     <t xml:space="preserve">32V0-100 </t>
   </si>
   <si>
-    <t>Entervending Bouncy Balls - 100 Pcs Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+    <t>100 Pcs Entervending Bouncy Balls - Small Bouncing Balls - 1.26 Inch Bounce Balls - Frosty Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
   </si>
   <si>
     <t>$31.89</t>
   </si>
   <si>
+    <t>1.26"/32mm - Small Packs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32ASSORT-25 </t>
+  </si>
+  <si>
+    <t>25 psc Bouncy Balls Assorted Bulk Toys Pack 1.26inch 32mm - Super Ball for Toddlers and Adults Party Favors Pinata Filler Goodie Bags Stuffers for Kids Treasure Box Toys for Classroom Carnival Prizes</t>
+  </si>
+  <si>
+    <t>$3.77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45-32-25-MIX-12 </t>
+  </si>
+  <si>
+    <t>12 pcs Bouncy Balls - Bouncing Balls Assorted Pack - 3 Sizes: 45mm, 32mm and 25mm - Mini Bouncy Balls for Kids - Bouncy Ball Toys for Capsule Vending Machine</t>
+  </si>
+  <si>
+    <t>$5.62</t>
+  </si>
+  <si>
     <t>1.26"/32mm - 50 Count</t>
   </si>
   <si>
     <t xml:space="preserve">32MB-50 </t>
   </si>
   <si>
     <t>Bouncy Balls Galaxy Ball 1.26 inch (32 mm) 50 psc - Rubber Balls for Toddlers 5 Colors Bowling Style Bouncy Balls for Kids Small Balls for Babies - Party Favors Pinata Stuffers Gifts Toys &amp; Games</t>
   </si>
   <si>
     <t>$19.24</t>
   </si>
   <si>
-    <t xml:space="preserve">32V0-50 </t>
-[...5 lines deleted...]
-    <t>$21.99</t>
+    <t xml:space="preserve">32ASSORT-50 </t>
+  </si>
+  <si>
+    <t>Bouncy Balls Assorted Bulk Toys Pack 50psc 1.26inch 32mm - Super Ball for Toddlers and Adults Party Favors Pinata Filler Goodie Bags Stuffers for Kids Treasure Box Toys for Classroom Carnival Prizes</t>
+  </si>
+  <si>
+    <t>$12.99</t>
   </si>
   <si>
     <t>1.26"/32mm - 100 Count</t>
   </si>
   <si>
     <t xml:space="preserve">32BOB </t>
   </si>
   <si>
     <t>32mm Bowling Hi-Bounce Balls Bulk, Metallic Look-Alike Swirling Colors Party Favors Pack, Toy Play Balls</t>
   </si>
   <si>
     <t>$18.00</t>
   </si>
   <si>
     <t xml:space="preserve">32FRB </t>
   </si>
   <si>
     <t>32mm Hi-Bounce Balls Pack - Frosty Fun, Semi-Translucent, Perfect Toys for Playtime Games</t>
   </si>
   <si>
     <t xml:space="preserve">32HAB </t>
   </si>
   <si>
     <t>32mm Happy Face Hi-Bounce Balls 100pcs: Classic Smiley Bouncy Balls for Kids Fun, Outdoor Games, Party Favors, and Gift Ideas</t>
   </si>
   <si>
     <t xml:space="preserve">32ICB </t>
   </si>
   <si>
     <t>32mm Icy Hi-Bounce Toy Balls with Frosted Texture - Multicolor, Unique Collectible Ball Mix for Fun Activities, Bag of 100 Pieces</t>
   </si>
   <si>
     <t xml:space="preserve">32MIB </t>
   </si>
   <si>
     <t>32mm Mixed High Bounce Balls Assortment - 100 Piece Toy Ball Collection for Bulk Party Favors, Wholesale Playground Equipment</t>
   </si>
   <si>
     <t>$16.50</t>
   </si>
   <si>
     <t xml:space="preserve">32MB-100 </t>
   </si>
   <si>
-    <t>Entervending Bouncy Balls Bulk Little Bowling Ball for Kids and Gumball Machine 100 pcs 32 mm 1.26</t>
+    <t>100 pcs Entervending Bouncy Balls Bulk Little Bowling Ball for Kids and Gumball Machine 32 mm 1.26 inch</t>
   </si>
   <si>
     <t>$26.71</t>
   </si>
   <si>
+    <t xml:space="preserve">BA-32MMB </t>
+  </si>
+  <si>
+    <t>100 pcs Ball Mix 32 mm</t>
+  </si>
+  <si>
+    <t>$18.87</t>
+  </si>
+  <si>
     <t xml:space="preserve">32RAB </t>
   </si>
   <si>
     <t>32mm Hi-Bounce Rubber Balls - Rainbow Mix (100 Pieces) Fun Play Collection</t>
   </si>
   <si>
     <t xml:space="preserve">32COB </t>
   </si>
   <si>
     <t>32mm Transparent Hi-Bounce Balls with Confetti - Fun Mix Rubber Toys for Party Favors</t>
   </si>
   <si>
     <t>$19.50</t>
   </si>
   <si>
     <t xml:space="preserve">32DCB </t>
   </si>
   <si>
     <t>32mm Diamond Cut Hi-Bounce Ball Set - Transparent Gem Bouncing Toys for Collection, Fun Play, Group Activities - 100 Pieces</t>
   </si>
   <si>
     <t xml:space="preserve">32SPB </t>
   </si>
   <si>
     <t>30mm Sports Hi-Bounce Ball Collection - Mix of 100 Bouncy Tennis, Football, Basketball, Baseball, Soccer Balls</t>
+  </si>
+  <si>
+    <t>$12.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -315,51 +402,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_936c0edd04a8592c47ca25f389d761993.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b3bbce47c213d74860be4d66753a0384.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53fa2d1c54065e9508189c049f8e2c885.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a95ca418a4ffc81b2de7c3127c8aa336.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_895c20fd456bbb63484055e8d91984627.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f8b67840a0861c72a55d8a3a27706598.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac3704587b5f08756b9d1b45fe2b63059.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_166b6b8f316da0151651126ab4bad98310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a906821336621443c5ca865058a65c011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb56486379502a7cae959c5b3fe663da12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75169038daeb754a6724c31739c06a5713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e2f8603d4b1f1d5047681cae5ad881014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80bab37d7cb8705dbc12fa60511e751515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e3fd2df8fb6c6f4421a8e0c7d2ed03016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f638b167ae929524ec6e2af44a27a73017.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e1598e2a41361259ceaa52ce64403c7a2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cf5e93717b8388fcba628769341306a23.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ae2829a0517833d6887c01ca779a887c4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5bf74f3c73ef2df126ad0dd4fbc455ce5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_12dea3d66098b1668ced2016fc6d04fd6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_902429b4c01d868b0a8f6c484996aa207.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_947bb3647234c01a0673b3ed91e3a2ae8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_936c0edd04a8592c47ca25f389d761999.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8b3bbce47c213d74860be4d66753a03810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_53fa2d1c54065e9508189c049f8e2c8811.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e185a52a46efff236e99e0731658b66312.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6376814d492e5c614cffb0cb743bc0b113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3a95ca418a4ffc81b2de7c3127c8aa3314.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_afc23c804de6d56bde698bbb0c0ffa1415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f8b67840a0861c72a55d8a3a277065916.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac3704587b5f08756b9d1b45fe2b630517.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_166b6b8f316da0151651126ab4bad98318.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a906821336621443c5ca865058a65c019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb56486379502a7cae959c5b3fe663da20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75169038daeb754a6724c31739c06a5721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b35b25bb3cd9b8a1fbc45d643c31253122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e2f8603d4b1f1d5047681cae5ad881023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80bab37d7cb8705dbc12fa60511e751524.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e3fd2df8fb6c6f4421a8e0c7d2ed03025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f638b167ae929524ec6e2af44a27a73026.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -474,393 +561,663 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <xdr:cNvPr id="7" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <xdr:cNvPr id="8" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>18</xdr:row>
+        <xdr:cNvPr id="16" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>19</xdr:row>
+        <xdr:cNvPr id="17" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>20</xdr:row>
+        <xdr:cNvPr id="18" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>21</xdr:row>
+        <xdr:cNvPr id="19" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>22</xdr:row>
+        <xdr:cNvPr id="20" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>23</xdr:row>
+        <xdr:cNvPr id="21" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>24</xdr:row>
+        <xdr:cNvPr id="22" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>25</xdr:row>
+        <xdr:cNvPr id="23" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>26</xdr:row>
+        <xdr:cNvPr id="24" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <xdr:cNvPr id="25" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1127,66 +1484,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J27"/>
+  <dimension ref="A1:J37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J27" sqref="J27"/>
+      <selection activeCell="J37" sqref="J37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
-    <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="J4" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="J5" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="J6" s="1" t="s">
@@ -1228,499 +1585,756 @@
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="55">
       <c r="B10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5"/>
       <c r="D10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="7">
-        <v>0.181436948</v>
+        <v>1.3650002355233</v>
       </c>
       <c r="H10" s="7">
-        <v>0.00060837</v>
+        <v>0.00382754</v>
       </c>
       <c r="I10" s="7">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="J10" s="7">
-        <v>864</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>0.136077729</v>
+        <v>0.58967015899999</v>
       </c>
       <c r="H11" s="7">
-        <v>9.831999999999999E-5</v>
+        <v>0.00314632</v>
       </c>
       <c r="I11" s="7">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="J11" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>0.31751470099999</v>
+        <v>0</v>
       </c>
       <c r="H12" s="7">
-        <v>0.00044245</v>
+        <v>0</v>
       </c>
       <c r="I12" s="7">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J12" s="7">
-        <v>0</v>
+        <v>864</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
-        <v>1.270058804</v>
+        <v>0.181436948</v>
       </c>
       <c r="H13" s="7">
-        <v>0.00182511</v>
+        <v>0.00060837</v>
       </c>
       <c r="I13" s="7">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="J13" s="7">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" customHeight="1" ht="55">
+      <c r="B14" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C14" s="5"/>
+      <c r="D14" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G14" s="7">
+        <v>0.226796215</v>
+      </c>
+      <c r="H14" s="7">
+        <v>0.00060837</v>
+      </c>
+      <c r="I14" s="7">
+        <v>24</v>
+      </c>
+      <c r="J14" s="7">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="J14" s="8"/>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.89799961329248</v>
+        <v>0.38555356549999</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00277722</v>
+        <v>0.00117987</v>
       </c>
       <c r="I15" s="7">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="J15" s="7">
-        <v>600</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.64200111764909</v>
+        <v>0.136077729</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00254046</v>
+        <v>0.00026219</v>
       </c>
       <c r="I16" s="7">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J16" s="7">
-        <v>600</v>
-[...15 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" customHeight="1" ht="55">
+      <c r="B17" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C17" s="5"/>
+      <c r="D17" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.136077729</v>
+      </c>
+      <c r="H17" s="7">
+        <v>9.831999999999999E-5</v>
+      </c>
+      <c r="I17" s="7">
+        <v>12</v>
+      </c>
+      <c r="J17" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="5" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>2.041165665</v>
+        <v>0.31751470099999</v>
       </c>
       <c r="H18" s="7">
-        <v>0.00306766</v>
+        <v>0.00044245</v>
       </c>
       <c r="I18" s="7">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="J18" s="7">
-        <v>1000</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C19" s="5"/>
       <c r="D19" s="5" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>2.041165665</v>
+        <v>1.270058804</v>
       </c>
       <c r="H19" s="7">
-        <v>0.00306766</v>
+        <v>0.00182511</v>
       </c>
       <c r="I19" s="7">
         <v>100</v>
       </c>
       <c r="J19" s="7">
-        <v>1000</v>
-[...29 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="B20" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C20" s="8"/>
+      <c r="D20" s="8"/>
+      <c r="E20" s="8"/>
+      <c r="F20" s="8"/>
+      <c r="G20" s="8"/>
+      <c r="H20" s="8"/>
+      <c r="I20" s="8"/>
+      <c r="J20" s="8"/>
+    </row>
+    <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="5" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>2.041165665</v>
+        <v>0.43091280849999</v>
       </c>
       <c r="H21" s="7">
-        <v>0.00306766</v>
+        <v>0.00111185</v>
       </c>
       <c r="I21" s="7">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="J21" s="7">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="5" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>2.041165665</v>
+        <v>0.30800014618831</v>
       </c>
       <c r="H22" s="7">
-        <v>0.00306766</v>
+        <v>0.00080919</v>
       </c>
       <c r="I22" s="7">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="J22" s="7">
-        <v>1000</v>
-[...19 lines deleted...]
-      <c r="H23" s="7">
         <v>0</v>
       </c>
-      <c r="I23" s="7">
-[...4 lines deleted...]
-      </c>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="B23" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C23" s="8"/>
+      <c r="D23" s="8"/>
+      <c r="E23" s="8"/>
+      <c r="F23" s="8"/>
+      <c r="G23" s="8"/>
+      <c r="H23" s="8"/>
+      <c r="I23" s="8"/>
+      <c r="J23" s="8"/>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C24" s="5"/>
       <c r="D24" s="5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>2.2543540789</v>
+        <v>0.89799961329248</v>
       </c>
       <c r="H24" s="7">
-        <v>0</v>
+        <v>0.00277722</v>
       </c>
       <c r="I24" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J24" s="7">
-        <v>800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="C25" s="5"/>
       <c r="D25" s="5" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>0</v>
+        <v>0.83900084592238</v>
       </c>
       <c r="H25" s="7">
-        <v>0</v>
+        <v>0.00335005</v>
       </c>
       <c r="I25" s="7">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J25" s="7">
-        <v>0</v>
-[...29 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="55">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="B26" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C26" s="8"/>
+      <c r="D26" s="8"/>
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
+      <c r="G26" s="8"/>
+      <c r="H26" s="8"/>
+      <c r="I26" s="8"/>
+      <c r="J26" s="8"/>
+    </row>
+    <row r="27" spans="1:10" customHeight="1" ht="39">
       <c r="B27" s="4" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C27" s="5"/>
       <c r="D27" s="5" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>37</v>
+        <v>62</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>0</v>
+        <v>2.041165665</v>
       </c>
       <c r="H27" s="7">
-        <v>0</v>
+        <v>0.00306766</v>
       </c>
       <c r="I27" s="7">
         <v>100</v>
       </c>
       <c r="J27" s="7">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" customHeight="1" ht="39">
+      <c r="B28" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C28" s="5"/>
+      <c r="D28" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" s="7">
+        <v>2.041165665</v>
+      </c>
+      <c r="H28" s="7">
+        <v>0.00306766</v>
+      </c>
+      <c r="I28" s="7">
+        <v>100</v>
+      </c>
+      <c r="J28" s="7">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" customHeight="1" ht="39">
+      <c r="B29" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C29" s="5"/>
+      <c r="D29" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="7">
+        <v>2.041165665</v>
+      </c>
+      <c r="H29" s="7">
+        <v>0.00306766</v>
+      </c>
+      <c r="I29" s="7">
+        <v>100</v>
+      </c>
+      <c r="J29" s="7">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" customHeight="1" ht="39">
+      <c r="B30" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="5"/>
+      <c r="D30" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G30" s="7">
+        <v>2.041165665</v>
+      </c>
+      <c r="H30" s="7">
+        <v>0.00306766</v>
+      </c>
+      <c r="I30" s="7">
+        <v>100</v>
+      </c>
+      <c r="J30" s="7">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" customHeight="1" ht="55">
+      <c r="B31" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C31" s="5"/>
+      <c r="D31" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="7">
+        <v>2.041165665</v>
+      </c>
+      <c r="H31" s="7">
+        <v>0.00306766</v>
+      </c>
+      <c r="I31" s="7">
+        <v>100</v>
+      </c>
+      <c r="J31" s="7">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" customHeight="1" ht="55">
+      <c r="B32" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C32" s="5"/>
+      <c r="D32" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="7">
+        <v>1.723651234</v>
+      </c>
+      <c r="H32" s="7">
+        <v>0.00209754</v>
+      </c>
+      <c r="I32" s="7">
+        <v>100</v>
+      </c>
+      <c r="J32" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" customHeight="1" ht="55">
+      <c r="B33" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C33" s="5"/>
+      <c r="D33" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="7">
+        <v>2.2543540789</v>
+      </c>
+      <c r="H33" s="7">
+        <v>0.00209754</v>
+      </c>
+      <c r="I33" s="7">
+        <v>100</v>
+      </c>
+      <c r="J33" s="7">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" customHeight="1" ht="55">
+      <c r="B34" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C34" s="5"/>
+      <c r="D34" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="7">
+        <v>2.2543540789</v>
+      </c>
+      <c r="H34" s="7">
+        <v>0</v>
+      </c>
+      <c r="I34" s="7">
+        <v>100</v>
+      </c>
+      <c r="J34" s="7">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" customHeight="1" ht="55">
+      <c r="B35" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C35" s="5"/>
+      <c r="D35" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G35" s="7">
+        <v>0</v>
+      </c>
+      <c r="H35" s="7">
+        <v>0</v>
+      </c>
+      <c r="I35" s="7">
+        <v>100</v>
+      </c>
+      <c r="J35" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" customHeight="1" ht="55">
+      <c r="B36" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C36" s="5"/>
+      <c r="D36" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G36" s="7">
+        <v>0</v>
+      </c>
+      <c r="H36" s="7">
+        <v>0</v>
+      </c>
+      <c r="I36" s="7">
+        <v>100</v>
+      </c>
+      <c r="J36" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" customHeight="1" ht="55">
+      <c r="B37" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C37" s="5"/>
+      <c r="D37" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="7">
+        <v>0</v>
+      </c>
+      <c r="H37" s="7">
+        <v>0</v>
+      </c>
+      <c r="I37" s="7">
+        <v>100</v>
+      </c>
+      <c r="J37" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
-    <mergeCell ref="B14:J14"/>
-    <mergeCell ref="B17:J17"/>
+    <mergeCell ref="B20:J20"/>
+    <mergeCell ref="B23:J23"/>
+    <mergeCell ref="B26:J26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>