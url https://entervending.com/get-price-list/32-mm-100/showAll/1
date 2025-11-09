--- v0 (2025-10-07)
+++ v1 (2025-11-09)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1.26&quot; 32mm - 100 Count" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -98,50 +98,59 @@
     <t xml:space="preserve">32FRB </t>
   </si>
   <si>
     <t>32mm Hi-Bounce Balls Pack - Frosty Fun, Semi-Translucent, Perfect Toys for Playtime Games</t>
   </si>
   <si>
     <t xml:space="preserve">32HAB </t>
   </si>
   <si>
     <t>32mm Happy Face Hi-Bounce Balls 100pcs: Classic Smiley Bouncy Balls for Kids Fun, Outdoor Games, Party Favors, and Gift Ideas</t>
   </si>
   <si>
     <t>$21.75</t>
   </si>
   <si>
     <t xml:space="preserve">32ICB </t>
   </si>
   <si>
     <t>32mm Icy Hi-Bounce Toy Balls with Frosted Texture - Multicolor, Unique Collectible Ball Mix for Fun Activities, Bag of 100 Pieces</t>
   </si>
   <si>
     <t xml:space="preserve">32MIB </t>
   </si>
   <si>
     <t>32mm Mixed High Bounce Balls Assortment - 100 Piece Toy Ball Collection for Bulk Party Favors, Wholesale Playground Equipment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32MB-100 </t>
+  </si>
+  <si>
+    <t>Entervending Bouncy Balls Bulk Little Bowling Ball for Kids and Gumball Machine 100 pcs 32 mm 1.26</t>
+  </si>
+  <si>
+    <t>$26.71</t>
   </si>
   <si>
     <t xml:space="preserve">32RAB </t>
   </si>
   <si>
     <t>32mm Hi-Bounce Rubber Balls - Rainbow Mix (100 Pieces) Fun Play Collection</t>
   </si>
   <si>
     <t xml:space="preserve">32COB </t>
   </si>
   <si>
     <t>32mm Transparent Hi-Bounce Balls with Confetti - Fun Mix Rubber Toys for Party Favors</t>
   </si>
   <si>
     <t>$23.62</t>
   </si>
   <si>
     <t xml:space="preserve">32DCB </t>
   </si>
   <si>
     <t>32mm Diamond Cut Hi-Bounce Ball Set - Transparent Gem Bouncing Toys for Collection, Fun Play, Group Activities - 100 Pieces</t>
   </si>
   <si>
     <t xml:space="preserve">32SPB </t>
   </si>
@@ -240,51 +249,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f8b67840a0861c72a55d8a3a27706592.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac3704587b5f08756b9d1b45fe2b63053.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_166b6b8f316da0151651126ab4bad9834.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a906821336621443c5ca865058a65c05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb56486379502a7cae959c5b3fe663da6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e2f8603d4b1f1d5047681cae5ad88107.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80bab37d7cb8705dbc12fa60511e75158.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e3fd2df8fb6c6f4421a8e0c7d2ed0309.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f638b167ae929524ec6e2af44a27a73010.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7f8b67840a0861c72a55d8a3a27706592.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac3704587b5f08756b9d1b45fe2b63053.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_166b6b8f316da0151651126ab4bad9834.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9a906821336621443c5ca865058a65c05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fb56486379502a7cae959c5b3fe663da6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75169038daeb754a6724c31739c06a577.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4e2f8603d4b1f1d5047681cae5ad88108.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_80bab37d7cb8705dbc12fa60511e75159.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2e3fd2df8fb6c6f4421a8e0c7d2ed03010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f638b167ae929524ec6e2af44a27a73011.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -532,50 +541,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -842,66 +881,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J18"/>
+  <dimension ref="A1:J19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J18" sqref="J18"/>
+      <selection activeCell="J19" sqref="J19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.140869" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="J4" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="J5" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="J6" s="1" t="s">
@@ -1072,146 +1111,173 @@
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
         <v>2.041165665</v>
       </c>
       <c r="H14" s="7">
         <v>0.00306766</v>
       </c>
       <c r="I14" s="7">
         <v>100</v>
       </c>
       <c r="J14" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>2.2543540789</v>
+        <v>1.723651234</v>
       </c>
       <c r="H15" s="7">
         <v>0</v>
       </c>
       <c r="I15" s="7">
         <v>100</v>
       </c>
       <c r="J15" s="7">
-        <v>800</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0</v>
+        <v>2.2543540789</v>
       </c>
       <c r="H16" s="7">
         <v>0</v>
       </c>
       <c r="I16" s="7">
         <v>100</v>
       </c>
       <c r="J16" s="7">
-        <v>0</v>
+        <v>800</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
         <v>0</v>
       </c>
       <c r="H17" s="7">
         <v>0</v>
       </c>
       <c r="I17" s="7">
         <v>100</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
         <v>0</v>
       </c>
       <c r="H18" s="7">
         <v>0</v>
       </c>
       <c r="I18" s="7">
         <v>100</v>
       </c>
       <c r="J18" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" customHeight="1" ht="55">
+      <c r="B19" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G19" s="7">
+        <v>0</v>
+      </c>
+      <c r="H19" s="7">
+        <v>0</v>
+      </c>
+      <c r="I19" s="7">
+        <v>100</v>
+      </c>
+      <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">