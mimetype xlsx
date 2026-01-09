--- v1 (2025-11-09)
+++ v2 (2026-01-09)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1.26&quot; 32mm - 100 Count" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -67,120 +67,117 @@
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>1.26"/32mm - 100 Count</t>
   </si>
   <si>
     <t xml:space="preserve">32BOB </t>
   </si>
   <si>
     <t>32mm Bowling Hi-Bounce Balls Bulk, Metallic Look-Alike Swirling Colors Party Favors Pack, Toy Play Balls</t>
   </si>
   <si>
-    <t>$20.25</t>
+    <t>$18.00</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t xml:space="preserve">32FRB </t>
   </si>
   <si>
     <t>32mm Hi-Bounce Balls Pack - Frosty Fun, Semi-Translucent, Perfect Toys for Playtime Games</t>
   </si>
   <si>
     <t xml:space="preserve">32HAB </t>
   </si>
   <si>
     <t>32mm Happy Face Hi-Bounce Balls 100pcs: Classic Smiley Bouncy Balls for Kids Fun, Outdoor Games, Party Favors, and Gift Ideas</t>
   </si>
   <si>
-    <t>$21.75</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">32ICB </t>
   </si>
   <si>
     <t>32mm Icy Hi-Bounce Toy Balls with Frosted Texture - Multicolor, Unique Collectible Ball Mix for Fun Activities, Bag of 100 Pieces</t>
   </si>
   <si>
     <t xml:space="preserve">32MIB </t>
   </si>
   <si>
     <t>32mm Mixed High Bounce Balls Assortment - 100 Piece Toy Ball Collection for Bulk Party Favors, Wholesale Playground Equipment</t>
   </si>
   <si>
+    <t>$16.50</t>
+  </si>
+  <si>
     <t xml:space="preserve">32MB-100 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls Bulk Little Bowling Ball for Kids and Gumball Machine 100 pcs 32 mm 1.26</t>
   </si>
   <si>
     <t>$26.71</t>
   </si>
   <si>
     <t xml:space="preserve">32RAB </t>
   </si>
   <si>
     <t>32mm Hi-Bounce Rubber Balls - Rainbow Mix (100 Pieces) Fun Play Collection</t>
   </si>
   <si>
     <t xml:space="preserve">32COB </t>
   </si>
   <si>
     <t>32mm Transparent Hi-Bounce Balls with Confetti - Fun Mix Rubber Toys for Party Favors</t>
   </si>
   <si>
-    <t>$23.62</t>
+    <t>$19.50</t>
   </si>
   <si>
     <t xml:space="preserve">32DCB </t>
   </si>
   <si>
     <t>32mm Diamond Cut Hi-Bounce Ball Set - Transparent Gem Bouncing Toys for Collection, Fun Play, Group Activities - 100 Pieces</t>
   </si>
   <si>
     <t xml:space="preserve">32SPB </t>
   </si>
   <si>
     <t>30mm Sports Hi-Bounce Ball Collection - Mix of 100 Bouncy Tennis, Football, Basketball, Baseball, Soccer Balls</t>
-  </si>
-[...1 lines deleted...]
-    <t>$21.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1030,105 +1027,105 @@
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
         <v>2.041165665</v>
       </c>
       <c r="H11" s="7">
         <v>0.00306766</v>
       </c>
       <c r="I11" s="7">
         <v>100</v>
       </c>
       <c r="J11" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="39">
       <c r="B12" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="7" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
         <v>2.041165665</v>
       </c>
       <c r="H12" s="7">
         <v>0.00306766</v>
       </c>
       <c r="I12" s="7">
         <v>100</v>
       </c>
       <c r="J12" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="39">
       <c r="B13" s="4" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
         <v>2.041165665</v>
       </c>
       <c r="H13" s="7">
         <v>0.00306766</v>
       </c>
       <c r="I13" s="7">
         <v>100</v>
       </c>
       <c r="J13" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E14" s="7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
         <v>2.041165665</v>
       </c>
       <c r="H14" s="7">
         <v>0.00306766</v>
       </c>
       <c r="I14" s="7">
         <v>100</v>
       </c>
       <c r="J14" s="7">
         <v>1000</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>28</v>
       </c>
@@ -1138,51 +1135,51 @@
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
         <v>1.723651234</v>
       </c>
       <c r="H15" s="7">
         <v>0</v>
       </c>
       <c r="I15" s="7">
         <v>100</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
         <v>2.2543540789</v>
       </c>
       <c r="H16" s="7">
         <v>0</v>
       </c>
       <c r="I16" s="7">
         <v>100</v>
       </c>
       <c r="J16" s="7">
         <v>800</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>33</v>
       </c>
@@ -1219,51 +1216,51 @@
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
         <v>0</v>
       </c>
       <c r="H18" s="7">
         <v>0</v>
       </c>
       <c r="I18" s="7">
         <v>100</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
         <v>0</v>
       </c>
       <c r="H19" s="7">
         <v>0</v>
       </c>
       <c r="I19" s="7">
         <v>100</v>
       </c>
       <c r="J19" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>