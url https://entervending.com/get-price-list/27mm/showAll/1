--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1.02&quot; 27mm" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -98,77 +98,50 @@
     <t xml:space="preserve">BA-GLI27 </t>
   </si>
   <si>
     <t>Glitter Ball 27 mm</t>
   </si>
   <si>
     <t>$9.19</t>
   </si>
   <si>
     <t xml:space="preserve">BA-ICE27 </t>
   </si>
   <si>
     <t>Icy Ball 27 mm</t>
   </si>
   <si>
     <t>$9.45</t>
   </si>
   <si>
     <t xml:space="preserve">BA-SGL27 </t>
   </si>
   <si>
     <t>Glow In Dark Smile Face Ball 27 mm</t>
   </si>
   <si>
     <t>$10.00</t>
-  </si>
-[...25 lines deleted...]
-    <t>$13.52</t>
   </si>
   <si>
     <t xml:space="preserve">27V1-24 </t>
   </si>
   <si>
     <t>Bouncy Balls - 27mm 1.06” Icy Bounce Balls Bulk - 24 Pcs Colorful High Bouncing Balls for Party Favors and Party Bag Filler - Vending Machine Toys for Kids</t>
   </si>
   <si>
     <t>$6.08</t>
   </si>
   <si>
     <t xml:space="preserve">27V1-48 </t>
   </si>
   <si>
     <t>Bouncy Balls - 27mm 1.06” Icy Bounce Balls Bulk - 48 Pcs Colorful High Bouncing Balls for Party Favors and Party Bag Filler - Vending Machine Toys for Kids</t>
   </si>
   <si>
     <t>$12.56</t>
   </si>
   <si>
     <t xml:space="preserve">27BAL-24 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - 24 Pcs Small Bouncing Ball - 1.06 Inch - Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
   </si>
@@ -345,51 +318,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bcd3f028187308d51b5a34d5a19323c12.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc4713.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b954.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b0035.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_792e969b37a9358a008b45b9e26ddfe56.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc463bfd36bbd9248e984cfa6ebfa92b7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4beb79d98cf4dff47d15bb92a3de40d98.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55c66a1908a84d31a7c0e2f3df0711ce9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_03b0050c74c6ff91d22d09e581d0952b10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_72c4df6b17cbe6214fb61df54aa180cf11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f399d06a389aee66ec1c4b55073ac2512.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_832f3d8e225783f6c997c298b205f80e13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb121fa131f534a2d927143307c05c3b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc95aeb08621787d1f37ccd056ce952115.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c0f6c6b5d3a77ec09076cbdf81efb816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214ca71f4dcc864a7c6f78aecc4cf13517.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d799c7f1afb7deef07e40c8ef28c61f618.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64b6d486a7df94b27d122db2e5a4dc1c19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb8617e290ab9820c08d0ca79d21e14d20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a37fcf9779d6e5ba4f63228ca72c18a21.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bcd3f028187308d51b5a34d5a19323c12.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc4713.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b954.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b0035.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55c66a1908a84d31a7c0e2f3df0711ce6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_03b0050c74c6ff91d22d09e581d0952b7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_72c4df6b17cbe6214fb61df54aa180cf8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f399d06a389aee66ec1c4b55073ac259.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_832f3d8e225783f6c997c298b205f80e10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb121fa131f534a2d927143307c05c3b11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc95aeb08621787d1f37ccd056ce952112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c0f6c6b5d3a77ec09076cbdf81efb813.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214ca71f4dcc864a7c6f78aecc4cf13514.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d799c7f1afb7deef07e40c8ef28c61f615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64b6d486a7df94b27d122db2e5a4dc1c16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb8617e290ab9820c08d0ca79d21e14d17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a37fcf9779d6e5ba4f63228ca72c18a18.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -654,114 +627,114 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -867,150 +840,60 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1277,66 +1160,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J30"/>
+  <dimension ref="A1:J27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J30" sqref="J30"/>
+      <selection activeCell="J27" sqref="J27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="J4" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="J5" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="J6" s="1" t="s">
@@ -1486,485 +1369,404 @@
       <c r="H13" s="7">
         <v>0.01573158</v>
       </c>
       <c r="I13" s="7">
         <v>144</v>
       </c>
       <c r="J13" s="7">
         <v>864</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>0.36287394399999</v>
+        <v>0.181436972</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00061451</v>
+        <v>0.00060837</v>
       </c>
       <c r="I14" s="7">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>1.043262589</v>
+        <v>0.38555356549999</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00353961</v>
+        <v>0.00117987</v>
       </c>
       <c r="I15" s="7">
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>1.451495776</v>
+        <v>0.2041165935</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00163871</v>
+        <v>0.00060837</v>
       </c>
       <c r="I16" s="7">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="5" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.181436972</v>
+        <v>0.38555356549999</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00060837</v>
+        <v>0.00117987</v>
       </c>
       <c r="I17" s="7">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E18" s="7" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>0.38555356549999</v>
+        <v>1.8007619471</v>
       </c>
       <c r="H18" s="7">
-        <v>0.00117987</v>
+        <v>0.00255638</v>
       </c>
       <c r="I18" s="7">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="J18" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:10" customHeight="1" ht="55">
-      <c r="B19" s="4" t="s">
+    <row r="19" spans="1:10">
+      <c r="B19" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C19" s="8"/>
+      <c r="D19" s="8"/>
+      <c r="E19" s="8"/>
+      <c r="F19" s="8"/>
+      <c r="G19" s="8"/>
+      <c r="H19" s="8"/>
+      <c r="I19" s="8"/>
+      <c r="J19" s="8"/>
+    </row>
+    <row r="20" spans="1:10" customHeight="1" ht="39">
+      <c r="B20" s="4" t="s">
         <v>42</v>
-      </c>
-[...25 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C20" s="5"/>
       <c r="D20" s="5" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>0.38555356549999</v>
+        <v>2.177243376</v>
       </c>
       <c r="H20" s="7">
-        <v>0.00117987</v>
+        <v>0.00452693</v>
       </c>
       <c r="I20" s="7">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="J20" s="7">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="55">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" customHeight="1" ht="39">
       <c r="B21" s="4" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="5" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>1.8007619471</v>
+        <v>2.177243376</v>
       </c>
       <c r="H21" s="7">
-        <v>0.00255638</v>
+        <v>0.00452693</v>
       </c>
       <c r="I21" s="7">
-        <v>144</v>
+        <v>250</v>
       </c>
       <c r="J21" s="7">
-        <v>0</v>
-[...13 lines deleted...]
-      <c r="J22" s="8"/>
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" customHeight="1" ht="39">
+      <c r="B22" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C22" s="5"/>
+      <c r="D22" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G22" s="7">
+        <v>2.177243376</v>
+      </c>
+      <c r="H22" s="7">
+        <v>0.00452693</v>
+      </c>
+      <c r="I22" s="7">
+        <v>250</v>
+      </c>
+      <c r="J22" s="7">
+        <v>2000</v>
+      </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="39">
       <c r="B23" s="4" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C23" s="5"/>
       <c r="D23" s="5" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H23" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I23" s="7">
         <v>250</v>
       </c>
       <c r="J23" s="7">
-        <v>2000</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="39">
       <c r="B24" s="4" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C24" s="5"/>
       <c r="D24" s="5" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H24" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I24" s="7">
         <v>250</v>
       </c>
       <c r="J24" s="7">
-        <v>2000</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="39">
       <c r="B25" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C25" s="5"/>
       <c r="D25" s="5" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H25" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I25" s="7">
         <v>250</v>
       </c>
       <c r="J25" s="7">
-        <v>2000</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="39">
       <c r="B26" s="4" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C26" s="5"/>
       <c r="D26" s="5" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H26" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I26" s="7">
         <v>250</v>
       </c>
       <c r="J26" s="7">
         <v>1500</v>
       </c>
     </row>
-    <row r="27" spans="1:10" customHeight="1" ht="39">
+    <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C27" s="5"/>
       <c r="D27" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>2.177243376</v>
+        <v>0</v>
       </c>
       <c r="H27" s="7">
-        <v>0.00452693</v>
+        <v>0</v>
       </c>
       <c r="I27" s="7">
         <v>250</v>
       </c>
       <c r="J27" s="7">
-        <v>1500</v>
-[...79 lines deleted...]
-      <c r="J30" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
-    <mergeCell ref="B22:J22"/>
+    <mergeCell ref="B19:J19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>