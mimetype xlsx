--- v1 (2025-11-03)
+++ v2 (2025-11-23)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1.02&quot; 27mm" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -98,59 +98,50 @@
     <t xml:space="preserve">BA-GLI27 </t>
   </si>
   <si>
     <t>Glitter Ball 27 mm</t>
   </si>
   <si>
     <t>$9.19</t>
   </si>
   <si>
     <t xml:space="preserve">BA-ICE27 </t>
   </si>
   <si>
     <t>Icy Ball 27 mm</t>
   </si>
   <si>
     <t>$9.45</t>
   </si>
   <si>
     <t xml:space="preserve">BA-SGL27 </t>
   </si>
   <si>
     <t>Glow In Dark Smile Face Ball 27 mm</t>
   </si>
   <si>
     <t>$10.00</t>
-  </si>
-[...7 lines deleted...]
-    <t>$6.08</t>
   </si>
   <si>
     <t xml:space="preserve">27V1-48 </t>
   </si>
   <si>
     <t>Bouncy Balls - 27mm 1.06” Icy Bounce Balls Bulk - 48 Pcs Colorful High Bouncing Balls for Party Favors and Party Bag Filler - Vending Machine Toys for Kids</t>
   </si>
   <si>
     <t>$12.56</t>
   </si>
   <si>
     <t xml:space="preserve">27BAL-24 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - 24 Pcs Small Bouncing Ball - 1.06 Inch - Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
   </si>
   <si>
     <t>$6.46</t>
   </si>
   <si>
     <t xml:space="preserve">27BAL-48 </t>
   </si>
   <si>
     <t>Entervending Bouncy Balls - 48 Pcs Small Bouncing Balls - 1.06 Inch Bounce Balls - Hot Colored Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
   </si>
@@ -318,51 +309,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bcd3f028187308d51b5a34d5a19323c12.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc4713.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b954.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b0035.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55c66a1908a84d31a7c0e2f3df0711ce6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_03b0050c74c6ff91d22d09e581d0952b7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_72c4df6b17cbe6214fb61df54aa180cf8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f399d06a389aee66ec1c4b55073ac259.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_832f3d8e225783f6c997c298b205f80e10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb121fa131f534a2d927143307c05c3b11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc95aeb08621787d1f37ccd056ce952112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c0f6c6b5d3a77ec09076cbdf81efb813.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214ca71f4dcc864a7c6f78aecc4cf13514.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d799c7f1afb7deef07e40c8ef28c61f615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64b6d486a7df94b27d122db2e5a4dc1c16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb8617e290ab9820c08d0ca79d21e14d17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a37fcf9779d6e5ba4f63228ca72c18a18.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bcd3f028187308d51b5a34d5a19323c12.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc4713.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b954.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b0035.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_03b0050c74c6ff91d22d09e581d0952b6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_72c4df6b17cbe6214fb61df54aa180cf7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f399d06a389aee66ec1c4b55073ac258.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_832f3d8e225783f6c997c298b205f80e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb121fa131f534a2d927143307c05c3b10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc95aeb08621787d1f37ccd056ce952111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c0f6c6b5d3a77ec09076cbdf81efb812.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214ca71f4dcc864a7c6f78aecc4cf13513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d799c7f1afb7deef07e40c8ef28c61f614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64b6d486a7df94b27d122db2e5a4dc1c15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb8617e290ab9820c08d0ca79d21e14d16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a37fcf9779d6e5ba4f63228ca72c18a17.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -597,54 +588,54 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -810,90 +801,60 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1160,54 +1121,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J27"/>
+  <dimension ref="A1:J26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J27" sqref="J27"/>
+      <selection activeCell="J26" sqref="J26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1369,404 +1330,377 @@
       <c r="H13" s="7">
         <v>0.01573158</v>
       </c>
       <c r="I13" s="7">
         <v>144</v>
       </c>
       <c r="J13" s="7">
         <v>864</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>0.181436972</v>
+        <v>0.38555356549999</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00060837</v>
+        <v>0.00117987</v>
       </c>
       <c r="I14" s="7">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.38555356549999</v>
+        <v>0.2041165935</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00117987</v>
+        <v>0.00060837</v>
       </c>
       <c r="I15" s="7">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="J15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.2041165935</v>
+        <v>0.38555356549999</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00060837</v>
+        <v>0.00117987</v>
       </c>
       <c r="I16" s="7">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E17" s="7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>0.38555356549999</v>
+        <v>1.8007619471</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00117987</v>
+        <v>0.00255638</v>
       </c>
       <c r="I17" s="7">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:10" customHeight="1" ht="55">
-      <c r="B18" s="4" t="s">
+    <row r="18" spans="1:10">
+      <c r="B18" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="C18" s="5"/>
-      <c r="D18" s="5" t="s">
+      <c r="C18" s="8"/>
+      <c r="D18" s="8"/>
+      <c r="E18" s="8"/>
+      <c r="F18" s="8"/>
+      <c r="G18" s="8"/>
+      <c r="H18" s="8"/>
+      <c r="I18" s="8"/>
+      <c r="J18" s="8"/>
+    </row>
+    <row r="19" spans="1:10" customHeight="1" ht="39">
+      <c r="B19" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="E18" s="7" t="s">
+      <c r="C19" s="5"/>
+      <c r="D19" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="F18" s="7" t="s">
+      <c r="E19" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="G18" s="7">
-[...23 lines deleted...]
-      <c r="J19" s="8"/>
+      <c r="G19" s="7">
+        <v>2.177243376</v>
+      </c>
+      <c r="H19" s="7">
+        <v>0.00452693</v>
+      </c>
+      <c r="I19" s="7">
+        <v>250</v>
+      </c>
+      <c r="J19" s="7">
+        <v>2000</v>
+      </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="39">
       <c r="B20" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C20" s="5"/>
       <c r="D20" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H20" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I20" s="7">
         <v>250</v>
       </c>
       <c r="J20" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="39">
       <c r="B21" s="4" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E21" s="7" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H21" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I21" s="7">
         <v>250</v>
       </c>
       <c r="J21" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="39">
       <c r="B22" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="5" t="s">
         <v>47</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H22" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I22" s="7">
         <v>250</v>
       </c>
       <c r="J22" s="7">
-        <v>2000</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="39">
       <c r="B23" s="4" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C23" s="5"/>
       <c r="D23" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E23" s="7" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H23" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I23" s="7">
         <v>250</v>
       </c>
       <c r="J23" s="7">
         <v>1500</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="39">
       <c r="B24" s="4" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="5"/>
       <c r="D24" s="5" t="s">
         <v>52</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H24" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I24" s="7">
         <v>250</v>
       </c>
       <c r="J24" s="7">
         <v>1500</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="39">
       <c r="B25" s="4" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C25" s="5"/>
       <c r="D25" s="5" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H25" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I25" s="7">
         <v>250</v>
       </c>
       <c r="J25" s="7">
         <v>1500</v>
       </c>
     </row>
-    <row r="26" spans="1:10" customHeight="1" ht="39">
+    <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C26" s="5"/>
       <c r="D26" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>2.177243376</v>
+        <v>0</v>
       </c>
       <c r="H26" s="7">
-        <v>0.00452693</v>
+        <v>0</v>
       </c>
       <c r="I26" s="7">
         <v>250</v>
       </c>
       <c r="J26" s="7">
-        <v>1500</v>
-[...25 lines deleted...]
-      <c r="J27" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
-    <mergeCell ref="B19:J19"/>
+    <mergeCell ref="B18:J18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>