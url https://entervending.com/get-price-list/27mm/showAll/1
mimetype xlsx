--- v2 (2025-11-23)
+++ v3 (2026-03-14)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1.02&quot; 27mm" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -67,159 +67,261 @@
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>1.02"/27mm</t>
   </si>
   <si>
     <t xml:space="preserve">27MIB2 </t>
   </si>
   <si>
     <t>Bouncy Ball Collection 27mm High-Quality Hi-Bounce Balls Mix 250 Piece Assorted Fun Variety Pack</t>
   </si>
   <si>
+    <t>$24.00</t>
+  </si>
+  <si>
+    <t>Package</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60-45-32-25MIX-50 </t>
+  </si>
+  <si>
+    <t>50 pcs Mega Mix Bouncing Balls Assorted Pack - 4 Sizes: 60mm, 45mm, 32mm and 25mm - Bouncy Balls for Kids - Bouncy Ball Toys for Capsule Vending Machine - Party Favors</t>
+  </si>
+  <si>
+    <t>$22.65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-BAL27 </t>
+  </si>
+  <si>
+    <t>144 pcs Solid Color Hi-Bounce Ball 27 mm</t>
+  </si>
+  <si>
+    <t>$14.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-GLI27 </t>
+  </si>
+  <si>
+    <t>144 pcs Glitter Ball 27 mm</t>
+  </si>
+  <si>
+    <t>$9.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-ICE27 </t>
+  </si>
+  <si>
+    <t>144 pcs Icy Ball 27 mm</t>
+  </si>
+  <si>
+    <t>$10.11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BA-SGL27 </t>
+  </si>
+  <si>
+    <t>144 pcs Glow In Dark Smile Face Ball 27 mm</t>
+  </si>
+  <si>
+    <t>$11.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BASGL-48 </t>
+  </si>
+  <si>
+    <t>48 pcs Sparkle Bouncing Balls 27 mm</t>
+  </si>
+  <si>
+    <t>$10.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BA-SGL-24 </t>
+  </si>
+  <si>
+    <t>24 pcs Sparkle Bouncing Balls 27 mm</t>
+  </si>
+  <si>
+    <t>$6.36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BASGL-144 </t>
+  </si>
+  <si>
+    <t>144 pcs Sparkle Bouncing Balls 27 mm</t>
+  </si>
+  <si>
+    <t>$15.17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27V1-144 </t>
+  </si>
+  <si>
+    <t>144 Pcs Bouncy Balls - 27mm 1.06” Icy Bounce Balls Bulk - Colorful High Bouncing Balls for Party Favors and Party Bag Filler - Vending Machine Toys for Kids</t>
+  </si>
+  <si>
+    <t>$21.78</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27V1-24 </t>
+  </si>
+  <si>
+    <t>24 Pcs Bouncy Balls - 27mm 1.06” Icy Bounce Balls Bulk - Colorful High Bouncing Balls for Party Favors and Party Bag Filler - Vending Machine Toys for Kids</t>
+  </si>
+  <si>
+    <t>$8.16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27V1-48 </t>
+  </si>
+  <si>
+    <t>48 Pcs Bouncy Balls - 27mm 1.06” Icy Bounce Balls Bulk - Colorful High Bouncing Balls for Party Favors and Party Bag Filler - Vending Machine Toys for Kids</t>
+  </si>
+  <si>
+    <t>$12.56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BAL-24 </t>
+  </si>
+  <si>
+    <t>24 Pcs Entervending Bouncy Balls - Small Bouncing Ball - 1.06 Inch - Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+  </si>
+  <si>
+    <t>$6.46</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BAL-48 </t>
+  </si>
+  <si>
+    <t>48 Pcs Entervending Bouncy Balls - Small Bouncing Balls - 1.06 Inch Bounce Balls - Hot Colored Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BAL-144 </t>
+  </si>
+  <si>
+    <t>144 Pcs Entervending Bouncy Balls - Small Bouncing Balls - 1.06 Inch Bounce Balls - Hot Colored Bouncing Balls for Kids - Vending Machine Toys - Bouncy Ball Vending Machine Refill in Bulk</t>
+  </si>
+  <si>
+    <t>$12.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BA-MAR-144 </t>
+  </si>
+  <si>
+    <t>144 pcs Bouncing Balls 27 mm</t>
+  </si>
+  <si>
+    <t>$19.09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BA-MAR-24 </t>
+  </si>
+  <si>
+    <t>24 pcs Bouncing Balls 27 mm</t>
+  </si>
+  <si>
+    <t>$4.77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BA-MAR-48 </t>
+  </si>
+  <si>
+    <t>48 pcs Bouncing Balls 27 mm</t>
+  </si>
+  <si>
+    <t>$8.48</t>
+  </si>
+  <si>
+    <t>1.02"/27mm – Small Packs</t>
+  </si>
+  <si>
+    <t>1.02"/27mm - 144 Count</t>
+  </si>
+  <si>
+    <t>1.02"/27mm - 100 Count</t>
+  </si>
+  <si>
+    <t>1.02"/27mm - 250 Count</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27FRB </t>
+  </si>
+  <si>
+    <t>27mm Rubber Hi-Bounce Balls for Party Favors and Vending Machines - Bulk Pack of 250 Semi-Translucent Fun Toys</t>
+  </si>
+  <si>
+    <t>$25.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27ICB </t>
+  </si>
+  <si>
+    <t>27mm Icy Hi-Bounce Ball Pack - Textured Frost Spheres for Bouncing Fun - Unique Colorful Design - Assorted Plastic Toy Collection</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27SPB </t>
+  </si>
+  <si>
+    <t>Sports Fan Bouncy Ball Variety Pack - 250 Piece Set for Party Favors, Kids Toy, Indoor and Outdoor Playtime, Non-Toxic Assorted Sports Balls</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BOB2 </t>
+  </si>
+  <si>
+    <t>27mm Hi-Bounce Toy Balls: Mini Bowling Fun for Kids, Party Decorations &amp; Collectible Swirl Mix, 250 Bag</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27HAB2 </t>
+  </si>
+  <si>
+    <t>27mm Happy Face Hi-Bounce Balls - 250 Pack Super Bouncy Emoji Toy Ball - Ultimate Party Supplies &amp; Fun Kids' Play Collectible Novelty</t>
+  </si>
+  <si>
+    <t>$27.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27NSB2 </t>
+  </si>
+  <si>
+    <t>27mm Hi-Bounce Spot Ball Collection 250 pcs - Mix Assortment for Playful Spots Drama, Motion Play, Bouncing Excitement, and Sensory Fun</t>
+  </si>
+  <si>
     <t>$28.50</t>
-  </si>
-[...106 lines deleted...]
-    <t>27mm Hi-Bounce Spot Ball Collection 250 pcs - Mix Assortment for Playful Spots Drama, Motion Play, Bouncing Excitement, and Sensory Fun</t>
   </si>
   <si>
     <t xml:space="preserve">27PRB2 </t>
   </si>
   <si>
     <t>Premium Hi-Bounce Balls: Perfect Mix for Vending Machine Success</t>
   </si>
   <si>
     <t xml:space="preserve">27COB </t>
   </si>
   <si>
     <t>27mm High Bounce Translucent Rubber Balls with Mixed Colors Confetti - Fun Party Favors 250 Pcs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -309,51 +411,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bcd3f028187308d51b5a34d5a19323c12.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc4713.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b954.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b0035.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_03b0050c74c6ff91d22d09e581d0952b6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_72c4df6b17cbe6214fb61df54aa180cf7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f399d06a389aee66ec1c4b55073ac258.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_832f3d8e225783f6c997c298b205f80e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb121fa131f534a2d927143307c05c3b10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc95aeb08621787d1f37ccd056ce952111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c0f6c6b5d3a77ec09076cbdf81efb812.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214ca71f4dcc864a7c6f78aecc4cf13513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d799c7f1afb7deef07e40c8ef28c61f614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64b6d486a7df94b27d122db2e5a4dc1c15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb8617e290ab9820c08d0ca79d21e14d16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a37fcf9779d6e5ba4f63228ca72c18a17.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bcd3f028187308d51b5a34d5a19323c12.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e1598e2a41361259ceaa52ce64403c7a3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc3b94b1725d746946598be8acbf118a4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_09b351580cd0a17095c2d347f21fc4715.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_720e95335e1a768b6992053b99298b956.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e47098486e4b79b1ab0f32fcb4d7b0037.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_792e969b37a9358a008b45b9e26ddfe58.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6392020a059874910085656e410803d59.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc463bfd36bbd9248e984cfa6ebfa92b10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4beb79d98cf4dff47d15bb92a3de40d911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_55c66a1908a84d31a7c0e2f3df0711ce12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_03b0050c74c6ff91d22d09e581d0952b13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_72c4df6b17cbe6214fb61df54aa180cf14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f399d06a389aee66ec1c4b55073ac2515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_832f3d8e225783f6c997c298b205f80e16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_320b8e1eda48e4ab5c02bdf9be94f52717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_102e060651ca39c662e2620b2163be5918.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e0452a1008a6ee3a394cd0556fe610f219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb121fa131f534a2d927143307c05c3b20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_fc95aeb08621787d1f37ccd056ce952121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d6c0f6c6b5d3a77ec09076cbdf81efb822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_214ca71f4dcc864a7c6f78aecc4cf13523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d799c7f1afb7deef07e40c8ef28c61f624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_64b6d486a7df94b27d122db2e5a4dc1c25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb8617e290ab9820c08d0ca79d21e14d26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7a37fcf9779d6e5ba4f63228ca72c18a27.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -588,273 +690,573 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>19</xdr:row>
+        <xdr:cNvPr id="20" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>20</xdr:row>
+        <xdr:cNvPr id="21" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>21</xdr:row>
+        <xdr:cNvPr id="22" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>22</xdr:row>
+        <xdr:cNvPr id="23" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>23</xdr:row>
+        <xdr:cNvPr id="24" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>24</xdr:row>
+        <xdr:cNvPr id="25" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>25</xdr:row>
+        <xdr:cNvPr id="26" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <xdr:cNvPr id="27" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1121,66 +1523,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J26"/>
+  <dimension ref="A1:J39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J26" sqref="J26"/>
+      <selection activeCell="J39" sqref="J39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="J4" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="J5" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="J6" s="1" t="s">
@@ -1249,458 +1651,770 @@
       <c r="H10" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I10" s="7">
         <v>250</v>
       </c>
       <c r="J10" s="7">
         <v>1500</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="55">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
-        <v>1.0523342984</v>
+        <v>1.3650002355233</v>
       </c>
       <c r="H11" s="7">
+        <v>0.00382754</v>
+      </c>
+      <c r="I11" s="7">
+        <v>50</v>
+      </c>
+      <c r="J11" s="7">
         <v>0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1728</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="55">
       <c r="B12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>1.0523342984</v>
+        <v>2.0094141991</v>
       </c>
       <c r="H12" s="7">
-        <v>0</v>
+        <v>0.00419509</v>
       </c>
       <c r="I12" s="7">
         <v>144</v>
       </c>
       <c r="J12" s="7">
-        <v>1728</v>
+        <v>864</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="55">
       <c r="B13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
         <v>1.0523342984</v>
       </c>
       <c r="H13" s="7">
-        <v>0.01573158</v>
+        <v>0.00419509</v>
       </c>
       <c r="I13" s="7">
         <v>144</v>
       </c>
       <c r="J13" s="7">
-        <v>864</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>0.38555356549999</v>
+        <v>1.0523342984</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00117987</v>
+        <v>0.00209754</v>
       </c>
       <c r="I14" s="7">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="J14" s="7">
-        <v>0</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="55">
       <c r="B15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>0.2041165935</v>
+        <v>1.0523342984</v>
       </c>
       <c r="H15" s="7">
-        <v>0.00060837</v>
+        <v>0.00209754</v>
       </c>
       <c r="I15" s="7">
-        <v>24</v>
+        <v>144</v>
       </c>
       <c r="J15" s="7">
-        <v>0</v>
+        <v>864</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>0.38555356549999</v>
+        <v>0.36287394399999</v>
       </c>
       <c r="H16" s="7">
-        <v>0.00117987</v>
+        <v>0.00061451</v>
       </c>
       <c r="I16" s="7">
         <v>48</v>
       </c>
       <c r="J16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>1.8007619471</v>
+        <v>0.1995806692</v>
       </c>
       <c r="H17" s="7">
-        <v>0.00255638</v>
+        <v>0.00057664</v>
       </c>
       <c r="I17" s="7">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:10">
-[...12 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="39">
+    <row r="18" spans="1:10" customHeight="1" ht="55">
+      <c r="B18" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C18" s="5"/>
+      <c r="D18" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G18" s="7">
+        <v>1.043262589</v>
+      </c>
+      <c r="H18" s="7">
+        <v>0.00353961</v>
+      </c>
+      <c r="I18" s="7">
+        <v>144</v>
+      </c>
+      <c r="J18" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C19" s="5"/>
       <c r="D19" s="5" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>2.177243376</v>
+        <v>1.451495776</v>
       </c>
       <c r="H19" s="7">
-        <v>0.00452693</v>
+        <v>0.00163871</v>
       </c>
       <c r="I19" s="7">
-        <v>250</v>
+        <v>144</v>
       </c>
       <c r="J19" s="7">
-        <v>2000</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C20" s="5"/>
       <c r="D20" s="5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>2.177243376</v>
+        <v>0.181436972</v>
       </c>
       <c r="H20" s="7">
-        <v>0.00452693</v>
+        <v>0.00060837</v>
       </c>
       <c r="I20" s="7">
-        <v>250</v>
+        <v>24</v>
       </c>
       <c r="J20" s="7">
-        <v>2000</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>2.177243376</v>
+        <v>0.38555356549999</v>
       </c>
       <c r="H21" s="7">
-        <v>0.00452693</v>
+        <v>0.00117987</v>
       </c>
       <c r="I21" s="7">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="J21" s="7">
-        <v>2000</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="5" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>2.177243376</v>
+        <v>0.2041165935</v>
       </c>
       <c r="H22" s="7">
-        <v>0.00452693</v>
+        <v>0.00060837</v>
       </c>
       <c r="I22" s="7">
-        <v>250</v>
+        <v>24</v>
       </c>
       <c r="J22" s="7">
-        <v>1500</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C23" s="5"/>
       <c r="D23" s="5" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>50</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>2.177243376</v>
+        <v>0.38555356549999</v>
       </c>
       <c r="H23" s="7">
-        <v>0.00452693</v>
+        <v>0.00117987</v>
       </c>
       <c r="I23" s="7">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="J23" s="7">
-        <v>1500</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="C24" s="5"/>
       <c r="D24" s="5" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>2.177243376</v>
+        <v>1.8007619471</v>
       </c>
       <c r="H24" s="7">
-        <v>0.00452693</v>
+        <v>0.00255638</v>
       </c>
       <c r="I24" s="7">
-        <v>250</v>
+        <v>144</v>
       </c>
       <c r="J24" s="7">
-        <v>1500</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="C25" s="5"/>
       <c r="D25" s="5" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>2.177243376</v>
+        <v>3.3070017934766</v>
       </c>
       <c r="H25" s="7">
-        <v>0.00452693</v>
+        <v>0.00209754</v>
       </c>
       <c r="I25" s="7">
-        <v>250</v>
+        <v>144</v>
       </c>
       <c r="J25" s="7">
-        <v>1500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C26" s="5"/>
       <c r="D26" s="5" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
+        <v>0.55</v>
+      </c>
+      <c r="H26" s="7">
+        <v>0.00104877</v>
+      </c>
+      <c r="I26" s="7">
+        <v>24</v>
+      </c>
+      <c r="J26" s="7">
         <v>0</v>
       </c>
-      <c r="H26" s="7">
+    </row>
+    <row r="27" spans="1:10" customHeight="1" ht="55">
+      <c r="B27" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C27" s="5"/>
+      <c r="D27" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G27" s="7">
+        <v>1.1</v>
+      </c>
+      <c r="H27" s="7">
+        <v>0.00157316</v>
+      </c>
+      <c r="I27" s="7">
+        <v>48</v>
+      </c>
+      <c r="J27" s="7">
         <v>0</v>
       </c>
-      <c r="I26" s="7">
+    </row>
+    <row r="28" spans="1:10">
+      <c r="B28" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C28" s="8"/>
+      <c r="D28" s="8"/>
+      <c r="E28" s="8"/>
+      <c r="F28" s="8"/>
+      <c r="G28" s="8"/>
+      <c r="H28" s="8"/>
+      <c r="I28" s="8"/>
+      <c r="J28" s="8"/>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="B29" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C29" s="8"/>
+      <c r="D29" s="8"/>
+      <c r="E29" s="8"/>
+      <c r="F29" s="8"/>
+      <c r="G29" s="8"/>
+      <c r="H29" s="8"/>
+      <c r="I29" s="8"/>
+      <c r="J29" s="8"/>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="B30" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C30" s="8"/>
+      <c r="D30" s="8"/>
+      <c r="E30" s="8"/>
+      <c r="F30" s="8"/>
+      <c r="G30" s="8"/>
+      <c r="H30" s="8"/>
+      <c r="I30" s="8"/>
+      <c r="J30" s="8"/>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="B31" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C31" s="8"/>
+      <c r="D31" s="8"/>
+      <c r="E31" s="8"/>
+      <c r="F31" s="8"/>
+      <c r="G31" s="8"/>
+      <c r="H31" s="8"/>
+      <c r="I31" s="8"/>
+      <c r="J31" s="8"/>
+    </row>
+    <row r="32" spans="1:10" customHeight="1" ht="39">
+      <c r="B32" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C32" s="5"/>
+      <c r="D32" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="7">
+        <v>2.177243376</v>
+      </c>
+      <c r="H32" s="7">
+        <v>0.00452693</v>
+      </c>
+      <c r="I32" s="7">
         <v>250</v>
       </c>
-      <c r="J26" s="7">
+      <c r="J32" s="7">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" customHeight="1" ht="39">
+      <c r="B33" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C33" s="5"/>
+      <c r="D33" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="7">
+        <v>2.177243376</v>
+      </c>
+      <c r="H33" s="7">
+        <v>0.00452693</v>
+      </c>
+      <c r="I33" s="7">
+        <v>250</v>
+      </c>
+      <c r="J33" s="7">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" customHeight="1" ht="39">
+      <c r="B34" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C34" s="5"/>
+      <c r="D34" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="7">
+        <v>2.177243376</v>
+      </c>
+      <c r="H34" s="7">
+        <v>0.00452693</v>
+      </c>
+      <c r="I34" s="7">
+        <v>250</v>
+      </c>
+      <c r="J34" s="7">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" customHeight="1" ht="39">
+      <c r="B35" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C35" s="5"/>
+      <c r="D35" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G35" s="7">
+        <v>2.177243376</v>
+      </c>
+      <c r="H35" s="7">
+        <v>0.00452693</v>
+      </c>
+      <c r="I35" s="7">
+        <v>250</v>
+      </c>
+      <c r="J35" s="7">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" customHeight="1" ht="39">
+      <c r="B36" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C36" s="5"/>
+      <c r="D36" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G36" s="7">
+        <v>2.177243376</v>
+      </c>
+      <c r="H36" s="7">
+        <v>0.00452693</v>
+      </c>
+      <c r="I36" s="7">
+        <v>250</v>
+      </c>
+      <c r="J36" s="7">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" customHeight="1" ht="39">
+      <c r="B37" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="C37" s="5"/>
+      <c r="D37" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="7">
+        <v>2.177243376</v>
+      </c>
+      <c r="H37" s="7">
+        <v>0.00452693</v>
+      </c>
+      <c r="I37" s="7">
+        <v>250</v>
+      </c>
+      <c r="J37" s="7">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" customHeight="1" ht="39">
+      <c r="B38" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C38" s="5"/>
+      <c r="D38" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G38" s="7">
+        <v>2.177243376</v>
+      </c>
+      <c r="H38" s="7">
+        <v>0.00452693</v>
+      </c>
+      <c r="I38" s="7">
+        <v>250</v>
+      </c>
+      <c r="J38" s="7">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" customHeight="1" ht="55">
+      <c r="B39" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C39" s="5"/>
+      <c r="D39" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G39" s="7">
+        <v>0</v>
+      </c>
+      <c r="H39" s="7">
+        <v>0</v>
+      </c>
+      <c r="I39" s="7">
+        <v>250</v>
+      </c>
+      <c r="J39" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
-    <mergeCell ref="B18:J18"/>
+    <mergeCell ref="B28:J28"/>
+    <mergeCell ref="B29:J29"/>
+    <mergeCell ref="B30:J30"/>
+    <mergeCell ref="B31:J31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>