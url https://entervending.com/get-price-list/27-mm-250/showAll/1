--- v0 (2025-10-06)
+++ v1 (2026-01-09)
@@ -67,90 +67,90 @@
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>1.02"/27mm - 250 Count</t>
   </si>
   <si>
     <t xml:space="preserve">27FRB </t>
   </si>
   <si>
     <t>27mm Rubber Hi-Bounce Balls for Party Favors and Vending Machines - Bulk Pack of 250 Semi-Translucent Fun Toys</t>
   </si>
   <si>
+    <t>$25.50</t>
+  </si>
+  <si>
+    <t>Package</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27ICB </t>
+  </si>
+  <si>
+    <t>27mm Icy Hi-Bounce Ball Pack - Textured Frost Spheres for Bouncing Fun - Unique Colorful Design - Assorted Plastic Toy Collection</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27SPB </t>
+  </si>
+  <si>
+    <t>Sports Fan Bouncy Ball Variety Pack - 250 Piece Set for Party Favors, Kids Toy, Indoor and Outdoor Playtime, Non-Toxic Assorted Sports Balls</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27BOB2 </t>
+  </si>
+  <si>
+    <t>27mm Hi-Bounce Toy Balls: Mini Bowling Fun for Kids, Party Decorations &amp; Collectible Swirl Mix, 250 Bag</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27HAB2 </t>
+  </si>
+  <si>
+    <t>27mm Happy Face Hi-Bounce Balls - 250 Pack Super Bouncy Emoji Toy Ball - Ultimate Party Supplies &amp; Fun Kids' Play Collectible Novelty</t>
+  </si>
+  <si>
+    <t>$27.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27NSB2 </t>
+  </si>
+  <si>
+    <t>27mm Hi-Bounce Spot Ball Collection 250 pcs - Mix Assortment for Playful Spots Drama, Motion Play, Bouncing Excitement, and Sensory Fun</t>
+  </si>
+  <si>
     <t>$28.50</t>
-  </si>
-[...37 lines deleted...]
-    <t>27mm Hi-Bounce Spot Ball Collection 250 pcs - Mix Assortment for Playful Spots Drama, Motion Play, Bouncing Excitement, and Sensory Fun</t>
   </si>
   <si>
     <t xml:space="preserve">27PRB2 </t>
   </si>
   <si>
     <t>Premium Hi-Bounce Balls: Perfect Mix for Vending Machine Success</t>
   </si>
   <si>
     <t xml:space="preserve">27COB </t>
   </si>
   <si>
     <t>27mm High Bounce Translucent Rubber Balls with Mixed Colors Confetti - Fun Party Favors 250 Pcs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -952,186 +952,186 @@
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H11" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I11" s="7">
         <v>250</v>
       </c>
       <c r="J11" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="39">
       <c r="B12" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="7" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H12" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I12" s="7">
         <v>250</v>
       </c>
       <c r="J12" s="7">
         <v>2000</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="39">
       <c r="B13" s="4" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H13" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I13" s="7">
         <v>250</v>
       </c>
       <c r="J13" s="7">
         <v>1500</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="39">
       <c r="B14" s="4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E14" s="7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H14" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I14" s="7">
         <v>250</v>
       </c>
       <c r="J14" s="7">
         <v>1500</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="39">
       <c r="B15" s="4" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E15" s="7" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H15" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I15" s="7">
         <v>250</v>
       </c>
       <c r="J15" s="7">
         <v>1500</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="39">
       <c r="B16" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
         <v>2.177243376</v>
       </c>
       <c r="H16" s="7">
         <v>0.00452693</v>
       </c>
       <c r="I16" s="7">
         <v>250</v>
       </c>
       <c r="J16" s="7">
         <v>1500</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
         <v>0</v>
       </c>
       <c r="H17" s="7">
         <v>0</v>
       </c>
       <c r="I17" s="7">
         <v>250</v>
       </c>
       <c r="J17" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>