--- v0 (2025-10-27)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1&quot; 25mm" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -98,59 +98,50 @@
     <t xml:space="preserve">25E0001-24 </t>
   </si>
   <si>
     <t>Bouncy Balls - 24 Pcs Glitter Bouncing Balls - Assorted Colors 1</t>
   </si>
   <si>
     <t>$6.72</t>
   </si>
   <si>
     <t xml:space="preserve">25E0001-48 </t>
   </si>
   <si>
     <t>Bouncy Balls - 48 Pcs Glitter Bouncing Balls - Assorted Colors 1</t>
   </si>
   <si>
     <t>$13.68</t>
   </si>
   <si>
     <t xml:space="preserve">25E0001-144 </t>
   </si>
   <si>
     <t>Bouncy Balls - 144 Pcs Glitter Bouncing Balls - Assorted Colors 1</t>
   </si>
   <si>
     <t>$39.05</t>
-  </si>
-[...7 lines deleted...]
-    <t>$5.98</t>
   </si>
   <si>
     <t xml:space="preserve">25V0-50 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Balls 25 mm 50 pcs</t>
   </si>
   <si>
     <t>$6.74</t>
   </si>
   <si>
     <t>1"/25mm - 100 Count</t>
   </si>
   <si>
     <t xml:space="preserve">25V0-100 </t>
   </si>
   <si>
     <t>Frosty Hi-Bounce Balls 25 mm</t>
   </si>
   <si>
     <t>$6.82</t>
   </si>
 </sst>
 </file>
 
@@ -249,51 +240,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c4244a4a038dcfa7358909e90945eac72.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e53ccdacbe86b5bee130f7a40ffcac373.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da6e2de91b05fea919fddcbc669688c04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fae57f4732e16808ff5d24ec9cb601a5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eac8211795cc23ed0a3952652f39ceae6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_861c38894df90a29982dd00d7a97b09c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bea9207fae8e0a34da4d5439c8fd18258.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c4244a4a038dcfa7358909e90945eac72.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e53ccdacbe86b5bee130f7a40ffcac373.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_da6e2de91b05fea919fddcbc669688c04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0fae57f4732e16808ff5d24ec9cb601a5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_861c38894df90a29982dd00d7a97b09c6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bea9207fae8e0a34da4d5439c8fd18257.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -438,93 +429,63 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -791,54 +752,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J17"/>
+  <dimension ref="A1:J16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J17" sqref="J17"/>
+      <selection activeCell="J16" sqref="J16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1000,134 +961,107 @@
       <c r="H13" s="7">
         <v>0.00256867</v>
       </c>
       <c r="I13" s="7">
         <v>144</v>
       </c>
       <c r="J13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="55">
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>0.181436972</v>
+        <v>0.34019432249999</v>
       </c>
       <c r="H14" s="7">
-        <v>0.00092177</v>
+        <v>0.00154858</v>
       </c>
       <c r="I14" s="7">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J14" s="7">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:10" customHeight="1" ht="55">
-      <c r="B15" s="4" t="s">
+    <row r="15" spans="1:10">
+      <c r="B15" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="C15" s="5"/>
-      <c r="D15" s="5" t="s">
+      <c r="C15" s="8"/>
+      <c r="D15" s="8"/>
+      <c r="E15" s="8"/>
+      <c r="F15" s="8"/>
+      <c r="G15" s="8"/>
+      <c r="H15" s="8"/>
+      <c r="I15" s="8"/>
+      <c r="J15" s="8"/>
+    </row>
+    <row r="16" spans="1:10" customHeight="1" ht="39">
+      <c r="B16" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="E15" s="7" t="s">
+      <c r="C16" s="5"/>
+      <c r="D16" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="F15" s="7" t="s">
+      <c r="E16" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="G15" s="7">
-[...39 lines deleted...]
-      <c r="G17" s="7">
+      <c r="G16" s="7">
         <v>0.6985323421999901</v>
       </c>
-      <c r="H17" s="7">
+      <c r="H16" s="7">
         <v>0.00296653</v>
       </c>
-      <c r="I17" s="7">
+      <c r="I16" s="7">
         <v>100</v>
       </c>
-      <c r="J17" s="7">
+      <c r="J16" s="7">
         <v>1200</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
-    <mergeCell ref="B16:J16"/>
+    <mergeCell ref="B15:J15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>