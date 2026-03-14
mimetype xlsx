--- v0 (2025-10-09)
+++ v1 (2026-03-14)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1&quot; 25mm - 850 Count" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -67,299 +67,341 @@
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>1"/25mm - 850 Count</t>
   </si>
   <si>
     <t xml:space="preserve">91008-850 </t>
   </si>
   <si>
     <t>Assorted Fruit Gumballs (8 Flavors) 25 mm</t>
   </si>
   <si>
+    <t>$44.37</t>
+  </si>
+  <si>
+    <t>Case</t>
+  </si>
+  <si>
+    <t xml:space="preserve">94008-850 </t>
+  </si>
+  <si>
+    <t>Assorted Fruit Gumballs (10 Colors) Mix 25 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4508-850 </t>
+  </si>
+  <si>
+    <t>Berry Blast Gumballs 25 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5108-850 </t>
+  </si>
+  <si>
+    <t>Black Cherry Gumballs 25 mm</t>
+  </si>
+  <si>
+    <t>$52.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5308-850 </t>
+  </si>
+  <si>
+    <t>Blueberry Smoothie Gumballs 25 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5489-850 </t>
+  </si>
+  <si>
+    <t>Cotton Candy Gumballs 25 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">90508-850 </t>
+  </si>
+  <si>
+    <t>Grape Gumballs 25 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">92608-850 </t>
+  </si>
+  <si>
+    <t>Green Apple Gumballs 25 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5708-850 </t>
+  </si>
+  <si>
+    <t>Limeade Gumballs 25 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">248-850 </t>
+  </si>
+  <si>
+    <t>Painterz Gumballs 25 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9608-850 </t>
+  </si>
+  <si>
+    <t>Pink Lemonade Gumballs 25 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8208-850 </t>
+  </si>
+  <si>
+    <t>Smile Face Gumballs 25 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6508-850 </t>
+  </si>
+  <si>
+    <t>Watermelon Round Gumballs 25 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4108-850 </t>
+  </si>
+  <si>
+    <t>Fancy Fruit Gumballs 25 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7308-850 </t>
+  </si>
+  <si>
+    <t>Cry Baby Guts Filled Gumballs 25 mm</t>
+  </si>
+  <si>
+    <t>$77.04</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8708-850 </t>
+  </si>
+  <si>
+    <t>Splat Gumballs 25 mm</t>
+  </si>
+  <si>
     <t>$48.99</t>
   </si>
   <si>
-    <t>Box</t>
-[...124 lines deleted...]
-  <si>
     <t xml:space="preserve">1512-850 </t>
   </si>
   <si>
     <t>Blow Pop® Filled Gumballs 25 mm</t>
   </si>
   <si>
-    <t>$77.79</t>
+    <t>$62.35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1408-850 </t>
+  </si>
+  <si>
+    <t>Sweet Cherry Gumballs 25 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91011-850 </t>
+  </si>
+  <si>
+    <t>16 LB / 850 Count Pineapple Gumballs 1"</t>
+  </si>
+  <si>
+    <t>$52.28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91012-850 </t>
+  </si>
+  <si>
+    <t>16 LB / 850 Count Banana Gumballs 1"</t>
+  </si>
+  <si>
+    <t>$66.22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91013-850 </t>
+  </si>
+  <si>
+    <t>16 LB / 850 Count Black Cherry Gumballs 1"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91015-850 </t>
+  </si>
+  <si>
+    <t>16 LB / 850 Count Orange Gumballs 1"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7408-850 </t>
+  </si>
+  <si>
+    <t>Lightning Bolts Sour Gumballs  25 mm</t>
+  </si>
+  <si>
+    <t>$62.47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1509-850 </t>
+  </si>
+  <si>
+    <t>Banana Split Gumballs 25 mm</t>
+  </si>
+  <si>
+    <t>Single Color Gum 1"</t>
+  </si>
+  <si>
+    <t>Assorted Colors Gum 1"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="ADE9AA"/>
+        <fgColor rgb="F0E2E2"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF000000"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="9">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f6a365790d7b307c7c41080e03260822.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1a2acd0299d5fa253a99ecd95e5dabcb3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dea75308c0fbcb83073e229248df46e94.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6c4a421f53910a7354ac3ce3c0ad73825.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75afebd5e82527210a6b32568772bf636.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_569e1aa0d18fa9574ec5cd5e039d9d047.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f5daee635f3ee8e9725e3c775fe44f778.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8ef70883ef172589f99accc4d293b2349.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_895a238a8284b082b0207d7c67c5b9d610.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f04bdb9e6849b05007200bfd5eb436ae11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_47bbc78fd11728e5951b8ee0378eb6b212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_986e1fe66419373386a328a3bced99a513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9bc97a00fa179108d9699f10cd67192214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_16f359bdd1359034b561b5f5d071e7d515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cb59a7eda3a339828949dc1c0f0badfa16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a0fb01c1e4b6dffe8fae95b42e97216f17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3c23349fe2d007ab4e0f8eaef3e83ffd18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f87b524e088ac2d1221f547b502003919.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c331ce05a872dafe0797ec5a96ae56ef20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0abb00950204899e7eccea625dd1179821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b51712667b61986d1527b8b496d0092b22.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f6a365790d7b307c7c41080e03260822.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1a2acd0299d5fa253a99ecd95e5dabcb3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dea75308c0fbcb83073e229248df46e94.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6c4a421f53910a7354ac3ce3c0ad73825.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75afebd5e82527210a6b32568772bf636.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_569e1aa0d18fa9574ec5cd5e039d9d047.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_30ceca0de692888fdf0572bf8a7e7a1e8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c395edc1e1827cd5378f2abc899e91e69.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f04bdb9e6849b05007200bfd5eb436ae10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e3bf9775de896c3cb00502700dc7d05e11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_be112a224d6f3b2da70c4d314873e8f912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_16f359bdd1359034b561b5f5d071e7d513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ac521e83db39198005c9ab3261a7378e14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3c23349fe2d007ab4e0f8eaef3e83ffd15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5f87b524e088ac2d1221f547b502003916.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_c331ce05a872dafe0797ec5a96ae56ef17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ff41b1ddb417ea0652ebd4674f3166f918.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_27116e069307636abed43889b650a5d719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_1eb34395b35cc82a2de6e7b4b986a1c520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_151723e0691fb522bc1cdd2ce439cc8e21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5095e8f4b22fcd4ca911fd8e04ed069922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b60f7da648b58cdc0bb06d57d877e16e23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_86e983b556676f31ce75ee63ea3c043124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_693faf4890da56546ce12e065d54fcbd25.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -537,351 +579,351 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>16</xdr:row>
+        <xdr:cNvPr id="10" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>17</xdr:row>
+        <xdr:cNvPr id="13" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="" descr=""/>
-[...148 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="419100"/>
+    <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -967,50 +1009,140 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1277,54 +1409,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J30"/>
+  <dimension ref="A1:J35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J30" sqref="J30"/>
+      <selection activeCell="J35" sqref="J35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1343,641 +1475,750 @@
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="1" ht="35">
       <c r="B8" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="I8" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="J8" s="5" t="s">
+      <c r="J8" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="B9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="39">
       <c r="B10" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="C10" s="6"/>
-      <c r="D10" s="6" t="s">
+      <c r="C10" s="5"/>
+      <c r="D10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="7">
         <v>6.8038864499999</v>
       </c>
       <c r="H10" s="7">
-        <v>0</v>
+        <v>0.01966448</v>
       </c>
       <c r="I10" s="7">
         <v>0</v>
       </c>
       <c r="J10" s="7">
         <v>850</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="39">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="C11" s="6"/>
-      <c r="D11" s="6" t="s">
+      <c r="C11" s="5"/>
+      <c r="D11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="7">
         <v>7.819932458799999</v>
       </c>
       <c r="H11" s="7">
         <v>0.01929457</v>
       </c>
       <c r="I11" s="7">
         <v>0</v>
       </c>
       <c r="J11" s="7">
         <v>850</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="39">
       <c r="B12" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="5"/>
+      <c r="D12" s="5" t="s">
         <v>21</v>
-      </c>
-[...2 lines deleted...]
-        <v>22</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="7">
-        <v>6.8038864499999</v>
+        <v>6.80388555</v>
       </c>
       <c r="H12" s="7">
-        <v>0.01769803</v>
+        <v>0.01966448</v>
       </c>
       <c r="I12" s="7">
         <v>0</v>
       </c>
       <c r="J12" s="7">
         <v>850</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="39">
       <c r="B13" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C13" s="5"/>
+      <c r="D13" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="6"/>
-      <c r="D13" s="6" t="s">
+      <c r="E13" s="7" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="7">
         <v>7.81993</v>
       </c>
       <c r="H13" s="7">
         <v>0.01929457</v>
       </c>
       <c r="I13" s="7">
         <v>0</v>
       </c>
       <c r="J13" s="7">
         <v>850</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="39">
       <c r="B14" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="C14" s="6"/>
-      <c r="D14" s="6" t="s">
+      <c r="C14" s="5"/>
+      <c r="D14" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E14" s="7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="7">
-        <v>6.80388555</v>
+        <v>7.25747792</v>
       </c>
       <c r="H14" s="7">
-        <v>0.01929457</v>
+        <v>0.01966448</v>
       </c>
       <c r="I14" s="7">
         <v>0</v>
       </c>
       <c r="J14" s="7">
         <v>850</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="39">
       <c r="B15" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="C15" s="6"/>
-      <c r="D15" s="6" t="s">
+      <c r="C15" s="5"/>
+      <c r="D15" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="7">
         <v>7.81993</v>
       </c>
       <c r="H15" s="7">
         <v>0.01929457</v>
       </c>
       <c r="I15" s="7">
         <v>0</v>
       </c>
       <c r="J15" s="7">
         <v>850</v>
       </c>
     </row>
-    <row r="16" spans="1:10" customHeight="1" ht="39">
+    <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="C16" s="6"/>
-      <c r="D16" s="6" t="s">
+      <c r="C16" s="5"/>
+      <c r="D16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>6.8038864499999</v>
+        <v>6.80388555</v>
       </c>
       <c r="H16" s="7">
-        <v>0.01929457</v>
+        <v>0.01966448</v>
       </c>
       <c r="I16" s="7">
         <v>0</v>
       </c>
       <c r="J16" s="7">
         <v>850</v>
       </c>
     </row>
-    <row r="17" spans="1:10" customHeight="1" ht="39">
+    <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="C17" s="6"/>
-      <c r="D17" s="6" t="s">
+      <c r="C17" s="5"/>
+      <c r="D17" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
         <v>6.8038864499999</v>
       </c>
       <c r="H17" s="7">
-        <v>0</v>
+        <v>0.01966448</v>
       </c>
       <c r="I17" s="7">
         <v>0</v>
       </c>
       <c r="J17" s="7">
         <v>850</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="39">
       <c r="B18" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="C18" s="6"/>
-      <c r="D18" s="6" t="s">
+      <c r="C18" s="5"/>
+      <c r="D18" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>6.649664144200001</v>
+        <v>7.81993</v>
       </c>
       <c r="H18" s="7">
         <v>0.01929457</v>
       </c>
       <c r="I18" s="7">
         <v>0</v>
       </c>
       <c r="J18" s="7">
         <v>850</v>
       </c>
     </row>
-    <row r="19" spans="1:10" customHeight="1" ht="39">
+    <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="C19" s="6"/>
-      <c r="D19" s="6" t="s">
+      <c r="C19" s="5"/>
+      <c r="D19" s="5" t="s">
         <v>36</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>7.81993</v>
+        <v>7.7110713099999</v>
       </c>
       <c r="H19" s="7">
-        <v>0.01929457</v>
+        <v>0.01966448</v>
       </c>
       <c r="I19" s="7">
         <v>0</v>
       </c>
       <c r="J19" s="7">
         <v>850</v>
       </c>
     </row>
-    <row r="20" spans="1:10" customHeight="1" ht="39">
+    <row r="20" spans="1:10" customHeight="1" ht="55">
       <c r="B20" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="C20" s="6"/>
-      <c r="D20" s="6" t="s">
+      <c r="C20" s="5"/>
+      <c r="D20" s="5" t="s">
         <v>38</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>7.81993</v>
+        <v>6.8038864499999</v>
       </c>
       <c r="H20" s="7">
-        <v>0.01929457</v>
+        <v>0.01966448</v>
       </c>
       <c r="I20" s="7">
         <v>0</v>
       </c>
       <c r="J20" s="7">
         <v>850</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="39">
       <c r="B21" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="C21" s="6"/>
-      <c r="D21" s="6" t="s">
+      <c r="C21" s="5"/>
+      <c r="D21" s="5" t="s">
         <v>40</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>7.7110713099999</v>
+        <v>7.81993</v>
       </c>
       <c r="H21" s="7">
-        <v>0</v>
+        <v>0.01929457</v>
       </c>
       <c r="I21" s="7">
         <v>0</v>
       </c>
       <c r="J21" s="7">
         <v>850</v>
       </c>
     </row>
-    <row r="22" spans="1:10" customHeight="1" ht="39">
+    <row r="22" spans="1:10" customHeight="1" ht="55">
       <c r="B22" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="C22" s="6"/>
-      <c r="D22" s="6" t="s">
+      <c r="C22" s="5"/>
+      <c r="D22" s="5" t="s">
         <v>42</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
         <v>6.8038864499999</v>
       </c>
       <c r="H22" s="7">
-        <v>0</v>
+        <v>0.01966448</v>
       </c>
       <c r="I22" s="7">
         <v>0</v>
       </c>
       <c r="J22" s="7">
         <v>850</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="39">
       <c r="B23" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="C23" s="6"/>
-      <c r="D23" s="6" t="s">
+      <c r="C23" s="5"/>
+      <c r="D23" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>7.81993</v>
+        <v>7.819932458799999</v>
       </c>
       <c r="H23" s="7">
-        <v>0.01929457</v>
+        <v>0.01966448</v>
       </c>
       <c r="I23" s="7">
         <v>0</v>
       </c>
       <c r="J23" s="7">
         <v>850</v>
       </c>
     </row>
-    <row r="24" spans="1:10" customHeight="1" ht="39">
+    <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="C24" s="6"/>
-      <c r="D24" s="6" t="s">
+      <c r="C24" s="5"/>
+      <c r="D24" s="5" t="s">
         <v>46</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>47</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
         <v>7.81993</v>
       </c>
       <c r="H24" s="7">
         <v>0.01929457</v>
       </c>
       <c r="I24" s="7">
         <v>0</v>
       </c>
       <c r="J24" s="7">
         <v>850</v>
       </c>
     </row>
-    <row r="25" spans="1:10" customHeight="1" ht="39">
+    <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="C25" s="6"/>
-      <c r="D25" s="6" t="s">
+      <c r="C25" s="5"/>
+      <c r="D25" s="5" t="s">
         <v>49</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>6.8038864499999</v>
+        <v>7.81993</v>
       </c>
       <c r="H25" s="7">
-        <v>0</v>
+        <v>0.01929457</v>
       </c>
       <c r="I25" s="7">
         <v>0</v>
       </c>
       <c r="J25" s="7">
         <v>850</v>
       </c>
     </row>
-    <row r="26" spans="1:10" customHeight="1" ht="39">
+    <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="D26" s="6" t="s">
         <v>51</v>
       </c>
+      <c r="C26" s="5"/>
+      <c r="D26" s="5" t="s">
+        <v>52</v>
+      </c>
       <c r="E26" s="7" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>6.649664144200001</v>
+        <v>7.81993</v>
       </c>
       <c r="H26" s="7">
         <v>0.01929457</v>
       </c>
       <c r="I26" s="7">
         <v>0</v>
       </c>
       <c r="J26" s="7">
         <v>850</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-        <v>53</v>
+        <v>54</v>
+      </c>
+      <c r="C27" s="5"/>
+      <c r="D27" s="5" t="s">
+        <v>55</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>7.81993</v>
+        <v>6.80388555</v>
       </c>
       <c r="H27" s="7">
-        <v>0.01929457</v>
+        <v>0.01966448</v>
       </c>
       <c r="I27" s="7">
         <v>0</v>
       </c>
       <c r="J27" s="7">
         <v>850</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="D28" s="6" t="s">
         <v>56</v>
       </c>
+      <c r="C28" s="5"/>
+      <c r="D28" s="5" t="s">
+        <v>57</v>
+      </c>
       <c r="E28" s="7" t="s">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>7.81993</v>
+        <v>6.8038864499999</v>
       </c>
       <c r="H28" s="7">
-        <v>0.01929457</v>
+        <v>0.01966448</v>
       </c>
       <c r="I28" s="7">
         <v>0</v>
       </c>
       <c r="J28" s="7">
         <v>850</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-        <v>58</v>
+        <v>59</v>
+      </c>
+      <c r="C29" s="5"/>
+      <c r="D29" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="E29" s="7" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
-        <v>6.649664144200001</v>
+        <v>6.8038864499999</v>
       </c>
       <c r="H29" s="7">
-        <v>0.01929457</v>
+        <v>0.01966448</v>
       </c>
       <c r="I29" s="7">
         <v>0</v>
       </c>
       <c r="J29" s="7">
         <v>850</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-        <v>60</v>
+        <v>62</v>
+      </c>
+      <c r="C30" s="5"/>
+      <c r="D30" s="5" t="s">
+        <v>63</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>7.81993</v>
+        <v>6.8038864499999</v>
       </c>
       <c r="H30" s="7">
+        <v>0.01966448</v>
+      </c>
+      <c r="I30" s="7">
+        <v>0</v>
+      </c>
+      <c r="J30" s="7">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" customHeight="1" ht="55">
+      <c r="B31" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C31" s="5"/>
+      <c r="D31" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="7">
+        <v>6.8038864499999</v>
+      </c>
+      <c r="H31" s="7">
+        <v>0.01966448</v>
+      </c>
+      <c r="I31" s="7">
+        <v>0</v>
+      </c>
+      <c r="J31" s="7">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" customHeight="1" ht="55">
+      <c r="B32" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C32" s="5"/>
+      <c r="D32" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="7">
+        <v>7.71107029</v>
+      </c>
+      <c r="H32" s="7">
         <v>0.01929457</v>
       </c>
-      <c r="I30" s="7">
-[...4 lines deleted...]
-      </c>
+      <c r="I32" s="7">
+        <v>0</v>
+      </c>
+      <c r="J32" s="7">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" customHeight="1" ht="55">
+      <c r="B33" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C33" s="5"/>
+      <c r="D33" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="7">
+        <v>7.819932458799999</v>
+      </c>
+      <c r="H33" s="7">
+        <v>0.01929457</v>
+      </c>
+      <c r="I33" s="7">
+        <v>0</v>
+      </c>
+      <c r="J33" s="7">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10">
+      <c r="B34" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C34" s="8"/>
+      <c r="D34" s="8"/>
+      <c r="E34" s="8"/>
+      <c r="F34" s="8"/>
+      <c r="G34" s="8"/>
+      <c r="H34" s="8"/>
+      <c r="I34" s="8"/>
+      <c r="J34" s="8"/>
+    </row>
+    <row r="35" spans="1:10">
+      <c r="B35" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C35" s="8"/>
+      <c r="D35" s="8"/>
+      <c r="E35" s="8"/>
+      <c r="F35" s="8"/>
+      <c r="G35" s="8"/>
+      <c r="H35" s="8"/>
+      <c r="I35" s="8"/>
+      <c r="J35" s="8"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
+    <mergeCell ref="B34:J34"/>
+    <mergeCell ref="B35:J35"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>