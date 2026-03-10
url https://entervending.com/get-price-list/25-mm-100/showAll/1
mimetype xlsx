--- v0 (2025-10-27)
+++ v1 (2026-03-10)
@@ -61,57 +61,57 @@
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Weight (kg)</t>
   </si>
   <si>
     <t>Volume (m³)</t>
   </si>
   <si>
     <t>Quantity 
  in package</t>
   </si>
   <si>
     <t>Quantity 
  in a box</t>
   </si>
   <si>
     <t>1"/25mm - 100 Count</t>
   </si>
   <si>
-    <t xml:space="preserve">25V0-100 </t>
-[...5 lines deleted...]
-    <t>$6.82</t>
+    <t xml:space="preserve">25N0-100 </t>
+  </si>
+  <si>
+    <t>Glowing Bounce Balls 25 mm</t>
+  </si>
+  <si>
+    <t>$7.07</t>
   </si>
   <si>
     <t>Package</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -183,51 +183,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bea9207fae8e0a34da4d5439c8fd18252.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_76abf0b341f3058c371dfa7c4fc14baf2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -646,54 +646,54 @@
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="39">
       <c r="B10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="7">
-        <v>0.6985323421999901</v>
+        <v>0.67999855551019</v>
       </c>
       <c r="H10" s="7">
-        <v>0.00296653</v>
+        <v>0.0023245</v>
       </c>
       <c r="I10" s="7">
         <v>100</v>
       </c>
       <c r="J10" s="7">
         <v>1200</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>