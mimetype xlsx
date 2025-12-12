--- v0 (2025-10-11)
+++ v1 (2025-12-12)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="2&quot; Filled Caps" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -394,59 +394,50 @@
   <si>
     <t>Penguin Squishies Pencil Toppers - Kawaii Squeezy Figurines for Whimsical Stationery &amp; Stress Relief</t>
   </si>
   <si>
     <t xml:space="preserve">POO2C-250 </t>
   </si>
   <si>
     <t>Unicorn Poop-sters Emoji Magic Collectible Toys for Kids, Squishy Glitter Figurines: 250 pcs Playful Capsule Fun!</t>
   </si>
   <si>
     <t xml:space="preserve">POPAC-250 </t>
   </si>
   <si>
     <t>Pocket Paws Figures: 250 Collectible Animal Figures in Surprise Capsules - Cats, Dogs, Puppies, and Kittens!</t>
   </si>
   <si>
     <t xml:space="preserve">RAM3C-250 </t>
   </si>
   <si>
     <t>Rick and Morty 2-D Figure Keychains Collection - Grab Your Favorite Characters in Durable 2" Capsules - Perfect for Fans!</t>
   </si>
   <si>
     <t>$114.30</t>
   </si>
   <si>
-    <t xml:space="preserve">SEDAC-250 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">SESQC-250 </t>
   </si>
   <si>
     <t>Sea Squishes: Dive Into Oceanic Adventure with Squeezable Collectibles, Perfect Ocean Figurine Toys for Kids &amp; Collectors!</t>
   </si>
   <si>
     <t xml:space="preserve">SQS2C-250 </t>
   </si>
   <si>
     <t>Squeezie Squeees Series 2: Mini Mochi Animal Collectibles, Pocket-Sized Surprise Toys for Stress Relief, Desk Companions in Blind Bags - 250pcs Capsule Collection</t>
   </si>
   <si>
     <t>$97.80</t>
   </si>
   <si>
     <t xml:space="preserve">SQS3C-250 </t>
   </si>
   <si>
     <t>Squeezie Squeees: Glow in the Dark Mochi Animal Toys - Series 3 Surprise Pack (250 Pieces)!</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN3CE-250 </t>
   </si>
   <si>
     <t>Squishy Cupcake Toys 2in Capsules - 250pc Collectible Kids Surprise Play Capsule Collection</t>
@@ -514,59 +505,50 @@
   <si>
     <t xml:space="preserve">AXOLC </t>
   </si>
   <si>
     <t>Axolotl Squishy Collectable Pack: Charming Kawaii Salamander Figures, Vending Machine Ready, Capsule Surprises, Must-Have Novelty Toys</t>
   </si>
   <si>
     <t xml:space="preserve">BAPAC </t>
   </si>
   <si>
     <t>Balloon Animal Pack: 250pc Unicorn, Monkey, Butterfly, Teddy, Horse, Cat, Dog and Rabbit - Perfect Party Favors, Bright Joyful Squeeze Fun for Kids</t>
   </si>
   <si>
     <t>$68.25</t>
   </si>
   <si>
     <t xml:space="preserve">BESTC </t>
   </si>
   <si>
     <t>Toy Surprise Egg Collection - 300 Pieces of Figurines, Rings, Necklaces, Sticky Toys, Stickers</t>
   </si>
   <si>
     <t>$82.50</t>
   </si>
   <si>
-    <t xml:space="preserve">BIB3C </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">BOGOC </t>
   </si>
   <si>
     <t>Bold Gold Jewelry Collection: Trendy Kids’ Pieces Assortment in Capsules, with Dazzling Designs Like Lion &amp; Skull, Perfect Fashion Accessories (250pcs)</t>
   </si>
   <si>
     <t>$84.38</t>
   </si>
   <si>
     <t xml:space="preserve">CAF2B </t>
   </si>
   <si>
     <t>Capsule Buildables Collection Series 2: Collectible Figurines with Snap-In Body Characters &amp; Printed Fortunes for 2in Vending Machines &amp; Mini Cranes.</t>
   </si>
   <si>
     <t>$130.05</t>
   </si>
   <si>
     <t xml:space="preserve">CANCAP1 </t>
   </si>
   <si>
     <t>Candy Capsules Variety Kit 200pcs Affordable Treats</t>
   </si>
   <si>
     <t>$36.00</t>
@@ -575,56 +557,50 @@
     <t xml:space="preserve">CANCAP2 </t>
   </si>
   <si>
     <t>Candy Filled Capsules for Vending 200pcs</t>
   </si>
   <si>
     <t>$75.00</t>
   </si>
   <si>
     <t xml:space="preserve">CANCAP3 </t>
   </si>
   <si>
     <t>Popping Candy Explosion Collection: 250 Fun Snack Assortment in Vending Capsules with SLUSH PUPPiE &amp; Dippin' Dots Flavors for Confectionery Mix</t>
   </si>
   <si>
     <t>$42.75</t>
   </si>
   <si>
     <t xml:space="preserve">CCSQCE </t>
   </si>
   <si>
     <t>Color Change Squooshers in 2in Capsules: Squishy Ball Fidget Toy for Kids &amp; Parents - Hidden Surprise Sensory Experience (250pcs)</t>
   </si>
   <si>
     <t>$114.00</t>
-  </si>
-[...4 lines deleted...]
-    <t>Goo Capsule Surprise: Stretchy Slime Fun for Kids - Leak-Proof Vending Trend!</t>
   </si>
   <si>
     <t xml:space="preserve">MYTHC </t>
   </si>
   <si>
     <t>Myth Mix Capsules with Dragons, Mermaids, Aliens, Bigfoot, Gnomes!</t>
   </si>
   <si>
     <t>$91.80</t>
   </si>
   <si>
     <t xml:space="preserve">SHROC </t>
   </si>
   <si>
     <t>Shroom Squad Pencil Toppers: Mushroom Figures for Cottage-core Trend &amp; Vending Machines</t>
   </si>
   <si>
     <t xml:space="preserve">SIALC </t>
   </si>
   <si>
     <t>Galaxy Glitter Alien Figurines in 2in Capsules - Cosmic Desk Companions (250pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">SIUNC </t>
   </si>
@@ -816,51 +792,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5404e0dd1728464bdd6f4b6068dc29112.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9df35091f165a03a81d47e400c9643843.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_62392fdaeab740b6a3dbeaa284b207804.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2431106615030003cd3dbefedc7b5f485.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9c057cc74ee717d31f323cafdf2fe226.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0bb89a672ef4182b494430f5cdc2792f7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c0537b6bca1cacc6754a64164e486998.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbed5edcc1108db4392c9f4bf576e53a9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_56ec4e2e0b15684aa20a8c6cc26ebbfc10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e80211cdf6f781ce9eaf2068ee4a1b9a11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e6e959afd2520d78b274a67f86dcdcc912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5317fabcdafdf5af0feab31d11c8efe913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_37b5f110b3dad981533d9c177c5c5dc314.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cbd60870e73c9ecb5531cd46d0b5bc4f15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a03b83578641e6092811e53e7aa53f7d16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3543457ac13694a038bf1ea0f0d736a817.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_48bf56ec46080649bdd3cd8d1fbe3e1f18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5eff605c923279e5d547c6d65739794f19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f0cb4c8db5598ddcc70d45f89b8841620.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_07b0cbd9ceb8500c69bf07c66ea1c36921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_928caa7b7d18a723faa075bc0166ad0d22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0349221eb5560c54a9804064485c89fd23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3fc1f9b4b70f81215a7fdae6d2af328624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_123cfa8b99d972aac430f764d6ecee1125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_29fa469f2a265609b50a036205e3525726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96636f921e3fdc3218bc81eae3a5055e27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4dc724ce21a8aa763408725cf481a92228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_052b05805737d72e93f674631df9d2a029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_692b1551675d7f9bc892c89bfd3caccd30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_22122b259ab74748e909b1824acc934b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_227505a711ea1ee3e7fbf1e36fb6b04332.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e389b3e8d4d444422cd6467c1def678533.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0954b2d98ac9b1f3b89014f8fe14579034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0bef89b8fe125b4081249707a6ad6bad35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e8ab21f6101ab3771a9474b12e22843136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0136ed410b5e2790fb2e83f52d1d37b037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4918a1849fb4bd96b9fdd0db2360b92f38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2c6e071af789bf3b2a9adb23082d887139.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a732f73fa3b5fa11722f4ca08cd6c1ef40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc68214baeb44a500ff8a5560708e5a441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3798b05c6cfd9ae141dcf4ca370a26fd42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb0e5e4449f9a9cb95ee136c3ff6a68f43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_193e01c85d24a3c5949a792e243db18d44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ff965dc22e43a829ecbf73ca1fb1cb445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb787e3e816851506159f99f77e6f2f146.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8d26741a94269411cbace176aab3e66847.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_116149c5f8099f5427e0a217f925a69248.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c0a77e3cad70a6d574a03b15bc03af249.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0dcedbe7943eec4a0cbf17adf7849f6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68739de03e2521085abc991215ba2ffa51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_156ec4280089a3b73318d7653f1c63df52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce94dcd15e8cb7493141b3ee05eb1dd353.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5fd6b3daf9eaaabb0810949fc5f264a154.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b879fb71cfe2bc4ccc94630320f659fd55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e709a60a3724593ec56e0e6a44781f8356.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68ae9020d4972f4ae366cf34c27dcaac57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_df927e08b2f6909f6f59b5bb11e79a6358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_31cf78da606d7f42ea83841258e1f19a59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_45d2e2f8f26d89b848b6080621203c0e60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a1facd5150d32fca1e4212193e52899861.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8596a5dcbfac6c894f2b3a08615cf04962.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6e00243bb34a6a9c48e3d485f424a5b263.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f69143a9644afb7ff5ec47db5e1d1b9a64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0ae4589a0833cd39b53509caabc0d4d065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77140107a63592e11553c26eb8b012f366.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebcf22b11754cd5c05e93196bae22b7b67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6413d3ec15dcb8ef61d2d0bc0d1fad3468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_17db244329bfb873b9ac3e08ca96fb1a69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8241876967326be391b13e5d5c91541570.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e13f9ac55b86320b82e7c49ddc99e94671.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75530224dab148212d3e1fc13b482e0972.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0021235870308a87b59424e9ba78109773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_23fb979d0ae3f9d6c799b24c78563f1274.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6782595d2c0472d73e4758d1db0ceab975.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8b456a8e8aff48c1b26a09050033e4a76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_838e2b280a1106d1562f82487b70652977.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7914aef5a7cf0c68f06655d124c362de78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8437931c2ce97d9bec738727dff6495779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b576629490eef867777d88f1b696c1f580.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7ca9097a33ab7cdb887a9a855d82376381.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d7318ffd495ce3f7c5787dcb42de616782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_51b88bd66338ff202fbdc0cbdde8157283.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e1114c4f4745fa17010245fe6b33fec984.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6eda58119e4099f5f236bad6f69270d385.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_71b1025f368a561f01e5360bd37a90df86.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5404e0dd1728464bdd6f4b6068dc29112.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9df35091f165a03a81d47e400c9643843.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_62392fdaeab740b6a3dbeaa284b207804.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2431106615030003cd3dbefedc7b5f485.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9c057cc74ee717d31f323cafdf2fe226.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0bb89a672ef4182b494430f5cdc2792f7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c0537b6bca1cacc6754a64164e486998.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbed5edcc1108db4392c9f4bf576e53a9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_56ec4e2e0b15684aa20a8c6cc26ebbfc10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e80211cdf6f781ce9eaf2068ee4a1b9a11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e6e959afd2520d78b274a67f86dcdcc912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5317fabcdafdf5af0feab31d11c8efe913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_37b5f110b3dad981533d9c177c5c5dc314.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cbd60870e73c9ecb5531cd46d0b5bc4f15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a03b83578641e6092811e53e7aa53f7d16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3543457ac13694a038bf1ea0f0d736a817.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_48bf56ec46080649bdd3cd8d1fbe3e1f18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5eff605c923279e5d547c6d65739794f19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f0cb4c8db5598ddcc70d45f89b8841620.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_07b0cbd9ceb8500c69bf07c66ea1c36921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_928caa7b7d18a723faa075bc0166ad0d22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0349221eb5560c54a9804064485c89fd23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3fc1f9b4b70f81215a7fdae6d2af328624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_123cfa8b99d972aac430f764d6ecee1125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_29fa469f2a265609b50a036205e3525726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96636f921e3fdc3218bc81eae3a5055e27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4dc724ce21a8aa763408725cf481a92228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_052b05805737d72e93f674631df9d2a029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_692b1551675d7f9bc892c89bfd3caccd30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_22122b259ab74748e909b1824acc934b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_227505a711ea1ee3e7fbf1e36fb6b04332.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e389b3e8d4d444422cd6467c1def678533.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0954b2d98ac9b1f3b89014f8fe14579034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0bef89b8fe125b4081249707a6ad6bad35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e8ab21f6101ab3771a9474b12e22843136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0136ed410b5e2790fb2e83f52d1d37b037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4918a1849fb4bd96b9fdd0db2360b92f38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2c6e071af789bf3b2a9adb23082d887139.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a732f73fa3b5fa11722f4ca08cd6c1ef40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc68214baeb44a500ff8a5560708e5a441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3798b05c6cfd9ae141dcf4ca370a26fd42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb0e5e4449f9a9cb95ee136c3ff6a68f43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ff965dc22e43a829ecbf73ca1fb1cb444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb787e3e816851506159f99f77e6f2f145.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8d26741a94269411cbace176aab3e66846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_116149c5f8099f5427e0a217f925a69247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c0a77e3cad70a6d574a03b15bc03af248.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0dcedbe7943eec4a0cbf17adf7849f6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68739de03e2521085abc991215ba2ffa50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_156ec4280089a3b73318d7653f1c63df51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce94dcd15e8cb7493141b3ee05eb1dd352.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5fd6b3daf9eaaabb0810949fc5f264a153.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b879fb71cfe2bc4ccc94630320f659fd54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e709a60a3724593ec56e0e6a44781f8355.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68ae9020d4972f4ae366cf34c27dcaac56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_df927e08b2f6909f6f59b5bb11e79a6357.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_31cf78da606d7f42ea83841258e1f19a58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a1facd5150d32fca1e4212193e52899859.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8596a5dcbfac6c894f2b3a08615cf04960.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6e00243bb34a6a9c48e3d485f424a5b261.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f69143a9644afb7ff5ec47db5e1d1b9a62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0ae4589a0833cd39b53509caabc0d4d063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77140107a63592e11553c26eb8b012f364.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6413d3ec15dcb8ef61d2d0bc0d1fad3465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_17db244329bfb873b9ac3e08ca96fb1a66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8241876967326be391b13e5d5c91541567.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e13f9ac55b86320b82e7c49ddc99e94668.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75530224dab148212d3e1fc13b482e0969.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0021235870308a87b59424e9ba78109770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_23fb979d0ae3f9d6c799b24c78563f1271.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6782595d2c0472d73e4758d1db0ceab972.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8b456a8e8aff48c1b26a09050033e4a73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_838e2b280a1106d1562f82487b70652974.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7914aef5a7cf0c68f06655d124c362de75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8437931c2ce97d9bec738727dff6495776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b576629490eef867777d88f1b696c1f577.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7ca9097a33ab7cdb887a9a855d82376378.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d7318ffd495ce3f7c5787dcb42de616779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_51b88bd66338ff202fbdc0cbdde8157280.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e1114c4f4745fa17010245fe6b33fec981.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6eda58119e4099f5f236bad6f69270d382.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_71b1025f368a561f01e5360bd37a90df83.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3298,140 +3274,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>90</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="83" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3698,54 +3584,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J94"/>
+  <dimension ref="A1:J91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J94" sqref="J94"/>
+      <selection activeCell="J91" sqref="J91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -4927,1199 +4813,1118 @@
       <c r="F51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H51" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I51" s="7">
         <v>0</v>
       </c>
       <c r="J51" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="55">
       <c r="B52" s="4" t="s">
         <v>125</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
         <v>126</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>127</v>
+        <v>102</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="7">
-        <v>2.494758035</v>
+        <v>3.17514659</v>
       </c>
       <c r="H52" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I52" s="7">
         <v>0</v>
       </c>
       <c r="J52" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="55">
       <c r="B53" s="4" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E53" s="7" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="7">
-        <v>3.17514659</v>
+        <v>2.494758035</v>
       </c>
       <c r="H53" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I53" s="7">
         <v>0</v>
       </c>
       <c r="J53" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="55">
       <c r="B54" s="4" t="s">
         <v>130</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
         <v>131</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="7">
         <v>2.494758035</v>
       </c>
       <c r="H54" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I54" s="7">
         <v>0</v>
       </c>
       <c r="J54" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="55">
       <c r="B55" s="4" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="E55" s="7" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="7">
         <v>2.494758035</v>
       </c>
       <c r="H55" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I55" s="7">
         <v>0</v>
       </c>
       <c r="J55" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="55">
       <c r="B56" s="4" t="s">
         <v>135</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
         <v>136</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="7">
         <v>2.494758035</v>
       </c>
       <c r="H56" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I56" s="7">
         <v>0</v>
       </c>
       <c r="J56" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>137</v>
+        <v>42</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
-        <v>2.494758035</v>
+        <v>2.72155422</v>
       </c>
       <c r="H57" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I57" s="7">
         <v>0</v>
       </c>
       <c r="J57" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="E58" s="7" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="7">
         <v>2.72155422</v>
       </c>
       <c r="H58" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I58" s="7">
         <v>0</v>
       </c>
       <c r="J58" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="55">
       <c r="B59" s="4" t="s">
         <v>142</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
         <v>143</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>144</v>
+        <v>124</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="7">
         <v>2.72155422</v>
       </c>
       <c r="H59" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I59" s="7">
         <v>0</v>
       </c>
       <c r="J59" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="55">
       <c r="B60" s="4" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E60" s="7" t="s">
         <v>146</v>
       </c>
-      <c r="E60" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" s="7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G60" s="7">
-        <v>2.72155422</v>
+        <v>1.17934</v>
       </c>
       <c r="H60" s="7">
-        <v>0.03342961</v>
+        <v>0.00825908</v>
       </c>
       <c r="I60" s="7">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="J60" s="7">
-        <v>250</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="55">
       <c r="B61" s="4" t="s">
         <v>147</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
         <v>148</v>
       </c>
       <c r="E61" s="7" t="s">
         <v>149</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G61" s="7">
-        <v>1.17934</v>
+        <v>0.6803885550000001</v>
       </c>
       <c r="H61" s="7">
         <v>0.00825908</v>
       </c>
       <c r="I61" s="7">
         <v>250</v>
       </c>
       <c r="J61" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="55">
       <c r="B62" s="4" t="s">
         <v>150</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
         <v>151</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>152</v>
+        <v>102</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G62" s="7">
-        <v>0.6803885550000001</v>
+        <v>1.36077711</v>
       </c>
       <c r="H62" s="7">
-        <v>0.00825908</v>
+        <v>0.02556382</v>
       </c>
       <c r="I62" s="7">
         <v>250</v>
       </c>
       <c r="J62" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="55">
       <c r="B63" s="4" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="E63" s="7" t="s">
         <v>102</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G63" s="7">
-        <v>1.36077711</v>
+        <v>1.723651006</v>
       </c>
       <c r="H63" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I63" s="7">
         <v>250</v>
       </c>
       <c r="J63" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="55">
       <c r="B64" s="4" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="E64" s="7" t="s">
         <v>102</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G64" s="7">
         <v>1.723651006</v>
       </c>
       <c r="H64" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I64" s="7">
         <v>250</v>
       </c>
       <c r="J64" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="55">
       <c r="B65" s="4" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="E65" s="7" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G65" s="7">
-        <v>1.723651006</v>
+        <v>2.26796185</v>
       </c>
       <c r="H65" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I65" s="7">
         <v>250</v>
       </c>
       <c r="J65" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="55">
       <c r="B66" s="4" t="s">
         <v>159</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="6" t="s">
         <v>160</v>
       </c>
       <c r="E66" s="7" t="s">
         <v>161</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G66" s="7">
-        <v>2.26796185</v>
+        <v>2.72155422</v>
       </c>
       <c r="H66" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I66" s="7">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="J66" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="55">
       <c r="B67" s="4" t="s">
         <v>162</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
         <v>163</v>
       </c>
       <c r="E67" s="7" t="s">
         <v>164</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G67" s="7">
-        <v>2.72155422</v>
+        <v>2.494758035</v>
       </c>
       <c r="H67" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I67" s="7">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="J67" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="55">
       <c r="B68" s="4" t="s">
         <v>165</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="6" t="s">
         <v>166</v>
       </c>
       <c r="E68" s="7" t="s">
         <v>167</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G68" s="7">
-        <v>2.26796185</v>
+        <v>1.7463306245</v>
       </c>
       <c r="H68" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I68" s="7">
         <v>250</v>
       </c>
       <c r="J68" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="55">
       <c r="B69" s="4" t="s">
         <v>168</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="6" t="s">
         <v>169</v>
       </c>
       <c r="E69" s="7" t="s">
         <v>170</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G69" s="7">
-        <v>2.494758035</v>
+        <v>2.313321087</v>
       </c>
       <c r="H69" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I69" s="7">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="J69" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="55">
       <c r="B70" s="4" t="s">
         <v>171</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="6" t="s">
         <v>172</v>
       </c>
       <c r="E70" s="7" t="s">
         <v>173</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G70" s="7">
-        <v>1.7463306245</v>
+        <v>2.313321087</v>
       </c>
       <c r="H70" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I70" s="7">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="J70" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="55">
       <c r="B71" s="4" t="s">
         <v>174</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="6" t="s">
         <v>175</v>
       </c>
       <c r="E71" s="7" t="s">
         <v>176</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G71" s="7">
-        <v>2.313321087</v>
+        <v>2.8349523125</v>
       </c>
       <c r="H71" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I71" s="7">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="J71" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="55">
       <c r="B72" s="4" t="s">
         <v>177</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="6" t="s">
         <v>178</v>
       </c>
       <c r="E72" s="7" t="s">
         <v>179</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G72" s="7">
-        <v>2.313321087</v>
+        <v>2.8349523125</v>
       </c>
       <c r="H72" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I72" s="7">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="J72" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
         <v>180</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="6" t="s">
         <v>181</v>
       </c>
       <c r="E73" s="7" t="s">
         <v>182</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G73" s="7">
-        <v>2.8349523125</v>
+        <v>2.26796185</v>
       </c>
       <c r="H73" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I73" s="7">
         <v>250</v>
       </c>
       <c r="J73" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="4" t="s">
         <v>183</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="6" t="s">
         <v>184</v>
       </c>
       <c r="E74" s="7" t="s">
-        <v>185</v>
+        <v>45</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G74" s="7">
-        <v>2.8349523125</v>
+        <v>2.26796185</v>
       </c>
       <c r="H74" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I74" s="7">
         <v>250</v>
       </c>
       <c r="J74" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="4" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="6" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="E75" s="7" t="s">
-        <v>84</v>
+        <v>45</v>
       </c>
       <c r="F75" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G75" s="7">
-        <v>2.766913457</v>
+        <v>2.26796185</v>
       </c>
       <c r="H75" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I75" s="7">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="J75" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="4" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="6" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="E76" s="7" t="s">
-        <v>190</v>
+        <v>36</v>
       </c>
       <c r="F76" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G76" s="7">
         <v>2.26796185</v>
       </c>
       <c r="H76" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I76" s="7">
         <v>250</v>
       </c>
       <c r="J76" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="55">
       <c r="B77" s="4" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="6" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="E77" s="7" t="s">
-        <v>45</v>
+        <v>124</v>
       </c>
       <c r="F77" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G77" s="7">
-        <v>2.26796185</v>
+        <v>1.723651006</v>
       </c>
       <c r="H77" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I77" s="7">
         <v>250</v>
       </c>
       <c r="J77" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="55">
       <c r="B78" s="4" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="6" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="E78" s="7" t="s">
-        <v>45</v>
+        <v>134</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G78" s="7">
         <v>2.26796185</v>
       </c>
       <c r="H78" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I78" s="7">
         <v>250</v>
       </c>
       <c r="J78" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="55">
       <c r="B79" s="4" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="6" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="E79" s="7" t="s">
-        <v>36</v>
+        <v>134</v>
       </c>
       <c r="F79" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G79" s="7">
-        <v>2.26796185</v>
+        <v>1.723651006</v>
       </c>
       <c r="H79" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I79" s="7">
         <v>250</v>
       </c>
       <c r="J79" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="55">
       <c r="B80" s="4" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="6" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="E80" s="7" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="F80" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G80" s="7">
         <v>1.723651006</v>
       </c>
       <c r="H80" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I80" s="7">
         <v>250</v>
       </c>
       <c r="J80" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="55">
       <c r="B81" s="4" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C81" s="6"/>
       <c r="D81" s="6" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="E81" s="7" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F81" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G81" s="7">
-        <v>2.26796185</v>
+        <v>1.723651006</v>
       </c>
       <c r="H81" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I81" s="7">
         <v>250</v>
       </c>
       <c r="J81" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="55">
       <c r="B82" s="4" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="6" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="E82" s="7" t="s">
-        <v>137</v>
+        <v>42</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G82" s="7">
-        <v>1.723651006</v>
+        <v>2.72155422</v>
       </c>
       <c r="H82" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I82" s="7">
         <v>250</v>
       </c>
       <c r="J82" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="55">
       <c r="B83" s="4" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="6" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="E83" s="7" t="s">
-        <v>137</v>
+        <v>203</v>
       </c>
       <c r="F83" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G83" s="7">
-        <v>1.723651006</v>
+        <v>0</v>
       </c>
       <c r="H83" s="7">
-        <v>0.02556382</v>
+        <v>0</v>
       </c>
       <c r="I83" s="7">
         <v>250</v>
       </c>
       <c r="J83" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="55">
       <c r="B84" s="4" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="6" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E84" s="7" t="s">
-        <v>137</v>
+        <v>182</v>
       </c>
       <c r="F84" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G84" s="7">
-        <v>1.723651006</v>
+        <v>2.26796185</v>
       </c>
       <c r="H84" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I84" s="7">
         <v>250</v>
       </c>
       <c r="J84" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="55">
       <c r="B85" s="4" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="E85" s="7" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="F85" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G85" s="7">
-        <v>2.72155422</v>
+        <v>2.26796185</v>
       </c>
       <c r="H85" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I85" s="7">
         <v>250</v>
       </c>
       <c r="J85" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="55">
       <c r="B86" s="4" t="s">
         <v>209</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="6" t="s">
         <v>210</v>
       </c>
       <c r="E86" s="7" t="s">
-        <v>211</v>
+        <v>134</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G86" s="7">
-        <v>0</v>
+        <v>1.723651006</v>
       </c>
       <c r="H86" s="7">
-        <v>0</v>
+        <v>0.02556382</v>
       </c>
       <c r="I86" s="7">
         <v>250</v>
       </c>
       <c r="J86" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="55">
       <c r="B87" s="4" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="6" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="E87" s="7" t="s">
-        <v>190</v>
+        <v>134</v>
       </c>
       <c r="F87" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G87" s="7">
-        <v>2.26796185</v>
+        <v>1.723651006</v>
       </c>
       <c r="H87" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I87" s="7">
         <v>250</v>
       </c>
       <c r="J87" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="55">
       <c r="B88" s="4" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="6" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="E88" s="7" t="s">
-        <v>216</v>
+        <v>134</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G88" s="7">
-        <v>2.26796185</v>
+        <v>1.723651006</v>
       </c>
       <c r="H88" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I88" s="7">
         <v>250</v>
       </c>
       <c r="J88" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="55">
       <c r="B89" s="4" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="6" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="E89" s="7" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F89" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G89" s="7">
         <v>1.723651006</v>
       </c>
       <c r="H89" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I89" s="7">
         <v>250</v>
       </c>
       <c r="J89" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="55">
       <c r="B90" s="4" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="6" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="E90" s="7" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F90" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G90" s="7">
         <v>1.723651006</v>
       </c>
       <c r="H90" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I90" s="7">
         <v>250</v>
       </c>
       <c r="J90" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="55">
       <c r="B91" s="4" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="6" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="E91" s="7" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F91" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G91" s="7">
         <v>1.723651006</v>
       </c>
       <c r="H91" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I91" s="7">
         <v>250</v>
       </c>
       <c r="J91" s="7">
-        <v>0</v>
-[...79 lines deleted...]
-      <c r="J94" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">