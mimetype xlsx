--- v1 (2025-12-12)
+++ v2 (2026-01-01)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="2&quot; Filled Caps" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Phone: 954 769-0510</t>
   </si>
   <si>
     <t>Skype: entervending.com</t>
   </si>
   <si>
     <t>E-mail: info@entervending.com</t>
   </si>
   <si>
     <t>www.entervending.com</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Photo</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -121,50 +121,59 @@
   <si>
     <t>Ninja Warriors Mini Figurines - Ultimate Collectible Toy Set with Ninja Weapons for Kids and Enthusiasts (250 pcs)</t>
   </si>
   <si>
     <t>$58.05</t>
   </si>
   <si>
     <t xml:space="preserve">STHIC-250 </t>
   </si>
   <si>
     <t>Bulk Pack Sticky Hands for Endless Playtime Fun - 250 Count Toy Capsules</t>
   </si>
   <si>
     <t>$70.65</t>
   </si>
   <si>
     <t xml:space="preserve">STMMC-250 </t>
   </si>
   <si>
     <t>Ultimate Kids Sticky Fun Pack - Squishy Stretchy Tactile Toys (250pcs)</t>
   </si>
   <si>
     <t>$68.40</t>
   </si>
   <si>
+    <t xml:space="preserve">FIPOCE-250 </t>
+  </si>
+  <si>
+    <t>Fidget Popper Capsule Heart Circle Unicorn Crab Butterfly Pineapple</t>
+  </si>
+  <si>
+    <t>$117.75</t>
+  </si>
+  <si>
     <t xml:space="preserve">CANEC-250 </t>
   </si>
   <si>
     <t>Candy Necklaces &amp; Bracelets - Fun Edible Jewelry for Nostalgic Sweet Lovers (250 pcs)</t>
   </si>
   <si>
     <t>$85.05</t>
   </si>
   <si>
     <t xml:space="preserve">YOYOC-250 </t>
   </si>
   <si>
     <t>Stretchy Yo-Yo Capsules: Spiny Balls, Glow-in-the-Dark Fun, Air-Filled Toys for Endless Play!</t>
   </si>
   <si>
     <t>$76.42</t>
   </si>
   <si>
     <t xml:space="preserve">BISTC </t>
   </si>
   <si>
     <t>Birthstone Bear Keychain Charms: Collectible Bear Figures for Each Month, Delightful Gem-Like Bear Accessories, Perfect Birth Month Gift Items</t>
   </si>
   <si>
     <t>$79.42</t>
@@ -172,51 +181,51 @@
   <si>
     <t xml:space="preserve">STBAC-250 </t>
   </si>
   <si>
     <t>Splatterz Balls: Interactive Sticky Toys for Stress Relief &amp; Fun - Perfect Outdoor Toy &amp; Gift!</t>
   </si>
   <si>
     <t>$64.80</t>
   </si>
   <si>
     <t xml:space="preserve">ANYOC </t>
   </si>
   <si>
     <t>Animal Yo-Yo Toy Ball Set - Expand Your Capsule Toy &amp; Collectible Animal Assortment with Stretchy, Bouncy Interactive Fun!</t>
   </si>
   <si>
     <t>$84.75</t>
   </si>
   <si>
     <t xml:space="preserve">TREAC-250 </t>
   </si>
   <si>
     <t>Treasure Chest Surprise Mix: Pirate Adventure Toy Capsules (250pcs)</t>
   </si>
   <si>
-    <t>$65.55</t>
+    <t>$60.00</t>
   </si>
   <si>
     <t xml:space="preserve">CHARC-250 </t>
   </si>
   <si>
     <t>Enchanting Charm Bracelets: 14 Designs, Perfect Gifts, Fun Collectibles, Unique Capsule Toys!</t>
   </si>
   <si>
     <t>$55.80</t>
   </si>
   <si>
     <t xml:space="preserve">DRAGC-250 </t>
   </si>
   <si>
     <t>Pocket-Sized Dragon Figurines: Collectible Miniatures in 2in Capsules (250pcs) for Fantasy Enthusiasts</t>
   </si>
   <si>
     <t>$73.80</t>
   </si>
   <si>
     <t xml:space="preserve">FLINC-250 </t>
   </si>
   <si>
     <t>Flingshot Animal Play Set: Unleash Stretchy Fun with Aiming Dolphins and Soaring Chickens for Every Age - 250 Pieces of Wild Creature Launching Adventures</t>
   </si>
@@ -295,59 +304,50 @@
   <si>
     <t>$72.00</t>
   </si>
   <si>
     <t xml:space="preserve">COILC-250 </t>
   </si>
   <si>
     <t>Transparent Coil Spring in Capsules (250pcs) - Blacklight Reactive Collectible Toy, Perfect Glow Effect Party Favor &amp; Fun Interaction Entertainment Item</t>
   </si>
   <si>
     <t xml:space="preserve">CUERC-250 </t>
   </si>
   <si>
     <t>Whimsical Animal Erasers in Bulk Capsules for Vending Machines &amp; Redemption کومپ ل بinson</t>
   </si>
   <si>
     <t xml:space="preserve">DUC2CE-250 </t>
   </si>
   <si>
     <t>Mini Rubber Glitter Ducklings for Vending Machines - Capsule Fun for Kids!</t>
   </si>
   <si>
     <t>$97.50</t>
   </si>
   <si>
-    <t xml:space="preserve">FIPOCE-250 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">FISTC-250 </t>
   </si>
   <si>
     <t>Ultimate Fidget Stretchy String Pack: Sensory Fun &amp; Stress Relief with Glow-in-Dark Vibrant Colors!</t>
   </si>
   <si>
     <t xml:space="preserve">GALAC-250 </t>
   </si>
   <si>
     <t>Galaxy Goo: 250pcs Secret Lab Ooze Pack - Stretchy &amp; Noisy Slime for Creative Outdoor Adventures</t>
   </si>
   <si>
     <t>$69.75</t>
   </si>
   <si>
     <t xml:space="preserve">GRBEC-250 </t>
   </si>
   <si>
     <t>Grin and Bear It Figures-Bear Collectibles-Squishy Emotion Toys-Animal Figures in Capsules-Vending Machine Toys</t>
   </si>
   <si>
     <t>$62.25</t>
   </si>
   <si>
     <t xml:space="preserve">HEHOC-250 </t>
@@ -502,51 +502,51 @@
   <si>
     <t>Alpaca Critter Collection: Fluffy Squishy Llama Figures in 2" Capsule Vending Machine Set (250 Pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">AXOLC </t>
   </si>
   <si>
     <t>Axolotl Squishy Collectable Pack: Charming Kawaii Salamander Figures, Vending Machine Ready, Capsule Surprises, Must-Have Novelty Toys</t>
   </si>
   <si>
     <t xml:space="preserve">BAPAC </t>
   </si>
   <si>
     <t>Balloon Animal Pack: 250pc Unicorn, Monkey, Butterfly, Teddy, Horse, Cat, Dog and Rabbit - Perfect Party Favors, Bright Joyful Squeeze Fun for Kids</t>
   </si>
   <si>
     <t>$68.25</t>
   </si>
   <si>
     <t xml:space="preserve">BESTC </t>
   </si>
   <si>
     <t>Toy Surprise Egg Collection - 300 Pieces of Figurines, Rings, Necklaces, Sticky Toys, Stickers</t>
   </si>
   <si>
-    <t>$82.50</t>
+    <t>$79.50</t>
   </si>
   <si>
     <t xml:space="preserve">BOGOC </t>
   </si>
   <si>
     <t>Bold Gold Jewelry Collection: Trendy Kids’ Pieces Assortment in Capsules, with Dazzling Designs Like Lion &amp; Skull, Perfect Fashion Accessories (250pcs)</t>
   </si>
   <si>
     <t>$84.38</t>
   </si>
   <si>
     <t xml:space="preserve">CAF2B </t>
   </si>
   <si>
     <t>Capsule Buildables Collection Series 2: Collectible Figurines with Snap-In Body Characters &amp; Printed Fortunes for 2in Vending Machines &amp; Mini Cranes.</t>
   </si>
   <si>
     <t>$130.05</t>
   </si>
   <si>
     <t xml:space="preserve">CANCAP1 </t>
   </si>
   <si>
     <t>Candy Capsules Variety Kit 200pcs Affordable Treats</t>
   </si>
@@ -559,50 +559,56 @@
   <si>
     <t>Candy Filled Capsules for Vending 200pcs</t>
   </si>
   <si>
     <t>$75.00</t>
   </si>
   <si>
     <t xml:space="preserve">CANCAP3 </t>
   </si>
   <si>
     <t>Popping Candy Explosion Collection: 250 Fun Snack Assortment in Vending Capsules with SLUSH PUPPiE &amp; Dippin' Dots Flavors for Confectionery Mix</t>
   </si>
   <si>
     <t>$42.75</t>
   </si>
   <si>
     <t xml:space="preserve">CCSQCE </t>
   </si>
   <si>
     <t>Color Change Squooshers in 2in Capsules: Squishy Ball Fidget Toy for Kids &amp; Parents - Hidden Surprise Sensory Experience (250pcs)</t>
   </si>
   <si>
     <t>$114.00</t>
   </si>
   <si>
+    <t xml:space="preserve">GOOCC </t>
+  </si>
+  <si>
+    <t>Goo Capsule Surprise: Stretchy Slime Fun for Kids - Leak-Proof Vending Trend!</t>
+  </si>
+  <si>
     <t xml:space="preserve">MYTHC </t>
   </si>
   <si>
     <t>Myth Mix Capsules with Dragons, Mermaids, Aliens, Bigfoot, Gnomes!</t>
   </si>
   <si>
     <t>$91.80</t>
   </si>
   <si>
     <t xml:space="preserve">SHROC </t>
   </si>
   <si>
     <t>Shroom Squad Pencil Toppers: Mushroom Figures for Cottage-core Trend &amp; Vending Machines</t>
   </si>
   <si>
     <t xml:space="preserve">SIALC </t>
   </si>
   <si>
     <t>Galaxy Glitter Alien Figurines in 2in Capsules - Cosmic Desk Companions (250pcs)</t>
   </si>
   <si>
     <t xml:space="preserve">SIUNC </t>
   </si>
   <si>
     <t>Glow in Dark Neon Unicorns - Magic 2-inch Toy Capsules for Vending Machines</t>
@@ -641,53 +647,50 @@
     <t xml:space="preserve">PBRAC </t>
   </si>
   <si>
     <t>Pullback Animal Racers Capsule Collection - 250 Miniature Racing Toys with Animal-Themed Fun! Perfect for Kids Playtime, Collectibles, and Vending Machines</t>
   </si>
   <si>
     <t xml:space="preserve">DUC3CE </t>
   </si>
   <si>
     <t>Little Duckling Figurines Set - 250 Collectible Ducks, Delightful Novelty Toys for Vending Machines with Unique Animal Designs</t>
   </si>
   <si>
     <t>$102.00</t>
   </si>
   <si>
     <t xml:space="preserve">SQS5C </t>
   </si>
   <si>
     <t>Mochi Critters Series Collection: 250 Super Squishy Capsule Toys for Collectible Mochi Figures Fans</t>
   </si>
   <si>
     <t xml:space="preserve">MERMC </t>
   </si>
   <si>
     <t>Mermaid Figurine Capsules: Fun Collectibles to Make a Splash - Ocean-Themed Unique Toy Gift Idea!</t>
-  </si>
-[...1 lines deleted...]
-    <t>$79.50</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN10C </t>
   </si>
   <si>
     <t>Squishy Animals Pack: Slow-Rise, Sensory Joy, Stress Relief, Collectible Capsule</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN12C </t>
   </si>
   <si>
     <t>Capybara Squishy Set - Pop Culture Animal Collectible Toys for Kids' Playtime Fun (250 Pieces)</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN13C </t>
   </si>
   <si>
     <t>Squishy Mushrooms 250-Pack: Capsule Novelty Toys for Kids Entertainment &amp; Party Favors!</t>
   </si>
   <si>
     <t xml:space="preserve">SQSN14C </t>
   </si>
   <si>
     <t>Squishy Big Eye Animal Figures in Surprise Capsule Bulk Pack</t>
   </si>
@@ -792,51 +795,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5404e0dd1728464bdd6f4b6068dc29112.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9df35091f165a03a81d47e400c9643843.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_62392fdaeab740b6a3dbeaa284b207804.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2431106615030003cd3dbefedc7b5f485.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9c057cc74ee717d31f323cafdf2fe226.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0bb89a672ef4182b494430f5cdc2792f7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c0537b6bca1cacc6754a64164e486998.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbed5edcc1108db4392c9f4bf576e53a9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_56ec4e2e0b15684aa20a8c6cc26ebbfc10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e80211cdf6f781ce9eaf2068ee4a1b9a11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e6e959afd2520d78b274a67f86dcdcc912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5317fabcdafdf5af0feab31d11c8efe913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_37b5f110b3dad981533d9c177c5c5dc314.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cbd60870e73c9ecb5531cd46d0b5bc4f15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a03b83578641e6092811e53e7aa53f7d16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3543457ac13694a038bf1ea0f0d736a817.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_48bf56ec46080649bdd3cd8d1fbe3e1f18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5eff605c923279e5d547c6d65739794f19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f0cb4c8db5598ddcc70d45f89b8841620.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_07b0cbd9ceb8500c69bf07c66ea1c36921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_928caa7b7d18a723faa075bc0166ad0d22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0349221eb5560c54a9804064485c89fd23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3fc1f9b4b70f81215a7fdae6d2af328624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_123cfa8b99d972aac430f764d6ecee1125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_29fa469f2a265609b50a036205e3525726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96636f921e3fdc3218bc81eae3a5055e27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4dc724ce21a8aa763408725cf481a92228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_052b05805737d72e93f674631df9d2a029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_692b1551675d7f9bc892c89bfd3caccd30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_22122b259ab74748e909b1824acc934b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_227505a711ea1ee3e7fbf1e36fb6b04332.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e389b3e8d4d444422cd6467c1def678533.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0954b2d98ac9b1f3b89014f8fe14579034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0bef89b8fe125b4081249707a6ad6bad35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e8ab21f6101ab3771a9474b12e22843136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0136ed410b5e2790fb2e83f52d1d37b037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4918a1849fb4bd96b9fdd0db2360b92f38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2c6e071af789bf3b2a9adb23082d887139.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a732f73fa3b5fa11722f4ca08cd6c1ef40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc68214baeb44a500ff8a5560708e5a441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3798b05c6cfd9ae141dcf4ca370a26fd42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb0e5e4449f9a9cb95ee136c3ff6a68f43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ff965dc22e43a829ecbf73ca1fb1cb444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb787e3e816851506159f99f77e6f2f145.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8d26741a94269411cbace176aab3e66846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_116149c5f8099f5427e0a217f925a69247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c0a77e3cad70a6d574a03b15bc03af248.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0dcedbe7943eec4a0cbf17adf7849f6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68739de03e2521085abc991215ba2ffa50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_156ec4280089a3b73318d7653f1c63df51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce94dcd15e8cb7493141b3ee05eb1dd352.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5fd6b3daf9eaaabb0810949fc5f264a153.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b879fb71cfe2bc4ccc94630320f659fd54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e709a60a3724593ec56e0e6a44781f8355.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68ae9020d4972f4ae366cf34c27dcaac56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_df927e08b2f6909f6f59b5bb11e79a6357.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_31cf78da606d7f42ea83841258e1f19a58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a1facd5150d32fca1e4212193e52899859.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8596a5dcbfac6c894f2b3a08615cf04960.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6e00243bb34a6a9c48e3d485f424a5b261.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f69143a9644afb7ff5ec47db5e1d1b9a62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0ae4589a0833cd39b53509caabc0d4d063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77140107a63592e11553c26eb8b012f364.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6413d3ec15dcb8ef61d2d0bc0d1fad3465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_17db244329bfb873b9ac3e08ca96fb1a66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8241876967326be391b13e5d5c91541567.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e13f9ac55b86320b82e7c49ddc99e94668.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75530224dab148212d3e1fc13b482e0969.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0021235870308a87b59424e9ba78109770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_23fb979d0ae3f9d6c799b24c78563f1271.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6782595d2c0472d73e4758d1db0ceab972.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8b456a8e8aff48c1b26a09050033e4a73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_838e2b280a1106d1562f82487b70652974.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7914aef5a7cf0c68f06655d124c362de75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8437931c2ce97d9bec738727dff6495776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b576629490eef867777d88f1b696c1f577.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7ca9097a33ab7cdb887a9a855d82376378.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d7318ffd495ce3f7c5787dcb42de616779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_51b88bd66338ff202fbdc0cbdde8157280.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e1114c4f4745fa17010245fe6b33fec981.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6eda58119e4099f5f236bad6f69270d382.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_71b1025f368a561f01e5360bd37a90df83.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5404e0dd1728464bdd6f4b6068dc29112.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_9df35091f165a03a81d47e400c9643843.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_62392fdaeab740b6a3dbeaa284b207804.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2431106615030003cd3dbefedc7b5f485.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b9c057cc74ee717d31f323cafdf2fe226.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0bb89a672ef4182b494430f5cdc2792f7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_692b1551675d7f9bc892c89bfd3caccd8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7c0537b6bca1cacc6754a64164e486999.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dbed5edcc1108db4392c9f4bf576e53a10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_56ec4e2e0b15684aa20a8c6cc26ebbfc11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e80211cdf6f781ce9eaf2068ee4a1b9a12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e6e959afd2520d78b274a67f86dcdcc913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5317fabcdafdf5af0feab31d11c8efe914.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_37b5f110b3dad981533d9c177c5c5dc315.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_cbd60870e73c9ecb5531cd46d0b5bc4f16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a03b83578641e6092811e53e7aa53f7d17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3543457ac13694a038bf1ea0f0d736a818.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_48bf56ec46080649bdd3cd8d1fbe3e1f19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5eff605c923279e5d547c6d65739794f20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8f0cb4c8db5598ddcc70d45f89b8841621.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_07b0cbd9ceb8500c69bf07c66ea1c36922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_928caa7b7d18a723faa075bc0166ad0d23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0349221eb5560c54a9804064485c89fd24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3fc1f9b4b70f81215a7fdae6d2af328625.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_123cfa8b99d972aac430f764d6ecee1126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_29fa469f2a265609b50a036205e3525727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_96636f921e3fdc3218bc81eae3a5055e28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4dc724ce21a8aa763408725cf481a92229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_052b05805737d72e93f674631df9d2a030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_22122b259ab74748e909b1824acc934b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_227505a711ea1ee3e7fbf1e36fb6b04332.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e389b3e8d4d444422cd6467c1def678533.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0954b2d98ac9b1f3b89014f8fe14579034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0bef89b8fe125b4081249707a6ad6bad35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e8ab21f6101ab3771a9474b12e22843136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0136ed410b5e2790fb2e83f52d1d37b037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4918a1849fb4bd96b9fdd0db2360b92f38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_2c6e071af789bf3b2a9adb23082d887139.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a732f73fa3b5fa11722f4ca08cd6c1ef40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_dc68214baeb44a500ff8a5560708e5a441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_3798b05c6cfd9ae141dcf4ca370a26fd42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_eb0e5e4449f9a9cb95ee136c3ff6a68f43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4ff965dc22e43a829ecbf73ca1fb1cb444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_bb787e3e816851506159f99f77e6f2f145.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8d26741a94269411cbace176aab3e66846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_116149c5f8099f5427e0a217f925a69247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_4c0a77e3cad70a6d574a03b15bc03af248.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0dcedbe7943eec4a0cbf17adf7849f6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68739de03e2521085abc991215ba2ffa50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_156ec4280089a3b73318d7653f1c63df51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ce94dcd15e8cb7493141b3ee05eb1dd352.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_5fd6b3daf9eaaabb0810949fc5f264a153.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b879fb71cfe2bc4ccc94630320f659fd54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e709a60a3724593ec56e0e6a44781f8355.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_68ae9020d4972f4ae366cf34c27dcaac56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_df927e08b2f6909f6f59b5bb11e79a6357.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_31cf78da606d7f42ea83841258e1f19a58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_a1facd5150d32fca1e4212193e52899859.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8596a5dcbfac6c894f2b3a08615cf04960.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6e00243bb34a6a9c48e3d485f424a5b261.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f69143a9644afb7ff5ec47db5e1d1b9a62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0ae4589a0833cd39b53509caabc0d4d063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_77140107a63592e11553c26eb8b012f364.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_ebcf22b11754cd5c05e93196bae22b7b65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6413d3ec15dcb8ef61d2d0bc0d1fad3466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_17db244329bfb873b9ac3e08ca96fb1a67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8241876967326be391b13e5d5c91541568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e13f9ac55b86320b82e7c49ddc99e94669.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_75530224dab148212d3e1fc13b482e0970.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_0021235870308a87b59424e9ba78109771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_23fb979d0ae3f9d6c799b24c78563f1272.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6782595d2c0472d73e4758d1db0ceab973.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_f8b456a8e8aff48c1b26a09050033e4a74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_838e2b280a1106d1562f82487b70652975.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7914aef5a7cf0c68f06655d124c362de76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_8437931c2ce97d9bec738727dff6495777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_b576629490eef867777d88f1b696c1f578.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_7ca9097a33ab7cdb887a9a855d82376379.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_d7318ffd495ce3f7c5787dcb42de616780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_51b88bd66338ff202fbdc0cbdde8157281.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_e1114c4f4745fa17010245fe6b33fec982.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_6eda58119e4099f5f236bad6f69270d383.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prv_71b1025f368a561f01e5360bd37a90df84.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2362200" cy="1076325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1104,143 +1107,143 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="771525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
@@ -1494,83 +1497,83 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="571500" cy="419100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>33</xdr:row>
@@ -3274,50 +3277,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>90</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="83" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3584,54 +3617,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J91"/>
+  <dimension ref="A1:J92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J91" sqref="J91"/>
+      <selection activeCell="J92" sqref="J92"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="84" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="12"/>
     <row r="2" spans="1:10">
       <c r="B2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="J3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -3847,612 +3880,612 @@
       <c r="H15" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I15" s="7">
         <v>0</v>
       </c>
       <c r="J15" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="55">
       <c r="B16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>36</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="7">
-        <v>5.35239</v>
+        <v>3.17514659</v>
       </c>
       <c r="H16" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I16" s="7">
         <v>0</v>
       </c>
       <c r="J16" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="55">
       <c r="B17" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="7">
-        <v>3.99161</v>
+        <v>5.35239</v>
       </c>
       <c r="H17" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I17" s="7">
         <v>0</v>
       </c>
       <c r="J17" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="55">
       <c r="B18" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="7">
-        <v>3.35658</v>
+        <v>3.99161</v>
       </c>
       <c r="H18" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I18" s="7">
         <v>0</v>
       </c>
       <c r="J18" s="7">
         <v>250</v>
       </c>
     </row>
-    <row r="19" spans="1:10" customHeight="1" ht="76">
+    <row r="19" spans="1:10" customHeight="1" ht="55">
       <c r="B19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="7">
-        <v>5.4930036007</v>
+        <v>3.35658</v>
       </c>
       <c r="H19" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I19" s="7">
         <v>0</v>
       </c>
       <c r="J19" s="7">
         <v>250</v>
       </c>
     </row>
-    <row r="20" spans="1:10" customHeight="1" ht="55">
+    <row r="20" spans="1:10" customHeight="1" ht="76">
       <c r="B20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>48</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="7">
-        <v>3.7195</v>
+        <v>5.4930036007</v>
       </c>
       <c r="H20" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I20" s="7">
         <v>0</v>
       </c>
       <c r="J20" s="7">
         <v>250</v>
       </c>
     </row>
-    <row r="21" spans="1:10" customHeight="1" ht="39">
+    <row r="21" spans="1:10" customHeight="1" ht="55">
       <c r="B21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>51</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>2.7216</v>
+        <v>3.7195</v>
       </c>
       <c r="H21" s="7">
-        <v>0.03146316</v>
+        <v>0.03342961</v>
       </c>
       <c r="I21" s="7">
         <v>0</v>
       </c>
       <c r="J21" s="7">
         <v>250</v>
       </c>
     </row>
-    <row r="22" spans="1:10" customHeight="1" ht="55">
+    <row r="22" spans="1:10" customHeight="1" ht="39">
       <c r="B22" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>54</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="7">
-        <v>2.313321087</v>
+        <v>2.7216</v>
       </c>
       <c r="H22" s="7">
-        <v>0.03342961</v>
+        <v>0.03146316</v>
       </c>
       <c r="I22" s="7">
         <v>0</v>
       </c>
       <c r="J22" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="55">
       <c r="B23" s="4" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="7">
-        <v>3.401942775</v>
+        <v>2.313321087</v>
       </c>
       <c r="H23" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I23" s="7">
         <v>0</v>
       </c>
       <c r="J23" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="55">
       <c r="B24" s="4" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>3.583379723</v>
+        <v>3.401942775</v>
       </c>
       <c r="H24" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I24" s="7">
         <v>0</v>
       </c>
       <c r="J24" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="55">
       <c r="B25" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="7">
-        <v>3.084428116</v>
+        <v>3.583379723</v>
       </c>
       <c r="H25" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I25" s="7">
         <v>0</v>
       </c>
       <c r="J25" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="55">
       <c r="B26" s="4" t="s">
         <v>63</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="7">
-        <v>2.131884139</v>
+        <v>3.084428116</v>
       </c>
       <c r="H26" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I26" s="7">
         <v>0</v>
       </c>
       <c r="J26" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="55">
       <c r="B27" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="7">
-        <v>3.129787353</v>
+        <v>2.131884139</v>
       </c>
       <c r="H27" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I27" s="7">
         <v>0</v>
       </c>
       <c r="J27" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="55">
       <c r="B28" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="7">
-        <v>2.72155422</v>
+        <v>3.129787353</v>
       </c>
       <c r="H28" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I28" s="7">
         <v>0</v>
       </c>
       <c r="J28" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="55">
       <c r="B29" s="4" t="s">
         <v>70</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="7" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="7">
-        <v>2.494758035</v>
+        <v>2.72155422</v>
       </c>
       <c r="H29" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I29" s="7">
         <v>0</v>
       </c>
       <c r="J29" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="55">
       <c r="B30" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="7">
-        <v>2.72155422</v>
+        <v>2.494758035</v>
       </c>
       <c r="H30" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I30" s="7">
         <v>0</v>
       </c>
       <c r="J30" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="55">
       <c r="B31" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>76</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>27</v>
+        <v>77</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="7">
-        <v>2.449398798</v>
+        <v>2.72155422</v>
       </c>
       <c r="H31" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I31" s="7">
         <v>0</v>
       </c>
       <c r="J31" s="7">
         <v>250</v>
       </c>
     </row>
-    <row r="32" spans="1:10" customHeight="1" ht="39">
+    <row r="32" spans="1:10" customHeight="1" ht="55">
       <c r="B32" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="7">
-        <v>2.26796185</v>
+        <v>2.449398798</v>
       </c>
       <c r="H32" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I32" s="7">
         <v>0</v>
       </c>
       <c r="J32" s="7">
         <v>250</v>
       </c>
     </row>
-    <row r="33" spans="1:10" customHeight="1" ht="55">
+    <row r="33" spans="1:10" customHeight="1" ht="39">
       <c r="B33" s="4" t="s">
         <v>80</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="7">
-        <v>6.5</v>
+        <v>2.26796185</v>
       </c>
       <c r="H33" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I33" s="7">
         <v>0</v>
       </c>
       <c r="J33" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="55">
       <c r="B34" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="7">
-        <v>8</v>
+        <v>6.5</v>
       </c>
       <c r="H34" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I34" s="7">
         <v>0</v>
       </c>
       <c r="J34" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="55">
       <c r="B35" s="4" t="s">
         <v>85</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
         <v>86</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="7">
-        <v>2.72155422</v>
+        <v>8</v>
       </c>
       <c r="H35" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I35" s="7">
         <v>0</v>
       </c>
       <c r="J35" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="55">
       <c r="B36" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="7">
-        <v>3.17514659</v>
+        <v>2.72155422</v>
       </c>
       <c r="H36" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I36" s="7">
         <v>0</v>
       </c>
       <c r="J36" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="55">
       <c r="B37" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="7">
         <v>3.17514659</v>
       </c>
       <c r="H37" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I37" s="7">
         <v>0</v>
       </c>
       <c r="J37" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="55">
       <c r="B38" s="4" t="s">
         <v>92</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
         <v>93</v>
       </c>
@@ -4462,51 +4495,51 @@
       <c r="F38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="7">
         <v>3.17514659</v>
       </c>
       <c r="H38" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I38" s="7">
         <v>0</v>
       </c>
       <c r="J38" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="55">
       <c r="B39" s="4" t="s">
         <v>95</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
         <v>96</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H39" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I39" s="7">
         <v>0</v>
       </c>
       <c r="J39" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="55">
       <c r="B40" s="4" t="s">
         <v>97</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
         <v>98</v>
       </c>
@@ -4543,51 +4576,51 @@
       <c r="F41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="7">
         <v>3.17514659</v>
       </c>
       <c r="H41" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I41" s="7">
         <v>0</v>
       </c>
       <c r="J41" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="55">
       <c r="B42" s="4" t="s">
         <v>103</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
         <v>104</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="7">
         <v>3.17514659</v>
       </c>
       <c r="H42" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I42" s="7">
         <v>0</v>
       </c>
       <c r="J42" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="55">
       <c r="B43" s="4" t="s">
         <v>105</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
         <v>106</v>
       </c>
@@ -4597,51 +4630,51 @@
       <c r="F43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="7">
         <v>3.17514659</v>
       </c>
       <c r="H43" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I43" s="7">
         <v>0</v>
       </c>
       <c r="J43" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="55">
       <c r="B44" s="4" t="s">
         <v>107</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
         <v>108</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="7">
         <v>2.948350405</v>
       </c>
       <c r="H44" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I44" s="7">
         <v>0</v>
       </c>
       <c r="J44" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="55">
       <c r="B45" s="4" t="s">
         <v>109</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
         <v>110</v>
       </c>
@@ -4651,51 +4684,51 @@
       <c r="F45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="7">
         <v>3.17514659</v>
       </c>
       <c r="H45" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I45" s="7">
         <v>0</v>
       </c>
       <c r="J45" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="55">
       <c r="B46" s="4" t="s">
         <v>112</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
         <v>113</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="7">
         <v>3.17514659</v>
       </c>
       <c r="H46" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I46" s="7">
         <v>0</v>
       </c>
       <c r="J46" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="55">
       <c r="B47" s="4" t="s">
         <v>114</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
         <v>115</v>
       </c>
@@ -4732,51 +4765,51 @@
       <c r="F48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="7">
         <v>3.17514659</v>
       </c>
       <c r="H48" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I48" s="7">
         <v>0</v>
       </c>
       <c r="J48" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="55">
       <c r="B49" s="4" t="s">
         <v>118</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
         <v>119</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="7">
         <v>3.17514659</v>
       </c>
       <c r="H49" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I49" s="7">
         <v>0</v>
       </c>
       <c r="J49" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="55">
       <c r="B50" s="4" t="s">
         <v>120</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
         <v>121</v>
       </c>
@@ -4948,51 +4981,51 @@
       <c r="F56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="7">
         <v>2.494758035</v>
       </c>
       <c r="H56" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I56" s="7">
         <v>0</v>
       </c>
       <c r="J56" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="55">
       <c r="B57" s="4" t="s">
         <v>137</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
         <v>138</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="7">
         <v>2.72155422</v>
       </c>
       <c r="H57" s="7">
         <v>0.03342961</v>
       </c>
       <c r="I57" s="7">
         <v>0</v>
       </c>
       <c r="J57" s="7">
         <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="55">
       <c r="B58" s="4" t="s">
         <v>139</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
         <v>140</v>
       </c>
@@ -5380,219 +5413,219 @@
       <c r="F72" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G72" s="7">
         <v>2.8349523125</v>
       </c>
       <c r="H72" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I72" s="7">
         <v>250</v>
       </c>
       <c r="J72" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="55">
       <c r="B73" s="4" t="s">
         <v>180</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="6" t="s">
         <v>181</v>
       </c>
       <c r="E73" s="7" t="s">
-        <v>182</v>
+        <v>87</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G73" s="7">
-        <v>2.26796185</v>
+        <v>2.766913457</v>
       </c>
       <c r="H73" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I73" s="7">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="J73" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="55">
       <c r="B74" s="4" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="E74" s="7" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G74" s="7">
         <v>2.26796185</v>
       </c>
       <c r="H74" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I74" s="7">
         <v>250</v>
       </c>
       <c r="J74" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="55">
       <c r="B75" s="4" t="s">
         <v>185</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="6" t="s">
         <v>186</v>
       </c>
       <c r="E75" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F75" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G75" s="7">
         <v>2.26796185</v>
       </c>
       <c r="H75" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I75" s="7">
         <v>250</v>
       </c>
       <c r="J75" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="55">
       <c r="B76" s="4" t="s">
         <v>187</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="6" t="s">
         <v>188</v>
       </c>
       <c r="E76" s="7" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="F76" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G76" s="7">
         <v>2.26796185</v>
       </c>
       <c r="H76" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I76" s="7">
         <v>250</v>
       </c>
       <c r="J76" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="55">
       <c r="B77" s="4" t="s">
         <v>189</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="6" t="s">
         <v>190</v>
       </c>
       <c r="E77" s="7" t="s">
-        <v>124</v>
+        <v>39</v>
       </c>
       <c r="F77" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G77" s="7">
-        <v>1.723651006</v>
+        <v>2.26796185</v>
       </c>
       <c r="H77" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I77" s="7">
         <v>250</v>
       </c>
       <c r="J77" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="55">
       <c r="B78" s="4" t="s">
         <v>191</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="6" t="s">
         <v>192</v>
       </c>
       <c r="E78" s="7" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G78" s="7">
-        <v>2.26796185</v>
+        <v>1.723651006</v>
       </c>
       <c r="H78" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I78" s="7">
         <v>250</v>
       </c>
       <c r="J78" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="55">
       <c r="B79" s="4" t="s">
         <v>193</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="6" t="s">
         <v>194</v>
       </c>
       <c r="E79" s="7" t="s">
         <v>134</v>
       </c>
       <c r="F79" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G79" s="7">
-        <v>1.723651006</v>
+        <v>2.26796185</v>
       </c>
       <c r="H79" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I79" s="7">
         <v>250</v>
       </c>
       <c r="J79" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="55">
       <c r="B80" s="4" t="s">
         <v>195</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="6" t="s">
         <v>196</v>
       </c>
       <c r="E80" s="7" t="s">
         <v>134</v>
       </c>
       <c r="F80" s="7" t="s">
         <v>24</v>
       </c>
@@ -5623,308 +5656,335 @@
       <c r="F81" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G81" s="7">
         <v>1.723651006</v>
       </c>
       <c r="H81" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I81" s="7">
         <v>250</v>
       </c>
       <c r="J81" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="55">
       <c r="B82" s="4" t="s">
         <v>199</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="6" t="s">
         <v>200</v>
       </c>
       <c r="E82" s="7" t="s">
-        <v>42</v>
+        <v>134</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G82" s="7">
-        <v>2.72155422</v>
+        <v>1.723651006</v>
       </c>
       <c r="H82" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I82" s="7">
         <v>250</v>
       </c>
       <c r="J82" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="55">
       <c r="B83" s="4" t="s">
         <v>201</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="6" t="s">
         <v>202</v>
       </c>
       <c r="E83" s="7" t="s">
-        <v>203</v>
+        <v>45</v>
       </c>
       <c r="F83" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G83" s="7">
-        <v>0</v>
+        <v>2.72155422</v>
       </c>
       <c r="H83" s="7">
-        <v>0</v>
+        <v>0.02556382</v>
       </c>
       <c r="I83" s="7">
         <v>250</v>
       </c>
       <c r="J83" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="55">
       <c r="B84" s="4" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="E84" s="7" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="F84" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G84" s="7">
-        <v>2.26796185</v>
+        <v>0</v>
       </c>
       <c r="H84" s="7">
-        <v>0.02556382</v>
+        <v>0</v>
       </c>
       <c r="I84" s="7">
         <v>250</v>
       </c>
       <c r="J84" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="55">
       <c r="B85" s="4" t="s">
         <v>206</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="6" t="s">
         <v>207</v>
       </c>
       <c r="E85" s="7" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="F85" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G85" s="7">
         <v>2.26796185</v>
       </c>
       <c r="H85" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I85" s="7">
         <v>250</v>
       </c>
       <c r="J85" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="55">
       <c r="B86" s="4" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="6" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="E86" s="7" t="s">
-        <v>134</v>
+        <v>161</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G86" s="7">
-        <v>1.723651006</v>
+        <v>2.26796185</v>
       </c>
       <c r="H86" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I86" s="7">
         <v>250</v>
       </c>
       <c r="J86" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="55">
       <c r="B87" s="4" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="6" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E87" s="7" t="s">
         <v>134</v>
       </c>
       <c r="F87" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G87" s="7">
         <v>1.723651006</v>
       </c>
       <c r="H87" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I87" s="7">
         <v>250</v>
       </c>
       <c r="J87" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="55">
       <c r="B88" s="4" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="6" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="E88" s="7" t="s">
         <v>134</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G88" s="7">
         <v>1.723651006</v>
       </c>
       <c r="H88" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I88" s="7">
         <v>250</v>
       </c>
       <c r="J88" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="55">
       <c r="B89" s="4" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="6" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="E89" s="7" t="s">
         <v>134</v>
       </c>
       <c r="F89" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G89" s="7">
         <v>1.723651006</v>
       </c>
       <c r="H89" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I89" s="7">
         <v>250</v>
       </c>
       <c r="J89" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="55">
       <c r="B90" s="4" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="6" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="E90" s="7" t="s">
         <v>134</v>
       </c>
       <c r="F90" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G90" s="7">
         <v>1.723651006</v>
       </c>
       <c r="H90" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I90" s="7">
         <v>250</v>
       </c>
       <c r="J90" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="55">
       <c r="B91" s="4" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="6" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="E91" s="7" t="s">
         <v>134</v>
       </c>
       <c r="F91" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G91" s="7">
         <v>1.723651006</v>
       </c>
       <c r="H91" s="7">
         <v>0.02556382</v>
       </c>
       <c r="I91" s="7">
         <v>250</v>
       </c>
       <c r="J91" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" customHeight="1" ht="55">
+      <c r="B92" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="C92" s="6"/>
+      <c r="D92" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="E92" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="F92" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G92" s="7">
+        <v>1.723651006</v>
+      </c>
+      <c r="H92" s="7">
+        <v>0.02556382</v>
+      </c>
+      <c r="I92" s="7">
+        <v>250</v>
+      </c>
+      <c r="J92" s="7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B9:J9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">